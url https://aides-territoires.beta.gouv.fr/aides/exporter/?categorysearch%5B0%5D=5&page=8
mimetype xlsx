--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA223"/>
+  <dimension ref="A1:AA215"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -4858,55 +4858,50 @@
         </is>
       </c>
       <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W23" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -7175,55 +7170,50 @@
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V27" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
       <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
@@ -7959,55 +7949,50 @@
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Meurthe-et-Moselle</t>
         </is>
       </c>
       <c r="V31" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W31" s="1" t="inlineStr">
         <is>
           <t>https://www.mmd54.org/</t>
         </is>
       </c>
       <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
   mmd54&amp;#64;mmd54.org
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
 &lt;/p&gt;
 &lt;p&gt;
  Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>ccalin@mmd54.org</t>
         </is>
       </c>
@@ -12223,55 +12208,50 @@
         </is>
       </c>
       <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U52" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W52" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -13008,55 +12988,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T57" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U57" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V57" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W57" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -13943,279 +13918,109 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U62" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V62" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X62" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y62" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z62" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:27" customHeight="0">
       <c r="A63" s="1">
-        <v>120258</v>
+        <v>120298</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les établissements scolaires à créer des projets innovants de réussite éducative ayant comme support la spéléologie ou le canyonisme</t>
+          <t>Réaliser des analyses environnementales (eau, air, sol)</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>Label scolaire de la Fédération française de spéléologie</t>
+          <t>Analyses environnementales</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>Fédération française de spéléologie</t>
+          <t>La Drôme Laboratoire</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
-        <is>
-[...168 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol, dans le cadre de projets d&amp;#039;aménagement du territoire, exploitation de stations d&amp;#039;épuration, gestion des boues d&amp;#039;épuration.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -14245,192 +14050,187 @@
  &lt;/li&gt;
  &lt;li&gt;
   Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Recherche de Substances Dangereuses dans l&amp;#039;eau et les boues pour les stations d&amp;#039;épuration (intervention payante) :
 &lt;/strong&gt;
 &lt;p&gt;
  Le laboratoire départemental de la Drôme accompagne les exploitants des stations d&amp;#039;épuration pour la recherche et analyse des substances dangereuses dans les échantillons d&amp;#039;eaux résiduaires.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic entrée/sortie, amont/aval de la station: prélèvement, mesures de débit, analyse et rapport d&amp;#039;intervention
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation des prélèvements et analyses des boues de STEP en vue de chantiers d&amp;#039;épandage (Cf. Chambre d&amp;#039;agriculture de la Drôme)
  &lt;/li&gt;
 &lt;/ul&gt;
 Mesures Éco-toxicologiques (intervention payante) :
 &lt;p&gt;
  Évaluation de la contamination chimique et de la toxicité d&amp;#039;un milieu aquatique (rivières, plans d&amp;#039;eaux, amont/aval de station d&amp;#039;épuration) grâce à l&amp;#039;utilisation de capteurs biologiques « gammares ».
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Qualité de l'air</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats mixtes
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Privés
  &lt;/li&gt;
  &lt;li&gt;
   Industriels
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/analyses-environnementales/</t>
         </is>
       </c>
-      <c r="W64" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Drôme Laboratoire
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
     laboratoire&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04.75.81.70.70
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
     www.ladromelaboratoire.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01f6-analyses-environnementales/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-      <c r="A65" s="1">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
         <v>120382</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Financer les postes d'animateurs de contrats de milieux à l'échelle des bassins versants drômois dans la limite d'un ETP par bassin versant</t>
         </is>
       </c>
-      <c r="D65" s="1" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>POSTES D'ANIMATION RIVIERES</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectifs
 &lt;/h3&gt;
 &lt;p&gt;
  Financer les postes d&amp;#039;animateurs de contrats de milieux à l&amp;#039;échelle des bassins versants drômois dans la limite d&amp;#039;un ETP par bassin versant.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
  &lt;br /&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention de fonctionnement
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Forfait et salaire chargés de l&amp;#039;agent concerné.
 &lt;/p&gt;
 &lt;h3&gt;
  Montant/Taux de l&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Pourcentage ETP appliqué au forfait (11 500 €) et à 10 % du salaire chargé.
@@ -14462,206 +14262,201 @@
    Téléservice
   &lt;/strong&gt;
   : Environnement et Energie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Postes d&amp;#039;animation rivières
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Règlement départemental Rivières du 18 novembre 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Poste d&amp;#039;animateur de contrat de milieu dans la limite d&amp;#039;un ETP par bassin versant mais aussi au prorata du temps passé sur l&amp;#039;animation et sur le territoire drômois.
 &lt;/p&gt;
 &lt;h3&gt;
  Exclusions (liste non exhaustive)
 &lt;/h3&gt;
 &lt;p&gt;
  – Les postes de techniciens rivières.
  &lt;br /&gt;
  – Les postes de direction
  &lt;br /&gt;
  – Les postes d&amp;#039;animateurs de démarches ne concernant pas le bassin versant dans sa totalité
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T64" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V64" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/postes-danimation-rivieres/</t>
         </is>
       </c>
-      <c r="W65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Audrey BONNEFOY,
  &lt;/strong&gt;
  Cheffe de Service :
  &lt;strong&gt;
   Tél : 04 75 79 82 63
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nicolas RICCIO,
  &lt;/strong&gt;
  Chargé de la Programmation des aides,
  &lt;strong&gt;
   Tél : 04 75 79 81 29 –
   &lt;a rel="noopener" target="_blank"&gt;
    nriccio&amp;#64;ladrome.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z64" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/31d8-postes-danimation-rivieres/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-      <c r="A66" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
         <v>120383</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Contribuer financièrement à la réalisation d'études permettant soit la réalisation ultérieure de travaux destinés à l'amélioration de l'état et du fonctionnement des cours d'eau</t>
         </is>
       </c>
-      <c r="D66" s="1" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>ETUDES RIVIERES</t>
         </is>
       </c>
-      <c r="E66" s="1" t="inlineStr">
+      <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G66" s="1" t="inlineStr">
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
+      <c r="I65" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 25</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
+      <c r="K65" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L66" s="1" t="inlineStr">
+      <c r="L65" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectifs
 &lt;/h3&gt;
 &lt;p&gt;
  Contribuer financièrement à la réalisation d&amp;#039;études  permettant  soit la réalisation ultérieure de travaux destinés à l&amp;#039;amélioration de l&amp;#039;état et du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques (travaux d&amp;#039;entretien, hydrauliques, géomorphologiques ou relatif à la biodiversité)  soit l&amp;#039;élaboration, la mise à jour ou la mise en œuvre de contrats de milieux (SAGE, contrats de rivières) ou de plans d&amp;#039;actions (PAPI, ...). Toutes les études sont à relier aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI et doivent concerner les bassins versants drômois.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;Investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  HT ou TTC pour les études sans récupération de TVA.
 &lt;/p&gt;
 &lt;h3&gt;
  Montant/Taux de l&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Taux de base
@@ -14709,214 +14504,209 @@
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aménagement et travaux de rivières
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
  er
  trimestre de l&amp;#039;année n.
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Selon les dispositions du règlement départemental rivières du 18 novembre 2019
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Règlement départemental Rivières du 18 novembre 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N65" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R65" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  –
  &lt;strong&gt;
   Études dans le cadre du volet GEMAPI
  &lt;/strong&gt;
  : plans pluriannuels d&amp;#039;entretien, études géomorphologiques ou hydrauliques, études sur la biodiversité, plans de prévention contre les inondations, études sur les digues
 &lt;/p&gt;
 &lt;p&gt;
  –
  &lt;strong&gt;
   Études dans le cadre du volet Hors GEMAPI :
  &lt;/strong&gt;
  relatives aux contrats de milieu, ...
 &lt;/p&gt;
 &lt;h3&gt;
  Exclusions (liste non exhaustive)
 &lt;/h3&gt;
 &lt;p&gt;
  – Études de mise en valeur des paysages, du patrimoine bâti lié à l&amp;#039;eau, de création de maisons
 &lt;/p&gt;
 &lt;p&gt;
  – Études non reliées aux items de l&amp;#039;article L 211-7 du Code de l&amp;#039;environnement relatif aux compétences GEMAPI et hors GEMAPI
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants et ceux de plus de 80 000 habitants pour certains types d&amp;#039;études
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S65" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V65" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-rivieres/</t>
         </is>
       </c>
-      <c r="W66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X65" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Audrey BONNEFOY,
  &lt;/strong&gt;
  Cheffe de Service :
  &lt;strong&gt;
   Tél : 04 75 79 82 63
   &lt;br /&gt;
   Nicolas RICCIO,
  &lt;/strong&gt;
  Chargé de la Programmation des aides
  &lt;strong&gt;
   ,
   Tél : 04 75 79 81 29 –
   &lt;a rel="noopener" target="_blank"&gt;
    nriccio&amp;#64;ladrome.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y65" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z65" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa50-etudes-rivieres/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-      <c r="A67" s="1">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
         <v>120384</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Financer l'acquisition de matériel de mesure pour les rivières</t>
         </is>
       </c>
-      <c r="D67" s="1" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>ACQUISITION DE MATERIEL DE MESURES RIVIERES</t>
         </is>
       </c>
-      <c r="E67" s="1" t="inlineStr">
+      <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G67" s="1" t="inlineStr">
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H67" s="1" t="inlineStr">
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I67" s="1" t="inlineStr">
+      <c r="I66" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K67" s="1" t="inlineStr">
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L67" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectifs
 &lt;/h3&gt;
 &lt;p&gt;
  Financer l&amp;#039;acquisition de matériel de mesure.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Matériel et formation, le cas échéant, dans la limite de 40 000 € HT.
 &lt;/p&gt;
 &lt;h3&gt;
  Montant/Taux de l&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  30 % du montant retenu.
 &lt;/p&gt;
@@ -14946,210 +14736,205 @@
    Téléservice
   &lt;/strong&gt;
   : Environnement et Energie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aménagement et travaux de rivières
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
 &lt;/p&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Règlement départemental Rivières du 18 novembre 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O67" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R67" s="1" t="inlineStr">
+      <c r="R66" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Tout matériel nécessaire aux mesures quantitatives sur les cours d&amp;#039;eau, aux prélèvements d&amp;#039;eau, à la réalisation de mesures topographiques, hydrologiques, hydrogéologiques, liminimétriques ou encore à l&amp;#039;utilisation de données....
 &lt;/p&gt;
 &lt;h3&gt;
  Exclusions
 &lt;/h3&gt;
 &lt;p&gt;
  – Matériel déjà financé dans un délai inférieur à 5 ans.
  &lt;br /&gt;
  – Tout matériel non destiné à la métrologie ou l&amp;#039;acquisition de connaissances
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S67" s="1" t="inlineStr">
+      <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T67" s="1" t="inlineStr">
+      <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U67" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V67" s="1" t="inlineStr">
+      <c r="V66" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/acquisition-de-materiel-de-mesures-rivieres/</t>
         </is>
       </c>
-      <c r="W67" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X67" s="1" t="inlineStr">
+      <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Audrey BONNEFOY
  &lt;/strong&gt;
  , Cheffe de Service  –
  &lt;strong&gt;
   Tél :  04 75 79 82 63
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nicolas RICCIO,
  &lt;/strong&gt;
  Chargé de la Programmation des aides,
  &lt;strong&gt;
   Tél : 04 75 79 81 29
  &lt;/strong&gt;
  –
  &lt;a rel="noopener" target="_blank"&gt;
   nriccio&amp;#64;ladrome.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y67" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z67" s="1" t="inlineStr">
+      <c r="Z66" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f48-acquisition-de-materiel-de-mesure-rivieres/</t>
         </is>
       </c>
-      <c r="AA67" s="1" t="inlineStr">
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="68" spans="1:27" customHeight="0">
-      <c r="A68" s="1">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
         <v>120427</v>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Accompagner la réalisation d'études et de travaux dans les domaines de l'eau potable et de l'assainissement collectif</t>
         </is>
       </c>
-      <c r="D68" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>EAU POTABLE</t>
         </is>
       </c>
-      <c r="E68" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G68" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H68" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I68" s="1" t="inlineStr">
+      <c r="I67" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 70</t>
         </is>
       </c>
-      <c r="J68" s="1" t="inlineStr">
+      <c r="J67" s="1" t="inlineStr">
         <is>
           <t>En fonction de la nature de l'investissement, de la situation géographique de la collectivité</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L68" s="1" t="inlineStr">
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;eau potable et de l&amp;#039;assainissement  collectif contribuant à l&amp;#039;amélioration et à l&amp;#039;optimisation des services publics d&amp;#039;eau et d&amp;#039;assainissement, aux économies d&amp;#039;eau et à l&amp;#039;amélioration de la qualité des milieux.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Subventions d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  Taux : En fonction, de la nature de l&amp;#039;investissement, de la situation géographique de la collectivité et de son potentiel financier (de 10% à 70%).
 &lt;/p&gt;
 &lt;h4&gt;
  Pièces constitutives du dossier
 &lt;/h4&gt;
 &lt;p&gt;
  Pour les études : note de contexte, cahier des charges de l&amp;#039;étude, estimation financière, délibération
 &lt;/p&gt;
 &lt;p&gt;
@@ -15167,220 +14952,215 @@
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Téléservice :
   &lt;/strong&gt;
   Environnement et énergie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Eau potable et/ou assainissement collectif
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Selon l&amp;#039;étendue de l&amp;#039;opération et la nature des fonds, tel qu&amp;#039;indiqué dans l&amp;#039;annexe au règlement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M68" s="1" t="inlineStr">
+      <c r="M67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Les études de type diagnostic et schémas directeurs ainsi que les travaux associés à ces études.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Les travaux de sécurisation de la ressource en eau en quantité et en qualité et d&amp;#039;amélioration fondamentales du fonctionnement des réseaux d&amp;#039;eau potable, tels qu&amp;#039;identifiés dans les schémas directeurs d&amp;#039;eau potable ou les diagnostics lorsque les schémas ont moins de 10 ans.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Les travaux de mise en conformité et mise en séparatif des réseaux d&amp;#039;assainissement collectif et de mise en œuvre de l&amp;#039;assainissement collectif, tels qu&amp;#039;identifiés dans les schémas directeurs d&amp;#039;assainissement ou les diagnostics lorsque les schémas ont moins de 10 ans.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  Dépenses HT en lien avec les prestations éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N68" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O68" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R68" s="1" t="inlineStr">
+      <c r="R67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclus les extensions et les renouvellements des réseaux d&amp;#039;eau potable, les réseaux d&amp;#039;eaux pluviales, l&amp;#039;assainissement non collectif, le renouvellement d&amp;#039;équipements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les communes de moins de 5 000 habitants et les EPCI de moins de 50 000 habitants et, les syndicats d&amp;#039;eau et d&amp;#039;assainissement sous condition.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S68" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V68" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/eau-potable/</t>
         </is>
       </c>
-      <c r="W68" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X68" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY,
  Cheffe de Service  :
   Tél : 04 75 79 82 63
 &lt;/p&gt;
 &lt;p&gt;
  Nicolas RICCIO,
  Chargé de la Programmation des aides,
   Tél : 04 75 79 81 29
  –
  &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
   nriccio&amp;#64;ladrome.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y68" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z68" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b062-eau-potable-et-assainissement/</t>
         </is>
       </c>
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-      <c r="A69" s="1">
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
         <v>120434</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Développer le bois-énergie, chauffage-bois</t>
         </is>
       </c>
-      <c r="D69" s="1" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>ENERGIES RENOUVELABLES_Plan bois-énergie et développement Locale</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E68" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H68" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K68" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Promouvoir le chauffage automatisé, collectif ou individuel, fonctionnant au bois plaquettes et le chauffage au bois granulé collectif pour petites unités.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Subvention d&amp;#039;Investissement.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Maîtres d&amp;#039;ouvrage publics
   &lt;/strong&gt;
   : Communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10 %, appliqué sur le montant HT du projet
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Maîtres d&amp;#039;ouvrage publics
@@ -15547,51 +15327,51 @@
    1 exemplaire
   &lt;/em&gt;
  &lt;/strong&gt;
  sont pour les bénéficiaires de droit public,  les suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
  &lt;/li&gt;
  &lt;li&gt;
   justificatifs des dépenses (signés en original)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  à certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).    NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a&gt;
   [1]
  &lt;/a&gt;
  la facturation doit être postérieure à la date de réception du dossier complet par le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Études et travaux nécessaires à la construction de chaufferies bois collectives fonctionnant au bois plaquettes et de réseaux de chaleur.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Installation des poêles individuels granulés (bouilleur ou non) dans les opérations collectives performantes de petites tailles.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Installation de chaudières granulés pour les petites unités collectives.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
@@ -15616,202 +15396,197 @@
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Pour les chaudières : le matériel installé doit impérativement bénéficier de la norme NF EN 303.5 ou EN 12809
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Limitation de la pollution par les particules fines : respect du seuil d&amp;#039;émission de poussières de la classe en vigueur de la norme EN 303.5. Le procès verbal d&amp;#039;essai qui caractérise les compositions de fumées devra être fourni par le Maître d&amp;#039;Ouvrage au moment de la demande de versement de la subvention départementale.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Pour les poêles, le matériel installé doit impérativement bénéficier d&amp;#039;un label Flamme Verte 5 étoiles et respecter la norme NF EN 14785 ou NF EN 13240/A2.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide départementale s&amp;#039;applique en priorité à la pose de l&amp;#039;installation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Réseaux de chaleur</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R69" s="1" t="inlineStr">
+      <c r="R68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions / Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les études de faisabilité pour tout bâtiment neuf
  &lt;/li&gt;
  &lt;li&gt;
   les inserts, chaudières à bûches, poêles
  &lt;/li&gt;
  &lt;li&gt;
   les maîtres d&amp;#039;ouvrage qui font de l&amp;#039;auto-approvisionnement c&amp;#039;est-à-dire qui ne font pas appel à un prestataire externe pour extraire et/ou transformer le bois
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage publics : Communes : Chaudière bois plaquettes, chaudière bois granulésciaux
  &lt;/li&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage publics : EPCI : Chaudière bois plaquettes, chaudière bois granulés
  &lt;/li&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage publics du secteur logement social : Chaudière bois plaquettes, chaudière bois granulés et poêles individuels granulés
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T68" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U68" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V68" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables_plan-bois-energie-et-developpement-locale/</t>
         </is>
       </c>
-      <c r="W69" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Environnement – Service Environnement Sports Nature
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chef de Service :
  &lt;strong&gt;
   Isabelle POCHELON
   &lt;br /&gt;
  &lt;/strong&gt;
  Chargée de l&amp;#039;instruction
  &lt;strong&gt;
   Monique VOLLE
  &lt;/strong&gt;
  –
  &lt;strong&gt;
   Tél : 04.75.79.81.76
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y68" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z68" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3657-energies-renouvelables_plan-bois-energie-et-d/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-      <c r="A70" s="1">
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
         <v>120435</v>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Favoriser la diffusion de technologies utilisant l'énergie solaire à des fins thermiques</t>
         </is>
       </c>
-      <c r="D70" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>ENERGIES RENOUVELABLES DEVELOPPEMENT DE L'ENERGIE SOLAIRE THERMIQUE</t>
         </is>
       </c>
-      <c r="E70" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G70" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H70" s="1" t="inlineStr">
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Favoriser la diffusion de technologies utilisant l&amp;#039;énergie solaire à des fins thermiques (eau chaude sanitaire).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide et montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type : Subvention d&amp;#039;Investissement
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;aide :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Maîtres d&amp;#039;ouvrage publics
   &lt;/strong&gt;
   : communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10%,  appliqué sur le montant HT
  &lt;/li&gt;
@@ -15974,238 +15749,233 @@
   &lt;/em&gt;
  &lt;/strong&gt;
  sont pour les bénéficiaires de droit public,  les suivants :
 &lt;/p&gt;
 &lt;p&gt;
  – attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
 &lt;/p&gt;
 &lt;p&gt;
  – justificatifs des dépenses (signés en original)
 &lt;/p&gt;
 &lt;p&gt;
  – certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).
 &lt;/p&gt;
 &lt;p&gt;
  NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a&gt;
   [1]
  &lt;/a&gt;
  la facturation doit être postérieure à la date de réception du dossier complet par le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chauffe-Eau Solaires Collectifs (surface efficace de capteurs &amp;gt; 7 m 2 ).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant HT ou TTC selon le régime de TVA du maître d&amp;#039;ouvrage.
 &lt;/p&gt;
 &lt;p&gt;
  A noter :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Obligation de pose du matériel par un installateur qualité RGE « Reconnu Garant de l&amp;#039;Environnement »
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     nécessité d&amp;#039;une étude de faisabilité pour les installations collectives,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Mise en place d&amp;#039;un comptage (équipements) et mise en place d&amp;#039;un plan de suivi et analyse (interne ou externe).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Transition énergétique</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions / Ne sont pas éligibles :
  &lt;/strong&gt;
  Programmes neufs des promoteurs immobiliers.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage public du secteur du logement social.
  &lt;/li&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage publics.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T70" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables-developpement-de-lenergie-solaire-thermique/</t>
         </is>
       </c>
-      <c r="W70" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Environnement – Service Environnement Sports Nature
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chef de Service Mme
  &lt;strong&gt;
   Isabelle POCHELON
   &lt;br /&gt;
  &lt;/strong&gt;
  Chargée de l&amp;#039;instruction
  &lt;strong&gt;
   Monique VOLLE
  &lt;/strong&gt;
  –
  &lt;strong&gt;
   Tél : 04.75.79.81.76
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9e1a-energies-renouvelables-developpement-de-lener/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-      <c r="A71" s="1">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
         <v>120436</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'amélioration et la restauration du fonctionnement des cours d'eau</t>
         </is>
       </c>
-      <c r="D71" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>TRAVAUX EN RIVIERES</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I71" s="1" t="inlineStr">
+      <c r="I70" s="1" t="inlineStr">
         <is>
           <t> Min : 15</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participer à la réalisation de travaux permettant l&amp;#039;amélioration et la restauration du fonctionnement des cours d&amp;#039;eau et des milieux aquatiques, les travaux à réaliser devant avoir été identifiés comme dans le cadre d&amp;#039;études préalables.
 &lt;/p&gt;
 &lt;h4&gt;
  Type d&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Type : subvention d&amp;#039;Investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Taux de base
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  – 25 % pour les travaux d&amp;#039;entretien
  &lt;br /&gt;
  – 15 % pour les autres travaux GEMAPI
 &lt;/p&gt;
@@ -16237,244 +16007,239 @@
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Téléservice
   &lt;/strong&gt;
   : Environnement et Energie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aménagements et travaux de rivières
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M71" s="1" t="inlineStr">
+      <c r="M70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux d&amp;#039;entretien dans le cadre de plans pluriannuels d&amp;#039;entretien, ceux-ci pouvant être réalisés en régie, par des entreprises de travaux ou encore des entreprises/associations d&amp;#039;insertion
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux visant à la restauration du fonctionnement des cours d&amp;#039;eau : hydraulique et géomorphologie
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux visant à l&amp;#039;amélioration ou le renforcement de la biodiversité
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Travaux suite aux dégâts d&amp;#039;orage selon décision de l&amp;#039;assemblée départementale
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Dépenses subventionnables
   &lt;/strong&gt;
   : HT ou TTC pour les études sans récupération de TVA.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions (liste non exhaustive)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les travaux de protection ou prévention des inondations.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux relatifs à la gestion des eaux pluviales
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux, d&amp;#039;une manière générale, n&amp;#039;entrant pas dans les catégories éligibles
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T71" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/travaux-en-rivieres/</t>
         </is>
       </c>
-      <c r="W71" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY,
  Chef de Service –
   Tél : 04 75 79 82 63
 &lt;/p&gt;
 &lt;p&gt;
  Nicolas RICCIO,
  Chargé de la Programmation des aides,
   Tél : 04 75 79 81 29
  –
  &lt;strong&gt;
   &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
    nriccio&amp;#64;ladrome.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3ac9-travaux-en-rivieres/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-      <c r="A72" s="1">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>120437</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Aider à la réalisation d'études préalables aux contrats de rivières ou autres démarches d’ensemble a l’échelle du bassin versant</t>
         </is>
       </c>
-      <c r="D72" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>ETUDES PREALABLES AUX CONTRATS DE RIVIERES OU AUTRES DEMARCHES D'ENSEMBLE A L'ECHELLE DU BASSIN VERSANT</t>
         </is>
       </c>
-      <c r="E72" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
+      <c r="I71" s="1" t="inlineStr">
         <is>
           <t> Max : 15</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aider les collectivités engagées dans la démarche « contrat de rivières» ou plus largement de bassin versant à réaliser des études préalables nécessaires à l&amp;#039;élaboration de diagnostics et du programme d&amp;#039;actions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type : Investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant et aux de l&amp;#039;aide :
  &lt;/strong&gt;
  15%
 &lt;/p&gt;
 &lt;h4&gt;
  Pièces constitutives du dossier
@@ -16497,252 +16262,247 @@
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Téléservice
   &lt;/strong&gt;
   : Environnement et énergie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif
   &lt;/strong&gt;
   : Aménagements et travaux de rivières
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Application Règlement Général Financier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M72" s="1" t="inlineStr">
+      <c r="M71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    Volet amélioration de la qualité de l&amp;#039;eau : étude de synthèse des schémas communaux d&amp;#039;assainissement, étude de la pollution diffuse d&amp;#039;origine agricole, étude sur la gestion quantitative de la ressource en eau, ...
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Volet risques hydrauliques, restauration et valorisation des milieux aquatiques : plan de gestion des transports solides, étude globale du fonctionnement du cours d&amp;#039;eau à l&amp;#039;échelle du bassin versant, étude de mise en place de bandes enherbées.
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
  : Dépenses HT ( ou TTC si non récupération de la TVA).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O72" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R72" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions / Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Des études :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   liées aux rejets industriels ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;expertise des digues ;
  &lt;/li&gt;
  &lt;li&gt;
   de mise en valeur des paysages, du patrimoine bâti lié à l&amp;#039;eau, de création de maisons
  &lt;/li&gt;
  &lt;li&gt;
   thématiques ;
  &lt;/li&gt;
  &lt;li&gt;
   sur le ruissellement et le pluvial ;
  &lt;/li&gt;
  &lt;li&gt;
   pour la mise en place d&amp;#039;un réseau de mesures des débits.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  &lt;span&gt;
   : Communes rurales et leurs groupements.
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S72" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T72" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V72" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-prealables-aux-contrats-de-rivieres-ou-autres-demarches-densemble-a-lechelle-du-bassin-versant/</t>
         </is>
       </c>
-      <c r="W72" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X72" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY, Cheffe de Service
   : Tél : 04 75 79 82 63
  &lt;br /&gt;
  Nicolas RICCIO, Chargé de la Programmation des aides
   , Tél : 04 75 79 81 29 –
  &lt;strong&gt;
   &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
    nriccio&amp;#64;ladrome.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y72" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z72" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2e2c-etudes-prealables-aux-contrats-de-rivieres-ou/</t>
         </is>
       </c>
-      <c r="AA72" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="73" spans="1:27" customHeight="0">
-      <c r="A73" s="1">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
         <v>120596</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D73" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E73" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G73" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H73" s="1" t="inlineStr">
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I73" s="1" t="inlineStr">
+      <c r="I72" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J73" s="1" t="inlineStr">
+      <c r="J72" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K73" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -16770,66 +16530,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P73" s="1" t="inlineStr">
+      <c r="P72" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q73" s="1" t="inlineStr">
+      <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -16841,179 +16601,179 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y73" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z73" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA73" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="74" spans="1:27" customHeight="0">
-      <c r="A74" s="1">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
         <v>121006</v>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
         </is>
       </c>
-      <c r="D74" s="1" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Subzen</t>
         </is>
       </c>
-      <c r="E74" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G74" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H74" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K74" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L74" s="1" t="inlineStr">
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale vous propose
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
   l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
  &lt;/li&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
  &lt;/li&gt;
  &lt;li&gt;
   Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -17034,2087 +16794,2087 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
 &lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
 &lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V74" s="1" t="inlineStr">
+      <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>121461</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Eduquer au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Education au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
+      <c r="M74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>PNR des Baronnies provençales (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Matthieu MORARD
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission éducation au territoire et à l&amp;#039;environnement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  mmorard&amp;#64;baronnies-provencales.fr
 &lt;/p&gt;
 &lt;p&gt;
  04.75.26.79.03
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>eruin@baronnies-provencales.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>126135</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Obtenir une assistance technique en matière d'eau potable et/ou d'assainissement</t>
         </is>
       </c>
-      <c r="D76" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Assistance technique départementale Domaine Eau et Assainissement</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les missions proposées permettent d&amp;#039;aider les collectivités à la gestion patrimoniale et à l&amp;#039;amélioration de l&amp;#039;exploitation des systèmes d&amp;#039;assainissement collectif ainsi que des installations d&amp;#039;eau potable. Cela comprend, par exemple, des visites sur site avec des analyses d&amp;#039;eaux usées, des conseils pour l&amp;#039;entretien des ouvrages d&amp;#039;épuration ou d&amp;#039;alimentation en eau potable, des appareillages électromécaniques, des réglages, des rejets dans le milieu naturel, des bilans de fonctionnement, etc.
 &lt;/p&gt;
 &lt;p&gt;
  En complément, certains EPCI &amp;lt; 40 000 habitants pour lesquels la convention type ne serait pas appropriée pourront solliciter un accompagnement particulier et se voir proposer une convention spécifique soumise à la validation de la commission permanente selon des modalités techniques et financières adaptées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Retenir l&amp;#039;éligibilité des communes rurales et des EPCI de moins de 40 000 habitants à l&amp;#039;assistance technique définie dans la convention type figurant en annexe 1 et d&amp;#039;en exclure les EPCI de plus de 40 000 habitants éligibles du fait du critère « zone de montagne »
   &lt;/li&gt;
   &lt;li&gt;
    Autoriser ces EPCI de plus de 40 000 habitants à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
   &lt;/li&gt;
   &lt;li&gt;
    Autoriser les EPCI de moins de 40 000 habitants pour lesquels la convention type n&amp;#039;est pas appropriée, à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
   &lt;/li&gt;
   &lt;li&gt;
    Exclure du bénéfice de l&amp;#039;assistance technique les EPCI en délégation de service public pour l&amp;#039;intégralité de leurs équipements d&amp;#039;eau potable.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/ci_537149/fr/preservation-de-la-qualite-de-l-eau#niveau_5</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Eau Environnement Forêt Agriculture
 &lt;/p&gt;
 &lt;p&gt;
  Mission d&amp;#039;assistance à la gestion de l&amp;#039;eau
 &lt;/p&gt;
 &lt;p&gt;
  MAGE : 04 77 12 52 38
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:mage&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   mage&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5dbc-obtenir-une-assistance-technique-en-matiere-d/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>126137</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Fond de solidarité - Enveloppes de solidarité</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I77" s="1" t="inlineStr">
+      <c r="I76" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 60</t>
         </is>
       </c>
-      <c r="J77" s="1" t="inlineStr">
+      <c r="J76" s="1" t="inlineStr">
         <is>
           <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T76" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W77" s="1" t="inlineStr">
+      <c r="W76" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle, Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>131002</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W78" s="1" t="inlineStr">
+      <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Stéphanie GARRIDO / Thomas FOUREST
 &lt;/p&gt;
 &lt;p&gt;
  ARBE
 &lt;/p&gt;
 &lt;p&gt;
  04.42.90.90.60-54 / 04.42.90.90.66
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a target="_self"&gt;
    ville-nature&amp;#64;arbe-regionsud.org
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>131003</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M79" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W79" s="1" t="inlineStr">
+      <c r="W78" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bruno Dorbani
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chef du service TerritoireChef du service Territoire
 &lt;/p&gt;
 &lt;p&gt;
  Agence Régionale de la Biodiversité de Bourgogne-Franche-Comté
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   bruno.dorbani&amp;#64;arb-bfc.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a952-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-      <c r="A80" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>131004</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bretagne</t>
         </is>
       </c>
-      <c r="D80" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E80" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H80" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M80" s="1" t="inlineStr">
+      <c r="M79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W80" s="1" t="inlineStr">
+      <c r="W79" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Anne-Hélène LE DU
 &lt;/p&gt;
 &lt;p&gt;
  Responsable du Pôle ingénierie de projets
 &lt;/p&gt;
 &lt;p&gt;
  06 02 19 65 28
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   annehelene.ledu&amp;#64;biodiversite.bzh
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e4e3-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>131009</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
+      <c r="M80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W81" s="1" t="inlineStr">
+      <c r="W80" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Benjamin Virely
 &lt;/p&gt;
 &lt;p&gt;
  Agence régionale de la biodiversité Centre-Val de Loire
 &lt;/p&gt;
 &lt;p&gt;
  09 70 72 40 12
 &lt;/p&gt;
 &lt;p&gt;
  benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df17-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>131010</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Normandie</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M82" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Guillaume Salagnac
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission Mobilisation des collectivités - Territoires engagés pour la nature
 &lt;/p&gt;
 &lt;p&gt;
  Agence normande de la biodiversité et du développement durable
 &lt;/p&gt;
 &lt;p&gt;
  Tel. : 02 35 15 78 02
 &lt;/p&gt;
 &lt;p&gt;
  Mail : guillaume.salagnac&amp;#64;anbdd.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/62d4-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>131011</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Occitanie</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W83" s="1" t="inlineStr">
+      <c r="W82" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/formulaire-de-candidature-2023-territoires-engages</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cécile BEDEL
 &lt;/p&gt;
 &lt;p&gt;
  Agence Régionale de la Biodiversité Occitanie
 &lt;/p&gt;
 &lt;p&gt;
  05 61 39 67 94
 &lt;/p&gt;
 &lt;p&gt;
  cecile.bedel&amp;#64;arb-occitanie.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/219b-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>131012</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Hauts-de-France</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Union régionale des Centres permanents d'Initiative pour l'Environnement - Hauts-de-France (CPIE)</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M84" s="1" t="inlineStr">
+      <c r="M83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W83" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/hauts-de-france</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;animation régionale du dispositif par l&amp;#039;URCPIE Hauts-de-France :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr" target="_self"&gt;
   animation-ten&amp;#64;cpie-hautsdefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3266-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>131013</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M85" s="1" t="inlineStr">
+      <c r="M84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
+      <c r="W84" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Région Grand Est
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nassera Deroueche
 &lt;/p&gt;
 &lt;p&gt;
  03 87 61 66 91
 &lt;/p&gt;
 &lt;p&gt;
  nassera.deroueche&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Office français de la biodiversité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  David Monnier
 &lt;/p&gt;
 &lt;p&gt;
  03 87 62 86 07
 &lt;/p&gt;
 &lt;p&gt;
  david.monnier&amp;#64;ofb.gouv.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>132278</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -19143,187 +18903,187 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W86" s="1" t="inlineStr">
+      <c r="W85" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>139927</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -19369,327 +19129,327 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P87" s="1" t="inlineStr">
+      <c r="P86" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q87" s="1" t="inlineStr">
+      <c r="Q86" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>139934</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une aide pour accompagner, définir, piloter et exploiter un projet dans le domaine de l’eau et de l’assainissement</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>AMO Mission eau-assainissement</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention de Cantal Ingénierie &amp;amp; Territoires (CIT) dans le domaine de l&amp;#039;eau et de l&amp;#039;assainissement s&amp;#039;inscrit en complément des missions obligatoires d&amp;#039;assistance technique réalisées par la MAGE (Mission d&amp;#039;Assistance à la Gestion de l&amp;#039;Eau) du département, en proposant des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M88" s="1" t="inlineStr">
+      <c r="M87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Eau Potable : la création et l&amp;#039;aménagement d&amp;#039;ouvrages d&amp;#039;eau potable (captages réservoirs, stations de pompage), la mise en place de traitement de potabilisation, de travaux d&amp;#039;interconnexion de réseaux, de mise en place de compteurs de sectorisation et de télésurveillance, la passation de contrats de prestation ou de concession,
   &lt;/li&gt;
   &lt;li&gt;
    Assainissement Collectif : des travaux de mise en séparatif ou de réhabilitation de réseaux de collecte, la création ou la réhabilitation de systèmes de traitement des eaux usées, la mise en place de dispositifs d&amp;#039;auto surveillance et/ou de mesure, la passation de contrats de prestation ou de concession.
   &lt;/li&gt;
   &lt;li&gt;
    Réalisation d&amp;#039;études dans le domaine de l&amp;#039;eau : diagnostic de réseaux et d&amp;#039;ouvrages, études de valorisation des boues, révision de zonage, étude de gouvernance préalable à un transfert de compétences
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Transition énergétique
 Equipement public
 Appui méthodologique
 Milieux humides</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
   &lt;/li&gt;
   &lt;li&gt;
    Etre adhérent à CIT
   &lt;/li&gt;
   &lt;li&gt;
    Conventionnement
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>http://ingenierie-et-territoires.cantal.fr/</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/683e-beneficier-dune-aide-pour-accompagner-definir/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>142680</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -19802,51 +19562,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -19864,56 +19624,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -19956,612 +19716,137 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-[...40 lines deleted...]
-      <c r="K90" s="1" t="inlineStr">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>143305</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Effectuer les choix stratégiques adaptés à la mise en œuvre de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
-[...457 lines deleted...]
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le diagnostic territorial établi, vous devez formaliser votre stratégie et le programme d&amp;#039;actions pluriannuel à partir desquels la Gemapi sera mise en oeuvre.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour éclairer et justifier la prise de décisions stratégiques et financières.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez analyser et traduire les enjeux liés à la Gemapi sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes prêts à bâtir une stratégie ou un programme d&amp;#039;actions pluriannuel pour déployer la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez sécuriser le choix du scénario de mise en oeuvre (pertinence, faisabilité) ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous vous interrogez sur la méthodologie de phasage des actions ?
@@ -20621,634 +19906,164 @@
  &lt;li&gt;
   Partage et utilisation de retours d&amp;#039;expérience ;
  &lt;/li&gt;
  &lt;li&gt;
   Co-construction d&amp;#039;une stratégie adaptée à votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   Support au phasage des actions ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à la rédaction de votre cahiers des charges.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Évaluer les scénarios proposés sur le plan socio-économique et environnemental
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outils d&amp;#039;aide à la décision.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M93" s="1" t="inlineStr">
+      <c r="M89" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Agglo Le Puy en Velay
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial. Elaboration d&amp;#039;un plan d&amp;#039;actions permettant une prise de compétence Gemapi réussie.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Risques naturels
 Milieux humides</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T93" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/effectuer-choix-strategiques-adaptes-mise-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b75c-effectuer-les-choix-strategiques-adaptes-a-la/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...40 lines deleted...]
-      <c r="K94" s="1" t="inlineStr">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>143315</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
-[...452 lines deleted...]
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment bien cerner les contours de la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels critères retenir pour sélectionner un prestataire ?
@@ -21307,451 +20122,297 @@
  &lt;li&gt;
   L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
  &lt;/li&gt;
  &lt;li&gt;
   La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
  &lt;/li&gt;
  &lt;li&gt;
   Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
  &lt;/li&gt;
  &lt;li&gt;
   La détermination pertinente des enjeux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Renforcer votre autonomie
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Formation de vos équipes aux outils utiles au diagnostic.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M97" s="1" t="inlineStr">
+      <c r="M90" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Troyes Champagne Métropole
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Equipement public
 Bâtiments et construction
 Mers et océans
 Milieux humides
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-[...154 lines deleted...]
-      <c r="A99" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>143355</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Accompagner l'assainissement des infrastructures et la protection des milieux aquatiques</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   VOTRE BESOIN :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La gestion des réseaux d&amp;#039;assainissement des infrastructures et la préservation des milieux aquatiques attenants sont au cœur de vos préoccupations et vous souhaitez faire les meilleurs choix en matière d&amp;#039;aménagement et/ou de politique de sécurisation pour assurer, entre autres, la gestion qualitative et quantitative de la ressource en eau.
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela, vous souhaitez vous appuyer sur un établissement susceptible de vous offrir une large palette de prestations notamment pour optimiser l&amp;#039;évacuation des eaux de la chaussée, assurer la sécurité des usagers en évitant les risques d&amp;#039;aquaplanage et les projections d&amp;#039;eau (un assainissement correctement conçu et réalisé est gage de pérennité de la chaussée) et préserver les milieux aquatiques contre des pollutions diffuses ou accidentelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA RÉPONSE DU CEREMA :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne sur ces problématiques de protection des milieux aquatiques et assainissement des infrastructures en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce cadre nous mettons en œuvre des approches complémentaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etudes préalables : assainissement routier, requalification environnementale, conception de dispositifs d&amp;#039;assainissement alternatifs ;
  &lt;/li&gt;
  &lt;li&gt;
   Contrôles de chantier : gestion des eaux de ruissellement, audits environnements ;
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation et avis dossiers loi sur l&amp;#039;eau  ;
  &lt;/li&gt;
  &lt;li&gt;
   Formations et sensibilisation des acteurs publics.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Risques naturels
 Appui méthodologique
 Mers et océans</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T91" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/assainissement-infrastructures-protection-milieux-aquatiques</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4f5f-assainissement-des-infrastructures-et-protect/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>143373</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Construire des projets Gemapi adaptés aux enjeux territoriaux et exercer les missions de la Gemapi</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
  &lt;br /&gt;
  Vous portez un projet d&amp;#039;aménagement qui doit prendre en compte la gestion du milieu aquatique, la prévention des inondations ou le recul du trait de côte ?
  &lt;br /&gt;
  Les solutions intégrées impliquent la déclinaison de méthodologies à considérer selon une approche globale.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Le Cerema vous accompagne vers la réussite technique et économique de projets pérennes et dans l&amp;#039;exercice des missions Gemapi.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment porter un projet de restauration du milieu aquatique ou de système d&amp;#039;endiguement complexe ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment gérer les aspects règlementaires et techniques d&amp;#039;un tel projet ?
  &lt;/li&gt;
  &lt;li&gt;
   Quelles orientations retenir parmi plusieurs options techniques ?
@@ -21818,153 +20479,148 @@
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   De l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Des formations méthodologiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Former
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sur les outils de connaissance et de suivi (ouvrages, modélisation, fonctions des zones humides).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M92" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Saint-Malo Agglomération :
   &lt;/strong&gt;
   Définition des systèmes d&amp;#039;endiguement, d&amp;#039;un cahier des charges, d&amp;#039;une méthode d&amp;#039;étude de dangers.Structuration d&amp;#039;une base de données des ouvrages.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Troyes Champagne Métropole :
   &lt;/strong&gt;
   Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/construire-projets-gemapi-adaptes-aux-enjeux-territoriaux</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d465-construire-des-projets-gemapi-adaptes-aux-enj/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>143406</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Former pour elaborer le zonage pluvial, un outil essentiel pour votre territoire (Formation)</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;urbanisation et l&amp;#039;imperméabilisation croissante des sols engendrent et accentuent les phénomènes d&amp;#039;inondations et de pollutions des milieux aquatiques. Le changement climatique renforce les risques liés à ces phénomènes.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La collectivité compétente doit définir la politique de gestion des eaux pluviales qu&amp;#039;elle souhaite porter, afin que l&amp;#039;urbanisation (actuelle et future) ait un impact le plus faible possible sur le cycle naturel de l&amp;#039;eau, l&amp;#039;environnement au sens large et indirectement sur les finances de la collectivité .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;article L.2224-10 du code général des collectivités territoriales prévoit que les communes (ou leurs groupements compétents) délimitent un zonage pluvial adapté à leur territoire en répondant aux enjeux actuels.
 &lt;/p&gt;
 &lt;p&gt;
  Pour la collectivité compétente, l&amp;#039;élaboration du zonage pluvial constitue une obligation pour les territoires à enjeu qui s&amp;#039;inscrit dans une politique plus globale d&amp;#039;amélioration du cadre de vie et de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Une démarche propre à chaque territoire doit être élaborée, cette formation proposera une méthodologie décomposée en plusieurs étapes pour l&amp;#039;élaboration du document.
 &lt;/p&gt;
 &lt;p&gt;
  En référence, un guide méthodologique a été publié par le Cerema pour aider et accompagner les acteurs dans cette démarche, en s&amp;#039;appuyant sur des exemples de mise en en place et de mise en œuvre d&amp;#039;un zonage pluvial.
 &lt;/p&gt;
 &lt;p&gt;
  Cette formation s&amp;#039;appuie sur les préconisations du guide zonage pluvial et du P&amp;#039;tit Essentiel associé.
 &lt;/p&gt;
 &lt;h3&gt;
@@ -22105,180 +20761,180 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;évaluation
 &lt;/h4&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;h4&gt;
  Accessibilité de nos formations aux personnes en situation de handicap
 &lt;/h4&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap : naima.ait-el-hadj&amp;#64;cerema.fr
 &lt;/p&gt;
 &lt;h4&gt;
  Délais d&amp;#039;accès
 &lt;/h4&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Education et renforcement des compétences
 Risques naturels
 Biodiversité
 Appui méthodologique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-elaborer-zonage-pluvial-outil-essentiel-votre</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/71ec-former-pour-elaborer-le-zonage-pluvial-un-out/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>144547</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -22321,349 +20977,444 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W102" s="1" t="inlineStr">
+      <c r="W94" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G103" s="1" t="inlineStr">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>145887</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement (partie DETR)</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets commun pour la dotation d’équipement des territoires ruraux (DETR) et la dotation de soutien à l’investissement local (DSIL)</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Aube</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K103" s="1" t="inlineStr">
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...4 lines deleted...]
- Sont subventionnées toutes les dépenses d&amp;#039;investissement relatives aux études, schémas et travaux en vue de la réalisation des objectifs suivants :
+ La DETR a pour objectif de financer la réalisation d&amp;#039;investissements dans le domaine économique, social, environnemental et touristique ou favorisant le développement ou le maintien des services publics en milieu rural.
+ &lt;br /&gt;
+ En outre, la DETR peut également permettre de subventionner les études de faisabilité (hors dépenses en régie), que le projet soit, au final, réalisé ou non. Ce soutien vaudra seulement pour une année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations éligibles à la DETR sont déclinées en 11 catégories développées en annexe 2 :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...53 lines deleted...]
-      <c r="N103" s="1" t="inlineStr">
+ &lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt; &lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+les espaces scolaires, péri et extra-scolaires et petite enfance ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;favoriser
+la rénovation thermique et la transition écologique ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;accompagner les mobilités ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;accompagner
+les opérations de requalification ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;développer
+l’’offre et l’accessibilité des services au public ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;accompagner
+les politiques de sécurité publique et civile ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+le cadre de vie et l’accueil dans les services municipaux et
+intercommunaux ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;soutenir
+le développement économique, touristique, sportif et culturel ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;rénover le patrimoine ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+la gestion des eaux usées et pluviales ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+la voirie.&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Risques naturels
-[...8 lines deleted...]
-      <c r="R103" s="1" t="inlineStr">
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction
+Accessibilité
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Mobilité fluviale
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="Q95" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2025</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1) Les communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dont la population n&amp;#039;excède pas 2.000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont la population est supérieure à 2.000 habitants, sans excéder 20.000 habitants, et dont le potentiel financier moyen est inférieur à 1,3 fois le potentiel financier moyen de l&amp;#039;ensemble des communes de même strate démographique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2) Les établissements publics de coopération intercommunale à fiscalité propre (EPCI)
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des EPCI à fiscalité propre sont éligibles à la DETR à l&amp;#039;exception des ECPI qui, de manière cumulative :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposent d&amp;#039;un territoire d&amp;#039;un seul tenant et dont la population est supérieure à 75.000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  comprennent au moins une commune dont la population est supérieure à 20.000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ont une densité de population supérieure ou égale à 150 habitants / km2.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3) Sont également éligibles à la DETR :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les EPCI éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes (DGE) ou à la dotation de développement rural (DDR) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les syndicats mixtes et PETR dont la population n&amp;#039;excède pas 60.000 habitants, dès lors qu&amp;#039;ils sont composés exclusivement de communes et d&amp;#039;EPCI ou uniquement d&amp;#039;EPCI ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les syndicats de communes dont la population n&amp;#039;excède pas 60.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.gouv.fr/Actions-de-l-Etat/Collectivites-locales-et-intercommunalite/Subventions-d-investissement-de-l-Etat/Les-subventions-d-investissement-de-l-Etat-aux-collectivites-locales2/Appel-a-projets/Appel-a-projets-2026-Commun-DETR-DSIL</t>
+        </is>
+      </c>
+      <c r="W95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  BÉNÉFICIAIRES :
+  &amp;gt; Préfecture de l&amp;#039;Aube
+  &lt;br /&gt;
  &lt;/strong&gt;
- les communes et groupements de communes du département, à l&amp;#039;exception de la ville de Marseille et de la Métropole Aix-Marseille-Provence.
-[...54 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+&lt;/p&gt;
+&lt;p&gt;
+ 2 rue Pierre Labonde
+ &lt;br /&gt;
+ CS 20372
+ &lt;br /&gt;
+ 10025 Troyes cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique WAGNER (chargée de la DETR) :
+ &lt;a href="mailto:veronique.wagner&amp;#64;aube.gouv.fr" target="_self"&gt;
+  veronique.wagner&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 03 25 42 37 53
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sous-préfecture de Bar-sur-Aube
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 18 rue Armand
+ &lt;br /&gt;
+ CS 20052
+ &lt;br /&gt;
+ 10201 Bar sur Aube cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Karène CLEMENT :
+ &lt;a href="mailto:karene.clement&amp;#64;aube.gouv.fr" target="_self"&gt;
+  karene.clement&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 27 50 89
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sous-préfecture de Nogent-sur-Seine
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 5 avenue Casimir Périer
+ &lt;br /&gt;
+ 10401 Nogent-sur-Seine Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Céline JALTIER :
+ &lt;a href="mailto:celine.jaltier&amp;#64;aube.gouv.fr" target="_self"&gt;
+  celine.jaltier&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 39 47 75
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>jean-michel.barrois@aube.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b39-financer-des-projets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>149553</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études et des travaux dans le domaine de l’assainissement</t>
         </is>
       </c>
-      <c r="D104" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>ASSAINISSEMENT</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;assainissement, et plus particulièrement les projets contribuant à l&amp;#039;amélioration de la qualité des milieux ou à enjeux sanitaires.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subventions d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Dépenses HT en lien avec les prestations éligibles.
  &lt;br /&gt;
  Les dépenses prises en compte sont les dépenses réelles, éventuellement réduites en fonction de plafonds d&amp;#039;aides ou de forfaits. Les plafonds d&amp;#039;aides correspondent à un montant maximal d&amp;#039;aide pour une opération considérée (hors tranches fonctionnelles).
  &lt;br /&gt;
  Par ailleurs, le Département peut, au vu des documents fournis à l&amp;#039;appui de la demande de subvention :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -22744,64 +21495,64 @@
  Selon le règlement financier général pour les subventions :
 &lt;/p&gt;
 &lt;p&gt;
  Acompte de la subvention sur présentation du cahier des charges et de l&amp;#039;acte d&amp;#039;engagement ou de la lettre de commande.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Acompte de 50% de la subvention pour les communes et EPCI dont le potentiel Fiscal est &amp;lt; 1 300 000€
   &lt;/li&gt;
   &lt;li&gt;
    Acompte de 30% de la subvention pour les autres communes de &amp;lt; 5 000 habitants, et les EPCI non urbains ou de type SIVU
   &lt;/li&gt;
   &lt;li&gt;
    Pas d&amp;#039;acompte au démarrage pour les autres, le versement de la subvention se faisant au fur et à mesure des dépenses justifiées
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h3&gt;
  Bases réglementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Dispositif approuvé par délibération du 20 février 2023
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions générales :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau : pour les travaux et pour les études, le prix  de l&amp;#039;eau minimum doit être supérieur ou égal à 1 € HT / m3 (part assainissement et hors redevance agence de l&amp;#039;eau).
   &lt;/li&gt;
  &lt;/ul&gt;
  Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen de 120m3 /an/ abonné.
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Pour les études : nécessité d&amp;#039;associer le Département au comité de pilotage
   &lt;/li&gt;
   &lt;li&gt;
    Pour les travaux : nécessité de disposer d&amp;#039;un SDA récent (moins de 10 ans), conformité du projet avec la réglementation et avec les conclusions du SDA.
@@ -22996,347 +21747,342 @@
   &lt;/li&gt;
   &lt;li&gt;
    La création ou l&amp;#039;amélioration de station de traitement des eaux usées pour traiter des pollutions nouvelles
   &lt;/li&gt;
   &lt;li&gt;
    La collecte et le transport des eaux pluviales sauf ceux mentionnés précédemment
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;extension de réseau autres que ceux mentionnés précédemment
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux de raccordement, de collecte et le transport des effluents industriels autres que ceux mentionnés précédemment
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;entretien et de maintenance courante
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Les collectivités territoriales et leurs groupements : communes, EPCI, syndicats d&amp;#039;eau, sous conditions
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/assainissement/</t>
         </is>
       </c>
-      <c r="W104" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Service Instructeur et Référents
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Audrey BONNEFOY,
  Cheffe de Service  :
    Tél : 04 75 79 82 63
 &lt;/p&gt;
 &lt;p&gt;
  Nicolas RICCIO,
  Chargé de la Programmation des aides,
    Tél : 04 75 79 81 29
   –
  &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" target="_self"&gt;
   nriccio&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/62cd-assainissement/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>151703</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>153408</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Financer l'animation de bassins versants (frais de fonctionnement, d'études et de communication)</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Animation de bassins versants (frais de fonctionnement, d&amp;rsquo;études et de communication)</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Frais de fonctionnement, d&amp;#039;études et de communication des cellules en charge de SAGE (schéma d&amp;#039;aménagement et de gestion des eaux) ou de contrats de bassins versants. La politique d&amp;#039;aide du conseil départemental à l&amp;#039;animation de bassins versants se décline de la façon suivante :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Salaires, charges salariales et frais de formation : 20% pour les SAGE et 25% pour les contrats de bassin versant. Aide plafonnée à 60.000€ de dépense éligible pour 1 animateur principal et 1 mi-temps de secrétariat et à 35.000€ pour 1 animateur &amp;#34;bassin versant&amp;#34; (en charge de l&amp;#039;appui au boisement, des problématiques d&amp;#039;érosion et de lutte contre les inondations). La subvention est limitée à 80% d&amp;#039;aides globales (y compris agences de l&amp;#039;eau et Région BN) et 2,5 ETP
  &lt;/li&gt;
  &lt;li&gt;
   Etudes : 20% du montant HT pour les SAGE et 25% pour les contrats de bassin versant,
  &lt;/li&gt;
  &lt;li&gt;
   Documents de communication : 20% du montant HT pour les SAGE et 25% pour les contrats de bassin versant plafonné à 2000€ d&amp;#039;aides annuelles,
  &lt;/li&gt;
  &lt;li&gt;
   Frais de fonctionnement : 20% pour les SAGE et 25% pour les contrats de bassin versants des frais de fonctionnement de la cellule d&amp;#039;animation (téléphone, location de bureaux, photocopies, timbres, petit matériel...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -23353,224 +22099,224 @@
  &lt;li&gt;
   Pour les aides déjà obtenues, la copie des décisions (ou notifications) et l&amp;#039;indication des aides publiques indirectes s&amp;#039;il y a lieu.
  &lt;/li&gt;
  &lt;li&gt;
   Les coordonnées du payeur (RIB).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son cout prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les noms et coordonnées du responsable du projet.
  &lt;/li&gt;
  &lt;li&gt;
   La délibération de l&amp;#039;organe compétent de la collectivité territoire ou de l&amp;#039;organisme public approuvant le projet et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
  &lt;/li&gt;
  &lt;li&gt;
   Une notice explicative indiquant de façon précise : son objet, les objectifs poursuivis et les résultats attendus et son insertion dans la stratégie de développement local, sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détailles dans la demande), s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel ; s&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci, un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas ou le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espace public</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide est conditionnée au versement d&amp;#039;une aide de l&amp;#039;Agence de l&amp;#039;eau au titre de l&amp;#039;animation de contrats de bassins versants ou à l&amp;#039;attribution de mission d&amp;#039;animation d&amp;#039;un SAGE. La subvention est attribuée dès notification à hauteur de 60% et le solde est versé sur présentation du rapport d&amp;#039;activités et des pièces justificatives. Si le bassin versant couvre plusieurs départements, l&amp;#039;aide est calculée au prorata de la surface de bassin versant dans la Manche. Le dossier est instruit de la façon suivante :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Examen par la commission permanente
  &lt;/li&gt;
  &lt;li&gt;
   Délibération du conseil départemental et notification des subventions
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/animation-de-bassins-versants-frais-de-fonctionnement-detudes-et-de-communication/</t>
         </is>
       </c>
-      <c r="W106" s="1" t="inlineStr">
+      <c r="W98" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7f9d-animation-de-bassins-versants-frais-de-foncti/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>158480</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -23602,352 +22348,206 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
+      <c r="P99" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W107" s="1" t="inlineStr">
+      <c r="W99" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-[...146 lines deleted...]
-      <c r="A109" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>162563</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I109" s="1" t="inlineStr">
+      <c r="I100" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J109" s="1" t="inlineStr">
+      <c r="J100" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23986,441 +22586,441 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>162829</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Accompagner les transitions écologiques et énergétiques</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C101" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I101" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J110" s="1" t="inlineStr">
+      <c r="J101" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M110" s="1" t="inlineStr">
+      <c r="M101" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>162938</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C111" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I102" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P102" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q111" s="1" t="inlineStr">
+      <c r="Q102" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>162974</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
 	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	aux collectivités dans la mise en œuvre de l’ingénierie sur
 	mesure proposée par l’ANCT, ...&lt;/p&gt;
 	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
 	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	et instruction des procédures environnementales des projets,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
@@ -24456,221 +23056,221 @@
 	douces,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
 	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
 	des collectivités pour la prise d’arrêtés de mise en sécurité,
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Développement
 économique et commercial&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	et accompagnement pour la réalisation de projets économiques ou
 	industriels, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Ingénierie
 financière&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
 	à la recherche de financements publics (outil aides territoires),
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M112" s="1" t="inlineStr">
+      <c r="M103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 – Action
 Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
 Petites Villes de Demain (PVD) ;&lt;/p&gt;
 &lt;p&gt;– Pacte
 Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
 &lt;p&gt;– Aménagements
 d’espaces publics ;&lt;/p&gt;
 &lt;p&gt;– Renouvellement
 urbain, écoquartiers ;&lt;/p&gt;
 &lt;p&gt;– Rénovation
 thermique de bâtiments publics, production d&amp;#039;EnR ; 
 &lt;/p&gt;
 &lt;p&gt;– Agendas
 d’accessibilité programmée ;&lt;/p&gt;
 &lt;p&gt;– Diagnostics
 de sécurité routière ;&lt;/p&gt;
 &lt;p&gt;– Aires
 d’accueil des gens du voyage ;&lt;/p&gt;
 &lt;p&gt;– Plans
 communaux de sauvegarde ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
 liés aux énergies renouvelables ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
 de friches artisanales et industrielles ;&lt;/p&gt;
 &lt;p&gt;– Planification
 territoriale… .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Prévention des risques
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>162982</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C113" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -24713,306 +23313,306 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P113" s="1" t="inlineStr">
+      <c r="P104" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q113" s="1" t="inlineStr">
+      <c r="Q104" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>163041</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C114" s="1" t="inlineStr">
+      <c r="C105" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F114" s="1" t="inlineStr">
+      <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I114" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Santé
 Education et renforcement des compétences
 Biodiversité
 Mers et océans
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>163199</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C115" s="1" t="inlineStr">
+      <c r="C106" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -25049,1633 +23649,1628 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q115" s="1" t="inlineStr">
+      <c r="Q106" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>163237</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I116" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J116" s="1" t="inlineStr">
+      <c r="J107" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P116" s="1" t="inlineStr">
+      <c r="P107" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q116" s="1" t="inlineStr">
+      <c r="Q107" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>163589</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre la stratégie régionale de l'eau</t>
         </is>
       </c>
-      <c r="C117" s="1" t="inlineStr">
+      <c r="C108" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>Aides de la stratégie régionale de l'eau</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l’Eau ainsi que l’urgence d’atteindre les objectifs fixés par la Directive Cadre sur l’Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l’échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux.&lt;/p&gt;&lt;p&gt; Aussi, afin d’inciter les acteurs de l’eau à s’organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus. L’accompagnement de la Région au titre de sa politique de l’eau sera ainsi conditionné à : &lt;span&gt;La nécessité d’inscrire l’opération dans une démarche de gestion intégrée de l’eau (adéquation entre le milieu naturel, le développement local et l’aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Forte de ces éléments, la Région s’engage dans les démarches de contractualisation (Contrats territoriaux, …) à l’échelle de bassins versants au côté des agences de l’eau. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Cette politique de l’eau transversale se décline selon les quatre orientations stratégiques : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Accompagner les changements de pratiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Contribuer à la prise en compte des enjeux de l’eau dans l’aménagement du territoire et à la gestion des risques naturels &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Préserver les milieux aquatiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Développer et partager les connaissances &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; La mise en œuvre de cette politique de l’eau se fera en collaboration étroite avec les Agences de l’eau Adour-Garonne et Loire-Bretagne.
 Au-delà de l’intervention de la Région dans la mise en œuvre d’actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s’appuiera sur des partenaires afin notamment d’améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l’échelle de la Nouvelle-Aquitaine.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la Région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressources en eau (cours d’eau, nappes, étangs, zones humides, …), rencontrées de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l’occupation du territoire et les activités humaines présentes.
 Ces pressions se trouveront accentuées par le changement climatique qui impactera d’une manière significative, directement et indirectement, l’ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l’eau associés.
 Les objectifs visés par la Région sont de pouvoir répondre aux différents enjeux liés à la ressource en eau. &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Transition énergétique
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités et leurs groupements &lt;/li&gt;&lt;li&gt;Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants &lt;/li&gt;&lt;li&gt; Syndicats mixtes et établissements de coopération intercommunale&lt;/li&gt;&lt;li&gt; Collectivités productrices d’eau potable&lt;/li&gt;&lt;li&gt; Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu&lt;/li&gt;&lt;li&gt; Eau prioritaires bénéficiant d’un contrat territorial de bassin versant ou d’un contrat territorial Re-Sources &lt;/li&gt;&lt;li&gt; Entreprises &lt;/li&gt;&lt;li&gt; Groupements de collectivités (Communautés de Communes et Communautés d’Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)&lt;/li&gt;&lt;li&gt; Structures porteuses de SAGE
 	Associations créées sur la base de la Loi du 1er juillet 1901 &lt;/li&gt;&lt;li&gt; Propriétaires privés &lt;/li&gt;&lt;li&gt; Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre  &lt;/li&gt;&lt;li&gt;Associations ayant une action significative sur les espèces exotiques envahissantes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les demandes de subvention seront traitées au fil de l’eau.
 &lt;/p&gt;&lt;p&gt;Pour les demandes de subvention pour travaux et/ou études, elles sont à déposer, avant leur démarrage, de préférence avant le 31 mars ou avant le 30 juin de chaque année, pour favoriser leur instruction en vue des commissions du 1er ou 2e semestre, en privilégiant un dépôt regroupé par tranche annuelle. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aides-de-la-strategie-regionale-de-leau</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
 Les dossiers sont à transmettre par voie dématérialisée à l&amp;#039;adresse : &lt;a target="_self"&gt;eau&amp;#64;nouvelle-aquitaine.fr&lt;/a&gt;. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-de-la-strategie-regionale-de-leau/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>163875</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Lutte les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I118" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
 masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
 gérer les crues et préserver la biodiversité, dans un contexte de changement
 climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
 agroécologique et privilégie les pratiques ou les changements à l’échelle du
 système d’exploitation, tels que l’agriculture biologique, l’agriculture de
 conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
 l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
 spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
 particulièrement dans les aires d’alimentation des captages prioritaires où
 l’agence privilégie les projets de territoires portés par les collectivités et
 soutient des actions concourant à réduire ou maitriser les pressions à un
 niveau compatible avec l’état de la ressource en eau et les enjeux de santé
 publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
 en zones humides qui poursuit un objectif de maintien des surfaces et à
 démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
 sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
 climatique pour lesquelles il est visé une stabilisation des prélèvements à des
 fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
 réserve utile du sol, la résistance des plantes et la réduction de la
 consommation d’eau ; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
 pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
 favoriser le retour au sol agricole des matières organiques en créant les
 conditions de la confiance.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
 changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
 filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
 micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
 ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
 (CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P118" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q118" s="1" t="inlineStr">
+      <c r="Q109" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux personnes morales de droit public ou privé
 réalisant des opérations visant à lutter contre les pressions d’origine
 agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
 principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
 la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
 zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
 large. Il est tenu compte de la délibération d’intervention portant sur les
 zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
 particulier les aires d’alimentation des captages prioritaires définis dans le
 SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
 l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
 » ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
 quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
 programme global de lutte contre l’érosion des sols reconnu par l’Agence de
 l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
 conservation des sols, programme global d’aménagements hydrauliques issu d’une
 étude préalable) sont également des territoires à enjeux pour l’Agence de
 l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
 précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
 la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
 transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
 leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
 l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
 agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>163877</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Protection de la ressource en eau et alimentation en eau potable</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I119" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
 potable par une eau de qualité satisfaisante et en quantité suffisante est un
 enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
 d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
 d’utilisé publique visant la protection contre les pollutions accidentelles et
 ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
 des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
 prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
 Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
 métabolites en augmentation tendancielle, voire en dépassement des valeurs
 limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
 origines, et leur résolution appelle une mobilisation large des dispositifs du
 programme d’intervention de l’Agence de l’Eau en conformité avec les
 orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
 mars 2023, la mise en place de démarches préventives doit être prioritairement
 recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
 sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
 place des solutions curatives qui s’avèreraient nécessaires, ou des projets
 d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
 l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
 d’ouvrage à mettre en place des actions de protection de la ressource en eau,
 principalement à travers des actions de réduction des pollutions qui s’exercent
 sur les aires d’alimentation des captages afin de reconquérir à terme la
 qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
 tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
 la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
 les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
 forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
 indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
 au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
 liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
 travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
 faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
 différentes solutions de sécurisation (nouveau forage, raccordement,
 interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
 sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
 fort et définis dans un document d’urbanisme en lien avec un plan de prévention
 des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Risques naturels
 Biodiversité
 Equipement public
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P119" s="1" t="inlineStr">
+      <c r="P110" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q119" s="1" t="inlineStr">
+      <c r="Q110" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
 quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
 sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>163879</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Gérer la ressource en eau, une approche quantitative</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Prêt
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I120" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette délibération présente les principes d’intervention et
 les objectifs de l’Agence en matière de gestion de la ressource en eau dans un
 contexte de changement climatique qui sont de concilier les différents usages
 humains, économiques sans oublier les milieux naturels, avec la disponibilité
 de la ressource notamment en période d’étiage.&lt;/p&gt;&lt;p&gt;Cette gestion implique une gouvernance à l’échelle des
 bassins versants afin de régir le partage de cette ressource et la mise en
 place d’actions visant à réduire la pression de prélèvement sur les milieux via
 une réduction des consommations puis par l’utilisation d’eaux non
 conventionnelles.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les objectifs du plan Eau déclinés sur le bassin Artois
 Picardie sont également rappelés à travers cette délibération.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M120" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de connaissance visant à définir
 l’impact des usages actuels et futurs sur les milieux (études « hydrologie,
 milieux, usages, climat ») et les volumes disponibles ;&lt;/li&gt;&lt;li&gt;Les travaux d’instrumentation du réseau afin de
 localiser les zones déficitaires (installations d’appareils de mesure de
 sectorisation, de vannes de sectionnement, mise en place de pré localisateurs
 de fuites…) ;&lt;/li&gt;&lt;li&gt;Les frais annexes liés à la réalisation des
 travaux (acquisitions des terrains, honoraires de maîtrise d’œuvre, assistance
 à maîtrise d’ouvrage, dossiers réglementaires, frais de contrôle et de
 sécurité, frais de publicité et d’assurances…) ; &lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Biodiversité
 Equipement public
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Industrie</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
+      <c r="P111" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q111" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La gestion équilibrée de la ressource en eau&lt;/li&gt;&lt;li&gt;Les économies d’eau potable réalisées par les
 particuliers et les collectivités territoriales&lt;/li&gt;&lt;li&gt;La valorisation et l’utilisation des eaux non
 conventionnelles&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-la-ressource-en-eau-une-approche-quantitative/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>163880</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I121" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M121" s="1" t="inlineStr">
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P121" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q121" s="1" t="inlineStr">
+      <c r="Q112" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>164102</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C122" s="1" t="inlineStr">
+      <c r="C113" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I122" s="1" t="inlineStr">
+      <c r="I113" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q122" s="1" t="inlineStr">
+      <c r="Q113" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T113" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>164111</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C114" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
+      <c r="I114" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J123" s="1" t="inlineStr">
+      <c r="J114" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M123" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>164135</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux durable</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I124" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J124" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions permettant de structurer la gouvernance en vue de déboucher sur une gestion quantitative des eaux 
 durable (exemple : mise en place de Projets de Territoires pour la Gestion de l’Eau/Commissions Locales de l’Eau 
 formelles ou informelles /d’Organismes Uniques de Gestion Collective (OUGC), actions permettant le partage 
 des enjeux, la définition des trajectoires de sobriété, la définition de projets de territoire associés, la mobilisation 
 des populations et des acteurs de l’eau pour ces différentes étapes et pour la mise en œuvre du projet de 
 territoire) sont éligibles. &lt;/p&gt;&lt;p&gt;Il peut s’agir de différentes formes d’accompagnement comme des études (exemples : études des volumes 
 prélevables, études des liens entre l’hydrologie, le fonctionnement des milieux aquatiques, les usages et les 
 climats présents et futurs…), de porter à connaissance, d’événements, d’animation (en régie ou non), de toute 
 autre action permettant de mobiliser les parties prenantes. &lt;/p&gt;&lt;p&gt;Une cohérence territoriale et une optimisation des moyens sera recherchée et les redondances proscrites. Par 
 exemple, si un Schéma d’Aménagement et de Gestion des Eaux est mis en place sur un territoire, il ne sera pas 
 possible de co-financer une animation à une échelle inférieure sans que la synergie / complémentarité ne soit 
 démontrée.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q124" s="1" t="inlineStr">
+      <c r="Q115" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces types d’action sont éligibles si elles 
 s’intègrent dans un processus de 
 concertation répondant aux critères 
 suivants, actés par le Comité de bassin : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir à une échelle géographique 
 hydrographique pertinente ; &lt;/li&gt;&lt;li&gt;Associer l’ensemble des acteurs 
 concernés ; &lt;/li&gt;&lt;li&gt;Reposer sur des connaissances 
 objectives et des diagnostics et porter à 
 connaissances partagés ; &lt;/li&gt;&lt;li&gt;Prendre en compte le changement 
 climatique, les approches prospectives 
 associées et les spécificités liées à ce 
 sujet (ex : pas de mal adaptation, 
 intégration des incertitudes) ; &lt;/li&gt;&lt;li&gt;Choisir dans le projet de territoire des 
 scénarios d’actions intégrant des 
 approches de type coûts-bénéfices sur 
 le moyen et le long terme.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-securiser-lalimentation-de-leau-potable/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>164136</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Financer des actions hydro-économes</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J125" s="1" t="inlineStr">
+      <c r="J116" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Encadrement aides de l'état</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les actions d’économies d’eau tous acteurs confondus, qu’il s’agisse des collectivités, des acteurs 
 agricoles, des entreprises, des bailleurs sociaux, des établissements publics comme Voies Navigables de France…
 &lt;br /&gt;À titre d’exemple, sont éligibles des actions telles que la lutte contre les fuites ou autres actions hydro-économes 
 des collectivités ou des acteurs de l’aménagement urbain, le changement de process, la modification de prises 
 d’eau pour les canaux, la mise en place de filières pour les cultures à bas besoins en eau, l’optimisation du 
 pilotage de l’irrigation, les pratiques d’occupation du sol favorisant les réserves d’eau et de matière organique 
 dans les sols, …
 &lt;br /&gt;Pour des raisons d’équilibre budgétaire, les installations de systèmes d’irrigation économes en eau (goutte à 
 goutte, rampes d’irrigation plus performantes, entretien dont lutte contre les fuites, …) pourront être financées 
 uniquement dans le cadre d’appels à projet ciblés sur des économies d’eau ambitieuses dont le règlement fixera 
 les modalités d’intervention et inclura parmi les critères, le rapport coût-efficacité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q125" s="1" t="inlineStr">
+      <c r="Q116" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions de lutte contre les fuites des 
 collectivités sont éligibles selon les 
 conditions définies dans la fiche 
 thématique « Interventions en matière 
 de préservation de la ressource en eau 
 et de sécurisation de l’alimentation en 
 eau potable, en quantité et qualité ».&lt;/p&gt;&lt;p&gt;Pour le cas spécifique des opérations 
 ponctuelles d’urbanisme opérationnel, 
 quel que soit le porteur et y compris 
 celles portées par des collectivités, les 
 actions sont éligibles si elles 
 interviennent dans le cadre de projets 
 d’urbanisme durables multi-enjeux 
 (sobriété en eau, perméabilisation, 
 renaturation) ou de partenariats le 
 prévoyant. Les conditions d’aide sont 
 définies dans la fiche thématique « Eau 
 et Nature en Ville et Village ». &lt;br /&gt;En cas de 
 démarche globale visant uniquement la 
 sobriété en eau à l’échelle du 
 patrimoine entier d’un acteur foncier 
 urbain, en déclinaison ou non d’un plan 
 global de gestion de l’eau, les actions 
 d’études ou de travaux visées seront 
@@ -26684,13599 +25279,13865 @@
 les actions agricoles sont éligibles si : &lt;br /&gt;- Elles visent le pilotage pour une irrigation 
 plus sobre ; &lt;br /&gt;- Elles visent à mettre en œuvre des 
 solutions d’économies d’eau dans les 
 exploitations agricoles (exemple : 
 récupération des eaux de toiture) ou de 
 substitution de ressources pour 
 l’abreuvement ; &lt;br /&gt;- Elles visent à mettre en place des 
 systèmes culturaux plus économes en eau et plus résilients face à la sécheresse 
 (cultures moins exigeantes en eau, 
 protection du sol vis-à-vis de 
 l’évaporation, techniques concourant à 
 l’amélioration des propriétés physiques 
 du sol, solutions favorisant l’infiltration et 
 ralentissant le ruissellement, …).
 &lt;br /&gt;Autres conditions 
 Pour les démarches hydro-économes 
 portées par les collectivités, il sera vérifié 
 au moment du solde qu’au moins une 
 action de sensibilisation/communication 
 du public aura été menée dans le cadre 
 du projet. Si cette condition n’est pas 
 respectée, l’aide sera soldée avec 
 réfaction.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-structuration-de-la-gouvernance/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>164137</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Substituer les prélèvements vers des ressources moins fragiles</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J126" s="1" t="inlineStr">
+      <c r="J117" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M126" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les actions de substitution de prélèvement visant un impact substantiellement moindre du 
 prélèvement dans la nouvelle ressource que dans la ressource initiale : &lt;br /&gt;• Dans la plupart des cas, la substitution de prélèvements en rivière (ou en nappe alluviale avec une forte 
 incidence sur le débit de la rivière) vers une ressource en eau souterraine moins fragile mais d’autres cas 
 peuvent se présenter (exemple : le cas inverse de substitution entre deux nappes, entre deux cours 
 d’eau, …) ;
 &lt;br /&gt;• Substitution de prélèvements sur le réseau d’eau potable par une autre ressource locale (prélèvement 
 en milieu naturel, recyclage d’eau de process ou d’eaux usées traitées, stockage d’eaux de ruissellement et d’eaux de pluie ou plus largement d’eaux non conventionnelles, …) pour des usages ne nécessitant 
 pas une qualité d’eau potable.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q126" s="1" t="inlineStr">
+      <c r="Q117" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les projets mettant en 
 évidence un impact substantiellement 
 moindre du prélèvement dans la nouvelle 
 ressource que dans la ressource initiale. &lt;/p&gt;&lt;p&gt;Pour le cas particulier des ouvrages de 
 récupération des eaux de pluie en 
 contexte urbain, sont éligibles les 
 opérations entrant dans le cadre de 
 programmes globaux d’économie d’eau 
 favorisant le déraccordement de surfaces 
 actives du réseau pluvial ou 
 d’assainissement, ou dans le cadre de 
 projets urbains durables (se référer à la 
 fiche thématique « Eau et nature en ville 
 et village »).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>164138</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Restaurer les débits des cours d'eau</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I127" s="1" t="inlineStr">
+      <c r="I118" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J127" s="1" t="inlineStr">
+      <c r="J118" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M127" s="1" t="inlineStr">
+      <c r="M118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles :
 &lt;br /&gt;• Les travaux visant à améliorer le pilotage des ouvrages de gestion hydraulique existants (gestion des 
 éclusées, optimisation du remplissage et du déstockage des retenues pour un impact positif sur les 
 milieux aquatiques) ;
 &lt;br /&gt;• Réhausse d’ouvrages existants ou création de nouveaux ouvrages. Seuls les volumes destinés 
 uniquement au soutien d’étiage seront éligibles et constitueront l’assiette de l’aide ;
 &lt;br /&gt;• Déconnection des plans d’eau des cours d’eau et mise en place de dispositifs d’alimentation des plans 
 d’eau uniquement en période de hautes eaux dont l’objectif très majoritaire est la gestion quantitative 
 de la ressource. &lt;/p&gt;&lt;p&gt; Ces actions devront être réalisées dans le respect des règles et principes de la fiche thématique « Intervention 
 en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité ». &lt;/p&gt;&lt;p&gt;Les autres actions concourant à l’amélioration du fonctionnement des milieux aquatiques avec des bénéfices 
 multiples, y compris sur les débits, sont traitées dans la fiche thématique « Intervention en faveur de la 
 préservation et de la restauration des milieux naturels et de la biodiversité ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q127" s="1" t="inlineStr">
+      <c r="Q118" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligible, les projets de restauration de débits devront : &lt;br /&gt;-  Être situés sur une zone en tension 
 quantitative sur la ressource en eau ; &lt;br /&gt;- apporter un gain 
 significatif et quantifiable sur les 
 conditions d’étiage (exemple : linéaire de 
 cours d’eau suffisant) ; &lt;br /&gt;- présenter une pérennité de la solution sous climat 
 changeant et absence d’impacts 
 écologiques négatifs directs et indirects 
 notables&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La recharge artificielle de nappe ne fait 
 pas encore l’objet de techniques 
 éprouvées. Ce sujet sera abordé via les 
 projets expérimentaux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-substituer-les-prelevements-vers-des-ressources-moins-fragiles/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>164139</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Créer un ouvrage de stockage de l'eau</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J128" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La création d’ouvrages de stockage est éligible, dès lors que toutes les mesures d’économies d’eau ne suffisent 
 pas. Le financement de ce type d’ouvrage sera limité aux seuls volumes d’eau substitués, c’est-à-dire qui 
 soulagent une ressource plus fragile, et jugés prioritaires, ainsi qu’aux volumes destinés uniquement au soutien 
 d’étiage. Le principe de bénéfice pour le milieu devra être démontré&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q128" s="1" t="inlineStr">
+      <c r="Q119" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour qu’il soit finançable par l’Agence 
 de l’eau, un projet de stockage de l’eau 
 devra de façon cumulative : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être situé dans une zone de tension 
 quantitative ; &lt;/li&gt;&lt;li&gt;Emaner d’une démarche de concertation 
 de type Projet de Territoire pour la 
 Gestion de l’Eau respectant les principes 
 de concertation. &lt;/li&gt;&lt;li&gt;Dans le cadre d’une telle concertation, 
 avoir fait l’objet d’une étude à l’échelle du 
 bassin versant démontrant le bénéfice 
 global de l’ouvrage. Cette étude 
 identifiera les prélèvements actuels, leurs 
 impacts sur les milieux aquatiques ainsi 
 que les volumes prélevables. Elle analysera 
 les coûts-bénéfices de l’ouvrage en 
 intégrant à l’étude la viabilité de l’ouvrage 
 sur l’ensemble de sa durée de vie 
 prévisionnelle compte tenu de l’évolution 
 du climat. Une attention particulière sera 
 portée sur les impacts engendrés sur le 
 milieu, et pas uniquement sur les 
 bénéfices économiques des parties 
 prenantes. Cette étude doit permettre 
 d’évaluer l’ensemble des coûts afférents à 
 la création d’un ouvrage et de les mettre 
 en regard de tous les bénéfices pouvant 
 en être retirés, qu’ils soient économiques, 
 écologiques, ou de toute autre nature.
 &lt;/li&gt;&lt;li&gt;Être accompagné d’une démarche de 
 sobriété assortie d’un pilotage par la 
 ressource et non par la demande, ce qui
 suppose une démarche globale de 
 transition écologique&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-1/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>164140</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Financer des actions de réutilisation des eaux non-conventionnelles</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I129" s="1" t="inlineStr">
+      <c r="I120" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J129" s="1" t="inlineStr">
+      <c r="J120" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Encadrement des aides de l'état</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions de réutilisation de l’eau au sein d’un même site, y compris pour un usage différent sont considérées 
 comme du recyclage. &lt;br /&gt;Les actions de réutilisation des eaux traitées et plus largement d’eaux non conventionnelles destinées à un autre 
 usage en dehors du site initial sont éligibles dès lors qu’elles respectent les réglementations en vigueur et 
 démontrent un bénéfice environnemental global positif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q129" s="1" t="inlineStr">
+      <c r="Q120" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligible, les projets devront : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir en substitution de 
 prélèvements sur des milieux fragiles, en 
 particulier pour privilégier l’usage 
 d’alimentation en eau potable ; &lt;/li&gt;&lt;li&gt;Respecter la réglementation en vigueur ; &lt;/li&gt;&lt;li&gt;Ne pas engendrer d’impact négatif sur 
 l’ancien milieu récepteur (balance entre la 
 contribution du rejet au soutien d’étiage et 
 la qualité de l’eau rejetée), s’il s’agit de 
 réutilisation d’eaux usées traitées ; &lt;/li&gt;&lt;li&gt;Présenter un bilan écologique global
 positif (y compris par exemple sur le volet 
 énergétique) ; 
 Suite à une approche coût/efficacité 
 même succincte, avoir démontré qu’il n’y 
 a pas d’autre option plus pertinente d’un 
 point de vue environnemental (exemple
 prélèvement direct d’eau non potable 
 dans le milieu naturel, possibilité de 
 stockage des eaux de pluie, …)
 &lt;/li&gt;&lt;li&gt;S’intégrer dans une démarche globale de 
 sobriété&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-stockage/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>164141</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Financer des études dans l'optique de limiter la dépendance à l’eau, restaurer les débits des cours d’eau et la recharge des nappes</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I121" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J130" s="1" t="inlineStr">
+      <c r="J121" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles :
 &lt;br /&gt;• Toutes les études de programmation, les études diagnostiques, les études avant travaux et les études 
 en phase travaux permettant de répondre aux enjeux précités (limiter notre dépendance à l’eau dans 
 une optique de sobriété, restaurer les débits des cours d’eau et la recharge des nappes, partager les 
 ressources en eau) ;
 &lt;br /&gt;• Le niveau d’exigence des études de détermination des « volumes prélevables » est à réhausser dans les 
 secteurs à enjeu vis-à-vis de la ressource en eau en investiguant les interactions entre hydro(géo)logie, 
 fonctionnement des milieux, usages et prospective climatique&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q130" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne contreviennent pas aux principes 
 généraux à respecter ; &lt;/li&gt;&lt;li&gt;Interviennent à une échelle pertinente 
 (exemple : bassin versant de 
 surface, secteur significatif d’une eau 
 souterraine, …) si elles relèvent d’un enjeu 
 multi-usage.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-reut/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>164142</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Financer des dispositifs de mesure de la quantité d’eau (piézomètres, débitmètres, compteurs, …)</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I131" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Min : 60 Max : 70</t>
         </is>
       </c>
-      <c r="J131" s="1" t="inlineStr">
+      <c r="J122" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Zone fragile et prioritaire / PAOT</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les dispositifs de mesure de la quantité d’eau (ex : piézomètres, débitmètres, compteurs, …)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q122" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les dispositifs de mesure sont éligibles si le besoin de mettre en 
 place de nouveaux dispositifs est 
 démontré et que l’enjeu ne se situe pas 
 ailleurs (par exemple s’il existe un 
 dispositif indirect plus pertinent et plus 
 efficient tel que la connaissance des 
 pressions de prélèvement). &lt;/p&gt;&lt;p&gt;Ne sont pas éligibles les compteurs d’eau 
 pour l’irrigation agricole qui constituent 
 une condition d’aide au titre de 
 l’encadrement des aides d’Etat.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-etudes/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>164143</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Financer des projets expérimentaux autour de la ressource en eau</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J132" s="1" t="inlineStr">
+      <c r="J123" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Encadrement des aides de l'état</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q132" s="1" t="inlineStr">
+      <c r="Q123" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour être éligibles, les projets 
 expérimentaux devront être 
 accompagnés d’un programme de suivi 
 destiné à assurer un retour d’expérience 
 sur la viabilité de la solution et son 
 déploiement plus large. &lt;/p&gt;&lt;p&gt;Pour les actions de réutilisation des eaux 
 usées et non conventionnelles, pour être 
 éligibles au titre des expérimentations, 
 elles devront faire l’objet d’un appel à 
 projets avec sélection par un jury.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-dispositifs-de-mesure/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>164166</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Financer des études  en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I133" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J124" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études peuvent être aidées quel que soit leur auteur, qu’elles soient réalisées par un prestataire extérieur ou
 directement par les moyens propres du maître d’ouvrage. &lt;/p&gt;&lt;p&gt;L’ensemble des études nécessaires à la définition, à la conception, à la mise en œuvre et au suivi d’un projet de
 préservation, de restauration ou de renaturation de milieux, et intégrées éventuellement au sein de programme
 de gestion des inondations et/ou des coulées d’eau boueuse, sont éligibles. &lt;/p&gt;&lt;p&gt;En ce sens, les études hydrauliques visant la prévention des inondations/coulées d’eau boueuse peuvent être
 accompagnées lorsqu’elles sont réalisées à l’échelle d’un bassin versant, d’un sous bassin versant ou de secteurs
 suffisamment cohérents pour répondre à cet objectif et lorsqu’elles sont couplées à une étude visant la
 préservation/restauration des milieux naturels. &lt;/p&gt;&lt;p&gt;Par ailleurs, les études de diagnostics territoriaux de trames verte et bleue, ainsi que les inventaires de zones
 humides qui permettent de prendre en compte ces milieux naturels et la biodiversité associée dans la
 planification de l’aménagement du territoire et d’élaborer des programmes d’actions de préservation et de
 restauration sont éligibles. &lt;/p&gt;&lt;p&gt;De même, les études d’élaboration de stratégies foncières, en vue d’identifier les leviers fonciers de préservation
 de milieux naturels sont éligibles.&lt;/p&gt;&lt;p&gt;L’amélioration des connaissances des milieux naturels et de la biodiversité, et en particulier les inventaires et
 diagnostics écologiques préalables à des actions de préservation ou de restauration de milieux, ou encore
 nécessaires à l’élaboration de plans de gestion des milieux humides et des sites naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Dans le cadre de la préservation et de la valorisation de milieux naturels, l’élaboration de plans de gestion et
 d’aménagement/valorisation pédagogique définissant l’intérêt des sites, leur vulnérabilité et la mise en place de
 stratégies de protection, de gestion, de renaturation, voire d’accueil du public, sont éligibles (le soutien aux
 actions d’information et d’accueil du public relève de la fiche thématique « interventions en matière de
 sensibilisation, d’éducation, d’information et de consultation du public »). &lt;/p&gt;&lt;p&gt;Les études concernant la structuration de la maîtrise d’ouvrage et les compétences associées à ces opérations
 (Gestion des Milieux Aquatiques et Prévention des Inondations) sont également éligibles lorsqu’elles visent la
 constitution, le renforcement ou l’élargissement de la maîtrise d’ouvrage, en particulier par l’étude globale des
 enjeux « milieux » associés à un territoire (recensement des linéaires de cours d’eau, des surfaces de zones
 humides, identification des trames vertes et bleues, …) et des forces en présence sur ce territoire (compétences,
 concertation entre partenaires, analyse économique, …).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque différentes options sont à examiner sur des typologies d’actions particulières
 (effacement/aménagement d’ouvrages, lutte contre les inondations, ...), les études préalables devront s’appuyer
 sur des analyses multicritères permettant de comparer les coûts et les bénéfices des différents scénarii proposés
 afin de justifier la cohérence, l’efficacité et la pérennité de la solution retenue.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q124" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
 externalisée.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-autres-operations/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>164167</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux remarquables</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Min : 80 Max : 100</t>
         </is>
       </c>
-      <c r="J134" s="1" t="inlineStr">
+      <c r="J125" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Alors que les menaces sur la biodiversité et sur le fonctionnement des écosystèmes se font de plus en plus
 prégnantes, la politique de l’Agence de l’eau en faveur des milieux naturels vise à protéger de façon pérenne les
 milieux aux fonctionnalités préservées, à la qualité écologique reconnue, voire dans certains cas vulnérables ou
 menacés de dégradations, et qui jouent un rôle important dans le fonctionnement du bassin versant. &lt;/p&gt;&lt;p&gt;Ainsi, dans ce cadre, les actions éligibles sont les actions de maîtrise foncière (acquisition, bail emphytéotique,
 obligations réelles environnementales, etc.) et les actions pérennes de maîtrise d’usage visant à préserver :
 En priorité les zones humides remarquables du Schéma Direction d’Aménagement et de Gestion des Eaux
 et les zones humides d’intérêt écologique reconnu (Natura 2000, Espace Naturel Sensible, Réserves Naturelles,
 ...), ainsi que leur aire d’influence ; &lt;/p&gt;&lt;p&gt;Les réservoirs de biodiversité de la Trame Verte et Bleue, tels qu’identifiés par des études et diagnostics
 territoriaux (inventaires de zones humides, études de Trame Verte et Bleue, etc.) et documents de planification
 d’échelle régionale à locale (SDAGE, SRADDET, SCOT, PLUi7
 , ...) ; &lt;/p&gt;&lt;p&gt;Ainsi que les milieux plus « ordinaires », ou de grands ensembles fonctionnels rendant des services
 écosystémiques et qui contribuent au bon fonctionnement du bassin versant et à la préservation des ressources
 en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q134" s="1" t="inlineStr">
+      <c r="Q125" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtrise foncière pérenne et frais
 associés ; &lt;/li&gt;&lt;li&gt;Maîtrise d’usage pérenne, et frais
 associés.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-etudes/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>164169</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux dégradés en vue de leur restauration</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I135" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J135" s="1" t="inlineStr">
+      <c r="J126" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les actions de maîtrise foncière (acquisition, bail emphytéotique, obligations réelles
 environnementales, ...) s’inscrivant dans une perspective de reconstitution de milieux, de restauration de leurs
 fonctions écologiques, ou de reconstitution de corridors écologiques. &lt;/p&gt;&lt;p&gt;Sont notamment visées la maîtrise foncière des milieux riverains de cours d’eau pour faciliter les travaux de
 renaturation, d’expansion de crues, la maîtrise foncière de milieux naturels et notamment humides dégradés en
 vue de la restauration de leurs fonctionnalités, la maîtrise foncière des milieux ouverts et particulièrement des
 prairies, présentant des fonctionnalités importantes pour la qualité de l’eau et/ou la biodiversité. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q135" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Maîtrise foncière pérenne et frais
 associés&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>164170</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J136" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q136" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>164172</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux prioritaires du bassin versant</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J137" s="1" t="inlineStr">
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans l’objectif de préservation pérenne des fonctionnalités des milieux prioritaires, que ce soient les milieux les
 plus préservés, ou les milieux ayant bénéficié d’opération de restauration, les opérations de gestion
 conservatoire et d’entretien définies dans un plan de gestion en cours de validité sont éligibles. &lt;/p&gt;&lt;p&gt;À titre d’expérimentation et de retour d’expérience, les opérations de suivi des fonctionnalités des milieux
 humides peuvent également être éligibles, en particulier dans le cadre de méthodologies reconnues à l’échelle
 de bassin ou à l’échelle nationale.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q137" s="1" t="inlineStr">
+      <c r="Q128" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux réalisés en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
 externalisée ; &lt;/li&gt;&lt;li&gt;Investissements nécessaires à la
 mise en œuvre des actions du
 plan de gestion.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables-1/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>164175</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue et préserver la continuité écologique aquatique</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 100</t>
         </is>
       </c>
-      <c r="J138" s="1" t="inlineStr">
+      <c r="J129" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles concernent les aménagements en faveur du transport sédimentaire et les dispositifs de
 franchissement pour la faune piscicole en privilégiant des solutions réversibles et rustiques. Les projets éligibles
 devront aboutir à une amélioration des migrations piscicoles, tant à la montaison qu’à la dévalaison, en rapport
 avec les enjeux recensés sur le site en question (espèces cibles, frayères, ...). Les aménagements éligibles sont notamment :
 &lt;br /&gt;• Pour la montaison : les rivières artificielles de contournement, les rampes en enrochements, les passes
 à poissons (à bassins successifs, à échancrures, ...) ; &lt;br /&gt;• Pour la dévalaison : les dispositifs donnant une garantie de résultat quant à l’amélioration des conditions
 de dévalaison piscicole, à examiner au cas par cas selon les solutions techniques proposées. Ces
 dispositifs pour la dévalaison sont accompagnés s’ils sont entrepris sur des ouvrages existants
 uniquement et qui présentent déjà un équipement efficace pour la montaison ou, dans le cas contraire,
 s’ils sont couplés à la mise en place de ce type de dispositif ;
 &lt;br /&gt;• Pour la gestion du transport sédimentaire : les opérations d’amélioration du transport sédimentaire sont
 également éligibles si elles répondent à des enjeux et à des mesures précisément définis et justifiés par
 des études préalables. Les interventions auront pour but de restaurer le fonctionnement naturel du
 cours d’eau : recharge sédimentaire de milieux à l’aval, rééquilibrage de la dynamique du cours d’eau et
 du profil en long, ... En revanche, les aménagements liés au fonctionnement ou à l’entretien des
 ouvrages, qui consistent par exemple en un désengravement ponctuel des retenues ou des organes
 hydrauliques, ou en un remplacement d’ouvrages vétustes permettant déjà le transit sédimentaire, ne
 sont pas éligibles aux aides de l’Agence de l’eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aménagements d’ouvrages permanents liés à un franchissement de cours d’eau par une route, un sentier,
 une piste, ..., sont éligibles s’il est démontré que les ouvrages concernés constituent des obstacles significatifs à
 la continuité écologique (buse mal calée, radier de pont générant une chute, ...). Les
 reconstructions/réhabilitations de ce type d’ouvrages, notamment lorsqu’ils visent uniquement l’amélioration
 de la capacité hydraulique ou la rénovation de structures anciennes ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Pour réduire significativement les impacts des ouvrages sur le milieu, Les travaux éligibles sont :
 &lt;br /&gt;• L’ensemble des techniques (arasement partiel ou complet, échancrure complètement ouverte sur le lit
 mineur, contournement d’ouvrages ou de plans d’eau en barrage par détournement de la majeure
 partie du débit dans le chenal de contournement, ...) qui permettent de limiter significativement voire
 de supprimer les impacts des ouvrages sur le milieu (réduction très sensible de la côte de retenue et
 diminution de manière significative de l’effet de remous hydraulique et sédimentaire en amont) et en
 améliorant leur transparence hydraulique ;
 &lt;br /&gt;• Les mesures d’accompagnement rendues nécessaires par les effets de ces aménagements (baisse du
 niveau d’eau, reprise d’érosion, réaménagement ou confortement d’infrastructures, ...), en amont et en
 aval sur le tronçon de cours d’eau concerné et au sein de son lit majeur.
 Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les solutions d’effacement d’ouvrages et les mesures d’accompagnement rendues nécessaires par les effets de
 ces aménagements pourront être financées sur :
 &lt;br /&gt;• Les cours d’eau non classés et ceux classés en liste 1 au titre de l’article L.214-17 du Code de
 l’environnement ;
 &lt;br /&gt;• Les cours d’eau classés en liste 2, sous réserve d’un avis favorable de la police de l’eau, dans le cadre
 réglementaire permis par l’article L.214-17 (obligations relatives à la circulation des poissons migrateurs
 et au transport suffisant des sédiments sur les cours d’eau classés en liste 2 et cas particulier des moulins
 à eau), l’article L.214-3-1 (remise en état de sites), l’article L.211-7 (motifs de sécurité civile) et l’article
 L.214-17-1 (procédures de conciliation) du Code de l’environnement. Ces travaux doivent permettre de
 limiter voire de supprimer les impacts des ouvrages sur les milieux naturels, en privilégiant les solutions d’effacement lorsque leur faisabilité est démontrée et qu’elles constituent les solutions les plus
 intéressantes et efficientes recueillant l’accord des propriétaires des ouvrages.
 Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons, et
 notamment sur les ouvrages de faible portée et ne tirant pas d’usage du fait qu’ils font obstacle à l’écoulement
 naturel des eaux : buses, ponceaux, radiers, ouvrages routiers, ...&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q138" s="1" t="inlineStr">
+      <c r="Q129" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre réglementaire
 autorisé&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>164177</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue - Prévention des risques</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J139" s="1" t="inlineStr">
+      <c r="J130" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M139" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La réduction de la vulnérabilité aux risques d’inondation par débordement de cours d’eau et par ruissellement
 dans le bassin versant, au sens de la protection des biens et des personnes, n’entre pas dans le champ
 d’intervention de l’Agence de l’eau. Toutefois, dans un souci d’approche globale et intégrée des bassins versants, les programmes de gestion des risques qui concilient la régulation hydraulique et la préservation/restauration
 des fonctionnalités des milieux naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Sont ainsi concernées les opérations « mixtes », alliant approches hydraulique et écologique :
 &lt;br /&gt;• Permettant, en priorité, d’intervenir sur les causes des inondations, en particulier sur les
 dysfonctionnements hydrauliques à l’échelle des bassins versants (accélération des écoulements
 amont, point de blocage aval, ...) ;
 &lt;br /&gt;• Contribuant à la réduction des risques et des aléas tout en intégrant la préservation/restauration des
 milieux naturels d’une part et à l’infiltration des eaux dans les sols et nappes phréatiques d’autre part,
 en particulier par l’implantation de haies sur les versants, d’infrastructures naturelles constituant des
 rugosités et freins à l’écoulement, ... ;
 &lt;br /&gt;• Constituant une réponse adaptée à la hauteur des enjeux hydrauliques au regard d’un niveau de risque
 identifié et d’une approche coûts/bénéfices ;
 &lt;br /&gt;• S’inscrivant dans un programme global intégrant les enjeux de préservation et de restauration de la
 fonctionnalité des milieux naturels. &lt;/p&gt;&lt;p&gt;L’éligibilité des projets, et des actions qui en découlent, sera conditionnée à la préservation du milieu,
 particulièrement sur les secteurs en bon état écologique qui présentent un bon fonctionnement
 hydromorphologique et/ou des zones humides remarquables, ainsi qu’à la restauration des écosystèmes
 dégradés dans le périmètre du projet. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau peut soutenir les actions rustiques et diffuses sur les bassins versants permettant de limiter les
 ruissellements, de mieux infiltrer l’eau, ainsi que les ouvrages hydrauliques plus lourds permettant le
 ralentissement dynamique des crues en zone alluviale si ces ouvrages respectent les critères énoncés
 précédemment. &lt;/p&gt;&lt;p&gt;Au titre de la gestion des risques d’inondations et de ruissellements, sont ainsi éligibles les actions :
 &lt;br /&gt;• De reconquête de zones d’expansion naturelles des crues incluant des actions de maîtrise foncière
 (article 4.2.2), de suppression ou de recul/déplacement de digues et merlons, de restauration de milieux
 alluviaux et en particulier de prairies humides, ... ;
 &lt;br /&gt;• De reconstitution de « rugosités » en bordure de cours d’eau ou de fossés ou sur les versants : mise en
 place de bandes enherbées au-delà des mesures règlementaires en vigueur dans ce domaine,
 plantations de haies et ripisylves, création de zones humides tampons, fermeture des drains et
 reconstitution de milieux humides, recul des sorties de drains avec création de zones tampons, ... ; &lt;br /&gt;• De création de zones de ralentissement dynamique des crues par l’aménagement de barrages/digues
 en travers du lit majeur qui utilisent le caractère déjà inondable des terrains en augmentant la capacité
 d’inondation. Les travaux de protection des biens et des personnes rendus nécessaires par ces zones de
 sur-inondation sont également éligibles. &lt;/p&gt;&lt;p&gt;A l’inverse, le champ d’intervention de l’Agence de l’eau ne concerne pas, sauf cas très particuliers évoqués ci-dessus, les actions de protections localisées des biens et des personnes liées aux programmes de gestion des
 inondations (digues latérales, murs de protection à proximité des habitations, ...) ainsi que la création de bassins
 de stockage hydraulique des crues et ruissellements ne reposant pas sur la fonctionnalité des milieux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q139" s="1" t="inlineStr">
+      <c r="Q130" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Eligibilité conditionnée à la mise
 en œuvre d’opérations mixtes,
 alliant approches hydraulique et
 écologique&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-continuite-ecologique-aquatique/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>164182</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue - Milieux humides</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J140" s="1" t="inlineStr">
+      <c r="J131" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les milieux humides sont des atouts précieux pour les territoires. Dépeints depuis des siècles comme des milieux
 hostiles ou encore insalubres, ils sont pourtant le support d’enjeux majeurs et essentiels dans le cycle de l’eau et
 pour la biodiversité. Le frein à leur disparition, le maintien de leurs fonctionnalités, ainsi que leur restauration
 voire leur recréation constitue une priorité pour l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau vise à aider les opérations permettant de restaurer les fonctionnalités des milieux humides et
 de leur aire d’influence, en particulier lorsque ces zones ont été altérées, dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Dans le cadre d’un regard global sur la trame bleue, les actions de restauration ou de création de mares, y
 compris dans le cadre de différents usages sont éligibles et encouragées en vue de la reconstitution d’un réseau
 fonctionnel.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q140" s="1" t="inlineStr">
+      <c r="Q131" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-prevention-des-risques/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>164183</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue - Plans d'eau</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
+      <c r="I132" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J141" s="1" t="inlineStr">
+      <c r="J132" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les plans d’eau, qu’ils soient naturels ou artificiels se trouvent aujourd’hui à la croisée des enjeux : biodiversité,
 qualité d’eau, quantité d’eau, activités humaines, … &lt;/p&gt;&lt;p&gt;Considérés à la fois comme des milieux aquatiques (présence d’eau permanente au sein d’une colonne d’eau),
 et des milieux humides (zones de transition entre le milieu aquatique et le milieu terrestre, en particulier au
 niveau des berges), ils sont par ailleurs le support de nombreux usages économiques (industriels, agricoles,
 piscicoles, hydroélectrique, navigation, …) ou de loisirs sur le bassin. Ils subissent, de fait, de nombreuses
 pressions qui altèrent leur morphologie, leur hydrologie, ainsi que la qualité de l’eau. &lt;/p&gt;&lt;p&gt;Les actions accompagnées par l’Agence de l’eau s’inscrivent pleinement dans un objectif de conciliation
 d’usages, en mettant particulièrement l’accent sur la restauration des fonctionnalités de ces milieux particuliers
 et du bon fonctionnement de leur bassin versant, tout en anticipant les effets du changement climatique sur
 ces milieux et sur les activités qui s’y exercent. Les plans d’eau prioritairement visés sont les plans d’eau identifiés
 dans le cadre de la Directive cadre sur l’eau (&amp;gt;50 ha de surface)
 9
 , les étangs patrimoniaux intégrés aux zones
 humides remarquables du Schéma Directeur d’Aménagement et de Gestion des Eaux, les plans d’eau
 stratégiques pour la ressource en eau, … &lt;/p&gt;&lt;p&gt;Afin de pouvoir intervenir durablement sur ces milieux et anticiper leur évolution et les usages futurs, les actions
 de l’Agence de l’eau visent à leur permettre de retrouver un fonctionnement optimal par :
 &lt;br /&gt;• L’identification et la compréhension d’éventuels dysfonctionnements et de leur origine ;
 &lt;br /&gt;• La mise en œuvre d’actions préventives, visant la limitation ou la réduction des causes de ces
 dysfonctionnements ;
 &lt;br /&gt;• La préservation des milieux les plus fonctionnels ;
 &lt;br /&gt;• La renaturation des milieux dégradés ou artificiels. &lt;/p&gt;&lt;p&gt;Ces actions seront conduites en visant à limiter les effets négatifs des plans d’eau sur les cours d’eau (qualité de
 l’eau, température, continuité écologique, invasions biologiques, …) voire en mettant en place une gestion des
 plans d’eau qui permette de contribuer à l’amélioration du fonctionnement des cours d’eau (soutien d’étiage
 par exemple).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;À ce titre, les actions curatives, notamment les actions visant les espèces végétales et/ou algales proliférantes
 (hors espèces exotiques envahissantes (cf. article 4.6.2), ne sont pas éligibles. Seront privilégiées les études et
 actions visant à identifier et lutter contre les dysfonctionnements à l’origine de ces proliférations. &lt;/p&gt;&lt;p&gt;Par ailleurs, et afin d’anticiper toute problématique ultérieure liée notamment au changement climatique, sont
 éligibles les études stratégiques ainsi que les études de gouvernance visant à atteindre dans la durée, un équilibre
 entre enjeux de biodiversité, enjeux de qualité et de quantité d’eau, et enjeux de partage de la ressource.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q141" s="1" t="inlineStr">
+      <c r="Q132" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-milieux-humides/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>164184</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame verte - Trame prairiale</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I142" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J142" s="1" t="inlineStr">
+      <c r="J133" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M142" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions ciblées par l’Agence de l’eau visent à maintenir l’ensemble des surfaces prairiales, et en particulier
 les prairies les plus sensibles et les plus remarquables (prairies reconnues d’intérêt écologique), ainsi qu’à
 développer leur potentiel écologique. &lt;/p&gt;&lt;p&gt;Ces actions peuvent être mises en lien avec le panel d’outils disponibles et éligibles définis dans la fiche relative
 aux modalités d’intervention dans le domaine des actions de lutte contre les pollutions d’origine agricole et
 assimilée. &lt;/p&gt;&lt;p&gt;Enfin, afin de renforcer la préservation des surfaces en herbe sur des secteurs ciblés à forts enjeux, l’Agence de
 l’eau accompagne la mise en place de plans « herbe » territorialisés, autour d’une collectivité, des éleveurs et
 des prairies de ce territoire. &lt;/p&gt;&lt;p&gt;Ces secteurs prioritaires sont l’occasion, autour de l’objectif de maintenir les prairies, de mettre en commun
 l’ensemble des outils d’ores et déjà disponibles au travers de cette fiche thématique, ainsi que ceux disponibles
 dans le cadre de la lutte contre les pollutions d’origine agricole et assimilée, pour concilier l’ensemble des enjeux
 locaux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q142" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-plans-deau/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>164185</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame verte - Trame bocagère</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J143" s="1" t="inlineStr">
+      <c r="J134" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Au titre des nombreux co-bénéfices pour la biodiversité et la gestion de l’eau sur les versants, la mise en place
 d’opérations de plantations agroécologiques, et en particulier la plantation de haies champêtres et diversifiées
 dans un objectif de reconstitution de corridors écologiques est éligible. &lt;/p&gt;&lt;p&gt;Ces opérations peuvent être mises en œuvre en complément des opérations de limitation des ruissellements
 sur les versants. &lt;/p&gt;&lt;p&gt;Dans l’objectif d’un maintien pérenne de ces actions de plantations, sont éligibles :
 &lt;br /&gt;• Les actions d’élaboration de plans de gestion durables des haies (ou assimilées) ;
 &lt;br /&gt;• Et l’ensemble des frais liés à la bonne reprise de ces plantations. &lt;/p&gt;&lt;p&gt;Des plantations, à titre plus ponctuel, peuvent être éligibles, constituant en effet un premier pas d’un réseau
 écologique sur les bassins versants.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Actions ponctuelles de plantations de haies, sans
 lien direct avec la restauration de corridors
 écologiques&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
 régie (voir modalités reprises dans
 la fiche relative aux actions,
 études et travaux réalisées par les
 moyens propres du bénéficiaire)
 et frais associés ; &lt;/p&gt;&lt;p&gt;- Travaux réalisés en prestation
 externalisée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Actions intégrées dans un programme global
 (restauration de milieux naturels, restauration de la
 trame verte, prévention des risques intégrée à
 l’échelle d’un bassin versant, …)&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
 régie (voir modalités reprises dans
 la fiche relative aux actions,
 études et travaux réalisées par les
 moyens propres du bénéficiaire)
 et frais associés ;
 &lt;br /&gt;- Travaux réalisés en prestation
 externalisée et frais associés.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-prairiale/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>164186</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Protéger les espèces menacées</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J144" s="1" t="inlineStr">
+      <c r="J135" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont les actions opérationnelles ciblées dans des plans d’actions nationaux, régionaux, ou
 de bassin en faveur d’espèces emblématiques des milieux aquatiques, humides ou encore prairiaux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q144" s="1" t="inlineStr">
+      <c r="Q135" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
 externalisée ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
 externalisée&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-bocagere/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>164187</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Espèces exotiques envahissantes</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I145" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J145" s="1" t="inlineStr">
+      <c r="J136" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M145" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets éligibles concernent les études sommaires de connaissance, de suivi et de gestion d’espèces
 végétales prioritaires sur le bassin Rhin-Meuse définies en lien avec la Stratégie Régionale « Espèces Exotiques
 Envahissantes », d’espèces végétales émergentes10 sur le bassin (identifiées ou potentielles), les opérations de
 limitation d’expansion de ces espèces sur des sites maîtrisables ainsi que les interventions combinées à la
 restauration du milieu (restauration de berges dégradées et reconstitution de ripisylve par exemple). &lt;/p&gt;&lt;p&gt;A l’inverse, les opérations d’entretien régulier de végétation envahissante ayant colonisé des larges zones
 (fauche/arrachage de renouées par exemple) et de régulation d’espèces animales ne sont pas éligibles. Les
 études visant une connaissance fondamentale et approfondie d’une espèce exotique invasive animale ou
 végétale, pour laquelle la colonisation est considérée irréversible sur le bassin Rhin-Meuse, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Dans tous les cas, l’éligibilité des projets fera l’objet d’une analyse au cas par cas au regard du meilleur état de
 l’art sur les espèces exotiques envahissantes présentes sur le bassin Rhin-Meuse. Les études, travaux et plans de
 gestion concernant des espèces animales ne sont pas éligibles à des financements.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q145" s="1" t="inlineStr">
+      <c r="Q136" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Végétales prioritaires / émergentes&lt;/strong&gt;&lt;br /&gt;Actions de gestion pour éradiquer
 ou limiter l’expansion d’espèces
 prioritaires sur le bassin Rhin-Meuse (notamment espèces
 émergentes identifiées ou
 potentielles) sur des sites
 maîtrisables ou stratégiques ;
 Travaux de restauration de
 milieux pour lutter contre les
 espèces exotiques envahissantes
 prioritaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Végétales déjà implantées&lt;/strong&gt;&lt;br /&gt;Dans le cadre de travaux de
 restauration de milieux pour lutter
 contre les espèces exotiques
 envahissantes. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Animales&lt;/strong&gt;&lt;br /&gt;Non éligible au P12&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-protegees-menacees/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>164188</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Trame verte et bleue - Reconquête des habitats</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I146" s="1" t="inlineStr">
+      <c r="I137" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J146" s="1" t="inlineStr">
+      <c r="J137" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau peut aider les opérations permettant de préserver et restaurer les fonctionnalités des cours 
 d’eau et des milieux naturels associés ainsi que les opérations qui visent à améliorer les potentialités écologiques 
 des canaux :
 &lt;br /&gt;• Si ces opérations sont réalisées sur l’ensemble d’un bassin versant ou d’un tronçon homogène d’un 
 cours d’eau ;
 &lt;br /&gt;• Si ces opérations sont ponctuelles et constituent des chantiers expérimentaux, pilotes ou démonstratifs 
 des bonnes pratiques de gestion, restauration ou renaturation des milieux naturels. Le caractère pilote 
 et/ou démonstratif peut s’apprécier par une innovation technique ou par un potentiel de généralisation 
 de l’opération à une échelle globale et cohérente. &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont ainsi éligibles les opérations suivantes :
 &lt;br /&gt;Au sein des projets globaux :
 &lt;br /&gt;• La gestion sélective et adaptée de la végétation des berges (élagage, coupe, ...) et des encombrements 
 du lit mineur (embâcles) dans le respect des équilibres naturels8 ;
 ;
 &lt;br /&gt;• La reconstitution de la ripisylve par plantations d’essences arbustives/arborées indigènes et adaptées, 
 ainsi que par la mise en défens des berges (clôtures) ;
 &lt;br /&gt;• La reconstitution de profils de berges et du lit mineur, en long et en travers, adaptés aux caractéristiques 
 naturelles des cours d’eau (typologie, pente, débit, puissance, transport sédimentaire, ...) : mise en place 
 de lits d’étiage et lits emboîtés, reméandrage, découverture de tronçons enterrés lorsque cette 
 intervention permet une amélioration des fonctionnalités du milieu, ... ;
 &lt;br /&gt;• La préservation voire la restauration d’espaces de mobilité ou de bon fonctionnement ainsi que la 
 restauration voire la création de zones humides alluviales : ces actions pouvant faire l’objet de maîtrise 
 foncière d’espaces latéraux (cf. article 4.2.2) ;
 &lt;br /&gt;• Les mesures de gestion du bassin versant telles que les réimplantations de haies, de freins aux 
 écoulements de surface, de zones tampons, ..., en lien notamment avec le volet de prévention des 
 risques liés aux inondations par débordement de cours d’eau et aux ruissellements du bassin versant 
 ainsi qu’aux programmes de consolidation de la Trame Verte et Bleue (cf. articles 4.4.2 et 4.7). &lt;/p&gt;&lt;p&gt;Au titre des actions ponctuelles :
 &lt;br /&gt;• Des actions permettant de promouvoir des techniques particulières respectueuses des équilibres 
 écologiques ou d’initier des démarches plus globales par effet d’entraînement ;
 &lt;br /&gt;• La diversification des berges sur un faible linéaire et la création de milieux annexes, de type bras mort, 
 sur les voies de navigation, en priorité sur des secteurs en lien fort avec le cours naturel et avec une 
 réelle plus-value environnementale. &lt;/p&gt;&lt;p&gt;Ces projets ponctuels seront examinés au cas par cas en vue de définir leur éligibilité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q146" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R146" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de restauration 
 écologique : reméandrage, 
 reconstitution de ripisylve, 
 diversification des écoulements, 
 suppression d’ouvrages, 
 découverture, ...
 Les travaux de protection de 
 berges, curage ou uniquement 
 d’entretien ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-exotiques-envahissantes/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>164218</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Mener des études en matière de connaissance générale : acquisition de données</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I147" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J147" s="1" t="inlineStr">
+      <c r="J138" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
 priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
 aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
 logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
 communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q147" s="1" t="inlineStr">
+      <c r="Q138" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
 général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
 par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
 &lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
 adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-etudes-dinteret-general/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>164221</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Action ou programme de sensibilisation, de communication, d'information sur les enjeux de la politique de l'eau</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I148" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J148" s="1" t="inlineStr">
+      <c r="J139" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q148" s="1" t="inlineStr">
+      <c r="Q139" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau-1/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>164222</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Évènement grand public</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I140" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J149" s="1" t="inlineStr">
+      <c r="J140" s="1" t="inlineStr">
         <is>
           <t>ou Forfait de 1 000 euros/j ou 1500 euros/2j</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M149" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q140" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-aaction-ou-programme-de-sensibilisation-de-communication-dinformation-sur-les-enjeux-de-la-politique-de-leau/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>164223</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Évènement professionnel</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J141" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q150" s="1" t="inlineStr">
+      <c r="Q141" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>164224</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Action de communication co-organisée avec l'agence de l'eau</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I151" s="1" t="inlineStr">
+      <c r="I142" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J142" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q151" s="1" t="inlineStr">
+      <c r="Q142" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action co-organisée avec l’Agence de 
 l’eau&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public-1/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>164226</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Consultation du public</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action d’information, de sensibilisation 
 en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q143" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action d’information, de sensibilisation 
 en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-cible/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>164227</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Études</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J153" s="1" t="inlineStr">
+      <c r="J144" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études préalables, permettant la définition, l’évaluation et le suivi, nécessaires à la mise en œuvre d’un projet 
 de lutte contre les pollutions de la ressource en eau issues des activités agricoles sont éligibles.
 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, pour justifier la cohérence et la pérennité des solutions retenues, les études préalables s’appuieront 
 sur des critères de coût-efficacité pour comparer différents scenarii proposés. &lt;/p&gt;&lt;p&gt;La réalisation d’une étude préalable, d’évaluation, de suivi des opérations peut être une condition d’aide pour 
 certaines actions. &lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :
 &lt;br /&gt;• Les études et expérimentations concernant les organismes génétiquement modifiés et les variétés 
 tolérantes aux herbicides et autres pesticides ;
 • Les études et expérimentations ne visant que la substitution d’un produit phytosanitaire par un autre.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q144" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études nécessaires à la mise en 
 œuvre et au suivi d’un projet de 
 lutte contre les pollutions de la 
 ressource issues des activités 
 agricoles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le taux de référence de l’aide pour les études est fixé à 70 %.
 Il peut être optimisé jusqu’à une valeur maximale de 80 % pour les études et maîtrises d’œuvre liées aux projets 
 relatifs au développement de filières agricoles sans ou à très bas niveau d’impact sur la ressource en eau et aux 
 opérations foncières concourant à l’atteinte des objectifs de reconquête et de préservation de la ressource en 
 eau&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-consultation-du-public/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>164249</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F154" s="1" t="inlineStr">
+      <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q154" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W154" s="1" t="inlineStr">
+      <c r="W145" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>164289</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Investissements</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J155" s="1" t="inlineStr">
+      <c r="J146" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M155" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides peuvent concerner l’ensemble des dispositifs permettant d’accompagner la mise en œuvre de 
 systèmes, d’assolements et de pratiques réduisant significativement, voire supprimant, les pollutions d’origine 
 agricole. Peuvent être éligibles à l’aide de l’Agence de l’eau, selon leur pertinence, les dispositifs permettant de 
 favoriser le développement :
 &lt;br /&gt;• De l’herbe ;
 &lt;br /&gt;• De l’agriculture biologique ;
 &lt;br /&gt;• De l’agroforesterie ;
 &lt;br /&gt;• De cultures sans ou à très bas niveau d’impact sur la ressource en eau associé, le cas échéant, à un critère 
 « bas besoin en eau » sur les secteurs en tension quantitative sur la ressource en eau ;
 &lt;br /&gt;• De techniques culturales limitant les intrants et les transferts de nitrates et/ou de pesticides vers la 
 ressource en eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une liste d’investissements éligibles répondant aux objectifs de la politique d’interventions sera établie par 
 l’Agence de l’eau et comportera notamment les matériels de désherbage alternatifs à l’utilisation de pesticides, 
 de compostage, de gestion de précision des effluents d’élevage de type I (C/N &amp;gt;8) et de destruction des CIPAN 
 (Cultures Intermédiaires Pièges A Nitrates). &lt;/p&gt;&lt;p&gt;Spécifiquement, sur les aires d’alimentation des captages et ponctuellement certaines zones à enjeux de 
 maintien des prairies (territoires où sont déployés des Plans Herbe), seront éligibles différents types de matériels 
 de prairies permettant l’entretien, la récolte, le séchage spécifique de l’herbe ou le pâturage. &lt;/p&gt;&lt;p&gt;Les listes de matériels éligibles et les conditions d’accès aux aides seront définies dans le cadre de la gouvernance 
 régionale. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q155" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-etudes/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>164290</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - MAEC</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J147" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau pourra soutenir les projets agro-environnementaux et climatiques au sein des territoires 
 prioritaires tels que définis à l’article 1 pour la conversion à l‘agriculture biologique, la mise en herbe et des 
 mesures d’arrêt des pesticides. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau fixera les règles d’application de ce dispositif à la fois en termes de mesures éligibles et de 
 secteurs où celles-ci pourront être mises en œuvre. Elle soutiendra particulièrement le portage de ces opérations 
 par des collectivités. Chaque programme, ciblé sur un projet territorial, fixera des objectifs de résultats en 
 fonction des problèmes existants et des indicateurs permettant d’en suivre l’efficacité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q147" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-investissements/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>164291</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - PSE</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J157" s="1" t="inlineStr">
+      <c r="J148" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau pourra soutenir les projets de paiements pour services environnementaux au sein des 
 territoires prioritaires tels que définies à l’article 1 pour le maintien et le développement des surfaces en herbe, 
 de cultures biologiques et de cultures à bas niveau d’impact sur les ressources en eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau fixera les règles d’application de ce dispositif à la fois en termes d’indicateurs permettant de 
 caractériser les services environnementaux rendus et de secteurs où ceux-ci pourront être mis en œuvre. &lt;/p&gt;&lt;p&gt;Elle soutiendra le portage de ces opérations par des collectivités compétentes pour l’enjeu environnemental 
 identifié. Chaque programme identifiera, pour un territoire donné, et en fonction des services 
 environnementaux visés, une liste d’indicateurs qui permettra annuellement d’évaluer les services rendus.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q157" s="1" t="inlineStr">
+      <c r="Q148" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-maec/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>164292</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Autres dispositifs</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I158" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J158" s="1" t="inlineStr">
+      <c r="J149" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Des aides, concernant des projets de mise en œuvre collective de pratiques agricoles respectueuses de la 
 ressource en eau, peuvent être accordées (notamment sous forme de prestation agro-environnementale). Dans 
 ce cadre, l’ensemble des dispositifs répondant aux objectifs de la politique d’intervention sont susceptibles 
 d’être rendu éligibles. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau pourra, par ailleurs, utiliser d’autres dispositifs, conformes aux réglementations en vigueur, 
 permettant de protéger la ressource, en particulier les captages d’eau potable, contre les pollutions d’origine 
 agricole. &lt;/p&gt;&lt;p&gt;Le portage de ces opérations par des collectivités sera recherché et privilégié&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q158" s="1" t="inlineStr">
+      <c r="Q149" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-pse/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>164293</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Réduction des pollutions ponctuelles</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I159" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J159" s="1" t="inlineStr">
+      <c r="J150" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M159" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides de l’Agence de l’eau seront mises en œuvre dans le cadre des dispositifs notifiés à la Commission 
 européenne. &lt;/p&gt;&lt;p&gt;Les aides accordées par l’Agence de l’eau seront conformes aux montants plafonds et zonages définis par 
 l’autorité administrative de gestion de ce dispositif. 
 Le cas échéant, l’Agence de l’eau pourra cibler ses aides à la gestion des effluents d’élevage dans certaines zones 
 prioritaires spécifiques.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q159" s="1" t="inlineStr">
+      <c r="Q150" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une valeur 
 de 60 % avec l’application de bonifications permis par l’encadrement communautaire, intégrant notamment la 
 prime « jeune agriculteur » ou la prime « agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-autres-dispositifs/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>164294</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Réduction des transferts vers la ressource en eau - Mise en place de zones tampons</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I151" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J160" s="1" t="inlineStr">
+      <c r="J151" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides peuvent concerner la limitation des pollutions par l’aménagement du territoire, par la mise en place 
 de zones tampons, de type dispositifs de remédiation, boisement des zones à risques, talus, haies, etc. Une mise 
 en cohérence des enjeux de préservation des milieux naturels et de réduction des pollutions diffuses sera 
 recherchée. Les aides pour la mise en place de zones tampons en vue de réduire les transferts vers la ressource 
 en eau sont conditionnées à la réalisation d’une étude préalable. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q160" s="1" t="inlineStr">
+      <c r="Q151" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Est éligible la mise en place de 
 zones tampons, telles que les 
 bandes enherbées, les haies, les 
 talus permettant d’assurer une 
 fonction d’interception des 
 transferts de contaminant 
 d’origine agricole vers les milieux 
 aquatiques&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-pollutions-ponctuelles/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>164295</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Réduction des transferts vers la ressource en eau - système irrigué</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
+      <c r="I152" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="J161" s="1" t="inlineStr">
+      <c r="J152" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau pourra accompagner la mise en place de démarches hydro-économes permettant de limiter 
 les transferts de polluants agricoles dans le respect des conditions mentionnées dans la fiche thématique relative 
 aux aides en matière de gestion quantitative de la ressource en eau et dans le cadre d’appels à projet spécifiques 
 dédiés. &lt;/p&gt;&lt;p&gt;Les aides de l’Agence de l’eau pourront concerner la mise en œuvre d’expérimentations favorisant une irrigation 
 sobre et raisonnée visant à réduire les excès et pertes d’eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q161" s="1" t="inlineStr">
+      <c r="Q152" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les projets 
 d’expérimentations favorisant 
 une irrigation sobre et 
 raisonnée. &lt;/p&gt;&lt;p&gt;Sont éligibles les investissements 
 liés au pilotage et à la régulation 
 de l’irrigation et les 
 investissements économes en 
 eau (sous certaines conditions)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-transferts-vers-la-ressource-en-eau/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>164296</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Filières agricoles</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J162" s="1" t="inlineStr">
+      <c r="J153" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’intervention de l’Agence de l’eau sur des projets relatifs aux « filières agricoles » est conditionnée à :
 &lt;br /&gt;• L’existence d’un lien avec les territoires prioritaires définis à l’article 1, notamment les aires 
 d’alimentation de captages sensibles et/ou stratégiques à préserver, les bassins versants de cours d’eau 
 fortement impactées par les pollutions agricoles, les milieux humides, les zones à enjeux érosion, … ;
 &lt;br /&gt;• La garantie de leur efficacité sur la ressource en eau ciblant la valorisation de cultures et systèmes à bas 
 niveau d’impact sur la ressource en eau, de par une absence ou une utilisation très limitée des intrants 
 agricoles de synthèse (fertilisants, produits phytosanitaires) mais aussi une réduction des besoins en eau 
 des cultures ;
 &lt;br /&gt;• L’assurance d’une pérennisation des changements de pratiques, voire de pratiques existantes.
 Une étude de faisabilité technique et économique intégrant l’évaluation du gain environnemental sur la 
 ressource en eau sera réalisée et conditionnera l’attribution de l’aide. &lt;/p&gt;&lt;p&gt;Les aides peuvent concerner l’appui au développement de filières agricoles en lien avec la protection de la 
 ressource en eau, les différentes étapes nécessaires pour conforter et garantir la solidité de la filière, de 
 l’exploitation à la transformation des produits issus de filières respectueuses de la ressource en eau, et leur 
 promotion via des études, animation et investissements. &lt;/p&gt;&lt;p&gt;L’intervention de l’Agence de l’eau sur ce volet n’est en aucun cas une aide économique à une production 
 agricole mais bien une aide à un projet environnemental intégrant cette dimension « filière ». &lt;/p&gt;&lt;p&gt;Le principe d’intervention privilégié est celui de l’appel à projets avec un co-portage avec la Région Grand Est.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q153" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les projets liés au 
 développement de filières 
 favorable à la protection et à la 
 restauration de la ressource en 
 eau, telles que l’herbe, 
 l’agriculture biologique, les 
 cultures sans ou à très bas 
 niveau d’impact sur la ressource 
 en eau associé, le cas échéant, à 
 un critère « bas besoin en eau » 
 sur les secteurs en tension 
 quantitative sur la ressource.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-transferts-vers-la-ressource-en-eau-mise-en-place-de-zones-tampons/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>164297</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Opérations foncières</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J163" s="1" t="inlineStr">
+      <c r="J154" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M163" s="1" t="inlineStr">
+      <c r="M154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets fonciers concourant à l’atteinte des objectifs de reconquête et de préservation de la ressource en 
 eau sont éligibles. Il peut s’agir d’acquisition de terrain ou de toute autre opération permettant la gestion ou la 
 maîtrise du foncier jugée pertinente pour lutter contre les pollutions agricoles ou contre l’érosion voire dans une 
 perspective de reconstitution des milieux naturels (selon les modalités inscrites dans la fiche thématique 
 « milieux naturels »), notamment les échanges parcellaires et le portage du foncier. Une maîtrise d’ouvrage par 
 les collectivités sera à privilégier. &lt;/p&gt;&lt;p&gt;Ces opérations foncières peuvent concerner l’achat de terrains, la mise en place d‘Obligations Réelles 
 Environnementales (ORE) ou de Baux Ruraux Environnementaux (BRE), l’ensemble des frais associés (bornage, 
 frais SAFER, frais de portage), … &lt;/p&gt;&lt;p&gt;Les aides relatives aux opérations foncières sont conditionnées à la mise en œuvre pérenne de pratiques 
 générant peu ou pas de pollution sur les terrains considérés&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux de référence de l’aide pour les opérations foncières s’intégrant dans des démarches de protection de 
 captages est fixé à 80 %&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-filieres-agricoles/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>164298</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Mener des études en matière de connaissance générale - études d'intérêt général</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I164" s="1" t="inlineStr">
+      <c r="I155" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J164" s="1" t="inlineStr">
+      <c r="J155" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
 priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
 aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
 logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
 communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q164" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
 général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
 par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
 &lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
 adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-acquisition-de-donnees-1/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>164300</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Équipement pédagogique et informatif de mise en valeur des milieux naturels</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I165" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J165" s="1" t="inlineStr">
+      <c r="J156" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M165" s="1" t="inlineStr">
+      <c r="M156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q165" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Création d’équipements pédagogiques
 et informatifs pour la sensibilisation 
 des publics sur les milieux naturels qui 
 ont fait l’objet d’une opération de 
 préservation ou de restauration 
 accompagnée par l’Agence de l’eau &lt;/p&gt;&lt;p&gt;Fourniture d’un plan de valorisation&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-action-de-communication-co-organisee-avec-lagence-de-leau/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>164303</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Accompagner les filières agricoles pour favoriser les pratiques compatibles avec la préservation des captages et des milieux</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les initiatives soutenues par l’agence visent à réduire la vulnérabilité des systèmes agricoles et des milieux, par le déploiement des 
 pratiques agroécologiques pour diminuer les intrants et préserver 
 la qualité de l’eau et de la biodiversité et par la promotion des 
 démarches territoriales de préservation des ressources en eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/agriculture-accompagnement-filieres-agricoles"&gt;Agriculture et accompagnement des filières agricoles | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour cela, elle finance des opérations visant à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adopter et diffuser des pratiques et des systèmes de 
 production agroécologiques &lt;/li&gt;&lt;li&gt;Promouvoir les démarches territoriales de préservation 
 des ressources en eau, adossées à des gouvernances 
 multi partenariales, par l’élaboration et la mise en œuvre 
 des démarches territoriales fondée sur l’animation territoriale, l’établissement et le suivi de plans d’actions 
 ambitieux, l’accompagnement technique et financier des 
 agriculteurs mobilisant les différents dispositifs existants 
 (CAB, MAEC, PSE, aides aux investissements, etc), la mise 
 en place d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Améliorer la connaissance, sa diffusion et mettre en 
 œuvre l’expertise et les appuis techniques nécessaires 
 aux acteurs de terrain (études et expérimentations, conseil 
 collectif)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P166" s="1" t="inlineStr">
+      <c r="P157" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q166" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toute personne publique ou privée disposant des compétences juridiques et techniques pour mettre en œuvre des 
 actions répondant aux objectifs peut bénéficier, directement 
 ou indirectement, des aides de l’Agence&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/54-24-%20Pollutions%20agricoles_0_0.pdf"&gt;54-24- Pollutions agricoles_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Agriculture%20et%20fili%C3%A8res_Favoriser%20les%20pratiques%20compatibles%20avec%20la%20pr%C3%A9servation%20des%20captages%20et%20des%20milieux.pdf</t>
         </is>
       </c>
-      <c r="W166" s="1" t="inlineStr">
+      <c r="W157" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>164304</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Réduire les pollutions des activités industrielles et artisanales</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I167" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 80</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La réduction des pollutions industrielles et artisanales est un objectif essentiel de l’agence de l’eau Adour-Garonne pour préserver la qualité de l&amp;#039;eau. &lt;/p&gt;&lt;p&gt;Pour répondre à cet enjeu, les aides proposées par l’Agence soutiennent des actions permettant de garantir un bon état écologique de l’eau. Elles prennent également en compte les impacts du changement climatique et l’émergence de nouvelles pollutions. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M167" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;Agence finance des opérations visant à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire/supprimer les pollutions à la source ; &lt;/li&gt;&lt;li&gt;Traiter les effluents ; &lt;/li&gt;&lt;li&gt;Maîtriser les risques de pollutions accidentelles et rejets 
 pluviaux ; &lt;/li&gt;&lt;li&gt;Développer les partenariats ; &lt;/li&gt;&lt;li&gt;Encourager les démarches de développement durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Artisanat
 Industrie
 Mers et océans</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P167" s="1" t="inlineStr">
+      <c r="P158" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q167" s="1" t="inlineStr">
+      <c r="Q158" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
 (à  titre d’exemple : entreprise, collectivité, association, 
 syndicat) exerçant une activité économique à caractère 
 industriel, commercial et artisanal ou en lien avec de telles 
 activités (hors secteur agricole et élevage (ou assimilé) traité 
 dans la politique de lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; s’inscrire dans un programme global de dépollution 
 comprenant une réflexion en termes d’économie d’eau 
 à l’échelle de l’établissement en identifiant les actions 
 réalisables et les réductions déjà effectives en intégrant 
 la trajectoire prospective d’adaptation au changement 
 climatique, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; être portés par une structure créée depuis plus de 2 ans 
 (sauf s’il y a continuité d’activité), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; aboutir à une réduction de la pression du rejet sur la masse 
 d’eau et vérifier que le rejet projeté est compatible avec 
 l’objectif d’état de la masse d’eau réceptrice ou avec les 
 usages sensibles, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; pour les établissements générant des pollutions ponctuelles 
 (rejet au milieu naturel), &lt;/span&gt;s’inscrire dans un projet individuel 
 visant à respecter ou à aller au-delà de la réglementation 
 ou s’intégrer dans une opération collective partenariale, &lt;/li&gt;&lt;li&gt; pour les opérations concernant le traitement des micropolluants, les études pilotes et leurs résultats permettant 
 d’évaluer les filières de traitement doivent être validés par 
 un tiers expert indépendant et les traitements doivent être 
 issus d’études pilotes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T167" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/Fiche%20th%C3%A9matique_Industries_R%C3%A9duction%20des%20pollutions.pdf</t>
         </is>
       </c>
-      <c r="W167" s="1" t="inlineStr">
+      <c r="W158" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-1/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>164306</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Favoriser l’approche intégrée de l’eau à la bonne échelle territoriale</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Gestion territoriale</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I168" s="1" t="inlineStr">
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les territoires pour réduire leur vulnérabilité face au changement climatique est l’une des priorités de l’agence de l’eau Adour-Garonne. L’aide de l’Agence vise à soutenir des démarches globales intégrant l’ensemble des actions nécessaires pour protéger ou restaurer les masses d’eau.&lt;/p&gt;&lt;p&gt;L’Agence soutient des projets pour accompagner l’élaboration et la mise en œuvre de contrats 
 « Eau et Climat » permettant de contractualiser sur des 
 durées pluriannuelles les actions territoriales de gestion 
 intégrée avec un programme de mesures d’adaptation et 
 d’atténuation au changement climatique adaptées au territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/demarches-territoriales-gestion-integree"&gt;Démarches territoriales de gestion intégrée | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M168" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Accompagner la structuration de la gouvernance intégrée ; &lt;/li&gt;&lt;li&gt;Améliorer la connaissance intégrée des territoires en 
 prenant compte des prospectives ; &lt;/li&gt;&lt;li&gt;Accompagner l’animation territoriale multithématiques ; &lt;/li&gt;&lt;li&gt;Assurer la promotion de la gestion intégrée de l’eau.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Animation et mise en réseau
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P159" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q168" s="1" t="inlineStr">
+      <c r="Q159" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs 
 groupements et associations. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les maîtres d’ouvrage doivent consulter la CLE du SAGE 
 lorsqu’elle existe et associer l’EPTB ou la structure assimilée 
 intervenant à l’échelle de la stratégie territoriale de sous 
 bassin géographique ; &lt;/li&gt;&lt;li&gt;Pour le renouvellement d’une démarche territoriale un 
 contrat « Eau et Climat » devra être établi.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Gestion%20territoriale.pdf</t>
         </is>
       </c>
-      <c r="W168" s="1" t="inlineStr">
+      <c r="W159" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-3/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>164311</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Programme d'actions trame verte et bleue</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J169" s="1" t="inlineStr">
+      <c r="J160" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M169" s="1" t="inlineStr">
+      <c r="M160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;A l’instar des programmes de restauration de cours d’eau, l’Agence de l’eau est susceptible de prioriser son 
 action sur les programmes globaux de restauration de la Trame Verte et Bleue. Ces programmes peuvent être 
 constitués de l’ensemble des actions éligibles citées précédemment, en particulier :
 &lt;br /&gt;• Une étude diagnostic réalisée à une échelle territoriale pertinente ;
 &lt;br /&gt;• La préservation, au travers de gestion conservatoire, ou encore la protection au travers de la maîtrise 
 foncière ou d’usage de milieux humides et de leur aire d’influence, d’ensembles prairiaux ;
 &lt;br /&gt;• La restauration ou la reconstitution de l’ensemble des cours d’eau, milieux humides, des prairies et des 
 corridors écologiques (réseaux de mares, zones humides, infrastructures vertes) fonctionnels, en 
 particulier lorsque ces zones ont été dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Des actions complémentaires de restauration de la Trame Verte dans les zones urbaines des villes et villages 
 peuvent être éligibles aux aides de l’Agence de l’eau (voir également la fiche « Eau et Nature en ville et village »).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q169" s="1" t="inlineStr">
+      <c r="Q160" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant-1/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>164312</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Gérer quantitativement la ressource en eau - Recharge artificielle des nappes</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I170" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J170" s="1" t="inlineStr">
+      <c r="J161" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/p&gt;&lt;p&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/p&gt;&lt;p&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/p&gt;&lt;p&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M170" s="1" t="inlineStr">
+      <c r="M161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’optimisation de la recharge des nappes constitue un sujet d’intérêt éligible aux aides. Hormis celle 
 correspondant à la perméabilisation des sols et aux Solutions Fondées sur la Nature relevant de la fiche « Eau et 
 Nature en Ville et Village », et celles relevant de la fiche thématique « Interventions en faveur de la préservation 
 et de la restauration des milieux naturels et de la biodiversité », l’optimisation de la recharge des nappes ne fait 
 pas encore l’objet de techniques éprouvées. Dans ce dernier cas, ce sujet est abordé dans la présente fiche 
 thématique dans le paragraphe 4.6 relatif aux projets expérimentaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q170" s="1" t="inlineStr">
+      <c r="Q161" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La recharge artificielle de nappe ne fait 
 pas encore l’objet de techniques 
 éprouvées. Ce sujet sera abordé via les 
 projets expérimentaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-restaurer-les-debits-des-cours-deau/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>164339</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes, prestations intellectuelles ou d'intérêt général</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J171" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M171" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des études de définition et de programmation réalisées par les moyens propres du bénéficiaire de 
 l’aide, comprises comme études préalables à la phase avant-projet relevant de la maîtrise d’œuvre et recouvrant 
 notamment les analyses de faisabilité ou de préparation des investissements ou actions éligibles ainsi que les 
 études diagnostiques ou de schémas directeurs, elles sont intégrées à l’assiette de dépenses par vérification d’un 
 montant plafond maximum de 370 € par jour de dépenses selon les modalités de la délibération relative aux 
 dispositions communes applicables aux aides du 12e Programme à laquelle s’applique le taux d’aide de référence 
 correspondant à l’étude concernée. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour 
 prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q171" s="1" t="inlineStr">
+      <c r="Q162" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant plafond de 370 € / j&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-deconomies-deau/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>164340</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes de maitrise d'oeuvre</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M172" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le montant d’assiette de dépenses retenu pour les études préalables à la phase 
 avant-projet, les études nécessaires ou annexes au suivi et à la réception des 
 ouvrages, est limité au maximum à 6 % du coût prévisionnel hors taxe des travaux 
 retenus estimé pour le projet. Le montant retenu au titre de ces prestations est 
 intégré au montant retenu de l’opération de travaux correspondante, dans la 
 limite du montant plafond éventuellement appliqué à cette opération. Ces 
 prestations sont aidées sous la forme d’une subvention, au même taux que celui 
 qui sera appliqué aux travaux concernés.
 Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses 
 sont repris dans les modalités techniques de déploiement des aides des politiques 
 d’intervention en vigueur du programme.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q163" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-prestations-intellectuelles-ou-dinteret-general/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>164342</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions d'animation</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J173" s="1" t="inlineStr">
+      <c r="J164" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M173" s="1" t="inlineStr">
+      <c r="M164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des opérations d’animation réalisées par les moyens propres du bénéficiaire et eu égard à la nature 
 du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par 
 le nombre de tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation dont l’assiette est déterminée au temps passé, le montant plafond journalier 
 vérifié est par application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les 
 modalités de la délibération relative aux dispositions communes applicables aux aides du 12e Programme à 
 laquelle s’applique le taux d’aide de référence. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par 
 jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides de la politique d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-travaux/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>164343</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions de communication, sensibilisation, éducation</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J174" s="1" t="inlineStr">
+      <c r="J165" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des actions de communication, de sensibilisation et d’éducation réalisées par les moyens propres du 
 bénéficiaire et eu égard à la nature du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la 
 mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les actions prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par le nombre de 
 tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les actions dont l’assiette est déterminée au temps passé, le montant plafond journalier est vérifié par 
 application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les modalités de la 
 délibération relative aux dispositions communes applicables aux aides du 12e Programme à laquelle s’applique 
 le taux d’aide de référence correspondant à l’action concernée. À l’aide ainsi déterminée s’ajoute un forfait de 
 35 € d’aide par jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-actions-danimation/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>164752</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Promouvoir l'efficience, la sobriété et les économies d'eau en agriculture</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
+      <c r="I166" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Promouvoir l’efficience, la sobriété et les économies d’eau en 
 agriculture, grâce notamment à la transition agroécologique. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la gestion collective et la compréhension de 
 l’impact des prélèvements agricoles sur un périmètre 
 cohérent (cela inclut des actions de type installation d’outils 
 pour suivre et gérer les prélèvements et des équipements 
 hydrauliques. Les OUGC peuvent aussi remplir les missions 
 de gestion collective : base de données interopérable et 
 mise en œuvre d’actions de gestion de la ressource notamment en période de crise et de restrictions. Des études sur 
 les autorisations pluriannuelles (AUP) peuvent être accompagnées si l’OUGC s’engage à élaborer, avec l’EPTB ou une 
 structure similaire, un chemin de retour à l’équilibre partagé 
 et conduit les actions précitées.) &lt;/li&gt;&lt;li&gt;Maîtriser les prélèvements et les consommations 
 agricoles. L’Agence finance des actions de type : 
  • amélioration du pilotage et de l’efficience de l’irrigation 
 (par ex : achat collectif de matériels hydroéconomes) 
  • actions d’accompagnement individuel pour réduire 
 la consommation d’eau 
  • actions de sensibilisation aux économies d’eau, formations 
  • prestations de conseil collectif auprès des usagers
  • engagement de diagnostics de réseaux collectifs, d’études 
 et d’expérimentations en faveur de programmes d’économies d’eau &lt;/li&gt;&lt;li&gt;Faire évoluer les pratiques agricoles et les systèmes 
 d’exploitation pour une meilleure résilience face au 
 changement climatique (les actions se traduisent par la 
 mise en œuvre d’un programme de transition agroécologique, le développement des MAEC, la structuration de 
 réseaux d’échange sur des pratiques économes en eau et 
 le conseil individuel dans le cadre de démarches de gestion 
 quantitative.) &lt;/li&gt;&lt;li&gt;Réduire la pression des prélèvements, notamment en 
 période d’étiage, en les déplaçant vers des ressources 
 moins sensibles ou en les compensant (l’Agence finance 
 des actions de type : aménagement / optimisation des 
 ouvrages agricoles existants ou création de nouvelles 
 infrastructures de stockage, à condition qu’elles soient 
 intégrées dans un PTGE validé et approuvé par la CLE du 
 SAGE, si elle existe.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M175" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sur le thème agricole, cette contribution est déployée par exemple 
 par la mise en œuvre de :
  la mobilisation des potentialités de l’agroécologie
  un meilleur pilotage de l’irrigation et la mise en place de matériels hydroéconomes
  l’engagement d’études et d’expérimentations en faveur de programmes ambitieux d’économies d’eau
  une amélioration de la connaissance et la gestion collective des prélèvements agricoles
  un accompagnement de conseils collectifs et individuels effectués 
 dans une approche globale (gestion de la ressource, économies d’eau, 
 pratiques agroécologiques, restauration de la qualité de l’eau et économies d’énergie)
  la création / aménagements d’ouvrages de stockage&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P175" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q175" s="1" t="inlineStr">
+      <c r="Q166" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et leurs groupements, les entreprises, les associations ainsi que toutes personnes morales légitimes à porter ces projets. Pour l’achat collectif de matériels hydroéconomes, il convient de s’engager à réaliser a minima 10 % d’économies d’eau de prélèvement. Concernant la création et/ou l’aménagement d’ouvrages, les principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;être réalisé au bénéfice d’un périmètre élémentaire priori- taire identifié dans la carte C9 du SDAGE&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la réalisation d’une étude d’impact intégrant les effets du changement climatique, s’assurant des capacités prévi- sibles de remplissage de l’ouvrage et du maintien ou de la reconquête du bon état des masses d’eau de la zone d’influence du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’engagement du territoire dans la transition agroécologique et les engagements individuels des agriculteurs irrigants l’engagement à effectuer la régularisation règlementaire des volumes de prélèvements substitués&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le recouvrement total de la part du maître d’ouvrage des coûts de fonctionnement de l’ouvrage auprès des usagers et aussi, sauf exception, de l’amortissement de la part non subventionnée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-03/FICHE-THEMATIQUE_GQ_Sobri%C3%A9t%C3%A9%20et%20%C3%A9conomies%20d%27eau%20en%20agriculture.pdf</t>
         </is>
       </c>
-      <c r="W175" s="1" t="inlineStr">
+      <c r="W166" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-les-experimentations-et-la-diffusion-de-connaissances-dans-le-domaine-agricole/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>164760</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Eau et urbanisme</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Département
 Association</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I167" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
 devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
 de la ressource en eau, dans un objectif de sobriété des 
 usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M176" s="1" t="inlineStr">
+      <c r="M167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espace public
 Paysage</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P176" s="1" t="inlineStr">
+      <c r="P167" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q176" s="1" t="inlineStr">
+      <c r="Q167" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
 « Eau et Urbanisme » portées par des acteurs de l’urbanisme 
 (hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
 Conseil d’architecture d’urbanisme et de l’environnement 
 (CAUE), Association de professionnels de l’urbanisme, 
 Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
         </is>
       </c>
-      <c r="W176" s="1" t="inlineStr">
+      <c r="W167" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>164765</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Améliorer la connaissance environnementale grâce aux réseaux de surveillance de la qualité des milieux</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Réseaux de surveillance</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I168" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mieux comprendre les milieux naturels grâce à la surveillance et aux études environnementales est un des axes d’action de l’agence de l’eau Adour-Garonne. Les aides de l’Agence permettent d’anticiper les impacts du changement climatique, d’identifier des solutions adaptées et de répondre aux enjeux émergents. Les données collectées servent à mesurer les progrès réalisés et à orienter les maîtres d’ouvrage vers des résultats concrets. Une attention particulière est accordée à la réduction de l’empreinte carbone des activités de surveillance, notamment en matière d’énergie, de transport et de gestion des déchets.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/reseaux-surveillance-milieux-etudes-connaissance-environnementale"&gt;Réseaux de surveillance des milieux et études de connaissance environnementale | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence soutient et renforce la surveillance des masses d’eau, qu’il s’agisse des rivières, lacs, estuaires, eaux souterraines ou du littoral. Elle finance des réseaux de mesures pour appliquer les cadres réglementaires nationaux et de bassin, notamment ceux liés à la Directive-Cadre sur l’Eau (DCE) et à la Directive-Cadre Stratégie pour le Milieu Marin (DCSMM).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P177" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q177" s="1" t="inlineStr">
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/61-24-Etudes%20et%20recherche-Innovation%20et%20connaissances_0.pdf"&gt;61-24-Etudes et recherche-Innovation et connaissances_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_r%C3%A9seaux%20de%20surveillance%20des%20milieux.pdf</t>
         </is>
       </c>
-      <c r="W177" s="1" t="inlineStr">
+      <c r="W168" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-linnovation-1/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>164918</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Accompagner le partage de l'eau et la sobriété</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Partage de l'eau et sobriété</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I169" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>Dans un contexte de tension croissante sur la ressource en eau sous l’effet du changement climatique, le soutien de l’agence de l’eau vise à accompagner la réduction des prélèvements et l’engagement, partout et pour tous, de pratiques ou usages plus sobres en eau, en application de l’objectif national de sobriété du Plan eau.&lt;br /&gt;
 &lt;br /&gt;
 Pour cela, l’agence soutient notamment la dynamique d’émergence ou de révision des projets de territoire pour la gestion de l’eau (PTGE), afin que le partage de l’eau et l’anticipation du changement climatique s’organisent dans le dialogue territorial et à une échelle cohérente d’un point de vue hydrographique ou hydrogéologique.&lt;br /&gt;
 &lt;br /&gt;
 En priorité, l’agence accompagne les territoires les plus en tension sur la ressource en eau, identifiés par les Schémas directeurs d’aménagement et de gestion des eaux (SDAGE).</t>
         </is>
       </c>
-      <c r="M178" s="1" t="inlineStr">
+      <c r="M169" s="1" t="inlineStr">
         <is>
           <t>Sobriété en eau des collectivités (réduction des fuites sur les infrastructures de distribution d&amp;#039;eau potable, actions sur la réduction de la consommation dans les bâtiments publics ou auprès des particuliers...)&lt;br /&gt;
 Sobriété en eau de l&amp;#039;agriculture&lt;br /&gt;
 Sobriété en eau des activités industrielles et économiques&lt;br /&gt;
 Partage de l&amp;#039;eau entre les usages&lt;br /&gt;
 Projets de substitution (stockage, transfert)&lt;br /&gt;
 Réutilisation des eaux usées traitées et des eaux grises&lt;br /&gt;
 Remise en état post-sinistre</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P178" s="1" t="inlineStr">
+      <c r="P169" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q178" s="1" t="inlineStr">
+      <c r="Q169" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128493/fr/partage-de-l-eau-et-sobriete</t>
         </is>
       </c>
-      <c r="W178" s="1" t="inlineStr">
+      <c r="W169" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/partage-de-leau-et-sobriete/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>164925</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Accompagner la gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;agence de l’eau soutient l&amp;#039;animation territoriale nécessaire à la réalisation des actions liées à la gestion de l&amp;#039;eau, en favorisant une gouvernance locale efficace, représentant les divers usages.&lt;br /&gt;
 &lt;br /&gt;
 Elle encourage la création de structures de concertation multi-partenariales et l&amp;#039;émergence de maîtrises d&amp;#039;ouvrage locales pour répondre aux enjeux des bassins versants. De plus, l&amp;#039;agence soutient les &amp;#34;têtes de réseau&amp;#34; qui facilitent la mise en relation et le partage de ressources entre les acteurs. En milieu rural, elle accompagne les services d&amp;#039;assistance technique pour améliorer les infrastructures d&amp;#039;eau et d&amp;#039;assainissement. Enfin, l&amp;#039;agence promeut la participation citoyenne et la concertation pour enrichir les projets liés à l&amp;#039;eau, en permettant aux citoyens de s&amp;#039;impliquer activement dans leur élaboration et leur mise en œuvre.</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>Emergence et animation de la gouvernance locale de l’eau&lt;br /&gt;
 Emergence de projets ou de maîtrise d&amp;#039;ouvrage locale multithématique&lt;br /&gt;
 Animation de démarches contractuelles multithématiques&lt;br /&gt;
 Animation visant à améliorer la synergie entre les politiques de l&amp;#039;eau et l&amp;#039;aménagement du territoire&lt;br /&gt;
 Animation portée par les têtes de réseau &lt;br /&gt;
 Animation de démarches participatives&lt;br /&gt;
 Communication, sensibilisation et éducation aux enjeux de l’eau</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P179" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q179" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128698/fr/gouvernance-locale-de-l-eau-animation-sensibilisation-et-education-aux-enjeux-de-l-eau</t>
         </is>
       </c>
-      <c r="W179" s="1" t="inlineStr">
+      <c r="W170" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gouvernance-locale-de-leau-animation-sensibilisation-et-education-aux-enjeux-de-leau/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>164926</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Accompagner la connaissance : études générales et surveillance environnementale</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Connaissance : études générales et surveillance environnementale</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>La connaissance des milieux aquatiques et humides est indispensable à la compréhension de leurs enjeux et à l’identification des actions de préservation ou de restauration à conduire.&lt;br /&gt;
 &lt;br /&gt;
 L’agence de l’eau soutient des études générales sur le fonctionnement des hydrosystèmes, les impacts du changement climatique, ainsi que la recherche et le développement de techniques innovantes. Elle encourage également l&amp;#039;acquisition de données de surveillance pour évaluer l&amp;#039;état des eaux et soutient des projets visant à caractériser les vulnérabilités des territoires.</t>
         </is>
       </c>
-      <c r="M180" s="1" t="inlineStr">
+      <c r="M171" s="1" t="inlineStr">
         <is>
           <t>Connaissance du fonctionnement des milieux aquatiques&lt;br /&gt;
 Connaissance de l&amp;#039;évolution des hydrosystèmes et analyses prospectives &lt;br /&gt;
 Projets de recherche à visée opérationnelle et expérimentation de techniques nouvelles&lt;br /&gt;
 Surveillance environnementale</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P180" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q180" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128699/fr/connaissance-etudes-generales-et-surveillance-environnementale</t>
         </is>
       </c>
-      <c r="W180" s="1" t="inlineStr">
+      <c r="W171" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/connaissance-etudes-generales-et-surveillance-environnementale/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>164927</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'adaptation des territoires au changement climatique dans le domaine de l'eau</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Projets multithématiques pour l'adaptation au changement climatique</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I181" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;agence de l’eau soutient des actions multithématiques pour l&amp;#039;adaptation des territoires au changement climatique dans le domaine de l&amp;#039;eau.&lt;br /&gt;
 &lt;br /&gt;
 Face aux défis tels que l&amp;#039;assèchement des sols et la diminution du niveau des aquifères, elle encourage l&amp;#039;élaboration de stratégies territoriales intégrant les enjeux des ressources en eau et des milieux aquatiques. L&amp;#039;agence favorise des approches systémiques au niveau des bassins versants et soutient l&amp;#039;animation, les études et les plans d&amp;#039;action via des contrats Eau et Climat. Elle peut également financer des projets innovants et exemplaires pour répondre aux enjeux identifiés dans le plan de bassin d&amp;#039;adaptation au changement climatique.</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P181" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q181" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>voir conditions dans les fiches aides et dans les conditions générales</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_128700/fr/projets-multithematiques-pour-l-adaptation-au-changement-climatique</t>
         </is>
       </c>
-      <c r="W181" s="1" t="inlineStr">
+      <c r="W172" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
  - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
  - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
  - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
  - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>contact.cda@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-multithematiques-pour-ladaptation-au-changement-climatique/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>164930</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Territorialiser la gestion de l’eau brute</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I182" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Recherche, mobilisation de nouvelle ressource d’eau (études et travaux, forages de reconnaissance…), opération globale concernant le transfert d’eau brute : renouvellement, renforcement, extension… y compris les équipements connexes d’interconnexion et de transfert…&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont exclus les nouveaux projets d’aménagement, les fournitures seules, les études de faisabilité…&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/territorialiser-la-gestion-de-leau-brute/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>164932</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser aux enjeux de l’eau</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I183" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Evènementiel (festival, concours, hackathon…), support physique, numérique ou artistique visant à sensibiliser tout public aux enjeux de la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-enjeux-de-leau/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>164934</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Former les citoyens de demain à une gestion durable et concertée de l’eau</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I175" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Interventions pédagogiques en milieu scolaire, périscolaire et extrascolaire visant la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/former-les-citoyens-de-demain-a-une-gestion-durable-et-concertee-de-leau/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>164936</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Accompagner les acteurs publics dans l’identification de projet sur l’eau émanant des citoyens</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toute opération valorisant la contribution des citoyens, intégrant des phases d’analyse sociologique, de tables rondes, débats d’idées, de prototypage d’idées.&lt;br /&gt;L’instruction de la demande portera en particulier sur l’intégration de livrables de type : rapport d’étonnement et d’idées, scénario d’usage, feuille de route…&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-acteurs-publics-dans-lidentification-de-projet-sur-leau-emanant-des-citoyens/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E186" s="1" t="inlineStr">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>165103</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
-[...137 lines deleted...]
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer la qualité des ressources en eau pour l’alimentation en eau potable ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Pour votre projet retenu à l’AMI Filières favorables à la ressource en eau&lt;/li&gt;
 &lt;li&gt;Pour votre projet sur un territoire faisant l’objet d’une contractualisation avec la Région (SENS 2027, etc.)&lt;/li&gt;
 &lt;li&gt;Pour d’autres projets d’investissement pour la lutte contre les pollutions diffuses&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une collectivité territoriale ou un groupement&lt;/li&gt;
 &lt;li&gt;Un établissement public&lt;/li&gt;
 &lt;li&gt;Une association&lt;/li&gt;
 &lt;li&gt;Une entreprise, etc.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Le développement de filières de systèmes et cultures à bas niveau d’impact sur la ressource en eau (tous débouchés, tels que l’alimentation, l’énergie, le textile, le bâtiment, le biocontrôle, etc.)&lt;/li&gt;
 &lt;li&gt;La lutte contre les pollutions diffuses permettant la réduction de l’usage des phytosanitaires et la préservation/reconquête de la qualité de l’eau&lt;/li&gt;
 &lt;li&gt;Des études à caractère général ou opérationnel, ayant pour objet la définition de plans d’actions de reconquête de la qualité de l’eau (délimitation d’AAC, Diagnostic Territorial Multi Pressions, volet ressources des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) en zone rurale s’appuyant sur la méthode définie dans le guide technique de l’Association Scientifique et Technique pour l’Eau et l’Environnement -ASTEE-)&lt;/li&gt;
 &lt;li&gt;Des équipements destinés à la mise en place de l’autocontrôle de la qualité de l’eau des collectivités dans le cadre des PGSSE en zone rurale&lt;/li&gt;
 &lt;li&gt;De l’expérimentation, notamment pour le développement des cultures à bas niveau d’impact et la mise en place de leviers agronomiques permettant la réduction de l’usage des phytosanitaires, prenant en compte le changement climatique (désherbage mécanique, innovation technologique, définition d’itinéraires techniques de cultures à bas niveau d’impact, etc.)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Taux maximum :&lt;br /&gt;
 &lt;/strong&gt;Analyse au cas par cas, suivant le type de porteur et les éventuels régimes d’état mobilisés.&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
 &lt;p&gt;OU&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Biodiversité</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P187" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>08/11/2024</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/preserver-qualites-eau-captages/</t>
         </is>
       </c>
-      <c r="W187" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0291/depot/simple</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;&lt;p&gt;Contactez Marion PETIN&lt;/p&gt;&lt;p&gt;marion.petin&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 76 23 16 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-reconquerir-la-qualite-des-ressources-en-eau-dans-les-aires-dalimentation-des-captages/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>165117</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Ruralités et eau : sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à sécuriser l’accès à l’eau potable pour les collectivités rurales ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Pour les études préalables à la création d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
 &lt;li&gt;Pour les travaux d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
 &lt;li&gt;Si votre projet se situe en ruralité au titre du zonage socle INSEE « zone rurale »&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une collectivité ou un groupement de communes&lt;/li&gt;
 &lt;li&gt;Un syndicat compétent en matière d’eau potable&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;La réalisation d’études de connaissance : étude de sécurisation de la ressource en eau potable en vue de la réalisation d’interconnexion, analyse financière globale préalable à la réalisation de travaux d’interconnexion&lt;/li&gt;
 &lt;li&gt;La réalisation d’études de conception préalable à la réalisation d’interconnexion (avant travaux, définition de programmation de travaux, AMO, maitrise d’œuvre, etc.)&lt;/li&gt;
 &lt;li&gt;Des travaux d’interconnexion en vue de sécuriser l’alimentation en eau potable&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez aux critères, l’attribution de l’aide n’est pas pour autant automatique. Les dossiers considérés comme complets et répondant aux conditions d’éligibilité seront examinés par un comité technique composé a minima de représentants de la Région Grand-Est et des Agences de l’eau. A cette occasion seront évalués les critères de fragilité territoriale et d’opportunité d’un financement régional.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Taux maximum : &lt;/strong&gt;Analyse au cas par cas&lt;/p&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Une aide complémentaire peut être sollicitée auprès d’autres cofinanceurs (Agence de l’eau, Départements, etc).&lt;/strong&gt;&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Ce premier entretien doit être réalisé avant le dépôt de la demande.&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Biodiversité</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P188" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>02/07/2024</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/ruralites-acces-eau-potable/</t>
         </is>
       </c>
-      <c r="W188" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0290/depot/simple</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez Lajlah LUTHER&lt;/p&gt;&lt;p&gt;lajlah.luther&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 15 65 13&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ruralites-et-eau-securiser-lacces-a-leau-potable-pour-les-collectivites-rurales/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>165118</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Modules Transformants Biodiversité</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Modules Transformants Biodiversité</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez : mener à bien un projet de transformation environnementale, mieux connaître la dépendance et les impacts de vos activités sur la biodiversité, mettre en place une démarche d’amélioration de l’organisation de votre entreprise, faire appel à la reconnaissance nationale « Entreprise Engagée pour la Nature » ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 15 500 € :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;des dépenses remboursées &lt;strong&gt;jusqu’à 100% du montant de votre projet&lt;br /&gt;
 &lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;une entreprise de toutes tailles (ETP, PME, ETI, grandes entreprises) immatriculée dans le Grand Est, et&lt;/li&gt;
 &lt;li&gt;déployant une activité de production ou de service à l’industrie, de logistique ou de BTP, et&lt;/li&gt;
 &lt;li&gt;en situation financière saine au regard de la réglementation européenne.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et si&lt;strong&gt; vous sélectionnez un prestataire référencé par la Région Grand Est&lt;/strong&gt; :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;Téléchargez la liste des prestataires référencés pour le module biodiversité&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Pour plus d’information :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;Parcours de Transformation&lt;/a&gt;&lt;/li&gt;
 &lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/modules/"&gt;Modules transformants&lt;/a&gt;&lt;/li&gt;
 &lt;li&gt;Distinction « &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;entreprises engagées pour la Nature&lt;/a&gt; »&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;100 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour la phase exploratoire (phase 1) dans la limite de 3 000 €.&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;50% &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour les phases d’avant-projet (phases 2 et 3) dans la limite de 12 500 €.&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 15 500€.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les&lt;strong&gt; dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;la &lt;strong&gt;prestation de mise en œuvre du module&lt;/strong&gt; Biodiversité par un prestataire référencé&lt;/li&gt;
 &lt;li&gt;les éventuels &lt;strong&gt;frais associ&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;s&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;à cette prestation&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;S&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;lectionnez un &lt;/strong&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;prestataire référencé&lt;/a&gt;&lt;strong&gt; par la Région Grand Es&lt;/strong&gt;&lt;strong&gt;t.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Attention&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;:&lt;/strong&gt; &lt;strong&gt;tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.&lt;/strong&gt; La signature du devis doit donc être postérieure au dépôt de la demande.&lt;/p&gt;
 &lt;p&gt;En fonction des besoins, une entreprise peut solliciter plusieurs modules, en effectuant des demandes séparées. Les modules s’inscrivent dans la dynamique des Parcours de transformation mis en place par la Région et dans la continuité du &lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;diagnostic 360&lt;/a&gt; mais peuvent toutefois être sollicités indépendamment.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Biodiversité</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P189" s="1" t="inlineStr">
+      <c r="P179" s="1" t="inlineStr">
         <is>
           <t>24/06/2024</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/modules-transformants-biodiversite/</t>
         </is>
       </c>
-      <c r="W189" s="1" t="inlineStr">
+      <c r="W179" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0278/depot/simple</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Déposez votre demande en ligne dès sélection d’un devis effectué par un prestataire référencé (devis non signé).&lt;/p&gt;&lt;p&gt;Didier VIDAL BANOS&lt;/p&gt;&lt;p&gt;transformation&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/modules-transformants-biodiversite/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>165123</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Restaurer et préserver la biodiversité dans votre village</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Mon village, espace de biodiversité</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de restauration et préservation de la biodiversité dans votre village ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 80 % :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Voir conditions particulières dans le règlement&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt; Une avance de trésorerie de 50% dès le démarrage de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une commune située en milieu rural (&lt;a href="https://www.datagrandest.fr/tools/territoscope/"&gt;classification INSEE&lt;/a&gt;)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet vise à mettre en œuvre des actions concrètes favorables à la biodiversité tout en favorisant l’adhésion et les prises de conscience, telles que&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Aménagements favorables à la flore et à la faune sauvage (plantations, mares,etc.)&lt;/li&gt;
 &lt;li&gt;Aménagements favorables à la sensibilisation du public (panneaux pédagogiques,etc.)&lt;/li&gt;
 &lt;li&gt;Inventaires faune flore, etc.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales et des critères d’éligibilité du dispositif (cf règlement).&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 80 % du montant des dépenses éligibles &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée à 50 % pour les communes situées dans le périmètre Parcs ou sites Natura 2000&lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne au fil de l’eau avant le commencement du projet.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Biodiversité</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P190" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>27/05/2024</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/mon-village-espace-biodiversite/</t>
         </is>
       </c>
-      <c r="W190" s="1" t="inlineStr">
+      <c r="W180" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0273/depot/simple</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mon-village-espace-de-biodiversite/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>165173</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Accompagner les agriculteurs (collectif et/ou individuel)</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Accompagnement collectif et individuel des agriculteurs</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I191" s="1" t="inlineStr">
+      <c r="I181" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objet de ce dispositif est de favoriser la mobilisation des 
 agriculteurs vers des changements de pratiques et de systèmes efficaces 
 et durables, par l’accompagnement collectif et/ou individuel (diagnostic
  d’exploitation et conseil individuel).&lt;/p&gt;
 &lt;p&gt;Ce dispositif d’aide permet également de soutenir, en cohérence avec 
 le plan Ecophyto, des programmes d’actions collectifs de réduction de 
 l’usage, des risques et de l’impact des produits phytosanitaires en 
 favorisant des changements de pratiques efficaces et durables. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P191" s="1" t="inlineStr">
+      <c r="P181" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q191" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’accompagnement collectif et individuel des agriculteurs est aidé 
 dans le cadre des accords de territoire, exclusivement sur les 
 territoires identifiés comme prioritaires par le Sdage en vigueur. La 
 liste de ces territoires est détaillée dans la fiche action.&lt;/p&gt;
 &lt;p&gt;Les évolutions accompagnées sont cohérentes avec les enjeux 
 identifiés sur le territoire déclinés dans la stratégie agricole de la 
 démarche territoriale de l’agence de l’eau.&lt;/p&gt;
 &lt;p&gt;Dans le cadre d’Ecophyto, le financement des programmes d’actions est
  prioritaire dans l’utilisation de l’enveloppe régionale Ecophyto par la
  gouvernance régionale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T191" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr1-accompagnement-collectif-et-individuel-des-agriculteurs.html</t>
         </is>
       </c>
-      <c r="W191" s="1" t="inlineStr">
+      <c r="W181" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-agriculteurs-collectif-et-ou-individuel/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>165181</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Acquérir du matériel et équipement agricole : investissements agro-environnementaux productifs</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Acquisition de matériel et équipement agricole : investissements agro-environnementaux productifs</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objet de ces dispositifs d’aide est d’accompagner les agriculteurs 
 dans des changements de pratiques et de systèmes efficaces et durables 
 en cofinançant l’acquisition de matériel et équipement agricole ayant 
 pour objectifs de réduire les usages (fertilisation, produits 
 phytosanitaires, …), les transferts vers le milieu ou les sources 
 ponctuelles de pollution.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Milieux humides</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P192" s="1" t="inlineStr">
+      <c r="P182" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-acquisition-de-materiel-et-equipement-agricole--investissem.html</t>
         </is>
       </c>
-      <c r="W192" s="1" t="inlineStr">
+      <c r="W182" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-du-materiel-et-equipement-agricole-investissements-agro-environnementaux-productifs/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>165198</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Aménager des dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Aménagement de dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I193" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
 (épuration, limitation des transferts, …), hydrologie (effet tampon, 
 soutien d’étiage, …), atténuation des effets du dérèglement climatique 
 (ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
 pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P193" s="1" t="inlineStr">
+      <c r="P183" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-dans-le-cadre-du-disposit.html</t>
         </is>
       </c>
-      <c r="W193" s="1" t="inlineStr">
+      <c r="W183" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-dans-le-cadre-du-dispositif-investissements-agroenvironnementaux-non-productifs-du-plan-strategique-national-psn/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>165244</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
 mobilisation du public pendant les consultations menées par le comité de
  bassin Loire-Bretagne. Elle finance les actions qui favorisent 
 l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
 concertations et les consultations.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Médias et communication
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P194" s="1" t="inlineStr">
+      <c r="P184" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q184" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
+      <c r="W184" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>165245</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Accompagner les programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I195" s="1" t="inlineStr">
+      <c r="I185" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J195" s="1" t="inlineStr">
+      <c r="J185" s="1" t="inlineStr">
         <is>
           <t>Une majoration est possible lorsque la région est un partenaire engagé dans la démarche territoriale.</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les programmes de sensibilisation aux 
 enjeux de l&amp;#039;eau qui visent l&amp;#039;atteinte des objectifs prioritaires du 12&lt;sup&gt;e&lt;/sup&gt;
  programme en favorisant la mobilisation et l’action des acteurs locaux 
 dans leur diversité, au regard des enjeux prioritaires de leurs 
 territoires.&lt;/p&gt;&lt;p&gt;Nature et finalité :&lt;/p&gt;&lt;p&gt;L’objet de ces dispositifs d’aide est de favoriser :&lt;/p&gt;&lt;p&gt;• la compréhension,&lt;/p&gt;&lt;p&gt;• la prise de conscience,&lt;/p&gt;&lt;p&gt;• l’évolution des comportements,&lt;/p&gt;&lt;p&gt;• la mobilisation et l’action des acteurs locaux dans leur diversité, au regard des enjeux prioritaires de&lt;/p&gt;&lt;p&gt;leurs territoires.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P195" s="1" t="inlineStr">
+      <c r="P185" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q195" s="1" t="inlineStr">
+      <c r="Q185" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R195" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaire&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Public ou privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Programmes d’actions de sensibilisation dans le cadre des démarches territoriales&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation est décliné en application de la stratégie de territoire des&lt;/p&gt;&lt;p&gt;démarches territoriales de l’agence de l’eau : la stratégie de territoire comporte des objectifs de&lt;/p&gt;&lt;p&gt;sensibilisation et définit les publics cibles et enjeux éducatifs. Le programme d’actions en découle et&lt;/p&gt;&lt;p&gt;est validé par le comité de pilotage.&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation inscrite dans un Sage : le programme d’actions validé par&lt;/p&gt;&lt;p&gt;la Commission locale de l’eau.&lt;/p&gt;&lt;p&gt;• Les actions du programme de sensibilisation mobilisées répondent aux enjeux locaux.&lt;/p&gt;&lt;p&gt;Elles visent trois cibles :&lt;/p&gt;&lt;p&gt;• Les élus et les décideurs locaux,&lt;/p&gt;&lt;p&gt;• les usagers et riverains directement concernés par les projets mis en œuvre,&lt;/p&gt;&lt;p&gt;• enfin le grand public et les scolaires.&lt;/p&gt;&lt;p&gt;Les élus et les décideurs locaux y sont obligatoirement ciblés.&lt;/p&gt;&lt;p&gt;Actions de mobilisation de l’avis du public pendant les consultations prévues&lt;/p&gt;&lt;p&gt;réglementairement pour l’élaboration du Sdage&lt;/p&gt;&lt;p&gt;Les actions de mobilisation sont cohérentes avec la stratégie et le dispositif de communication arrêtée par le&lt;/p&gt;&lt;p&gt;comité de bassin pour la consultation du public.&lt;/p&gt;&lt;p&gt;Programmes régionaux conventionnés d’actions au bénéfice du volet « eau » en&lt;/p&gt;&lt;p&gt;éducation à l’environnement&lt;/p&gt;&lt;p&gt;• Le programme d’actions associe d’autres financeurs publics de l’éducation à l’environnement et/ou&lt;/p&gt;&lt;p&gt;une structure animatrice/porteuse d’un réseau régional de l’éducation à l’environnement,&lt;/p&gt;&lt;p&gt;• Les actions du « volet eau » du programme sont négociées annuellement avec l’agence de l’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T195" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-programmes-dactions-de-sensibilisation-dans-le-cadre-des-de.html</t>
         </is>
       </c>
-      <c r="W195" s="1" t="inlineStr">
+      <c r="W185" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>165246</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
+      <c r="I186" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
 structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
 des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
 de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
 l&amp;#039;environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Education et renforcement des compétences
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P186" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q186" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
         </is>
       </c>
-      <c r="W196" s="1" t="inlineStr">
+      <c r="W186" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>165263</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Mettre en place une structuration de la gestion de l’eau (missions d’appui)</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Missions d’appui à la mise en place d’une structuration de la gestion de l’eau</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I197" s="1" t="inlineStr">
+      <c r="I187" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="J197" s="1" t="inlineStr">
+      <c r="J187" s="1" t="inlineStr">
         <is>
           <t>Une majoration est possible dans le cadre de la solidarité urbain rural et d’un programme d’actions conclu dans le cadre d’un accord de territoire.</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
 intercommunale à structurer leurs compétences au-delà des obligations 
 réglementaires. La structuration doit permettre aux collectivités d’être
  opérationnelles, de porter des programmes d’actions ambitieux sur le 
 petit et le grand cycles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P197" s="1" t="inlineStr">
+      <c r="P187" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q197" s="1" t="inlineStr">
+      <c r="Q187" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-missions-dappui-a-la-mise-en-place-dune-structuration-de-la.html</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
+      <c r="W187" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-une-structuration-de-la-gestion-de-leau-missions-dappui/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>165264</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Département
 Région</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les études à caractère exploratoire ou 
 décisionnel à l’échelle départementale ou stratégique qui visent à 
 améliorer la connaissance, les documents de référence, les schémas 
 directeurs à l’échelon départemental ou interdépartemental.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P198" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T198" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par2-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-d.html</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
+      <c r="W188" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-departementale-ou-strategique/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>165265</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Accompagner les départements dans leurs missions d’assistance technique réglementaire</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Mission d'assistance technique départementale réglementaire</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
+      <c r="I189" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne accompagne les départements dans leurs missions d’assistance technique réglementaire.&lt;br /&gt;
 Ces missions concernent les domaines de l’assainissement collectif et 
 non collectif et de la protection des ressources en eau potable, ainsi 
 que l’expertise et le suivi des épandages (MESE).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par3-mission-dassistance-technique-departementale-reglementaire.html</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W189" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-departements-dans-leurs-missions-dassistance-technique-reglementaire/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>165266</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Accompagner techniquement la sensibilisation et l’animation de réseaux d’acteurs</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Missions d’appui technique, de sensibilisation et d’animation de réseaux d’acteurs</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I200" s="1" t="inlineStr">
+      <c r="I190" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le partenariat de l’agence de l’eau avec les structures, apportant un 
 accompagnement technique auprès des maîtres d’ouvrage et des acteurs 
 locaux, doit permettre de maintenir ou de créer une dynamique de bassin 
 sur des sujets à forts enjeux. La mise en réseau des maîtres d’ouvrages 
 territoriaux doit permettre d’assurer la cohérence technique des 
 projets, de faciliter les retours d’expériences et de diffuser les 
 connaissances afin d’atteindre les objectifs prioritaires du programme 
 d’intervention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P200" s="1" t="inlineStr">
+      <c r="P190" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q200" s="1" t="inlineStr">
+      <c r="Q190" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T200" s="1" t="inlineStr">
+      <c r="T190" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par4-missions-dappui-technique-sensibilisation-animation-reseaux.html</t>
         </is>
       </c>
-      <c r="W200" s="1" t="inlineStr">
+      <c r="W190" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-techniquement-la-sensibilisation-et-lanimation-de-reseaux-dacteurs/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>165270</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Animer et communiquer pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Actions d’animation et communication pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I201" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les opérations collectives visant à 
 encourager les pratiques économes en eau, à travers des campagnes 
 d&amp;#039;information, des événements de sensibilisation ou des ateliers. 
 L&amp;#039;objectif est de diffuser des messages clés sur l&amp;#039;importance de la 
 sobriété hydrique et de favoriser l&amp;#039;adoption de comportements 
 responsables au sein des collectivités, des entreprises et auprès des 
 particuliers, afin de mieux gérer la ressource.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q201" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions d’animation et de communication réalisées dans le cadre 
 d’une opération collective sont éligibles sous réserve qu’elles 
 résultent d’une étude préalable mettant en évidence les enjeux 
 environnementaux, quantifiant les réductions des besoins en eau et/ou 
 prélèvements et justifiant le périmètre de l’intervention envisagée.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T201" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua1-actions-danimation-et-communication-pour-la-reduction-des-b.html</t>
         </is>
       </c>
-      <c r="W201" s="1" t="inlineStr">
+      <c r="W191" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/animer-et-communiquer-pour-la-reduction-des-besoins-en-eau-et-des-prelevements-dans-le-cadre-doperations-collectives/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>165273</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Financer les analyses Hydrologie Milieux Usage Climat (HMUC)</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Analyse Hydrologie Milieux Usage Climat (HMUC)</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau finance les analyses Hydrologie Milieux Usage Climat 
 (HMUC), indispensable pour mesurer les effets du dérèglement climatique 
 et suivre les évolutions prévisibles sur les milieux aquatiques en vue 
 d’établir un état des lieux partagé à partir de données locales. 
 L’analyse HMUC constitue la déclinaison sur le bassin Loire-Bretagne de 
 l’évaluation des volumes prélevables. L’analyse HMUC est reconnue comme 
 un élément de la phase de diagnostic de territoire, socle du projet de 
 territoire pour la gestion de l’eau (PTGE). Elle constitue ainsi un 
 outil d&amp;#039;aide à la décision pour la définition d’une politique locale de 
 gestion de l’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P202" s="1" t="inlineStr">
+      <c r="P192" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q202" s="1" t="inlineStr">
+      <c r="Q192" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-analyse-hydrologie-milieux-usage-climat-hmuc.html</t>
         </is>
       </c>
-      <c r="W202" s="1" t="inlineStr">
+      <c r="W192" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-analyses-hydrologie-milieux-usage-climat-hmuc/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>165274</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Aider la décision, pour une gestion résiliente, sobre et concertée de la ressource en eau (études)</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Études d’aide à la décision pour une gestion résiliente, sobre et concertée de la ressource en eau</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau finance les études et équipements nécessaires à 
 l’amélioration de la connaissance pour une gestion résiliente, sobre et 
 concertée de la ressource en eau. Ces études sont indispensables pour 
 mesurer les effets du dérèglement climatique et suivre les évolutions 
 prévisibles sur les milieux aquatiques en vue d’établir un état des 
 lieux partagé à partir de données locales.&lt;/p&gt;
 &lt;p&gt;L’agence accompagne les études d’aide à la décision notamment celles 
 abordant les volets sociologique, économique et financier de la gestion 
 de la ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P203" s="1" t="inlineStr">
+      <c r="P193" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q203" s="1" t="inlineStr">
+      <c r="Q193" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T193" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-etudes-daide-a-la-decision-pour-une-gestion-resiliente-sobr.html</t>
         </is>
       </c>
-      <c r="W203" s="1" t="inlineStr">
+      <c r="W193" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aider-la-decision-pour-une-gestion-resiliente-sobre-et-concertee-de-la-ressource-en-eau-etudes/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>165275</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Accompagner les missions d’ingénierie de la participation et de la concertation (Sage et PTGE)</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Mission d’ingénierie de la participation et de la concertation</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne la structuration et l’animation des 
 démarches de Sage (schéma d’aménagement et de gestion des eaux) et des 
 projets de territoire pour la gestion de l’eau (PTGE).&lt;/p&gt;
 &lt;p&gt;Elle soutient les missions d’ingénierie de la participation et de la 
 concertation dès l’émergence de la démarche, pour faciliter le dialogue.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P204" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-mission-dingenierie-de-la-participation-et-de-la-concertati.html</t>
         </is>
       </c>
-      <c r="W204" s="1" t="inlineStr">
+      <c r="W194" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-missions-dingenierie-de-la-participation-et-de-la-concertation-sage-et-ptge/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>165276</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Mettre en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Mise en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I195" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau encourage et accompagne la structuration des 
 organismes uniques de gestion collective des prélèvements en eau pour 
 l’irrigation (OUGC) sur tout le bassin Loire-Bretagne. Cette gestion 
 collective est essentielle pour gérer l’ensemble des prélèvements pour 
 l’irrigation à l’échelle d’unités de gestion cohérentes avec une 
 autorisation unique de prélèvement pour l’irrigation (AUP).&lt;/p&gt;
 &lt;p&gt;Elle devient indispensable dans les Projets de territoires pour la 
 gestion de l’eau (PTGE), en vue d’une gestion durable du volume 
 prélevable alloué à l’agriculture pour un territoire.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P205" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q205" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T195" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-mise-en-place-de-nouvel-organisme-unique-de-gestion-collect.html</t>
         </is>
       </c>
-      <c r="W205" s="1" t="inlineStr">
+      <c r="W195" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-de-nouvel-organisme-unique-de-gestion-collective-des-prelevements-en-eau-pour-lirrigation-ougc/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>165277</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des opérations collectives de télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
         </is>
       </c>
-      <c r="D206" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Opérations collectives de mise en place de la télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I206" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence incite et finance les opérations collectives de mise en place 
 de la télérelève des compteurs d’irrigation à l’échelle d’un organisme 
 unique de gestion collective des prélèvements en eau pour l’irrigation 
 (OUGC). Cette télérelève permet d&amp;#039;améliorer la connaissance des usages, 
 de mettre en place une gestion adaptée au contexte climatique et de 
 mieux partager la ressource.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P206" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q206" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T206" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-operations-collectives-de-mise-en-place-de-la-telereleve-de.html</t>
         </is>
       </c>
-      <c r="W206" s="1" t="inlineStr">
+      <c r="W196" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-des-operations-collectives-de-telereleve-des-compteurs-dirrigation-a-lechelle-dun-ougc/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>165278</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Créer des retenues de substitution à usage d’irrigation agricole dans un PTGE approuvé</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Création de retenues de substitution à usage d’irrigation agricole dans un PTGE approuvé</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
 territoriales visant le retour à l’équilibre des prélèvements, intégrées
  dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
  d’action mobilisent un panel de solutions diversifié alliant le 
 développement des solutions fondées sur la nature, l’accélération des 
 économies d’eau, la transition écologique de l’agriculture, les retenues
  de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
 &lt;p&gt;Parmi le panel de solutions, l’agence finance les projets collectifs 
 de retenues de substitution pour l’irrigation dans le cadre d’un PTGE 
 approuvé.&lt;br /&gt;
 L’accompagnement de l’agence pour la réutilisation des eaux usées 
 traitées à usage d’irrigation entre dans le cadre de la création des 
 retenues de substitution des prélèvements inscrites dans un PTGE 
 approuvé.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P207" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q207" s="1" t="inlineStr">
+      <c r="Q197" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
 d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
 portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
  2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
 complémentaires en fonction du type de projet et de l’état de la masse 
 d’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-creation-de-retenues-de-substitution-a-usage-dirrigation-ag.html</t>
         </is>
       </c>
-      <c r="W207" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-retenues-de-substitution-a-usage-dirrigation-agricole-dans-un-ptge-approuve/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>165280</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Déplacer les forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Déplacement de forages impactant les débits des cours d’eau en période de basses eaux, dans les territoires en ZRE ou de PTGE approuvé</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I208" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans les territoires de ZRE ou de PTGE approuvé, le déplacement de 
 forages impactant les débits des cours d’eau en période de basses eaux, 
 pour atténuer leurs incidences, peut être accompagné dans le cadre d’une
  démarche collective.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P208" s="1" t="inlineStr">
+      <c r="P198" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q208" s="1" t="inlineStr">
+      <c r="Q198" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une étude préalable démontre l’intérêt global du projet global au 
 regard de l’impact de l’exploitation du ou des forages sur la ressource 
 en eau ou les milieux aquatiques.&lt;/p&gt;
 &lt;p&gt;L’ensemble des conditions d’éligibilité à respecter sont précisées dans la fiche action.&lt;/p&gt;
 &lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
 d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
 portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
  2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
 complémentaires en fonction du type de projet et de l’état de la masse 
 d’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deplacement-de-forages-impactant-les-debits-des-cours-deau.html</t>
         </is>
       </c>
-      <c r="W208" s="1" t="inlineStr">
+      <c r="W198" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deplacer-les-forages-impactant-les-debits-des-cours-deau-en-periode-de-basses-eaux-dans-les-territoires-en-zre-ou-de-ptge-approuve/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>165281</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Organiser des colloques scientifiques et techniques d'échanges d'expérience et d'information pour l'atteinte du bon état des eaux</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Colloques scientifiques et techniques</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I209" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
 des connaissances dans le cadre de l’organisation de colloques 
 scientifiques et techniques d&amp;#039;échanges d&amp;#039;expérience et d&amp;#039;information. 
 Leur objet doit concerner un ou plusieurs enjeux prioritaires pour 
 l&amp;#039;atteinte du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P209" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q209" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-colloques-scientifiques-et-techniques.html</t>
         </is>
       </c>
-      <c r="W209" s="1" t="inlineStr">
+      <c r="W199" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/organiser-des-colloques-scientifiques-et-techniques-dechanges-dexperience-et-dinformation-pour-latteinte-du-bon-etat-des-eaux/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>165282</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études de connaissance générale et prospective</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Études de connaissance générale et prospective</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I210" s="1" t="inlineStr">
+      <c r="I200" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
 des connaissances ayant pour finalité de permettre des actions 
 efficientes pour atteindre les objectifs environnementaux du Sdage. Les 
 approches transversales et multithématiques sont encouragées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P210" s="1" t="inlineStr">
+      <c r="P200" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q210" s="1" t="inlineStr">
+      <c r="Q200" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-etudes-de-connaissance-generale-et-prospective.html</t>
         </is>
       </c>
-      <c r="W210" s="1" t="inlineStr">
+      <c r="W200" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-connaissance-generale-et-prospective/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>165283</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Améliorer et partager les connaissances en recherche et développement, innovation, expérimentation</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Recherche et développement, innovation, expérimentation</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I201" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance la recherche et développement 
 (R&amp;amp;D) orientée vers l’atteinte des objectifs du Sdage. L’innovation 
 et la R&amp;amp;D sont soutenues lorsque leur finalité est opérationnelle, 
 et liée à des spécificités thématiques ou géographiques propres à un ou 
 plusieurs bassins-versants du bassin Loire-Bretagne.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P211" s="1" t="inlineStr">
+      <c r="P201" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q211" s="1" t="inlineStr">
+      <c r="Q201" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-recherche-et-developpement-innovation-experimentation.html</t>
         </is>
       </c>
-      <c r="W211" s="1" t="inlineStr">
+      <c r="W201" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-et-partager-les-connaissances-en-recherche-et-developpement-innovation-experimentation/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>165284</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Suivre les produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Mesures de suivi des produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la mise en œuvre du plan Écophyto, l’agence de l’eau 
 Loire-Bretagne finance la mise en place et la réalisation de suivis des 
 produits phytosanitaires dans les eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P212" s="1" t="inlineStr">
+      <c r="P202" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T202" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-de-suivi-des-produits-phytosanitaires-dans-les-eaux.html</t>
         </is>
       </c>
-      <c r="W212" s="1" t="inlineStr">
+      <c r="W202" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/suivre-les-produits-phytosanitaires-dans-les-eaux-dans-le-cadre-decophyto/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>165285</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Mesurer en continu les débits, du niveau des nappes ou de la température</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Mesures en continu des débits, du niveau des nappes ou de la température</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I213" s="1" t="inlineStr">
+      <c r="I203" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau 
 Loire-Bretagne finance les suivis en continu sur les milieux dans le but
  d’approfondir la connaissance de leur fonctionnement sous l’effet du 
 dérèglement climatique. Ces mesures, avec une haute fréquence 
 d’acquisition, doivent permettre d&amp;#039;engager des actions ou de s’assurer 
 de leurs bénéfices sur la reconquête de la qualité des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P213" s="1" t="inlineStr">
+      <c r="P203" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q213" s="1" t="inlineStr">
+      <c r="Q203" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T203" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-en-continu-des-debits-du-niveau-des-nappes-ou-de-la.html</t>
         </is>
       </c>
-      <c r="W213" s="1" t="inlineStr">
+      <c r="W203" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-en-continu-les-debits-du-niveau-des-nappes-ou-de-la-temperature/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>165286</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Surveiller la qualité et la quantité de l’eau et des milieux</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Mesures ponctuelles de la qualité ou des débits sur les milieux et mesures piézométriques sur les nappes prioritairement pour définir et évaluer les actions conduites sur le périmètre hydrographique des accords de territoires</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I214" s="1" t="inlineStr">
+      <c r="I204" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau 
 Loire-Bretagne finance les suivis ponctuels dans les milieux dans le but
  de proposer des actions grâce à ce diagnostic local ou d’évaluer 
 l’efficacité des actions mises en œuvre sur le territoire. Ces suivis 
 doivent permettre de s’assurer de la reconquête de la qualité des eaux 
 dans le cadre des actions engagées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P214" s="1" t="inlineStr">
+      <c r="P204" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q214" s="1" t="inlineStr">
+      <c r="Q204" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T214" s="1" t="inlineStr">
+      <c r="T204" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-ponctuelles-de-la-qualite-ou-des-debits-sur-les-mil.html</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
+      <c r="W204" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/surveiller-la-qualite-et-la-quantite-de-leau-et-des-milieux/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>165304</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Réaliser des suivis milieux spécifiques dans le cadre d'un Sage</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Suivi des milieux spécifiques dans le cadre d'un Sage</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I215" s="1" t="inlineStr">
+      <c r="I205" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des Sage, l’agence de l’eau Loire-Bretagne finance les 
 suivis milieux dans le but d’évaluer l’efficacité des actions mises en 
 œuvre sur le territoire. Ces suivis doivent permettre de s’assurer de la
  reconquête de la qualité des eaux dans le cadre des actions engagées. 
 Ils peuvent être ponctuels ou en continu (température, niveau des nappes
  et débits).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P215" s="1" t="inlineStr">
+      <c r="P205" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q215" s="1" t="inlineStr">
+      <c r="Q205" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T205" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-suivi-des-milieux-specifiques-dans-le-cadre-dun-sage.html</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
+      <c r="W205" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-suivis-milieux-specifiques-dans-le-cadre-dun-sage/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>165305</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Accompagner les CLE du Sage pour l'animation et la communication</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Animation et communication de la CLE du Sage</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I206" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
 l’agence de l’eau finance la cellule d’animation de la commission locale
  de l’eau (CLE). Son objectif est de soutenir l’élaboration, la mise en 
 œuvre ou la mise à jour (révision/modification) du Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P216" s="1" t="inlineStr">
+      <c r="P206" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q216" s="1" t="inlineStr">
+      <c r="Q206" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T206" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-animation-et-communication-de-la-cle-du-sage.html</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W206" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-cle-du-sage-pour-lanimation-et-la-communication/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>165306</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études d’émergence de la gouvernance sur les territoires dépourvus de Sage</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Études d’émergence de la gouvernance sur les territoires orphelins</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I217" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les études d’émergence de la gouvernance sur 
 les territoires dépourvus de schémas d’aménagement et de gestion des 
 eaux (Sage).&lt;/p&gt;&lt;p&gt;Ces études proposées par un collectif d’acteurs locaux, sont portées par un acteur légitime et reconnu &lt;br /&gt;localement. Les objectifs et le contenu de l’étude sont précisés dans un cahier des charges validé par un &lt;br /&gt;comité de pilotage.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P217" s="1" t="inlineStr">
+      <c r="P207" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q217" s="1" t="inlineStr">
+      <c r="Q207" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T217" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-demergence-de-la-gouvernance-sur-les-territoires-orp.html</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
+      <c r="W207" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-etudes-demergence-de-la-gouvernance-sur-les-territoires-depourvus-de-sage/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>165307</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études liées au Sage</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Études liées au Sage</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I218" s="1" t="inlineStr">
+      <c r="I208" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
 l’agence de l’eau Loire-Bretagne finance les études liées aux 
 différentes étapes (élaboration, modification/révision, mise en œuvre) 
 du Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P218" s="1" t="inlineStr">
+      <c r="P208" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q218" s="1" t="inlineStr">
+      <c r="Q208" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T218" s="1" t="inlineStr">
+      <c r="T208" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-liees-au-sage.html</t>
         </is>
       </c>
-      <c r="W218" s="1" t="inlineStr">
+      <c r="W208" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-liees-au-sage/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>165308</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études et bilan de la démarche territoriale</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Études et bilan de la démarche territoriale</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I219" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau finance les études de territoire identifiant les 
 enjeux locaux permettant l&amp;#039;élaboration d&amp;#039;une stratégie concertée et un 
 programme d’actions ainsi que le bilan de la démarche engagée.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
+      <c r="P209" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q219" s="1" t="inlineStr">
+      <c r="Q209" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T219" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-etudes-et-bilan-de-la-demarche-territoriale.html</t>
         </is>
       </c>
-      <c r="W219" s="1" t="inlineStr">
+      <c r="W209" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-bilan-de-la-demarche-territoriale/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>165309</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des missions d’ingénierie de la participation et de la concertation</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Missions d’ingénierie de la participation et de la concertation</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I220" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Afin d’assurer un dialogue et une concertation apaisée sur les 
 territoires, l’agence de l’eau accompagne les porteurs de projets pour 
 des prestations ponctuelles d’appui et conseil en sciences sociales sur 
 les usages, les représentations et les concertations liés à 
 l’environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
+      <c r="P210" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q220" s="1" t="inlineStr">
+      <c r="Q210" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T220" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-dingenierie-de-la-participation-et-de-la-concertat.html</t>
         </is>
       </c>
-      <c r="W220" s="1" t="inlineStr">
+      <c r="W210" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-dingenierie-de-la-participation-et-de-la-concertation/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>165310</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des missions de coordination et d’appui thématique - communication</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Missions de coordination et d’appui thématique - communication</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I221" s="1" t="inlineStr">
+      <c r="I211" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau finance les 
 missions de coordination et d’animation thématiques nécessaires pour 
 mettre en œuvre le programme d’actions issus d’une stratégie concertée. 
 La communication permettant la promotion de la démarche territoriale est
  également soutenue.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P221" s="1" t="inlineStr">
+      <c r="P211" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q221" s="1" t="inlineStr">
+      <c r="Q211" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T221" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-de-coordination-et-dappui-thematique-communication.html</t>
         </is>
       </c>
-      <c r="W221" s="1" t="inlineStr">
+      <c r="W211" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-de-coordination-et-dappui-thematique-communication/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>165327</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Obtenir un paiement pour service environnementaux</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>AMI Paiement pour service environnementaux</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I222" s="1" t="inlineStr">
+      <c r="I212" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J222" s="1" t="inlineStr">
+      <c r="J212" s="1" t="inlineStr">
         <is>
           <t>70 % pour la phase d’émergence et pour la phase de déploiement du projet PSE, 80% pour la rémunération des services environnementaux rendus par les exploitations agricoles.</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de son 12e programme
 Sauvons l’eau 2025-2030, l’agence de l’eau a lancé le 1er juillet 2025 un appel
 à manifestation d’intérêt doté d’une enveloppe de 50 M€. Ce dispositif vise à
 déployer, sur des territoires volontaires, des paiements pour services
 environnementaux à destination des exploitations agricoles, de manière à
 initier, à l’échelle de leur système, la transition agroécologique et la mise
 en œuvre de changement de pratiques agricoles favorables à la gestion de la
 ressource en eau (qualité et sobriété), des milieux humides et de la
 biodiversité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M222" s="1" t="inlineStr">
+      <c r="M212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets PSE attendus devront concourir à 1 voire 2 des objectifs suivants :&lt;br /&gt;o    sobriété en eau,&lt;br /&gt;o    reconquête de la biodiversité,&lt;br /&gt;o    restauration de la qualité de l’eau,&lt;br /&gt;o    amélioration du fonctionnement des zones humides,&lt;br /&gt;o    amélioration de l’infiltration de l’eau dans les sols.&lt;br /&gt;Ces projets doivent être ambitieux pour la transition agroécologique et présenter à ce titre un certain nombre d’éléments qui seront traduits en critères d’éligibilité et de priorisation lors de la sélection des dossiers. Il est également attendu des territoires ayant déjà bénéficié d’une première expérimentation PSE un niveau d’ambition plus élevé.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P222" s="1" t="inlineStr">
+      <c r="P212" s="1" t="inlineStr">
         <is>
           <t>01/07/2025</t>
         </is>
       </c>
-      <c r="Q222" s="1" t="inlineStr">
+      <c r="Q212" s="1" t="inlineStr">
         <is>
           <t>30/04/2027</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;voir conditions dans les fiches aides et dans les conditions générales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S222" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T222" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_131791/fr/appel-a-manifestation-d-interet-experimentation-de-paiements-pour-services-environnementaux-pse</t>
         </is>
       </c>
-      <c r="W222" s="1" t="inlineStr">
+      <c r="W212" s="1" t="inlineStr">
         <is>
           <t>https://aides.eaurmc.fr/Tsa/#/login</t>
         </is>
       </c>
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;pse&amp;#64;eaurmc.fr &lt;br /&gt;ou &lt;br /&gt;- Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;- Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;- Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;- Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>nicolas.champseix@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-paiement-pour-service-environnementaux/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-          <t>Entreprise publique locale (Sem, Spl, SemOp)
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H223" s="1" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I223" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="N223" s="1" t="inlineStr">
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
-Cours d'eau / canaux / plans d'eau</t>
-[...27 lines deleted...]
-      <c r="T223" s="1" t="inlineStr">
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P213" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q213" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q214" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W214" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>165522</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Ministère de la Santé et de la Prévention
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I215" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J215" s="1" t="inlineStr">
+        <is>
+          <t>du coût total</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la stratégie
+Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
+nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
+l’utilisation des produits phytopharmaceutiques, et de la limitation des
+risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
+premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
+par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
+territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
+Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
+dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
+contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
+partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
+jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
+financement maximum de 300 000 € par projet et pour une durée maximale de 36
+mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
+et du règlement sera organisé à l’intention des porteurs de projets.
+Le support de présentation et le replay seront disponibles sur le site de
+l’OFB.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
+suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
+éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Alimentation
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P215" s="1" t="inlineStr">
+        <is>
+          <t>12/11/2025</t>
+        </is>
+      </c>
+      <c r="Q215" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
+dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
+précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
+prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
+suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/financements/territoires-de-convergence-eau-potable-et-natura-2000-initiatives-pour-reduire-impact</t>
+        </is>
+      </c>
+      <c r="W215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
+l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>emma.schwartz@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>