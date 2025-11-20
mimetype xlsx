--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA199"/>
+  <dimension ref="A1:AA194"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -7431,55 +7431,50 @@
         </is>
       </c>
       <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U32" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W32" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -10011,55 +10006,50 @@
         </is>
       </c>
       <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="W37" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
@@ -10446,55 +10436,50 @@
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/investissement-en-faveur-du-recyclage-et-du-reemploi-des-dechets</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Relation aux Usagers
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 05 49 38 49 38
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 9h à 18h sans interruption
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ecb0-investissement-en-faveur-du-recyclage-et-du-r/</t>
         </is>
@@ -10625,55 +10610,50 @@
       <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, l&amp;#039;étude de faisabilité doit impérativement être réalisée par un  bureau d&amp;#039;étude technique neutre et indépendant et doit répondre au cahier des charges type proposé par l&amp;#039;ADEME.
  Le financement des études détaillées est conditionné à la fourniture d&amp;#039;une étude de faisabilité (réalisée par un bureau d&amp;#039;étude ou un constructeur).
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V40" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W40" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/soutien-la-methanisation</t>
         </is>
       </c>
       <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Biogaz Chaleur renouvelable
 Direction de l&amp;#039;énergie et du climat
 &lt;/p&gt;
 &lt;p&gt;
  05 55 45 17 85
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6d4f-soutien-a-la-methanisation/</t>
         </is>
       </c>
@@ -11159,55 +11139,50 @@
   Graine Nouvelle-Aquitaine
  &lt;/strong&gt;
  peut être contactée pour bénéficier d&amp;#039;un accompagnement gratuit, par un professionnel de l&amp;#039;éducation à l&amp;#039;environnement, afin d&amp;#039;imaginer votre projet, définir des objectifs et des actions, choisir et organiser le partenariat avec une structure locale d&amp;#039;éducation à l&amp;#039;environnement.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/sciences-grandeur-nature</t>
         </is>
       </c>
-      <c r="W42" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Graine Nouvelle- Aquitaine - Jason Lapeyronie - jason.lapeyronie&amp;#64;graine-nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
    Service Transition Ecologique et Territoires
 Direction de l&amp;#039;environnement
 14 rue François de Sourdis, CS 81383, 33077
                                                     Bordeaux cedex
 05 57 57 50 27 ou 05 57 57 80 58.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z42" s="1" t="inlineStr">
         <is>
@@ -15676,51 +15651,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
       <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:27" customHeight="0">
       <c r="A67" s="1">
         <v>104710</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
@@ -19050,55 +19025,50 @@
         </is>
       </c>
       <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U82" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -19394,55 +19364,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U83" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V83" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W83" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -21109,588 +21074,104 @@
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
       <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
       <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:27" customHeight="0">
       <c r="A92" s="1">
-        <v>120478</v>
+        <v>120596</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Promouvoir le Biogaz / Méthanisation</t>
-[...4 lines deleted...]
-          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Conseil départemental du Gers</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
-        <is>
-[...249 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I93" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K93" s="1" t="inlineStr">
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
-[...232 lines deleted...]
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -21718,66 +21199,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P94" s="1" t="inlineStr">
+      <c r="P92" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q94" s="1" t="inlineStr">
+      <c r="Q92" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
+      <c r="R92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -21789,356 +21270,356 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>120661</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Accompagner les structures de l'Economie Sociale et Solidaire dans leur développement et la consolidation de leurs emplois</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>DLA (Dispositif Local d'Accompagnement)</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Ligue de l'enseignement de l'Aube</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Dispositif Local d&amp;#039;Accompagnement de l&amp;#039;ESS (DLA) est une aide publique ayant pour objectif d&amp;#039;accompagner toute structure employeuse de l&amp;#039;Economie Sociale et Solidaire dans le développement de ses activités et la pérennisation de ses emplois.
 &lt;/p&gt;
 &lt;p&gt;
  Pour qui ? Associations employeuses, coopératives, structures d&amp;#039;insertion, entreprises  agréées ESUS - tout secteur d&amp;#039;activité (culture, insertion, médico-social, environnement, sport, éducation, etc)
 &lt;/p&gt;
 &lt;p&gt;
  Quels besoins ? Faire évoluer son organisation interne ou son modèle économique, créer une nouvelle activité, redynamiser sa gouvernance, revoir son projet associatif, etc
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans l&amp;#039;Aube, le DLA est porté par la Ligue de l&amp;#039;Enseignement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M95" s="1" t="inlineStr">
+      <c r="M93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Ex 1 : Accompagner une association en territoire rural proposant des ateliers sport-bien être pour des personnes ayant eu un cancer, dans l&amp;#039;élaboration de son projet associatif &amp;#61;&amp;#61;&amp;gt; résultat : intégration de nouveaux bénévoles dans la gouvernance, construction de nouveaux partenaires
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ex 2 : Accompagner une radio associative locale dans la restructuration de son modèle économique &amp;#61;&amp;#61;&amp;gt; résultat : maintien des 2 emplois salariés ,construction de nouveaux partenaires
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Tourisme
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Tiers-lieux
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Lutte contre la précarité
 Emploi
 Valorisation d'actions
 Mobilité pour tous
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R95" s="1" t="inlineStr">
+      <c r="R93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ol&gt;
   &lt;li&gt;
    Être une structure de l&amp;#039;Economie Sociale et Solidaire (ESS) d&amp;#039;utilité sociale : association, coopérative (CAE, SCOP, SCIC), structure d&amp;#039;insertion, entreprise agréée ESUS
   &lt;/li&gt;
   &lt;li&gt;
    Avoir au moins 1 emploi ou souhaitant en créer un à court terme
   &lt;/li&gt;
   &lt;li&gt;
    Avoir son siège social dans l&amp;#039;Aube
   &lt;/li&gt;
   &lt;li&gt;
    Être volontaire pour être accompagné
   &lt;/li&gt;
  &lt;/ol&gt;
 </t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://www.laligue10.org/dla/</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter la Chargée de mission DLA
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a rel="noopener" target="_blank"&gt;
   dla10&amp;#64;laligue10.org
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  03.25.82.68.63
  &lt;br /&gt;
  &lt;br /&gt;
  Ligue de l&amp;#039;Enseignement de l&amp;#039;Aube
  &lt;br /&gt;
  15 avenue d&amp;#039;Echenilly - 10120 Saint-André-les-Vergers
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>dla10@laligue10.org</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8e80-accompagner-les-structures-de-leconomie-socia/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>121006</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Subzen</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale vous propose
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
   l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
  &lt;/li&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
  &lt;/li&gt;
  &lt;li&gt;
   Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M96" s="1" t="inlineStr">
+      <c r="M94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -22159,348 +21640,189 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
 &lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
 &lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T94" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="H97" s="1" t="inlineStr">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
-[...147 lines deleted...]
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -22513,165 +21835,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T98" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W98" s="1" t="inlineStr">
+      <c r="W95" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>126142</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -22683,175 +22005,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W99" s="1" t="inlineStr">
+      <c r="W96" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>126143</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -22863,511 +22185,511 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>126842</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Accompagner l'élaboration d'une stratégie de transition écologique</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Trajectoire Durable - Territoire engagé</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime Attractivité</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seine-Maritime Attractivité accompagne les collectivités dans l&amp;#039;élaboration de leur stratégie de développement durable grâce à la démarche Trajectoire Durable.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La démarche repose sur les 17 Objectifs du développement durable de l&amp;#039;ONU ainsi que sur la méthode ISO 37101.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un diagnostic est réalisé sur 6 thématiques :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Stratégie, gouvernance et démocratie locale
  &lt;/li&gt;
  &lt;li&gt;
   Santé et sécurité
  &lt;/li&gt;
  &lt;li&gt;
   Coeur de bourg et territoire
  &lt;/li&gt;
  &lt;li&gt;
   Environnement
  &lt;/li&gt;
  &lt;li&gt;
   Mobilité
  &lt;/li&gt;
  &lt;li&gt;
   Economie et coopération
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Un plan d&amp;#039;actions est ensuite élaboré. Seine-Maritime Attractivité accompagne la mise en place des actions grâce à la mise en réseau avec les acteurs du territoire.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M101" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   La ville de Blangy-sur-Bresle a réalisé son diagnostic avec la méthode Trajectoire Durable. Un plan d&amp;#039;actions a été validé pour les trois prochaines années.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Espace public
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Biodiversité
 Equipement public
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhésion à l&amp;#039;association Seine-Maritime Attractivité
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.seine-maritime-attractivite.com/fr/actualites-documents/actualites/developpement-durable-trajectoire-durable-nouvel-accompagnement</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Mathilda Clennell
  &lt;/li&gt;
  &lt;li&gt;
   Chargée de mission Territoires et Développement Durable
  &lt;/li&gt;
  &lt;li&gt;
   mathilda.clennell&amp;#64;sma76.fr
  &lt;/li&gt;
  &lt;li&gt;
   07 88 47 20 32
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>mathilda.clennell@sma76.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/20e5-accompagner-lelaboration-dune-strategie-de-tr/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>129733</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Réduire la production de déchets ménagers et assimilés</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental d'Énergie et des Déchets (SDED 52)</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le SDED 52 dispose depuis le 1er janvier 2023 d&amp;#039;un programme local de prévention des déchets ménagers et assimilés qui poursuit plusieurs objectifs à l&amp;#039;échelle de l&amp;#039;ensemble du périmètre de compétences du SDED 52 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réutiliser/Réemployer les objets et appareils avant qu&amp;#039;ils ne deviennent &amp;#34;déchets&amp;#34;,
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la production de déchets en les valorisant localement,
  &lt;/li&gt;
  &lt;li&gt;
   Mieux recycler les déchets en facilitant le geste de tri.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le Syndicat a ainsi identifié 12 actions dont il coordonnera la mise en œuvre pour la période 2023-2028 et qui, à destination des ménages, des entreprises, des collectivités locales, de la restauration collective et des associations, permettra d&amp;#039;atteindre les objectifs de réduction de déchets, de meilleur réemploi au bénéfice d&amp;#039;une gestion locale qui s&amp;#039;appuiera en particulier sur les acteurs de l&amp;#039;économie circulaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M102" s="1" t="inlineStr">
+      <c r="M99" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Mise à disposition de gobelets réutilisables lors d&amp;#039;évènements locaux
  &lt;/li&gt;
  &lt;li&gt;
   Intervention des ambassadeurs de tri dans les écoles
  &lt;/li&gt;
  &lt;li&gt;
   Formation au compostage domestique
  &lt;/li&gt;
  &lt;li&gt;
   Expérimentation du compostage collectif à Saint-Dizier
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de zones de réemploi en déchetterie
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de plateforme de broyage de déchets verts dans les communes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de bénéficier de cette aide, les structures intéressées par un accompagnement du SDED 52 doivent être situées sur le territoire de compétences &amp;#34;traitement&amp;#34; du SDED 52, à savoir l&amp;#039;intégralité du territoire de la Haute-Marne, le territoire de la communauté de communes des Portes de Meuse et quelques communes de la Marne et de la Haute-Saône.
 &lt;/p&gt;
 &lt;p&gt;
  Il convient de se rapprocher du SDED 52 pour vérifier cette condition d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.sded52.fr/reduction-des-dechets</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute interrogation :
 &lt;/p&gt;
 &lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et des Déchets 52
  &lt;br /&gt;
  40 bis avenue Foch
  &lt;br /&gt;
  52 000 Chaumont
 &lt;/p&gt;
 &lt;p&gt;
  03 25 35 09 29
 &lt;/p&gt;
 &lt;p&gt;
  sded52&amp;#64;sded52.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>sded52@sded52.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/349e-installer-une-borne-publique-de-recharge-pour/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>132278</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -23396,556 +22718,556 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W103" s="1" t="inlineStr">
+      <c r="W100" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>133057</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C101" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M101" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
   &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
   &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>139926</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Transition écologique</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides de la CCMS.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P105" s="1" t="inlineStr">
+      <c r="P102" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q105" s="1" t="inlineStr">
+      <c r="Q102" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  c.maitre&amp;#64;cc-massifdusancy.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>139927</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23991,186 +23313,186 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P106" s="1" t="inlineStr">
+      <c r="P103" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q106" s="1" t="inlineStr">
+      <c r="Q103" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V106" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>142680</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C107" s="1" t="inlineStr">
+      <c r="C104" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -24283,51 +23605,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -24345,56 +23667,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -24437,141 +23759,141 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>143278</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Intégrer l'économie circulaire dans vos projets de construction et d'aménagement (Label 2EC)</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Label 2ECEngager une démarche d&amp;#039;économie circulaire dans le BTP répond à de fortes attentes sociétales. En tant que porteur de projet, votre levier d&amp;#039;action consiste à réduire la production et à recycler les déchets dans une double motivation environnementale et économique. Le label 2EC, concourt à la réussite et à l&amp;#039;acceptabilité de vos projets. Le Cerema pilote son déploiement pour le compte du Ministère de la Transition écologique. A ce titre, il vous accompagne pour obtenir le label et promouvoir vos engagements à chaque étape clé de vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Vous envisagez de réaliser un projet de construction ou d&amp;#039;aménagement et vous souhaitez :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser son acceptabilité sociale
  &lt;/li&gt;
  &lt;li&gt;
   Réduire son empreinte environnementale par l&amp;#039;utilisation de matériaux alternatifs, la prévention et le recyclage des déchets, tout en optimisant les couts de gestion associés
  &lt;/li&gt;
  &lt;li&gt;
   Maîtriser les risques en appliquant une méthodologie éprouvée d&amp;#039;infrastructures de transport
  &lt;/li&gt;
  &lt;li&gt;
   Renforcer la visibilité de vos engagements en faveur de l&amp;#039;économie circulaire.
@@ -24688,140 +24010,140 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Valoriser des matériaux alternatifs dans le cadre de vos projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Tracer l&amp;#039;origine des matériaux
  &lt;/li&gt;
  &lt;li&gt;
   Vérifier la conformité environnementale des matériaux utilisés
  &lt;/li&gt;
  &lt;li&gt;
   Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, rendez-vous sur le site du Label :
  &lt;a target="_self"&gt;
   www.label-2ec.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/integrer-economie-circulaire-vos-projets-construction</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-integrer-leconomie-circulaire-dans-vos-projet/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>143285</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Limiter les rejets en mer (diagnostics portuaires et plans d’actions)</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les gestionnaires portuaires vont être incités à réaliser des diagnostics environnementaux et à mettre en place des actions en faveur de la réduction des pollutions portuaires, via la mise en œuvre de différentes politiques publiques :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le Programme de mesures de la Directive Cadre Stratégie Milieu Marin, qui comporte plusieurs actions en faveur de l&amp;#039;amélioration de l&amp;#039;état environnemental des ports : diminution des rejets liés aux opérations de carénage, amélioration des dispositifs de collecte et de gestion des déchets portuaires
  &lt;/li&gt;
  &lt;li&gt;
   Les SDAGE, qui prévoient la limitation ou la suppression des rejets en mer et comportent également des mesures dédiées à la limitation des rejets de carénage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les Services Police de l&amp;#039;Eau des départements littoraux peuvent quant à eux imposer, au titre de la Loi sur l&amp;#039;eau, la réalisation de ce type de diagnostics aux gestionnaires portuaires, notamment lors de l&amp;#039;instruction des dossiers de demande d&amp;#039;autorisation de dragage.
 &lt;/p&gt;
 &lt;p&gt;
  Enfin, les Agences de l&amp;#039;Eau peuvent financer des actions préventives et curatives concourant à la réalisation des objectifs des SDAGE.
 &lt;/p&gt;
 &lt;p&gt;
@@ -24848,467 +24170,141 @@
  &lt;li&gt;
   Identification des types de déchets collectés sur la zone portuaire et analyse de l&amp;#039;adéquation de la collecte avec les besoins liés à l&amp;#039;activité portuaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Sur le volet curatif, le Cerema peut intervenir pour la définition et la mise en œuvre de programmes d&amp;#039;actions visant à limiter les rejets dans les zones portuaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Optimisation des dispositifs de traitement des effluents de carénage ;
  &lt;/li&gt;
  &lt;li&gt;
   Optimisation des dispositifs de collecte des déchets portuaires ;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation des usagers.
  &lt;/li&gt;
  &lt;li&gt;
   Le Cerema travaille en lien avec les gestionnaires portuaires, les collectivités locales, les services instructeurs (DIRM, DREAL, DDTM), et les organismes publics concernés (Agences de l&amp;#039;Eau, AFB..).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Risques naturels
 Appui méthodologique
 Valorisation d'actions
 Mers et océans
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/rejets-mer-diagnostics-portuaires-plans-actions</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f07c-limiter-les-rejets-en-mer-diagnostics-portuai/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-[...326 lines deleted...]
-      <c r="A112" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>143369</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Prévenir et gérer les déchets de chantier du BTP - Anticiper pour s’engager dans l’économie circulaire (Formation)</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Description
  &lt;/strong&gt;
  &lt;br /&gt;
  Les déchets du BTP représentent le principal flux de déchets de l&amp;#039;Union Européenne. Leurs prévention et gestion est en enjeu incontournable pour les acteurs de l&amp;#039;acte de construire afin de promouvoir l&amp;#039;économie circulaire dans les territoires.
  &lt;br /&gt;
  &lt;br /&gt;
  Une bonne gestion de ces déchets peut générer des effets bénéfiques considérables en matière de préservation des ressources non-renouvelables, d&amp;#039;amélioration de la qualité de vie et du développement d&amp;#039;un tissu économique local.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette formation s&amp;#039;inscrit comme un module d&amp;#039;amélioration des connaissances dans le domaine des déchets du BTP permettant de pousser le réemploi et la valorisation des déchets issus des chantiers du BTP et de faire le point sur le contexte réglementaire.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Objectifs pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtriser les fondamentaux d&amp;#039;une politique favorable au développement de l&amp;#039;économie circulaire des déchets du BTP
  &lt;/li&gt;
  &lt;li&gt;
@@ -25355,1126 +24351,972 @@
   Niveau pré-requis
  &lt;/strong&gt;
  &lt;br /&gt;
  Une bonne connaissance du déroulement des chantiers du BTP
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Outils pédagogiques
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Apports techniques
  &lt;/li&gt;
  &lt;li&gt;
   Études de cas
  &lt;/li&gt;
  &lt;li&gt;
   Retours d&amp;#039;expérience
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-prevenir-gerer-dechets-chantier-du-btp-anticiper-s</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f835-prevenir-et-gerer-les-dechets-de-chantier-du-/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E113" s="1" t="inlineStr">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>143403</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et nettoyer les milieux aquatiques  : collecter les déchets dans les milieux aquatiques et zones humides</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>ACTION 5.3.5 AIDE OPERATION NETTOYAGE</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Guadeloupe</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H113" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="J113" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K113" s="1" t="inlineStr">
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>PLAFOND 5000 euros</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
-[...154 lines deleted...]
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de permettre la réalisation d&amp;#039;opération de préservation des milieux (nettoyages, collectes de déchets) mises en oeuvre dans des cadres scolaires ou associatifs (journée régionale de nettoyage du littoral et des fonds marins).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecte de déchets dans les milieux aquatiques et zones humides
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Recyclage et valorisation des déchets
 Mers et océans</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Associations d&amp;#039;usagers, d&amp;#039;éducation et de protection de l&amp;#039;environnement
   &lt;/li&gt;
   &lt;li&gt;
    Associations déclarée et actives
   &lt;/li&gt;
   &lt;li&gt;
    Etablissements scolaires, Communes et EPCI
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T108" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Guadeloupe</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.eauguadeloupe.com</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  OFFICE DE L&amp;#039;EAU GUADELOUPE
  &lt;br /&gt;
  Jardin Botanique de Basse-Terre
  &lt;br /&gt;
  Circonvallation
  &lt;br /&gt;
  Rue Alexandre Buffon
  &lt;br /&gt;
  97100 BASSE-TERRE
  &lt;br /&gt;
  Mail :
  &lt;a target="_self"&gt;
   contact&amp;#64;oe971.fr
  &lt;/a&gt;
  &lt;br /&gt;
  standard : 0590 80 99 78
  &lt;br /&gt;
  télécopie : 0590 80 02 21
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>cedric.vincent@oe971.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6b83-preserver-et-nettoyer-les-milieux-aquatiques-/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>143860</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Makesense</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Mobilisez les parties prenantes autour de vos politiques publiques
  &lt;/strong&gt;
  : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
  &lt;/strong&gt;
  Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Faites émerger des projets impactants sur votre territoire :
  &lt;/strong&gt;
  Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M115" s="1" t="inlineStr">
+      <c r="M109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous trouverez des exemples
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   ici
 &lt;/a&gt;ou encore :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
  &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
   programme
  &lt;/a&gt;
  a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous vous reconnaissez dans ces expériences qui guident nos projets :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
  Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
  &lt;/li&gt;&lt;li&gt;
  Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
 &lt;/li&gt;&lt;li&gt;
  Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
  &lt;/li&gt;&lt;li&gt;
  Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://france.makesense.org/organisations/collectivites/</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>sylvia.garzon@makesense.org</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>144505</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Participer au financement des études structurantes des territoires de projets</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I116" s="1" t="inlineStr">
+      <c r="I110" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J116" s="1" t="inlineStr">
+      <c r="J110" s="1" t="inlineStr">
         <is>
           <t>Plafond de dépense subventionnable : 100.000€ HT</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études structurantes des territoires portées à l’échelle d’un EPCI, d’un PETR ou d’un groupement d’EPCI peuvent être subventionnées lorsqu’elles répondent à :&lt;br /&gt;- des objectifs de cohésion et de développement des territoires,&lt;br /&gt;- la mise en œuvre de la territorialisation de stratégies départementales (hors études relevant de règlements sectoriels - tourisme, la mobilité, le transport, et les schémas directeurs cyclables éligibles…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espace public
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Accès aux services
 Risques naturels
 Equipement public
 Accessibilité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes reconnues comme structurantes dépassant le cadre d&amp;#039;un seul EPCI ou engagées à l&amp;#039;échelle d&amp;#039;un CRTE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d6f-participer-au-financement-des-etudes-structur/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>144506</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Participer au financement des études de planification urbaine</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J111" s="1" t="inlineStr">
         <is>
           <t>Montant de la subvention : 25.000€</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les études de planification urbaine à caractère intercommunal peuvent prétendre à une aide départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Commerces et services
 Risques naturels
 Equipement public
 Accessibilité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes de planification urbaine ayant un caractère intercommunal.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9ac7-participer-au-financement-des-etudes-de-plani/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>144509</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Dotation de revitalisation</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J118" s="1" t="inlineStr">
+      <c r="J112" s="1" t="inlineStr">
         <is>
           <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale et engagées dans un politique de revitalisation, dynamisation ou de restructuration de leur centre-bourg ou centre-ville peuvent bénéficier d&amp;#039;un soutien départemental aux conditions et selon les modalités détaillées ci-après.
 &lt;/p&gt;
 &lt;p&gt;
  Pour solliciter l&amp;#039;aide du Département pour la revitalisation, la dynamisation ou restructuration de son centre-ville ou centre bourg, la commune devra réaliser préalablement une étude globale de son centre-ville ou centre-bourg de type « Plan de référence » qui définira un plan d&amp;#039;action global et pluriannuel.
 &lt;/p&gt;
 &lt;p&gt;
  Dotation maximum allouée au plan d&amp;#039;actions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ville moyenne : 350 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Moyens et petits pôles : 300 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Pôle de proximité : 250 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La dotation est susceptible d&amp;#039;être augmentée à hauteur de 20 % dans le cas d&amp;#039;une mise en œuvre effective d&amp;#039;un programme de logements sociaux, à loyers modérés ambitieux dans le centre-bourg. Ce programme devra être établi en cohérence avec le schéma départemental de l&amp;#039;Habitat et contribuer au plan « Bien vieillir dans les Landes » en intégrant des logements sociaux et/ ou en favorisant le maintien des personnes âgées à leur domicile.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus devront concerner au minimum 2 thématiques sur les 4 suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   habitat et logement,
  &lt;/li&gt;
  &lt;li&gt;
   commerce et services,
  &lt;/li&gt;
  &lt;li&gt;
   cadre de vie et l&amp;#039;environnement, notamment la transition énergétique et écologique et les espaces publics en lien avec les mobilités,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements à destination de la population.
  &lt;/li&gt;
 &lt;/ul&gt;
 Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>144510</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Mettre en place un dispositif de collecte mutualisée des déchets de venaison</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I119" s="1" t="inlineStr">
+      <c r="I113" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La régulation du gros gibier constitue un enjeu important dans les Landes et génère une grande quantité de déchets issus de la dépouille, de la découpe et de l&amp;#039;éviscération du gibier.
 &lt;/p&gt;
 &lt;p&gt;
  Pour des raisons sanitaires évidentes de réduction des risques épidémiologiques notamment, la collecte et le traitement de ces déchets a commencé à se structurer dans les Landes.
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est pourquoi le Département, en partenariat technique avec la Fédération des Chasseurs des Landes, souhaite accompagner les Groupements de Communes mettant en place un dispositif de collecte mutualisée de ces déchets et leur apporter un soutien financier à l&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;intervention présentées ci-après s&amp;#039;entendent dans la limite de l&amp;#039;enveloppe budgétaire votée annuellement par l&amp;#039;Assemblée départementale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Objet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une aide du Département est accordée aux Groupements de Communes pour la mise en place de points de collecte mutualisés des déchets de venaison.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions générales d&amp;#039;éligibilité
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout investissement ou démarrage des travaux et comporter l&amp;#039;ensemble des pièces mentionnées à l&amp;#039;article 3.
 &lt;/p&gt;
 &lt;p&gt;
  Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention, mais sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Dossier de demande
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de demande de subvention doit être adressé à Monsieur le Président du Conseil départemental et doit comprendre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le descriptif technique de l&amp;#039;opération, faisant apparaître ses objectifs ainsi que son échéancier,
  &lt;/li&gt;
@@ -26556,152 +25398,152 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Annulation de la subvention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout changement d&amp;#039;affectation de la subvention du Département sans accord de ce dernier en entraînera son annulation et le cas échéant son reversement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Contrôle
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le contrôle de l&amp;#039;exécution des opérations est effectué par le Service Milieux Aquatiques de la Direction de l&amp;#039;Environnement du Conseil départemental.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=177</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
   environnement&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2189-collecte-des-dechets-de-venaison/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>144515</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Mener des projets de prévention et collecte sélective des déchets ménagers et assimilés</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Objet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une aide du Département est accordée aux Communes ou aux groupements de Communes pour la prévention et la collecte sélective des déchets ménagers et assimilés.
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;intervention présentées ci-après s&amp;#039;entendent dans la limite de l&amp;#039;enveloppe budgétaire votée annuellement par l&amp;#039;Assemblée départementale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr&amp;#34;
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions générales d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout investissement ou démarrage des travaux et comporter l&amp;#039;ensemble des pièces mentionnées à l&amp;#039;article 3.
 &lt;/p&gt;
 &lt;p&gt;
  Une autorisation de démarrage anticipé des opérations pourra le cas échéant être sollicitée préalablement à la décision d&amp;#039;attribution de subvention, mais sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Dossier de demande
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de demande de subvention doit être adressé à Monsieur le Président du Conseil départemental et doit comprendre :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    le descriptif technique de l&amp;#039;opération, faisant apparaître ses objectifs ainsi que son échéancier,
   &lt;/li&gt;
@@ -26882,150 +25724,150 @@
  Le Département se réserve le droit de demander au bénéficiaire de fournir les copies des factures justificatives du total des dépenses.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Annulation de la subvention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout changement d&amp;#039;affectation de la subvention du Département sans accord de ce dernier en entraînera son annulation et le cas échéant son reversement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Contrôle
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le contrôle de l&amp;#039;exécution des opérations est effectué par le Service Milieux Aquatiques de la Direction de l&amp;#039;Environnement du Conseil départemental.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=179</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
   environnement&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/41f6-prevention-et-collecte-selective-des-dechets-/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>144518</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Soutenir les démarches relatives à la sensibilisation et l’éducation vers la transition écologique</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Stratégie nationale de transition écologique vers un développement durable (SNTEDD) 2015-2020, adoptée en conseil des ministres le 4 février 2015, confère un cadre transversal à l’engagement pour le climat, la transition énergétique et la biodiversité.&lt;/p&gt;&lt;p&gt;Les grands enjeux économiques, sociaux et environnementaux du développement durable sont au coeur de cette stratégie.&lt;/p&gt;&lt;p&gt;La transition écologique est une évolution vers un nouveau modèle économique et social, un modèle de développement durable qui renouvelle nos façons de consommer, de produire, de travailler, de vivre ensemble pour répondre aux grands enjeux environnementaux, ceux du changement climatique, de la rareté des ressources, de la perte accélérée de la biodiversité et de la multiplication des risques sanitaires environnementaux.…&lt;/p&gt;&lt;p&gt;Sensibiliser à la transition écologique, c’est donner à chacun le pouvoir d’agir pour un nouveau modèle de société plus sobre et qui associe progrès économique, écologique et humain.&lt;/p&gt;&lt;p&gt;Au travers de ce règlement, le Département a pour objectif de réaffirmer son engagement auprès des acteurs de l’éducation à l’environnement et au développement durable qui interviennent sur ces thématiques en soutenant les nombreuses actions existantes et en permettant l’émergence de nouvelles initiatives.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention de fonctionnement pour :&lt;/p&gt;&lt;p&gt;- aider à promouvoir et développer la sensibilisation à la transition écologique sur le département des Landes ;&lt;/p&gt;&lt;p&gt;- inciter à des actions d’ampleur territoriale (à l’échelle d’une commune ou d’un établissement public de coopération intercommunale) voire départementale par la création de réseaux ou collectifs ;&lt;/p&gt;&lt;p&gt;- mutualiser des compétences et des outils.&lt;/p&gt;&lt;br /&gt;&lt;p&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions et critères d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une attention particulière sera portée sur les projets :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favorisant la mutualisation entre les acteurs de l&amp;#039;éducation à l&amp;#039;environnement et au développement durable ;
   &lt;/li&gt;
   &lt;li&gt;
    présentant l&amp;#039;engagement des collectivités locales ;
   &lt;/li&gt;
   &lt;li&gt;
    novateurs, soit dans leur contenu (thématique), soit dans la démarche proposée (approche, outils..) ;
   &lt;/li&gt;
   &lt;li&gt;
    selon le périmètre d&amp;#039;intervention.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
@@ -27052,171 +25894,171 @@
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    favoriser la participation active et concrète du public cible, pouvant à terme conduire à un changement de comportement;
   &lt;/li&gt;
   &lt;li&gt;
    être centrés sur la transition écologique même s&amp;#039;ils balaient des notions sur les pratiques économiques, la solidarité et le partage ;
   &lt;/li&gt;
   &lt;li&gt;
    être soutenus par les collectivités territoriales concernées soit directement par l&amp;#039;attribution de subventions soit par la mise à disposition de biens (bâtiment, terrain, etc...) ;
   &lt;/li&gt;
   &lt;li&gt;
    présenter un autofinancement de 20 % minimum du budget total de l&amp;#039;action.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Ne seront pas éligibles les projets relevant d&amp;#039;autres dispositifs ou règlements portés par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=200</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
+      <c r="W115" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/demande-subvention</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction Générale Adjointe Transitions Écologique, Énergétique et Mobilités&lt;br /&gt;
 Direction de l&amp;#039;Environnement&lt;br /&gt;
 Service Médiation environnementale et partenariats&lt;br /&gt;
 Tél. : 05.58.05.40.40&lt;br /&gt;
 Mèl : environnement&amp;#64;landes.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a47f-soutien-aux-demarches-relatives-a-la-sensibil/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>144547</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -27259,371 +26101,371 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R122" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W122" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>147706</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C123" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I123" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P123" s="1" t="inlineStr">
+      <c r="P117" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q123" s="1" t="inlineStr">
+      <c r="Q117" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R123" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T123" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>150687</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -27664,202 +26506,202 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>153399</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Développer des projets ruraux en Seine Aval</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C119" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="F125" s="1" t="inlineStr">
+      <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France
 Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J125" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>Dépend du régime d'aide qui s'applique pour le projet</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
 &lt;/p&gt;
 &lt;p&gt;
  -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
 &lt;/p&gt;
 &lt;p&gt;
  -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M119" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation d&amp;#039;un atelier de transformation
  &lt;/li&gt;
  &lt;li&gt;
   Communication autour de la valorisation des co-produits agricoles
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de points de vente de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
  &lt;/li&gt;
  &lt;li&gt;
   Financement de food-truck de produits de locaux
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haies
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de foncier forestier
@@ -27881,51 +26723,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un gîte touristique
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;aires de repos pour les randonneurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;un festival agricole
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un jardin pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
@@ -27946,357 +26788,357 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Inclusion numérique
 Protection animale</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A établir avec l&amp;#039;animatrice selon le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://leaderseineaval.com/</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Margaux GROSJEAN
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   margaux.grosjean&amp;#64;safer-idf.com
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>margaux.grosjean@safer-idf.com</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>154985</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Développer une attractivité du territoire ciblée, soutenable et créatrice de liens</t>
         </is>
       </c>
-      <c r="C126" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I126" s="1" t="inlineStr">
+      <c r="I120" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La démographie du périmètre du GAL Alsace centrale démontre plusieurs phénomènes : une croissance démographique sur une majeure partie du territoire et une perte d&amp;#039;habitants sur le territoire de la Communauté de communes du Val d&amp;#039;Argent. Ces caractéristiques démographiques posent la question suivantes : « Comment soutenir et adapter les services et les équipements de proximité aux besoins des populations et à la capacité du territoire ?  »
 &lt;/p&gt;
 &lt;p&gt;
  Parallèlement, certaines parties du territoire sont engagées dans les dispositifs Petites Villes de Demain,  Action cœur de ville et d&amp;#039;ORT (CC Vallée de Villé, CC du Val d&amp;#039;Argent, CC du Ried de Marckolsheim, CC de Sélestat, Villé, Marckolsheim) et s&amp;#039;attachent à des sujets comme le logement et le commerce dans les centres-bourgs. Il a été identifié durant les ateliers participatifs menés dans le cadre de la candidature LEADER, un besoin autour de la poursuite et du renforcement de ces actions pour créer du lien social, du lien entres les acteurs du territoire, promouvoir les initiatives locales, solidaires et dynamiser les centralités et les cœurs de villages.
 &lt;/p&gt;
 &lt;p&gt;
  Par ailleurs le tourisme représente une activité importante pour l&amp;#039;économie de l&amp;#039;Alsace Centrale dont les principaux atouts sont le patrimoine historique, architectural et naturel.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M126" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1.	Soutenir les actions visant la mise en réseau des commerces et des artisans pour améliorer leur visibilité et/ou trouver des repreneurs
 &lt;/p&gt;
 &lt;p&gt;
  2.	Soutenir l&amp;#039;émergence et le développement d&amp;#039;initiatives de l&amp;#039;économie circulaire et de l&amp;#039;économie de la fonctionnalité
 &lt;/p&gt;
 &lt;p&gt;
  3.	Soutenir la création et le développement de tiers lieux, d&amp;#039;espaces de travail partagés, de fablab, dans le cadre de l&amp;#039;économie sociale et solidaire
 &lt;/p&gt;
 &lt;p&gt;
  4.	Soutenir les projets de commerces et de services solidaires, (non lucratif doté d&amp;#039;intérêt général) et/ou relevant de l&amp;#039;économie sociale et solidaire
 &lt;/p&gt;
 &lt;p&gt;
  5.	Soutenir les évènements et les festivités vecteurs de lien social et/ou intergénérationnels au sein des communes
 &lt;/p&gt;
 &lt;p&gt;
  6.	Action d&amp;#039;animation en faveur de la sauvegarde et du développement de la vie associative du territoire
 &lt;/p&gt;
 &lt;p&gt;
  7.	Soutenir des actions de promotion et/ou de mise en réseau des acteurs du tourisme vert ;
 &lt;/p&gt;
 &lt;p&gt;
  8.	Accompagner la création d&amp;#039;hébergements touristiques écoresponsables ou l&amp;#039;amélioration des hébergements touristiques existants dans une démarche écoresponsable (équipements, aménagements, démarches de labélisation)
 &lt;/p&gt;
 &lt;p&gt;
  9.	Soutenir les projets de mise en valeur et/ou de restauration du patrimoine culturel public ou privé, bâti ou non bâti, inscrit ou non protégé, et pour lesquels  des actions de médiation envers le public doivent être organisées au moins une fois par an.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Lutte contre la précarité
 Artisanat
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T126" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb08-developper-une-attractivite-du-territoire-cib/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>154987</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Impulser le changement avec les habitants</t>
         </is>
       </c>
-      <c r="C127" s="1" t="inlineStr">
+      <c r="C121" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Fougères Agglomération
 L'Europe s'engage en Bretagne</t>
         </is>
       </c>
-      <c r="F127" s="1" t="inlineStr">
+      <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bretagne</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Principes essentiels
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une stratégie locale
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
  &lt;br /&gt;
@@ -28463,248 +27305,248 @@
  &lt;/em&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Enjeux
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
  &lt;/li&gt;
  &lt;li&gt;
   Mutualiser les moyens
  &lt;/li&gt;
  &lt;li&gt;
   Échanger
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P127" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q127" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>CA Fougères Agglomération</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
 &lt;/p&gt;
 &lt;p&gt;
  Fougères Agglomération
 &lt;/p&gt;
 &lt;p&gt;
  Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CS 70665. La Selle-en-Luitré
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  35306 Fougères CEDEX
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>vjanvier@fougeres-agglo.bzh</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>157090</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un territoire sobre et résilient</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J128" s="1" t="inlineStr">
+      <c r="J122" s="1" t="inlineStr">
         <is>
           <t>Plancher = 7 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Une sensibilisation des acteurs à la sobriété énergétique du territoire
 &lt;/p&gt;
 &lt;p&gt;
  - Un développement des projets de rénovation énergétique des bâtiments publics et privés
 &lt;/p&gt;
 &lt;p&gt;
  - La production d&amp;#039;énergies renouvelables sur le territoire
 &lt;/p&gt;
 &lt;p&gt;
  - La réduction des volumes et la valorisation des déchets
 &lt;/p&gt;
 &lt;p&gt;
  - Un usage renforcé des mobilités actives et décarbonées
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;entretien et la valorisation des espaces naturels
 &lt;/p&gt;
 &lt;p&gt;
  - La préservation des ressources naturelles
 &lt;/p&gt;
 &lt;p&gt;
  - Le développement des filières à potentiel
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Productions d&amp;#039;énergies
 &lt;/p&gt;
 &lt;p&gt;
  - Maîtrise des dépenses énergétiques des bâtiments
 &lt;/p&gt;
 &lt;p&gt;
  - Traitement et/ou stockage de l&amp;#039;eau
 &lt;/p&gt;
 &lt;p&gt;
  - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
 &lt;/p&gt;
 &lt;p&gt;
  - Valorisation des ressources locales
@@ -28726,73 +27568,73 @@
 &lt;p&gt;
  - Production d&amp;#039;énergies renouvelables
 &lt;/p&gt;
 &lt;p&gt;
  - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
 &lt;/p&gt;
 &lt;p&gt;
  - Développement des mobilités décarbonées et/ou actives
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
 &lt;/p&gt;
 &lt;p&gt;
  - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
 &lt;/p&gt;
 &lt;p&gt;
  - Formation et information des professionnels et acteurs privés
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Innovation, créativité et recherche
 Biodiversité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -28826,379 +27668,379 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;a target="_self"&gt;
  &lt;p&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/p&gt;
 &lt;/a&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>157095</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
         </is>
       </c>
-      <c r="C129" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 EUROPE - FEDER - Fonds européen de développement régional
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 France Ruralités</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
  &lt;br /&gt;
  • trouver des pistes de financement pour les projets ;
  &lt;br /&gt;
  • monter au besoin les dossiers de subventions.
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
  &lt;br /&gt;
  Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
  &lt;br /&gt;
  Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>158480</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -29230,484 +28072,484 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P130" s="1" t="inlineStr">
+      <c r="P124" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W124" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>158943</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Aider les citoyens à trouver que faire de leurs déchets</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Que Faire De Mes Déchets</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  « Poubelle ménagère ? recyclage ? déchèterie ? »
  &lt;span&gt;🤔&lt;/span&gt;
  &lt;span&gt;🚮&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de refondre l&amp;#039;outil Que Faire de Mes Déchets  pour savoir facilement où jeter les déchets en tout genre : vêtement, téléphone mobile, masque à usage unique, ...
 &lt;/p&gt;
 &lt;p&gt;
  Les points d&amp;#039;apport listés sur ce site seront mis à jour régulièrement.
 &lt;/p&gt;
 &lt;p&gt;
  Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les questions du cycle de vie d&amp;#039;un déchet :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🗺️&lt;/span&gt;
  Où le jeter : à la poubelle ? dans une déchèterie ou un point d&amp;#039;apport ? où est le plus proche ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🔄&lt;/span&gt;
  Que va-t-il devenir ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;❌&lt;/span&gt;
  Comment éviter de le produire ?
 &lt;/p&gt;
 &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Que_faire_de_mes_dechets.gif" /&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cet outil est, par exemple, repris sur le site de
  &lt;a href="https://www.hautbugey-agglomeration.fr/vivre-habiter/gestion-des-dechets/ordures-menageres/" target="_self"&gt;
   Haut-Bugey Agglomération
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
 &lt;/p&gt;
 &lt;p&gt;
  Pour intégrer
  &lt;a href="https://quefairedemesdechets.ademe.fr/" target="_self"&gt;
   Que Faire De Mes Déchets
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Cliquez sur &amp;#34;Intégrer ce simulateur&amp;#34; (bouton
    ) sur la droite de l&amp;#039;écran et copier le script proposé.
  &lt;/li&gt;
  &lt;li&gt;
   Adaptez le simulateur à vos besoins : couleurs, paramètres du simulateur ...
  &lt;/li&gt;
  &lt;li&gt;
   Copiez le script personnalisé associé
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Si vous utilisez Wordpress pour votre site :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   assurez-vous d&amp;#039;être en mode éditeur back office (et non pas mode classique)
  &lt;/li&gt;
  &lt;li&gt;
   cliquez sur l&amp;#039;onglet &amp;#34;texte&amp;#34; à droite
  &lt;/li&gt;
  &lt;li&gt;
   copiez/collez le script à l&amp;#039;endroit désiré
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://quefairedemesdechets.ademe.fr/</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : quefairedemesdechets&amp;#64;ademe.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>longuevieauxobjets@ademe.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/94c8-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>158944</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Aider les citoyens à trouver que faire de leurs objets inutilisés à l’échelle locale, et à consommer de façon responsable</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Longue Vie Aux Objets</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Comment se débarrasser de façon vertueuse ? Quelles alternatives à la consommation d&amp;#039;objets neufs ?
  &lt;span&gt;🤔&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ADEME et l&amp;#039;Accélérateur de la Transition Écologique viennent de lancer l&amp;#039;outil
  &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;
   La carte des acteurs de l&amp;#039;économie circulaire et de la réparation&lt;/a&gt; pour mettre en lumière les solutions proches de chez soi pour désencombrer son logement, et pour consommer de façon responsable en privilégiant le réemploi et la réparation de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  La carte met en lumière des acteurs et solutions de proximité et apporte des réponses pour les objets du quotidien : vêtement, téléphone mobile, mobilier, électroménager, ...
 &lt;/p&gt;
 &lt;p&gt;
  Les points d&amp;#039;apport listés sur ce site sont mis à jour régulièrement.
 &lt;/p&gt;
 &lt;p&gt;
  Librement réutilisable &amp;amp; intégrable en iframe sur tout type de site comme tous les simulateurs de l&amp;#039;Accélérateur de la Transition Écologique, ce simulateur a aussi pour but de sensibiliser le plus grand nombre sur les alternatives à l&amp;#039;achat neuf, en mettant en avant des labels et bonus réparation dont le citoyen peut bénéficier.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1) Carte centrée sur un territoire : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAA90AAALQCAIAAAACRYS7AAAgAElEQVR4AeydDXxT1f3/s/39b/w2t7G/P3/y&amp;#43;&amp;#43;k2EbfB7&amp;#43;emqHM/dJvCpkOcoqgIVVRkVJ4UscJwBVcdiihPrbXyUCkCLY/lScqDWqo8tEqhPJVSoKRt0jRNmtwkTdKkSZP73znfm5OTm/Q2bdM0Ld&amp;#43;88mpP7j2Pn/tw3ud7v&amp;#43;dclYgfVAAVQAVQAVQAFUAFUAFUABXoaQVUPV0BLB8VQAVQAVQAFUAFUAFUABVABUTkcjwJUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC7HcwAVQAVQAVQAFUAFUAFUABXoeQWQy3v&amp;#43;GGANUAFUABVABVABVAAVQAVQAeRyPAdQAVQAFUAFUAFUABVABVCBnlcAubznjwHWABVABVABVAAVQAVQAVQAFUAux3MAFUAFUAFUABVABVABVAAV6HkFkMt7/hhgDVABVAAVQAVQAVQAFUAFUAHkcjwHUAFUABVABVABVAAVQAVQgZ5XALm8548B1gAVQAVQAVQAFUAFUAFUABVALsdzABVABVABVAAVQAVQAVQAFeh5BZDLe/4YYA1QAVQAFUAFUAFUABVABVAB5HI8B1ABVAAVQAVQAVQAFUAFUIGeVwC5vOePAdYAFUAFUAFUABVABVABVAAVQC5PuHPg5Y&amp;#43;OXlHfhDsAWCFUABVABVABVAAVQAV6QgHk8p5QXbFM1ciVV8531Py9imLgTlQAFUAFUAFUABVABa4UBZDLE&amp;#43;5Iq0auvHvWzuOXGvv8VzVyZTRc7vf7E&amp;#43;4gYYVQAVQAFUAFUAFUoJcrUF/vSLQWIJcn2hERgcsTrlqxrpDF0dIul3s8HofDYbPZBPygAqgAKoAKoAIxVUClSsfvFa7AL36xbvz4/fn5VbFmnM7nh1zeee26KSVyOQjb0uJBIo9pH4SZoQKoACqACgQVuMKRFJvPFPjFL9YVFdV1E9R1NFvk8o4q1u3xkctFUXQ6iaU8ePvEECqACqACqAAqEFMFGJZhABUYP35/t&amp;#43;NddAUgl0enUxxjIZeLomiztcT09ouZoQKoACqACqACIQogjKICvAJxBD2lopDLldTpkX0d4nJ38RHb8iXNBZ&amp;#43;GV7V5/17b8iXs69yR73e5&amp;#43;GherYbtZYGmlVksjvubr2F7a6ORbfRWXYKNnsrzbKNjYy7LgQU85WdZhPBAu/7lIbdP/IEKoAKoACqACsRUAZ7JMIwKhINKj2xBLu8R2ZUK7RCXG0aP0g68XnfrELG1VZap&amp;#43;ZUZ2oHX89/6u27z1lSzaO6SYn4vhHW3/4pFsH2wHDZa/vkPttE0eSJsdO7czjZCNWS5ObZsZBHCA8jlMe1fMDNUABVABVCBjimAJIoK8AqEg0qPbEEu7xHZlQqNnsu9mlqGws2fH5BlKnH5oJ8Yxz3e8MBwiGkc/wSLxrhcf/99xnGPw9f04iQWgXF53eCbfIIgiqKn/CwrMYTLH31IO/D6uv/5BcvHOO5xV9FBllV4ALm8Yx0IxkYFUAFUABWIqQI8k2EYFQgHlR7ZglzeI7IrFRo9l1vfW8go2TQtWZYpcHnd//ycbPf5GidOgMg&amp;#43;wQwxGZc7d&amp;#43;&amp;#43;UpYWfjMu1A68HkzkzlmsHXh/C5dRs3/DQAxHzibgRuTym/QtmhgqgAqgAKtAxBZBEUQFegYisEv&amp;#43;NyOXx17ydEqPlcr&amp;#43;/ftidxInlzlsJcN/8M5/Nxmctcfl/3wwb7etygMs95ytgC&amp;#43;Ny09TJzCncq6llmdgy0xn31w2&amp;#43;yX3kEPtJuHzXDhYT/Fjq77qN5ePckc/2Rgwgl3esA8HYqAAqgAqgAjFVgGcyDKMCEVkl/huRy&amp;#43;OveTslRsnljKqdn&amp;#43;6q&amp;#43;8WN2oHXOzbm8lnLuNyxZSNQdcvZ0xCN5cDTtrv4CMuEt5cTN5XBN/ExnbvlXM7vbXw2ieUTMYBcHtP&amp;#43;BTNDBVABVAAV6JgCSKKoAK9ARFaJ/0bk8vhr3k6JUXK5MHsWMZbf9t9ia2vjxGe0A683PvkYn3WbXH76FERrn8sD9nLefYWFw&amp;#43;3lyOUd6xMwNiqACqACqEDPKcAzGYZRAZ6gejCMXN6D4kcuOhou97vddbf8ErjcOO7x&amp;#43;t/9FpiY90KRuHzIICimKXslxPFcvABbGJe36V8e4HLPxQu6W4doB16vv3eY&amp;#43;&amp;#43;sSyCecy9G/vOf6FywZFUAFUAFUoGMKIImiArwCkZks7luRy&amp;#43;MueXsFRsPlzl07eOM0C9vSl7LsJS4ffJO7pNixYZ3&amp;#43;/vsCKyp6IQ7jctvS990lxfBtOVHKcmB&amp;#43;LK36etfhr2zLl7ScPtVyojQCl9P1WPTDf8fycZcUtxqDq56zPFkA/Vg61oFgbFQAFUAFUIGYKsAzGYZRAcYnPRvodi6P/ki//PKXXq&amp;#43;Pl8NVdLj22z&amp;#43;uVf1I&amp;#43;csn6QPhaLi88fmnCWT/ejCbZ6kf/juwZzMFzDOnM15ngaZVH7EIjMvZXpJnpPXLW/X1LFXL8WMSl7e7fvnmPJYqPIBcHtP&amp;#43;BTNDBVABVAAV6JgC0fMJxrwSFAgHlR7Zkihc/pe/7A5vv&amp;#43;dshfZHP1GG8lrVj8IT9uot7XK5z2zS3vxT7cDrhb&amp;#43;9xlra9NGHgMstJ47DRrCXM&amp;#43;bW3zusacWHot/PkiCXd&amp;#43;wWjrFRAVQAFUAF&amp;#43;pAC3cGa99yz9d13T3z1lV6vd&amp;#43;v17i&amp;#43;/rH/nneN33rmpO8rCPGOrAKOjng0kBJdffXVWfb0johDmF19BLo&amp;#43;oTG/fiPbyPtS7YVNQAVQAFeh9CsSW6gYPXn/kSIPT6Y/43bWr&amp;#43;ic/WRPbEjG32CqQIFiVEFx&amp;#43;xx1tvrC9KWMFcnmCnCuxrQZyee/rxLDGqAAqgAr0IQViSHVDh27U6VxOp7&amp;#43;62vHqq0eGD99&amp;#43;zTWrrrlm1YgRO2bPLtZqm51O/&amp;#43;XL9p//fF0MC&amp;#43;16VlknySiiLDO961lFm8NLmnqn36nRvKiKY6HRlRVbyOl0bgnB5VdfnSXzLIf2nD59&amp;#43;ugn65HLO310Ezlh7&amp;#43;Hyyk2vJyf/bX15d/ZGB5clJycvOWDqzjISMu9D6cnJyYsKdAlZuWClKjelJien5JwKbsEQKoAK9HoFokXJ9qju5ps/qasj5P3xxxU//OFH4dn&amp;#43;&amp;#43;McrN2&amp;#43;ucjr958/b/uM/VodHaHMLUCyzwdu89SfVC0fFjGiRy3nlEwSZepLL//M/s5kiX35ZF66IyWRy6fXaawcpo3l4wl69pV3/8l7dOlb5buPykqwZydJnyrSZ8zMOXOpi53FwCWXmLuaimDwe6K9YgZ7aGcK7lNHndu8AqJMNPZQxpTcMHzrZOkyGClyhCjAC6WKguNjgdPrff/&amp;#43;kcj65uRedTv/WrZeVo4XsDXC52eAlXxt1kjGblt4VGzRHLufVZnzSs4Ee4/Jnnjnwpz9t37evxuVq3bCh8vhxQ1tCNI59Hrm8LXF67/bu4vLqXWnJycnvF9RWV5buyUiZkpw8M6ukK3bo85vmJifP3dC95vLuR/&amp;#43;2&amp;#43;t0QMm4rUrdt53m3dtdbyclTMg51W2Gdz/jCpnnJySlr0FzeeQkxJSqQgArwTNbp8KOPFjid/vJyy//5PxnKmVx9dVZtrdPp9N9&amp;#43;&amp;#43;0blmMG9EpebssBmf/uJYgNBc/XGPcE47ZnzFWIil/PiJAhQ9QyXT5168IYbPtbrnRs3XnjxxcJXXz30zjvBZbNl0mi&amp;#43;/5/I5TJN&amp;#43;sDP7uLykqxpHEKVrJiWnDwtq6QLPUIRZebPupBDu0njgf5tVYIn47bidNt2OogK8O6pnJTk5Ld21XZbaZ3PmJ5Ui/YmurdN5xuIKVGBK1IBnsk6HV637oLT6Z80qTCaHFJTv3Y6/W&amp;#43;/fTyayCSOjMtV6S/vI17sztJyLoecse&amp;#43;qyzTSfFOzxrR9fj63N111e1HOYUe9WYpQf9GQMzkHIkhcvvHE3gqardPvrLfujZRcMtXbXOrD5c8FRwLlZcTHxrQ926CuJ/kHXNWhSl5pCqzZVbbjxJ8hFbRIo1mabZKqZPPWl/J5pqtUeS9mG9R0BOJ0&amp;#43;usvGrImBJ8PSHXeUVl8MVyKYLQQBYIVVoqQIGTVA1z&amp;#43;rW&amp;#43;lf/e7mcnJhTt2VL311je//nXua68d/vxzTUWF2eMJWb9cFEXP&amp;#43;QvKUH4FrpMYk1PHaG0uOq3LP6Jeve/8oq2n0jYch&amp;#43;&amp;#43;7W05u&amp;#43;rLqSLm&amp;#43;qt4Wk4LayqSbuLx2JzGXM4Sq3DiXOKEUSX2O8cKBjPkzpxE3lzAXl4byA6vS5s4iO6fNnJu26kAVtbLTHFIy1q5O&amp;#43;xtJOG3mvIzPqoJdWG3JpkUp06bQHGcv2lTK0I16vyzIWp1KMpTQs40iBIr&amp;#43;aas2LZk/k2Q1I2XRxmBGQptFBGtBQrUl25bNm0l9eEIqWb5&amp;#43;bnLyvM2VLDb1ZScu3eUbiDjcJzCAqT1VwKSYNXfR2kMghSAIB5aEmrTpiCIA1pGazEqlgdqSbUvmpxAdZ8ycuyjn0B4yiErbSVHcRPKWsmq7ziSbz8hIaUH2pkV/64JcxkpyuOFckAkuGCv308M9JXnazJR5HxQc2pDGRnf0fJi7ZMWiFHJgqWe8qbZk46IU8J4KyUpXsmqedLalBvypTOW7pBNmWsqiTaVaEMhYuT8jEHXmvA&amp;#43;kcy9UPPyFCqACMVagE&amp;#43;gWnqSqyu50&amp;#43;q&amp;#43;7Liqv8VtvzXM6/YcO6cPzibwljMv/UURht/QUi//yDgfBX5tLfdJUJuG1t2z5ZinCqPIyIHIb5wnj9JZlEnYHxgV6DvrJOB3bpwb4dYSU3KyxlpWa1JCVWh2YtQlcTonf5jWbvZTLc17&amp;#43;lFbJ6XeaSaESnWs0LwdHGjQJt9dceuq3Ej3nZ5XSJGbXuVJTmRqSB6skr3PIECVQ7ehAnGkIgbZwJc7be4DLof033/zJwIE53/lOZlLS/tTU4rlzjy5bdpI13luj0Vz9X7Xf/rFu0G3I5UyWrgeamj1Fp3UfH6hkIK4QyN5//utKg8MlvR&amp;#43;066XzOXQTl4cayHUFC5KTk&amp;#43;dtukDv5uWb5k1JTp6dceBMbWXptkUzk5NnZhwCkC7ftWBmcvK0uRn5JeVnSralpxBafaegVhCo03Ny8sx5q/eUlkOq5LRd1TRD7cElJJMFm45W1p45mJWanDxl3qbzdBcF1mSyM6fgswOHynVC20VUbp5HipuSsmTjwXLIh9n4FYrge6iGg0um0cKKymsvlOSkJicnp227TGNQis34isUOOq4YtbW1exYRutxTW1tNvkaTEFLPC6UFVIqZyw5SncrX/y05OXVTkPG/ygiOgsKbzMqkgfKNpJnTXs8oKK0sP7otYzaMCAKDAV35oc8OlMJkgLbrLAiB4URX5BLK179OBM/YU1pZXV7wPjn2WUehurqDy2aSA/dOzsEzlaWf5ZATg3ykg05HNTRt/oEDn5VWCRB/5oKNJZXV5QdXkDbCKKiKDhHTtpbXnikgJ1vatipBKFkxMzk5JauosvJozrwpyTM/LDEKAiiTkn6gvLqyNJ&amp;#43;emOnSiRkqIf5CBVCBWCogw7LO/TSbCTh&amp;#43;&amp;#43;9vtOLFA5j/4wUdOp1&amp;#43;nc0VbViiX3zpXo6Yu5ueyAxbxCWo1wV9TzljJBP7nFSZzcMGT/JwzlIDV9QulCHkvbrTWV6jn3E4QVmJcszVvah6p0qB9EN98&amp;#43;AStYc7CEtK6&amp;#43;n3FtwLpDjq0lxrmA3ZxicvNpZXP0QxJqrn1pAJO77mNRZDqxrEnDqpdxcv33chxufrzE2MHkTrcOreerNDidOQ9Qn7e&amp;#43;K4B6g81VKlyZI8IAnU25Uygde4UgkfUn0eUHgz3GJfPmnXopz9dc9ddm771LXIkHn10D/fGG7F5x552cZxF6EH5uqPobpr32dTsmZ1dMmjixlumbP3T63uefq9w1spiBuWpa489&amp;#43;fbngydvZltmrjg6c8XRlNUlaRuOr/viYsxb2j1cTn2Uk&amp;#43;fmfFNbK2fKUzmzk5NnLDkgWSgF3X6KpMQ5gU67nDJvU9CHXFeydRu1ZVKK5Xbp9pJU1ACvO/B&amp;#43;cnIyN0&amp;#43;ROmJIFl8KrAGcFRSLAPSfuaQoYGsvIw4dczdWCoJiEaHdk/FCaXmgaWCAh6cE1CgeGJmQJCGOK/TxQkpOGcsrghQHCPLTtUioSTs5PegBTkcUgeTyJrM8aYCKk7yooJb5&amp;#43;htLsgjyBgY5XHTlOlMynpl11Cil6JRcQu2pU2xCMPgREcGlsyIluzSQuyBc2JZGHmKAM1TY&amp;#43;UDPIm76AT3NqFoha&amp;#43;w06MiYB860wNo&amp;#43;Rq2OlEKVmbbkQODww0FP/DVquAOGQVSgdyoQEc46utFgaHE6/VdfnRVNwuuuW&amp;#43;10&amp;#43;mtrndFEJnEkLqdszVZlUWtepkSrUqWP3Uos0&amp;#43;bPi7kMvzlIPEAo5o64dI4i73bOD4SLKXF52QqJ6cmu&amp;#43;ZSq1WrqrHKimAwDrDkjCKfB9971VlKiBO6SH0tWoD4qVTpY9M0lJwiFh3&amp;#43;hRfXUdi7tzc&amp;#43;rIA0sW07iLywh4XM5gYGHKl0FrTAbFtL4wOUhdQ4vpVNbYs45ncuwx7gcjtZ3vpO5YMExm60lvPau/V8YH3yCwbdCIDxtr97SHVy&amp;#43;t1Rz08SNqpErZd8fPZ5z43N5P52Qy7YnZxwaPHnz//3Latjy72M/&amp;#43;c3L2594&amp;#43;/O7X9154lJjDIXtHi7nFmMhNs6Z8wLuKAKlt5S13NQ9RmN017QPIzqhU4pdciDY6RCfE2ri1RUQQn&amp;#43;f4ZQgCNSRY9lBwl/EBM4hu1IRFPUCrEYKohUj3h2KRQSrFBoyamsr8xcwvwu550noFEb6eIFDwIj1pNZrYgMOcy/hVzmUNzm0VqfWpBC4Dw4AiOcNmegp8W5IbMU6h61d0zW5hIba2sOrUyR3GlCcE4TUi55UkuO77Hyg8acsCjkJ6JKXBwWhdjd5WJOSfqAyyPhC6Sr6hGVjCRufSMpwJya4ykgPXkKEwR&amp;#43;oACoQSwUiUGPHee7kSbPT6R88eH00uf3pTzudTv&amp;#43;&amp;#43;fZpoIpM4AS4nTibgQ2I2LOQgOKs0FNkZuztde6emq94lC8U4QyA4hJUlxuXXL4cSYX3xqXSt8WCeXFmS90iAy4O67duuppDNs35wb6BFoeuXc9UoAnu85PoSUrQ0&amp;#43;ZWLHNKWaCXlKxMajiHhdCWrbufyrlTuykwbcy5P23D8qockzmb8HTFw0/N5r6wo/t7oj9neX0za9GLGoTtf2q4aufL7j378yecXYnVQuoXLYTEWilCn1qZwzgkC&amp;#43;J2DRwL/N21nLexaEnFmZyjFEuAmDuvU/EznAvJZQXjaCsL3PLASAqUuDZGLCDVgkz6HupsTzxPFIkJ6J1PtqT05i8A9fco06mUOdmhKsW15ngD4c8tyR64n5XIyTmAVk8oOusSENzmkeoDgyUvIkCX44Xk3uFUyKrdZ57BlK1mtopdLMFYWbcp4C9zLp82kEweoPZxW6XXOUUcQBHpSwWEV5OeDbBwYOB2kwYaudOOCmWRFoAXbTgXY3FR14IO5xDV9dtYh4lcPT3gCCYP/IzxG4DXCMCqACnRdga6TnEqV/sEHZ5xO/6uvHokmt5SUo06nf&amp;#43;nSoHd4O6kkLqdIOuhEMUXz&amp;#43;k8PsVQAqeqiypxs2ffEi4O6zOVQusG0XZ55ZdbcXbQOClzeBjTz3B/AYg61D&amp;#43;0l80e9ZVtlzanMySyGmaNc5DaKCGTLVIoyECu86WI&amp;#43;yOVdFDD2yWPL5XPXfMMgWyHw/55c&amp;#43;/iCz8CJZcoHh74TsJeHJ1m4OTgNoCuN7xYup2QmeZLoDiyaIjn1Bnh6bkQbJLh3R4Zm3n&amp;#43;adgLEOQHW8qM4yGaUhvYQFLY43lUqQo56HPorFcEXSF2cp6Rk7C&amp;#43;v1RL&amp;#43;4&amp;#43;zNQRM&amp;#43;JIBprAG7NfUX55ZAiVjPkg&amp;#43;pH0sZVIzT0HRwSXBVb3mT&amp;#43;fpJqC17cRLPuyGxFesMTzm4ZSuDI6Vo5QJ/buoRXkvk4txmaNH8swtqLg9OTqUnGJtVzD8hCWkB/&amp;#43;MSdS6fEbJYp66UOJdTj3M6cJKNBPjkGEYFUIFuUyBKXFOOBibwqir7d76TqRzz&amp;#43;9/PqqggTiBDh3ZynUTJ99rp2vuShKQvfkrWJAn1Y&amp;#43;FolfmxjOc2ctgagXFDuBmw25rT5nLp4Vwu&amp;#43;bE4S8BDPazckPylvXw14AnAuZzAvFWutiAvH1lZ8I7u7QrSxDAtcnkMxYxNVjHk8lV7K8LBOnzLLS9u&amp;#43;XNqAfMsT9tw/Jn3DoZHY1u2Hb7c9aZ2B5eDuZdhE/UQCMzno9DGdpH7vLZc8jCWO/gKwqVSmIBIOZX3vuAoigJiYCkS2m&amp;#43;Yqk6dASdhakblvSHaLkKIiP5gWlYqguupKOAGXZxNpcQtQ7I3U78LOuOQJDDR&amp;#43;Y5B1xE5AUu&amp;#43;ztIsT1oETJal4EjVCOgpCLrPiOO5tJoKOHvwTeYqSOCWLlgZ9KGXJ&amp;#43;djK9YZ4Jt7uAFu3MQSH6VcUNWgbxKdHCytmw7Wa27sIVG7NDmVnmBh58PsnFPMaV4Qqk6Vk5MgeDJw4xl2ygkCqzYd6S0qYHMDBEF35hRbAIfXBcOoACoQWwU6ym1txS8s1Dmd/hUr&amp;#43;LULw3hUlb5q1bl/rdzy0UftRAspBSjWGVi/XBVYq4S5psC8T6dr7yvMRzxvzj7rua2HqHt3YN6nRhOYRknnfV5Ug4d6BMYN4WZp3qf5ZLm0yqEq/caxlWUXDUuld45G4HI277Msm070JEnovM/F1MQekn8ELpfGHmZTFnut6aB9OaWOYkgemKsamHgaQecQAcOwXmFv18EmJjkgl8dExlhmEisur9RafjFpE4Pp8AD4q/xX0vq7X92ZnH6I5/K0DccfemNfeBLY8r3RH5&amp;#43;rEbrY5u7gcgp/HDZd3kVm7AGVmsrJq9SlJTjoOhuzkpNnZBxsIJP9YAmOlPSC0gvlJfkZxM/gdfLeSZk7ijRpknqQB1LNXLD2YHl1LVlg5PVpZD2WcsnzIQTZ2y4iAvqnJidLBtTAWh/hRfC9E3jvpOaUXKitLC2Q1jmRKgkLgNBKXijdRpaPSU7bydZ5pMOFmYsKztSWHyVrxgQalRwixcwFu2BGLOg5my6oUrR6HlkBJmAGpnUIbTJfRQLNxEIM&amp;#43;p8p2Qa&amp;#43;HGzZmdC4dNGSyHWOINfrHZQLuJy2uvbMQWm9lYDFWvdVBl2NZUFOUXll6YGcd2A1FsmrRO6OLwi6IliSJ&amp;#43;fgmdraQLvmbTx9cNk00tj95bUXDpAYs3NOwSIwsHpP6XqiBkxOCCwTVFBaWXuh9MBa4voyLf1gwPElVBr8hQqgArFTQAHROrRr4MC1Gg15YdAnn1T&amp;#43;6EcrwtP&amp;#43;9Kdr9u3TgM/0b37TpiU4PGHAv5xxebqKLVwYmOv5XI6Vrn/ip0sZWqVFwckKLZRZ2TqJTj&amp;#43;3EqK3bAWh5Pa4PF016JuDdGFyaR1GWDLc6VfvK6bLGkbiclUb6yTCdNX2uFylyvnH59Ji6vUXTWUnHfXwllO1Zg4120eoc0fgO4LIgeRdpJpYJU8ELrcUvjRQpeo/IqPCFatm9eZ8YsLl3lbfqn3nfz5p04ysI&amp;#43;MWftHvkWwZZP/gsTWzVhY/krZ/6PT8qR8clkF52obj987eLUvC/7zxubwuatwNXA7GzhCbLfXBCJh4taVkhW/i20tXKP9gWwl7h42ptmTrknnS4uUp85bBrhD/adIXUJ8TulIK7RlMVQdWpQUWrp45b1HOgQuUpujsyYAhOdCHRC5CGf2J2TVyEYFc4X/5TlhOm659voys7BdSyQ8C65rPCl18XRB0R1eDItNmrpaWWeHrOWtuGq&amp;#43;SIOhK6arhoGBw&amp;#43;W0BptXKmxxaSd2ZArJ4/BSq/lursxZMCy5hGRqTtLqNOoeNlEJN/tHJRVoNy41PmzkvfQlZ2jAwjBEEoepwDlkZPZkssj5vWc6SvwU8l8AdP/i0Qap01Wer02bTs2rKtJnzF&amp;#43;Xsp/M8jad2LZsnLWzPFi&amp;#43;vPZTzFl33PJlfvFzQlW4jS9fDifm3tIytwVmhMmHwJyqACsRQAQVE6&amp;#43;iuW2/Nq6trdjr91dWOWbOO3Hff9h//eOW11666//6dqalfw5otwOXnzlkHDMiONn&amp;#43;5vZyg9r2ZdCVEp/fgXMlafOvUyoMVLpgYaja4zn1e&amp;#43;SJbtVAV&amp;#43;l4hm5e8VwhWRYyGy&amp;#43;niiQt3mNT1dB1xkty0/V3JEK5SReTydJUqwnuFYFVEaaTR5rxPaBFNftEFLzMy1zvKdkiLKkYeSwTAOlpV24jfRaqJVfKe53JXaeb0yZNS1lXEqkm9PZ&amp;#43;YcHnhKV3ahuMDxq97ZQVZDDEiZF/71CdJiwoHjF&amp;#43;XtKjwl3/ddPMLG3k65yk8YnjeJ22&amp;#43;ojWaQ9ANXB7D2zVmhQqgAqgAKtDHFegixsmSDx68/siRhkgLiZD1SVavPjd48PqSErJAyqlT5h//eKUsOf7scQWiQZc4xIkHlxdMULFP/8EjUg9apIbtTmLbaWBEtl4ULy0eEtzab&amp;#43;Dw1EIaHTIZsUofknY4SSHy&amp;#43;fQfOmm7OkIcaZN68S0qlarf9MPSb9el/JThQ/pfRYvsP2TE/AJL4C066vdIRfq9VCxFhYr1m05/Qz5cRVk0KXbn/3Wdy81N7rQNx6d/eOSGZzYkLSpM23D8uSVF4Wx935xP7529&amp;#43;4G/F/xoTI5q5MrbZ&amp;#43;TzXD5g/LrwJPyWHzy2prklIFbHm4tc3sd7PGweKoAKoAKJrUB3gODvf79t0aKyw4cbGhrcOp1r/37N4sUn2UTP/v1XHD1K2P3rr40RPV66o0qYZ5QKdBxkuiVF/Lh8yNTc3PfGDCQoO3RxNW0M8PQt03O35OeTb2GFPcDl/UYt2JKb&amp;#43;uAAEv3OxWpRbJ/Lb5memzWJ5j8gFSy5kD&amp;#43;wu6ReCJdbdk&amp;#43;iBagGDE&amp;#43;aNHnU0H6UswekFFPajIAvYM0AACAASURBVILL&amp;#43;416B2qen18aGDB0&amp;#43;TB1ncu/qTSkbTj&amp;#43;QGrBv6Zvpm04/mLGoSGTN0//8MiwWTu//2hwDcT/TFqftuH4z57N/X9Prn1&amp;#43;SREP5WkbjsPaiDyIh4f/vvZYp5uLXJ7YHRbWDhVABVCBPq5AlLgW22g/&amp;#43;MFHYDU/cqThe9/7MLaZY25dUaDTPBPbhPHjcjB1548n7CuZvSNwM&amp;#43;Nyapb25lOLOrGjt8/llL9DokXIn&amp;#43;Nye0ESAfGBSdsDSO3VZz9MNoGNPBouZ3b3GB6VrnP5hoOX0jYc//XUrWkbjs9ccfShN/alrj3GsPve2bt/&amp;#43;dfNv3l5&amp;#43;0sfHWUbZYG5Od/87Nngy4bCiRy2/PKvmzvdcOTyPt7jYfNQAVQAFUhsBbrCcF1JC2i&amp;#43;Y0c1cnlXZIx52k7zTGwTxpfLXcUpN6pUqv4Szkbg5hAud5WkEPt3v6QCexRcPiApc13qCMLVQxdfoipFyJ/j8gh7Q0rvpVxuc3oAsm&amp;#43;bvi1tw/HJ6V9NWvalDLtT1x4LN5BDnD&amp;#43;8trv/Ezn3zVGa9MljutHaycm6yOWJ3WFh7VABVAAV6OMKxBzsos/whz/86Nvfzog&amp;#43;PsaMgwKxxetO5xY/Lqc&amp;#43;IuTPgAezK8AtGcg4sEPy5A7xLyfRR60iU0JDDOHMpzzcv1ylUt04HVzSJb/zNvxY5NgtSVjALPTyCEr&amp;#43;5dQzvtMHITRhF&amp;#43;3lFRoLmMm/N/rjaZlkoZVR8/fJuLytn/96tZBq5Mp/H/sJT97K4aw950KrH&amp;#43;0v5PI&amp;#43;3uNh81ABVAAVSGwF4oB6WEQvUiBafOnmePHj8iFTM6eTOZeqpN2BNgGXM/9ycNGW8HfUAvA4t0jm2Pa5nPK3Zc0oUsZjuSRZBIt4tPbyQq8YBZcz/3LqGR9oVhf/d5HLPy&amp;#43;ru/G5PIBp8CCfEmkZxHA0n5F1ZNT8fbfPyGfJlYkc9k5e/lXn2otcntgdFtYOFUAFUIE&amp;#43;rkAvQkasahwU6BzMxDxV/Lic&amp;#43;JSXptJ5mWNy7bQhEbg5xJOEby1QsmpCAWwse53k1B9WQeHzOb&amp;#43;ArqJC3dP57VJeHJdL/uX9krYH1ocJ&amp;#43;JcPfKk4iPW3kFmnoiha8ijxS9Z3Lh8p55j96yKX3zVzB8/TD72xD6zm4SDOb3lh6Zd3vJT/cNr&amp;#43;W17cwidXCF/71Ce//OvmncU1nWs5cnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qvhyuSgCT6vu59Y3HJCUKa3HUkYmYIa4i3Dt1WaPoB4vA36XNOlhWEpxYMi6KySfzEmDSaT&amp;#43;EwuCYN1v6JjJkyaRb2axK4Sn2Xos/W4bFVyP5eaAG4y3eHp/WuTgUZPGD6Mrt/QfkweTRCEf1bDZ0noshecluz5X404Gu8jl14R6oQx8Pm/mijbndzI0f25x0f&amp;#43;&amp;#43;EgL0CkSuGrnyunHrIG3uQfDl73BjkcsTu8PC2qECqAAq0McV6EXIiFWNgwId5pjuSRBvLhcDsEvM52DPpuhL/3Drl0vLhIc02nUpf9KdQMqq/ncmZR4O2Ln5fPoPGTE5sxj28NtJASOy9SFcLopiyPrlsIr5zallbFXuxuLFjw2E5RP73TwiZYs6QN8Sl7O6B5c5D6lyZ350kct/8NgaHqn/70OrGXy3FXgkbf9/jGtntXI&amp;#43;TwhDbms/v9CZRooicnkf7/GweagAKoAKJLYCcUA9LKIXKdA5mIl5qnhwecwr3V0ZWopT76SkfdWAEeNHpeQFuL&amp;#43;7youcbxe5/Nqn5LM2Jy6Vr8ciA/QHUgv6PZL91&amp;#43;VfPbek6N7Zu/9lCw&amp;#43;n8PAt0z88krbhOHJ5Yvc7WDtUABVABVCByAr0ImTEqsZBgchMFvetyOWhknv1&amp;#43;bNGDKCG81HrAuuah0bp7l9d5PJBEzfKGPrPqQUyEOd/jvnnZ/9yE79t2raH3tj33JKiuTnfpG04Pmtl8b2zpaUSv/OX1UOn5983Z/efXt8zbuEXt0zZCvn/dflXyOWRb/a4FRVABVABVCDhFYgD6mERvUiB7qa7KPNHLo9SqPhF6yKX3zVzu4zL75iRz4M4C78e6eVBQyZvHjlv7&amp;#43;T0r/44dw/L59dTt17z5FowkMPCi6qRK1&amp;#43;mryXaWQzvbu2wPujHkvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6DDHdE8C5PLu0bULuXaRy//ltcJ4GgI/fmLtvE&amp;#43;C7/tkXH77jHxZTP7nv43&amp;#43;&amp;#43;KbnpfUWVSNXfvfh7FdWFLO0LFBW1di5tiKX9&amp;#43;XuDtuGCqACqEDCKxAH1MMiepECnYOZmKeKB5fD0uNsiqSKLDXIz5vsN&amp;#43;DOpNzzoU07CysqqlR3SssU0t0sVWClxfD3DbnU&amp;#43;bNGDIHZoVf1HzI8tYDjRlfeGKkaE6X1Fkm2oSvAWEoWj7mZTvXsN3DE/AILnQMaqQmhFY7dry5y&amp;#43;Ud7zvF4DeHfvrKDkTQE5nz8dXg02ZYn3v78poBXzOg3D8hygJ/1Zmfnmo5cnvB9FlYQFUAFUIG&amp;#43;rEAvQkasahwU6BzMxDxV/Lh8yNTcfFgP8bMKl8Tl5L08mbOGUYqexJGyWDGfLnROIHro4qCjBONyVb&amp;#43;phaBFyPuGLAWT6HKGqhtGJE2eNOo2WEllQEopxHXlPsZGB1xxPJfbcym5Dxg2PglWRhwwocASoP/QJsT8WEgZdpHLL9RZr3potYywVSNXPr&amp;#43;kiAfrCe8fDI8TvmXi0i8HTdz40BuR3xja6Zd9kvXgHS2qkStHzd/blo59uTfAtqECqAAqgAr0tAJxQD0sohcp0BaNxHl7/LicLIwY/ABh95t&amp;#43;WBTFigVk0XEIQ4zi6YSoh455jND5wPllgXRBLlepBqaeJJs5LncVTCDJBk7I1wcWOqxYmpSUIa2aKOrpCuj9x4wZTuh8TF5gzUOey2Fpxf/NJHX1VuTOz63g7OWhTQhUKtb/u8jloijeN0easslz9t2v7uS5PG3D8QHj21935XujP35iwWeT08kUz/DvobP1nW59u1zeiy5mrCoqgAqgAqgAKoAK9GoFOs0zsU2YAFzemE1fpDkiWxto2kGK5cOz9UDMA1IDYC7R/KjH6CuG6Js4g1zuLUgivM3lE8gP/uszhsErQl0A3w/mSmDOczmwu0o18MnMYs4BJlhKaJ7d8avrXL6juJonctXIlVc/tubFjEMysH5hmdwTXZaK/XxucYitHfJZsLHM3OTutALI5b36/oWVRwVQAVQAFUAF&amp;#43;pICneaZ2CaMH5cHPEjALs5bvsmeIbMK2WrhFIL70WUK9Zn/y5vSmZVdSj5ilT5IzDxeRxAJktBXhHoLKfjT1xhF8i8fBc4wKtWAJ3PVnL08tAkRyojJpq5zuSiKQyZvZlR9wzMbUlaXyKAcfiYtKmTR2gr8eurWiGn3fFPblfa2y&amp;#43;VdyRzTogKoACqACqACqAAq0OsUiB&amp;#43;XM&amp;#43;fsMmIXlwh71DsLRhHfkyGL2dvcJQ/vAAPDf2maJuNyUSyFiaFjxjxIYhAPE2&amp;#43;&amp;#43;ZC/n/WXYAWETSbmMhy5Vk/0RgN6lP7gY6HzA68RYD/Qf2gSWdYwDMeHyL07Wff/Rjx9768Bf2nANZ6g9/t0vvv3gqragfNDEjfM&amp;#43;KWWRWWDh5pON1oAjUKcEQC7vlGyYCBVABVABVAAVQAX6rALx4/JQ5&amp;#43;wgYVvyqBvLjZKziov&amp;#43;7HfbmEmTJ9HvCDoDNInOCg2mEkWx&amp;#43;CVYdSXA5aI0rbP/1EIGjBVLxyStI/Bd9jqxgQ&amp;#43;8H/KcNOnJoWQ4QD1hQrncUpyRXQzpt1POJ6vH8F7s3X4qxITLRVHcfrSaYbRy4NZp2yJy&amp;#43;S8mbWorYeEpXReFQC7vooCYHBVABVABVAAVQAX6mAI9z&amp;#43;WiaMl9mLB1/1nFoig5rozJY0ZvfTadpjlqnYtZ2elsUVG05CcRuCYfCfotBUnA6v2GjgquxzIw5cg&amp;#43;6rgiTRWlhxCmlg5ILQ2xl1e8N5TmF1yPBWzqYC8fMD5TWlKmlFUv9udDrLhcFMXs/efbAmt&amp;#43;&amp;#43;9WPronI5TOyjvDRWHjt5xe63mzk8q5riDmgAqgAKoAKoAKoQF9SIBG4XBS1dKUUVf/p2zPJ3Mx&amp;#43;SQX2oMhgQVeRaZoh9nJRFPWr6ARQxuVk&amp;#43;b3izAlD&amp;#43;18FuN5v4PBJmSUWESaSgnU8kDFY0ImbCu/H4rUUZyQNleB&amp;#43;4IhZ0tIuwOWQKflLjeiBnGL8P4ZcLooig&amp;#43;m2Ao8v&amp;#43;CwilP/s2dy0DcefXlT4En2vJ0u&amp;#43;dPvpmDQYuTwmMmImqAAqgAqgAqgAKtBnFIgHl8ddLEv&amp;#43;&amp;#43;H5k4XPZu4riXo/OFRhbLm/Xan7zCxvDufzG5/Jeyjry0wm5t0wJmfT5/rbYQHk065d3Tj1MhQqgAqgAKoAKoAKoQC9VoA9yuaskdegNA4a&amp;#43;FVhcsbcdmZhzuSiKWw5dZgZvPvCvWaHhUP4/L25J23D8tmnbHnvrwKuriln8faWaGGqJ9vIYiolZoQKoACqACqACqEAfUKAPcnlvPyrdweWiKB46W79gYxmD7LQNxyeFrV/e7&amp;#43;Hsh/&amp;#43;xn48D4Xc2lRWd7upET9lxQS6XCYI/UQFUABVABVABVOAKV6DbufzuK&amp;#43;YTqzOpm7hcFEWdybHxyyqG3f&amp;#43;dvIUZy696aPXQ6fmvZUdY5nxHcXWDpTlWrWP5IJczKTCACqACqEBfVaAvvXcmDm1p6zSIQ9FYRFvix3l7t3N5nNvTB4rrPi4HcbSNjn2lmve3nUpaVHjfnN0P/L3g6UWFqWuPMV6HQMaus3tLNZd01m6SFLm8m4TFbFEBVAAVSBwFVKr0xKlMgtdEQSuFXQneqN5SvcRRGLk84c6Z7uZyaLCn1ddgaa7QWI6c0&amp;#43;8/rt1&amp;#43;tDr34KUthy4XntKdVpu6w0AuExq5XCYI/kQFUAFUoO8pkDi4k/jaKmilsCvx29Urapg4CseDy10u1yeffLJ9&amp;#43;3a7nSx/qNFojhw58tVXX82ZM6eto9XS0gK7kpOTNZpYTjdsq8TE2R4fLu/x9iKX9/ghwAqgAqgAKtDdCiQO7nR3S7uev4JWCru6Xi7m8K9FpRNH4XhwuSiKTz75pNFohGNfUlLi9/uXLl26b9&amp;#43;&amp;#43;&amp;#43;vp6URTtdrvH43E4HD6fz&amp;#43;VylZaWPv300w6Hw&amp;#43;12q9XkbZ1X1Ae5/Io63NhYVAAVQAX6sAKJgzuJL7KCVgq7Er9dvaKGiaNwPLjcbrePHTsWDszx48fvuusuURTvueeet956a9y4cYcPHx47duzOnTtHjx792muvHT169JlnnsnJyTEYDAsWLPjjH//YK45oDCuJXB5DMTErVAAVQAVQgR5UIHFwpwdFiLJoBa0UdkWZOUZTViBxFI4Hl69Zs2bTpk2gSHl5&amp;#43;bvvvnv27Nk33nijpqbmo48&amp;#43;eu6553Jzcz0ez7Rp08A6/vvf/14UxZycnLVr115pTizkYcrIlXfP2ql8AvWBvejH0gcOIjYBFUAFUAFlBRIHd5TrmQh7FbRS2JUINe8DdUgchbudyy9dunTnnXe6XK6zZ8/u27dv0aJFO3bsmDNnzunTp9PT091ud3Jy8s6dOz0ezyOPPCKKYl1d3VNPPZWdnf3mm2&amp;#43;eO3eupqamDxzvDjUBubxDcmFkVAAVQAVQgYRVIHFwJ2ElYhVT0EphF0uOga4okDgKdzuXnz59uri4uLy8vKSkpLW1tbS01GazFRYWrly50u12i6K4d&amp;#43;9eo9HY0tJSVVVFXs9usRQVFXm93oqKirNnz3ZF5V6aNkou9zvsnguVrI0&amp;#43;U6N97Rq/1yuKot/rdZcUw1f0&amp;#43;/1OZ8uZ06Ioei5eaDUYIIljc559wycQ9pwrh8g&amp;#43;UyPLUBTFltOn3CXFnosXYKO36hJEa9XV8dE8ledDEvr9LSdK&amp;#43;QgRw2gvjygLbkQFUAFUoC8pkDi4k/iqKmilsCvx29Urapg4Cnc7l/eK45FQlYySy5uyV&amp;#43;ru&amp;#43;LXY2iqKYqvB0PDAcOHvcwxPjBb9fp&amp;#43;pUXvzz2zLl9iWLxF9Ps/5Cu1NN7SUnTC/NNWRu14UReFvr5kmT2x4YDj8NI4dY355um35Eh70RVEkef7ttfrf/da5I18URfOrLzdOnGBbvsRd&amp;#43;g2vWOMLzzp372Bb3EcPawde79XUsi0RA8jlEWXBjagAKoAK9CUFEgd3El9VBa0UdiV&amp;#43;u3pFDRNH4bhy&amp;#43;dmzZ10uV684Qj1YySi5vOGB4Q0PPeD64jNRFJ078s0zp3svV7lLiv0eD&amp;#43;Ny4GlP5fm6n/9M/8c/mKZMcmzMJcD98Ej3N1&amp;#43;zNjIu93s8bCNwecuJ47b0pZZ/pvFc7jOb&amp;#43;GgyLjenzGwYdT8ZEih&amp;#43;kMsV5cGdqAAqgAr0BQUSB3cSX00FrRR2JX67ekUNE0fheHB5U1NTUVHR559//uabb7a17mFdXd2pU6dEUayuruYP4eHDhxsaGvgtfT4cDZd7ys/qbv&amp;#43;V9b2FpqmTCZfv3G6eOb358wN1/32zz2YL53L9vcPML0&amp;#43;r&amp;#43;/nPgMsNj4zibd5KXF52wrZsseXN&amp;#43;VFyud/prBsyqGnVR/p7hykfKeRyZX1wLyqACqACfUCBxMGdxBdTQSuFXYnfrl5Rw8RROB5cLorihAkTsrKyDh48uH498aMI/5w4cWLJEmJhPXz4sCiKBQUFECc/n3hQXFG" /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cet outil est par exemple repris sur le site de
  &lt;a href="https://epargnonsnosressources.gouv.fr/" target="_self"&gt;
   Épargnons Nos Ressources &lt;/a&gt; et sur plusieurs &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;sites de collectivités&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est librement diffusable et intégrable en iframe sur tout type de site.
 &lt;/p&gt;
 &lt;p&gt;
  Pour intégrer la carte de l&amp;#039;équipe &lt;a href="https://longuevieauxobjets.ademe.fr/" target="_self"&gt;Longue Vie Aux Objets
  &lt;/a&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Veuillez vous référer à la
  &lt;a href="https://longuevieauxobjets.ademe.fr/reutiliser-nos-outils/" target="_self"&gt;documentation&lt;/a&gt;
  qui vous guide dans les étapes d&amp;#039;intégration.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://longuevieauxobjets.ademe.fr/</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe : longuevieauxobjets&amp;#64;ademe.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>longuevieauxobjets@ademe.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b317-aider-les-citoyens-a-trouver-que-faire-de-leu/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>159896</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Assurer un panier de services pour les besoins de base</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conforter l&amp;#039;économie résidentielle, améliorer la vie des habitants du territoire, assurer un panier de services de base à tous.
  &lt;/strong&gt;
  &lt;br /&gt;
  Les services publics et aux publics apportent des réponses concrètes aux besoins de base de tout un chacun : se loger décemment, se mouvoir sur le territoire, avoir accès à des commerces de proximité... Mais il s&amp;#039;agit également pour les acteurs locaux d&amp;#039;apporter des réponses qui soient dans une perspective d&amp;#039;adapter les modes de vie contemporains aux enjeux climatiques et environnementaux.
  &lt;br /&gt;
  Cette fiche-action ambitionne ainsi de contribuer à améliorer l&amp;#039;offre de services publics et privés sur l&amp;#039;ensemble du territoire et pour tous les publics. L&amp;#039;accès à un panier de services continue d&amp;#039;être un élément clé de l&amp;#039;attractivité et du développement économique du territoire Adour Chalosse Tursan Marsan.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des parcours résidentiels et mise à niveau du parc de logements
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
@@ -29758,2001 +28600,1795 @@
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie permettant le développement de nouveaux services
  &lt;/li&gt;
  &lt;li&gt;
   Création, réhabilitation de bâtiments et/ou équipements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Amélioration de la gestion des biodéchets
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etudes portant sur des solutions collectives pour les producteurs de biodéchets intermédiaires et « assimilés » (hors gros producteurs et ménages)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Jeunesse
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Logement et habitat
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P133" s="1" t="inlineStr">
+      <c r="P127" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d747-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>161672</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Etudier le potentiel de développement des réseaux de chaleur et de froid sur mon territoire</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>EnRezo</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour tous les territoires et les collectivités de France, le projet &amp;#34;&lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo" target="_self"&gt;EnRezo&lt;/a&gt;&amp;#34; du Cerema permet de faciliter la réalisation des études d’opportunité, des schémas directeurs (en identifiant des zones d’extension possibles) et permet d’engager plus rapidement des études de faisabilité sur les secteurs identifiés par les acteurs locaux. En seconde approche, des analyses thématiques peuvent également venir étayer le sujet du potentiel de verdissement des réseaux de chaleur à partir de différentes filières (solaire thermique, chaleur fatale…).&lt;br /&gt;Ces possibilités techniques, amenant à une décision politique plus rapide, participent à l’objectif de massification des réseaux de chaleur et de froid et de décarbonation de la chaleur en France.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La plateforme EnRezo du Cerema est accessible à toutes et à tous.&lt;/p&gt;&lt;p&gt;Pour les collectivités adhérentes du Cerema, un accompagnement à son utilisation peut vous être proposé.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question ou demande d&amp;#039;accompagnement : &lt;a href="https://reseaux-chaleur.cerema.fr/contact" target="_self"&gt;https://reseaux-chaleur.cerema.fr/contact&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>luc.petitpain@cerema.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-le-potentiel-de-developpement-des-reseaux-de-chaleur-et-de-froid-sur-mon-territoire/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>161676</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans une démarche d'identification exhaustive des subventions mobilisables</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>CONSEIL FINANCIER OPERATIONNEL</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous recherchez des subventions pour financer vos projets quelle qu&amp;#039;en soit la thématique ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie  vous propose un conseil opérationnel dans la recherche des financements institutionnels (Etat, Région, Département).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rechercher-et-mobiliser-les-subventions-selon-la-nature-du-projet/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-[...146 lines deleted...]
-      <c r="A137" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>161704</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements de traitement et de valorisation (désemballage/déconditionnement, hygiénisation, compostage sur plate-forme collective)</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Gestion des biodéchets des acteurs économiques</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME accompagne les acteurs économiques dans la &lt;strong&gt;gestion des biodéchets&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide concerne&lt;strong&gt; les opérateurs privés&lt;/strong&gt; de traitement de biodéchets. &lt;/p&gt;&lt;p&gt;Aujourd’hui, l’&lt;strong&gt;obligation de trier à la source les biodéchets&lt;/strong&gt; concerne&lt;strong&gt; &lt;/strong&gt;tous les producteurs et &lt;strong&gt;y compris aux biodéchets des ménages&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME aide les opérateurs privés qui prennent en charge les biodéchets.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ils peuvent être aidés pour la réalisation :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;d’installation&lt;/strong&gt; de désemballage et/ou déconditionnement&lt;/li&gt;&lt;li&gt;&lt;strong&gt;d’hygiénisation&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;de création&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;ou &lt;strong&gt;d’adaptation de plate-forme de compostage&lt;/strong&gt; (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;un dispositif spécifique existe par ailleurs pour la méthanisation&lt;/a&gt;)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller jusqu’à 60 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/gestion-biodechets-acteurs-economiques</t>
         </is>
       </c>
-      <c r="W137" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gestion-des-biodechets-des-acteurs-economiques/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>161726</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Valoriser la matière et l'énergie renouvelable, l'ADEME vous accompagne financièrement dans la création, l’extension ou à la modernisation d’un centre de tri de déchets</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Création, extension ou modernisation d’un centre de tri de déchets et valorisation de la matière</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets&lt;/strong&gt; issus de collecte séparée. &lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La loi de transition énergétique pour la croissance verte (LTECV).&lt;/li&gt;&lt;li&gt;La loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et de préparation pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_977_978</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/creation-extension-modernisation-dun-centre-tri-dechets-valorisation-matiere</t>
         </is>
       </c>
-      <c r="W138" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>161739</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Tremplin pour la transition écologique des PME</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Qualité de l'air
 Biodiversité
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
         </is>
       </c>
-      <c r="W139" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>161747</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Améliorer la performance environnementale des produits et services suite à la réalisation d'un diagnostic écoconception ou d'une étude de faisabilité</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les démarches d’amélioration de la performance environnementale des produits et services se déploient en France, au sein des entreprises. Elles contribuent à créer une &lt;strong&gt;offre permettant de se différencier, plus respectueuse de l’environnement&lt;/strong&gt;, disponible pour les consommateurs ou les acheteurs. &lt;/p&gt;&lt;p&gt;L’ADEME soutient les &lt;strong&gt;travaux et investissements issus d’un diagnostic et s’intégrant dans une démarche de mise en œuvre de l’écoconception&lt;/strong&gt;. Les investissements doivent viser la fabrication d’un produit écoconçu, l’obtention d’un produit ou service certifié Ecolabel européen, ou l’amélioration d’une note d’affichage environnemental.&lt;/p&gt;&lt;p&gt;Dans le domaine de l’alimentation, les investissements d’&lt;strong&gt;optimisation des outils de transformation&lt;/strong&gt;, ainsi que ceux permettant la mise sur le marché d’une nouvelle gamme de produits sous labels AB (Agriculture Biologique) ou HVE-niveau 3 (Haute Valeur Environnementale - Niveau 3) sont éligibles.&lt;/p&gt;&lt;p&gt;L’ADEME soutient aussi les projets comportant une &lt;strong&gt;innovation de rupture&lt;/strong&gt;, qui permettra au fabricant de développer une offre globale produit/service, créatrice de valeur non plus sur la multiplication des volumes de ventes, mais sur la &lt;strong&gt;fidélisation des clients, par les performances d’usage du produit&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Selon la nature des projets et la taille de l’entreprise, les &lt;strong&gt;aides aux investissements peuvent atteindre 15 % à 55 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est accordée sur la base de l’identification des surcouts par rapport un scénario contrefactuel (article 47 du RGEC (Règlement général d&amp;#039;exemption par catégorie) ou autre) ou du règlement de minimis n° 2023/2831 du 13 décembre 2023, selon lequel une même entreprise ne peut pas percevoir plus de 300 000 € d’aides dites de minimis sur  une période de trois ans.&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée. &lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et &lt;strong&gt;au plus tard au 31 décembre 2024&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/investissements-decoconception-ameliorer-performance-environnementale</t>
         </is>
       </c>
-      <c r="W140" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/investissements-decoconception-pour-ameliorer-la-performance-environnementale/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>161748</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Obtenir du soutien dans vos démarches d’amélioration de la performance environnementale de vos produits</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Études d’écoconception des produits et des services</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME propose une aide financière pour soutenir les projets d’écoconception, de production durable, et d’obtention de l’Ecolabel européen.&lt;/p&gt;&lt;p&gt;L’ADEME soutient les &lt;strong&gt;études avec l’étape de diagnostic&lt;/strong&gt;, qui est la première étape structurante d’engagement d’une entreprise dans une &lt;strong&gt;démarche d’amélioration de la performance environnementale&lt;/strong&gt; de ses produits, et avec l’étape suivante de mise en œuvre, qui concrétise le passage à la réalisation d’actions et à la &lt;strong&gt;commercialisation de produits ou services à moindres impacts&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Pour les PME, l’accompagnement de l’étape de diagnostic est porté par Bpifrance, via le Diag Écoconception :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Site de Bpifrance : &lt;/li&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://diag.bpifrance.fr/diag-eco-conception"&gt;diagecoconception.bpifrance.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique"&gt;Transition Écologique et Énergétique | Bpifrance&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;li&gt;Lignes directrices de l&amp;#039;ADEME : &lt;/li&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4169-lignes-directrices-diagnostic-ecoconception.html"&gt;Lignes directrices diagnostic Écoconception&lt;/a&gt; - La librairie ADEME&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4170-lignes-directrices-pour-la-mise-en-oeuvre-d-une-demarche-d-ecoconception.html"&gt;Lignes directrices pour la mise en œuvre d&amp;#039;une démarche d&amp;#039;écoconception&lt;/a&gt; - La       librairie ADEME&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Les études de projets d’écoconception peuvent être aidées jusqu’à 80 % du montant des dépenses internes et de prestation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée.&lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et au plus tard au 31 décembre 2024.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-decoconception-produits-services</t>
         </is>
       </c>
-      <c r="W141" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-decoconception-des-produits-et-des-services/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>161756</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d’une étude territoriale de faisabilité en vue de créer, étendre ou moderniser un centre de tri de déchets</t>
         </is>
       </c>
-      <c r="D142" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Réalisation d'études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de préparer à la valorisation matière ou énergétique des déchets issus de collecte séparée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour cela, trois lois engagent le collectif dans des objectifs ambitieux :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l&lt;/strong&gt;a loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi de la lutte contre le gaspillage ;&lt;/li&gt;&lt;li&gt;et la loi de l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour répondre à ces objectifs, &lt;strong&gt;l’ADEME accompagne les collectivités ou les acteurs privés&lt;/strong&gt; porteurs de projets de centres de tri et de préparation des déchets et déchèteries pour professionnels.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les études de faisabilité ou territoriales préalables aux investissements peuvent être soutenues jusqu’à 80 %&lt;/strong&gt; des dépenses éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-detudes-creation-lextension-modernisation-centres-tri-dechets</t>
         </is>
       </c>
-      <c r="W142" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>161757</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Demander le soutien pour financer les études préalables à la préparation des biodéchets, au compostage autonome en établissement et aux installations de traitement</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Études pour la gestion des biodéchets des acteurs économiques</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME aide les producteurs de biodéchets en apportant une subvention aux &lt;strong&gt;études préalables à l’investissement dans des équipements de compostage&lt;/strong&gt; en établissement. L&amp;#039;aide de l&amp;#039;ADEME aux études préalables peut aller &lt;strong&gt;jusqu’à 80 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les entreprises de restauration, de production et de commerce alimentaires produisent des biodéchets qui peuvent être transformés en engrais via le compostage ou la méthanisation ou produire de l’énergie renouvelable.&lt;/p&gt;&lt;p&gt;L&amp;#039;obligation de trier à la source des biodéchets concerne&lt;strong&gt; tous les producteurs &lt;/strong&gt;y compris les ménages depuis le 1ᵉʳ janvier 2024.&lt;/p&gt;&lt;p&gt;Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour les études préalables à la réalisation d’installation de désemballage et/ou déconditionnement, d’hygiénisation, de création ou d’adaptation de plate-forme de compostage (un dispositif spécifique existe par ailleurs pour la méthanisation).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-gestion-biodechets-acteurs-economiques</t>
         </is>
       </c>
-      <c r="W143" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-gestion-des-biodechets-des-acteurs-economiques/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>161760</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans le financement d'une études et actions préalables à la décision de s'engager sur un projet de méthanisation</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Études préalables à la construction d’une installation de méthanisation</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour vérifier l&amp;#039;opportunité de votre projet, l’ADEME vous aide à &lt;strong&gt;réaliser une étude de diagnostic ou une étude de faisabilité&lt;/strong&gt;, en mettant à votre disposition plusieurs &lt;a href="https://librairie.ademe.fr/produire-autrement/5220-etude-de-faisabilite-d-une-unite-de-methanisation.html" target="_blank"&gt;trames de cahier des charges modèle&lt;/a&gt; et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;méthanisation &lt;/strong&gt;- procédé de digestion biologique de la matière organique en l’absence d’oxygène produisant du biogaz et un digestat - permet le traitement de déchets organiques et leur retour au sol, la production d’énergie renouvelable et la réduction des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Le biogaz produit peut ensuite &lt;strong&gt;être valorisé et vendu sous différentes formes&lt;/strong&gt; (chaleur, électricité, injection dans le réseau de gaz naturel, carburant pour véhicules).&lt;/p&gt;&lt;p&gt;La France depuis une dizaine d’année, a fait le choix de &lt;strong&gt;promouvoir le développement d’une filière de méthanisation&lt;/strong&gt; majoritairement basée sur le traitement local d’effluents d’élevage, de biodéchets, de sous-produits de cultures et de déchets non valorisés.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Recyclage et valorisation des déchets
 Alimentation
 Biodiversité</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_52_53_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-prealables-a-construction-dune-installation-methanisation</t>
         </is>
       </c>
-      <c r="W144" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-a-la-construction-dune-installation-de-methanisation/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>161761</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Demander un soutien financier dans votre installation de méthanisation après une étude de faisabilité favorable</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Réalisation d’installations de méthanisation (injection, cogénération, chaleur)</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide de l’ADEME est apportée principalement sous forme de &lt;strong&gt;forfait de subvention par unité de capacité de production annuelle (€/MWh) :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;110 €/MWh PCI (pouvoir calorifique inférieur) pour la cogénération, avec une aide plafonnée à 250 000 €.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;45 €/MWh PCS ( pouvoir calorifique supérieur) pour l’injection, avec une aide plafonnée à 700 000 €.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets atypiques et innovants et les projets de station d’épuration urbaine, d’autres modalités de calcul de l’aide sont utilisées.&lt;/p&gt;&lt;p&gt;Les équipements soutenus par l’ADEME sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Unités de méthanisation avec cogénération (&amp;lt;500 kWe) ou injection de biométhane :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Production de biogaz.&lt;/li&gt;&lt;li&gt;Valorisation énergétique du biogaz : production de chaleur seule, cogénération d’électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Stations d’épuration urbaines (STEU) : &lt;ul&gt;&lt;li&gt;Valorisation énergétique du biogaz comprenant l’épuration en biométhane et l’injection dans le réseau public.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Recyclage et valorisation des déchets
 Alimentation
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_24_27_32_52_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-methanisation-injection-cogeneration-chaleur</t>
         </is>
       </c>
-      <c r="W145" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>161763</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la définition du projet en finançant à l’échelle d’un territoire ou d’un site, des diagnostics et des études de faisabilité</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Études pour la lutte contre le gaspillage alimentaire</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus&lt;/strong&gt; par an. Il entraîne la consommation inutile de ressources en énergie et en eau. Des émissions de gaz à effet de serre pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;L’ADEME soutient depuis plusieurs années la lutte contre le gaspillage alimentaire au travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De l’appel à projets annuel du ministère de l’Agriculture et de l’Alimentation dans le cadre du Programme national pour l’alimentation (PNA).&lt;/li&gt;&lt;li&gt;Des appels à projets régionaux économie circulaire comportant un volet gaspillage alimentaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME soutient également les études visant à identifier des actions permettant de lutter contre le gaspillage non-alimentaire.&lt;br /&gt;Pour vous aider à mettre en œuvre votre projet de lutte contre le gaspillage, l’ADEME peut &lt;strong&gt;financer jusqu’à 80 % de votre étude de diagnostic ou de faisabilité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>regions_02_04_06_11_24_27_28_32_44_75_93</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lutte-contre-gaspillage-alimentaire</t>
         </is>
       </c>
-      <c r="W146" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>161764</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Subventionner l'achat d'équipements de lutte contre le gaspillage</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Installation d'équipements de lutte contre le gaspillage</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées&lt;/li&gt;&lt;li&gt;camions frigorifiques&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt&lt;/li&gt;&lt;li&gt;plateformes de collecte&lt;/li&gt;&lt;li&gt;cantines solidaires&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à un taux allant jusqu’à 55 % de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-dequipements-lutte-contre-gaspillage</t>
         </is>
       </c>
-      <c r="W147" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>161765</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Demander le financement d'études pour réduire les impacts environnementaux des produits/régimes alimentaires et mettre en œuvre des projets concordants</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Subvention aux études d'alimentation durable</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’alimentation a des impacts importants sur la qualité de l’eau, des sols et de l’air, les émissions de GES (gaz à effet de serre), sur la consommation d’eau mais aussi sur la biodiversité et la déforestation.&lt;/p&gt;&lt;p&gt;L’essentiel de ces impacts se situe à l’étape de la production agricole qui peut être optimisée, de même que les autres étapes de la chaîne alimentaire (logistique, transport, transformation, conditionnement, distribution, consommation). La demande (régimes alimentaires, types de produits consommés) a un effet important sur les impacts de l’ensemble des acteurs amont.&lt;/p&gt;&lt;p&gt;Une&lt;strong&gt; étude de diagnostic ou d’accompagnement&lt;/strong&gt; permet d’&lt;strong&gt;effectuer un état des lieux du système en place&lt;/strong&gt; et de déterminer la &lt;strong&gt;faisabilité d’une solution alternative&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans ce domaine en évolution, une étude permet également de &lt;strong&gt;répondre aux besoins d’acquisition ou d’approfondissement de connaissance&lt;/strong&gt; des systèmes alimentaires (étude d’impacts, enjeux socio-économiques en lien avec l’alimentation durable, externalités positives ou négatives, caractérisation des pratiques, coûts…).&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant jusqu’à 80 % de son coût.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_75_76_93_975_977_987_988</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/subvention-etudes-dalimentation-durable</t>
         </is>
       </c>
-      <c r="W148" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/subvention-aux-etudes-dalimentation-durable/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>162533</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C142" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F149" s="1" t="inlineStr">
+      <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I142" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J149" s="1" t="inlineStr">
+      <c r="J142" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M149" s="1" t="inlineStr">
+      <c r="M142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette mesure vise à soutenir les projets de
 coopération sur le territoire du Pays de Coutances.&lt;/p&gt;&lt;p&gt;Deux types de coopération peuvent être soutenus :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
 &lt;/span&gt;La coopération «
 interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
 &lt;/span&gt;La coopération «
 transnationale » entre des territoires relevant de plusieurs Etats membres
 ainsi qu’avec des territoires de pays tiers.&lt;/p&gt;&lt;p&gt;Aux vues des besoins et des pistes d’actions
 envisagées, seront particulièrement favorisés :&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Les projets en lien avec
 l’évolution des pratiques d’implication des acteurs locaux dans les prises de
 décisions ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Les projets d’évolution des
 pratiques agricole et conchylicoles (qualité des eaux, valorisation économique
 et circuits courts) ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Le développement des énergies
 renouvelables ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;La mise en place d’actions
 interterritoriales d’économie circulaire ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
 &lt;/span&gt;Les voyages d’études dont la
 thématique répond aux enjeux de la SLD.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Tout autre projet contribuant à l’atteinte des
 objectifs de la stratégie locale de développement pourra également être
 soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Attractivité économique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P149" s="1" t="inlineStr">
+      <c r="P142" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q142" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
 territoires européens ou nationaux : impacts du réchauffement climatique sur
 les activités humaines et sur l’environnement, adaptation au changement
 climatique, mobilité durable dans les zones rurales, égalité femmes-hommes,
 etc. Cette fiche-action a pour objectif de soutenir les projets de coopération répondant à ces enjeux, avec des territoires français ou européens. La coopération a pour objectifs de mutualiser des
 connaissances, de partager des bonnes pratiques, ou d&amp;#039;agir ensemble. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>162563</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J143" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -31791,772 +30427,772 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>162829</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Accompagner les transitions écologiques et énergétiques</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I151" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J144" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Innovation, créativité et recherche
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>162935</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Rassembler les acteurs autour de l’économie circulaire et la valorisation de nos ressources locales</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>LEADER - Fiche Action Economie circulaire</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Châteaux (Syndicat mixte)</t>
         </is>
       </c>
-      <c r="F152" s="1" t="inlineStr">
+      <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J145" s="1" t="inlineStr">
         <is>
           <t>Taux variable en fonction du plan de financement et des cofinanceurs. Plancher d'aide LEADER : 5 000 € // Plafond d'aide LEADER : 30 000 €</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’utilisation et la disponibilité des agromatériaux et bois locaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner tous les acteurs à l’intérêt des filières d’agromatériaux et énergies renouvelables et à la valorisation des déchets&lt;/li&gt;&lt;li&gt;Développer des filières de recyclage / réutilisation des matériaux&lt;/li&gt;&lt;li&gt;Accompagner les entreprises, les collectivités locales et les agriculteurs à la gestion efficiente de l’eau&lt;/li&gt;&lt;li&gt;Accompagner les artisans et professionnels sur les enjeux de l’adaptation au changement climatique de l’économie circulaire et de la sobriété énergétique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Quelques exemples : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réfléchir et investir sur la réduction, la récupération d’eau et son utilisation&lt;/li&gt;&lt;li&gt;Réfléchir et investir sur la réutilisation des eaux usées&lt;/li&gt;&lt;li&gt;Sensibiliser sur l’utilisation de l’eau dans les différents usages domestiques&lt;/li&gt;&lt;li&gt;Adapter les aménagements autour de la consommation d’eau (récupération, …)&lt;/li&gt;&lt;li&gt;Sensibiliser sur le devenir des déchets (réutilisation, valorisation, …) et leur recyclage&lt;/li&gt;&lt;li&gt;Mettre en place des ressourceries, des matériauthèques / des solutions autour de la récupération de matériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et accompagner sur les agro-matériaux ou bio sourcés&lt;/li&gt;&lt;li&gt;Mener des inventaires, états des lieux, études, études de faisabilité sur les filières d’agromatériaux&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer sur l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser et communiquer auprès des élus et/ou techniciens sur l’usage des bâtiments et la maitrise de l’énergie&lt;/li&gt;&lt;li&gt;Mener des réflexions, études et investissements sur les nouvelles énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P152" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q152" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du projet par le bénéficiaire en groupe technique puis en Comité de Programmation&lt;/p&gt;&lt;p&gt;Le projet sera passé au crible d&amp;#039;une grille de sélection : &lt;/p&gt;&lt;p&gt;6 questions de 0 à 4 points&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;1- RAYONNEMENT&lt;/li&gt;&lt;li&gt;2- PARTENARIAT &amp;amp; COLLABORATION&lt;/li&gt;&lt;li&gt;3- ORIGINALITE &amp;amp; INNOVATION&lt;/li&gt;&lt;li&gt;4- EFFET LEVIER LEADER&lt;/li&gt;&lt;li&gt;5- PERENNITE &amp;amp; IMPACT A LONG TERME&lt;/li&gt;&lt;li&gt;6- PERTINENCE AVEC LA STRATEGIE DU GAL&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Avec une notation : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&amp;lt; 12/24 &lt;span&gt;		&lt;/span&gt;: Avis défavorable // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;Entre 12 et 16/24 &lt;span&gt;	&lt;/span&gt;: Avis favorable avec réserves // Commentaires obligatoires&lt;/li&gt;&lt;li&gt;&amp;gt; 16/24 &lt;span&gt;		&lt;/span&gt;: Avis favorable sans réserve // Commentaires facultatifs &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>PAYS DES CHÂTEAUX</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-pr%C3%A9sentation-r%C3%A9alisations</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W145" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdeschateaux.fr/leader/2023-2027-monter-son-dossier-leader</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p dir="ltr"&gt;Geoffrey BELHOUTE&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Chargé de mission LEADER  &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Tel : 06 32 04 43 15 &lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;span&gt;Courriel : &lt;/span&gt;&lt;a href="mailto:leader&amp;#64;paysdeschateaux.fr" target="_blank"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>leader@paysdeschateaux.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-et-sensibiliser-tous-les-publics-aux-enjeux-du-futur/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>162938</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P146" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>162979</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Valorisation et préservation des ressources naturelles locales</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D154" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Fiche 2 - FEDER</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J154" s="1" t="inlineStr">
+      <c r="J147" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
 aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
 sols consommant des espaces agricoles et naturels et impactant les paysages, la
 biodiversité, les ressources naturelles (eau, …) et la production de « déchets
 ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
 territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
 paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
 médiation des paysages, des sites naturels et des cours d’eau locaux (hors
 espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
 sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
 gestion des biodéchets : études portant sur des solutions collectives pour
 les producteurs de biodéchets intermédiaires et « assimilés » (hors
 gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Recyclage et valorisation des déchets
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P154" s="1" t="inlineStr">
+      <c r="P147" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q154" s="1" t="inlineStr">
+      <c r="Q147" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>162982</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C148" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -32599,574 +31235,574 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P155" s="1" t="inlineStr">
+      <c r="P148" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q155" s="1" t="inlineStr">
+      <c r="Q148" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>163012</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Connaître et préserver nos ressources naturelles et énergétiques</t>
         </is>
       </c>
-      <c r="C156" s="1" t="inlineStr">
+      <c r="C149" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
         </is>
       </c>
-      <c r="F156" s="1" t="inlineStr">
+      <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J156" s="1" t="inlineStr">
+      <c r="J149" s="1" t="inlineStr">
         <is>
           <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;em&gt;&lt;strong&gt;Connaître et préserver nos ressources naturelles et énergétiques &lt;/strong&gt;&lt;/em&gt;&amp;#34;.&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le Pays d’Ancenis est un
 territoire de campagne vivante et productive, au cadre de vie agréable et qui
 accueille une population toujours plus nombreuse. Afin de préserver ce cadre de
 vie, de s’adapter au changement climatique et de réduire son impact environnemental,
 le territoire doit s’inscrire dans une démarche active vis-à-vis de sa
 consommation, de sa production d’énergie et de son environnement (qualité des
 paysages, biodiversité, qualité de l’eau, par exemple). De plus, la richesse de
 son écosystème d’acteurs permet de mettre l’accent sur les actions de
 prévention, sensibilisation, pédagogie ou coopération afin que tous apprennent
 à préserver les ressources.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Promouvoir
      la sobriété énergétique&lt;/li&gt;&lt;li&gt;Soutenir
      les initiatives, les expérimentations et les actions favorisant la
      connaissance et la préservation de l’environnement et des ressources
      naturelles (ressources en eau, qualité de l’air, biodiversité, gestion des
      bio-déchets, régénération des sols, par exemple)&lt;/li&gt;&lt;li&gt;
 &lt;span&gt;Privilégier de nouvelles filières économiques,
 notamment l’économie circulaire et les filières de matériaux biosourcés ou
 géo-sourcés (chanvre, paille, terre, pierre, par exemple)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;&lt;span&gt;Etudes
      visant à consolider le projet du porteur de projet dans le domaine de la
      ressource énergétique, de la préservation de l’environnement et de la
      biodiversité : études stratégiques, diagnostics préalables, audits, études
      de faisabilité, études de potentiels énergétiques (par exemple schéma
      directeur d’aménagement lumière, atlas de la biodiversité, schéma des
      énergies renouvelables, par exemple)&lt;/span&gt;&lt;/li&gt;
  &lt;li&gt;&lt;span&gt;Campagnes
      de sensibilisation, animations notamment pédagogiques, actions
      d’information, de communication de conseil et organisation d’évènements
      sur :&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;- La
       transition énergétique en faveur de la sobriété des consommations
       énergétiques&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Le
       développement des activités relevant du domaine de l’économie circulaire
       et des matériaux écologiques&lt;/p&gt;&lt;p&gt;- Les
       démarches de protection de l’environnement et de la biodiversité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Achats et installations d’équipement, de matériel de signalétique,
 travaux de structuration de sites pour accueillir du public (faciliter les
 visites de sites) et restauration environnementale (jardins pédagogiques,
 milieux remarquables, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Santé
 Qualité de l'air
 Biodiversité
 Paysage
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P149" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q149" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>CC du Pays d'Ancenis</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ancenis.com</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lacces-et-la-prevention-en-sante/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>163042</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Garantir la qualité et l'accessibilité des services de proximité sur l'ensemble du territoire du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F157" s="1" t="inlineStr">
+      <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I157" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le vieillissement de la population, l’exode des jeunes et l’installation massive de nouveaux ménages (couples avec ou sans enfants) dans le Pays d’Auge font émerger de nouveaux besoins qui nécessitent d’adapter les services et les équipements. Pour accompagner les mutations sociodémographiques, faire de l’offre de services un vecteur d’équilibre des territoires et d’égalité pour les habitants au sens des objectifs poursuivis dans le SRADDET, cette fiche-action n°3 de la stratégie locale du Pays d&amp;#039;Auge met l’accent sur la qualité de vie des habitants, le maintien des liens de proximité et le développement de la mixité sociale et générationnelle. Il convient alors de développer, sur l’ensemble du territoire, une offre de services de qualité et accessible à tous. Les effets du changement climatique sur la santé et les inégalités d’accès aux soins décrits dans les synthèses du GIEC normand rendent indispensables des actions dans le domaine de la santé. C’est également dans les domaines de la petite enfance et de l’inclusion des personnes âgées et/ou en situation de handicap que les besoins sont les plus prégnants et nécessitent un accompagnement fort. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Initiatives visant à faciliter l’&lt;strong&gt;installation en zone rurale des professionnels de santé&lt;/strong&gt; et développement des nouveaux modes d’exercice&lt;/li&gt;&lt;li&gt;Création, développement et &lt;strong&gt;animation d’évènements et de lieux dédiés à la culture et aux loisirs&lt;/strong&gt; favorisant la mixité et élargissant l’offre en zone rurale &lt;/li&gt;&lt;li&gt;Services nouveaux sur le territoire et/ou innovants facilitant l’&lt;strong&gt;accueil des jeunes enfants &lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Projets innovants permettant le &lt;strong&gt;développement de liens intergénérationnels ou renforçant l’inclusion et l’autonomie&lt;/strong&gt; des personne âgées et publics éloignés&lt;/li&gt;&lt;li&gt;Soutien à la création, à l’expérimentation et au développement de &lt;strong&gt;solutions mobiles et de dispositifs d’aller-vers pour les services publics et de proximité&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Projets visant à favoriser l’a&lt;strong&gt;ccessibilité numérique, l’inclusion numérique et la sobriété numérique&lt;/strong&gt; dont les projets visant à développer le télétravail&lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la &lt;strong&gt;coordination et la coopération entre les acteurs locaux &lt;/strong&gt;contribuant aux services de proximité &lt;/li&gt;&lt;li&gt;Soutien à l’élaboration de &lt;strong&gt;plans d’actions locaux inter-collectivités &lt;/strong&gt;pour développer de nouveaux services &lt;/li&gt;&lt;li&gt;Actions de promotion et de &lt;strong&gt;valorisation de l’offre de services&lt;/strong&gt; disponible sur le territoire &lt;/li&gt;&lt;li&gt;Projets renforçant l&lt;strong&gt;’inclusion, la mixité et l’accessibilité des lieux publics&lt;/strong&gt; (hors PMR)&lt;/li&gt;&lt;li&gt;Initiatives favorisant le lien social et valorisant l’&lt;strong&gt;engagement bénévole et l’implication citoyenne&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Opérations de &lt;strong&gt;prévention&lt;/strong&gt; auprès du grand public et des entreprises en matière de &lt;strong&gt;transition écologique, de santé publique et de lutte contre les discriminations&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions visant au &lt;strong&gt;réemploi et au tri des déchets&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Commerces et services
 Economie sociale et solidaire
 Equipement public
 Accessibilité
 Lutte contre la précarité
 Spectacle vivant
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet d&amp;#039;améliorer la coordination et la coopération entre les acteurs locaux contribuant au développement des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de garantir la cohésion sociale et maintenir les liens de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la qualité et la diversité des services de proximité&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser l’égalité d’accès aux services de proximité&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (marchés publics).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/garantir-la-qualite-et-laccessibilite-des-services-de-proximite-sur-lensemble-du-territoire-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>163107</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Accompagner les projets d’unités de déconditionnement/hygiénisation pour les biodéchets emballés en Bretagne</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Déconditionnement et hygiénisation en Bretagne</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME, la Région Bretagne, en partenariat avec l’association AILE (Association d’Initiatives Locales pour l&amp;#039;Énergie et l&amp;#039;Environnement) et la DREAL Bretagne, s&amp;#039;associent pour lancer un appel à projets régional visant à &lt;strong&gt;accompagner financièrement les projets de déconditionnement / hygiénisation de biodéchets emballés&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ces projets seront élaborés en faveur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’une &lt;strong&gt;approche territoriale cohérente des projets&lt;/strong&gt;, en tenant compte des « bassins versants » des flux de déchets collectés sur une zone géographique, dont l’échelle pertinente sera à définir au moyen d’une étude territoriale.&lt;/li&gt;&lt;li&gt;De la &lt;strong&gt;recherche de partenariat et/ou de mutualisation entre différents acteurs&lt;/strong&gt;, afin de consolider chacune des étapes de la filière (collecte, transport, tri, traitement).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Un projet de déconditionnement / hygiénisation peut également constituer un projet structurant sur un territoire, notamment en offrant de nouveaux services : création d’une filière locale de collecte, de recyclage et de valorisation des déchets organiques avec, par exemple, le développement de réseaux de chaleur, la création d’activités économiques locales…&lt;/p&gt;&lt;p&gt;Cet appel à projets se décline en deux phases :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;PHASE 1 : &lt;strong&gt;Phase d’étude préalable dite « territoriale »&lt;/strong&gt; permettant de définir la faisabilité et la pertinence de la mise en place d’une unité de déconditionnement / hygiénisation sur un territoire donné.&lt;/li&gt;&lt;li&gt;PHASE 2 : &lt;strong&gt;Phase d’investissement&lt;/strong&gt; pour la création d’une unité de déconditionnement / hygiénisation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour déposer une demande valide, fournir l&amp;#039;ensemble des éléments demandés dans le règlement de l&amp;#039;appel à projets, disponible sur cette page. &lt;br /&gt;Le dépôt des dossiers de demande d&amp;#039;aide se fait au fil de l&amp;#039;eau jusqu&amp;#039;au 30 décembre 2024 - 17h30.&lt;br /&gt;La sélection des dossiers se fera après cette date.&lt;/p&gt;&lt;p&gt;Les candidats sont réputés avoir pris connaissance du règlement de cet appel à projets disponible sur cette page.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deconditionnement-et-hygienisation-en-bretagne/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>163199</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C159" s="1" t="inlineStr">
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I159" s="1" t="inlineStr">
+      <c r="I152" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -33203,742 +31839,732 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q159" s="1" t="inlineStr">
+      <c r="Q152" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>163209</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Faciliter l'économie circulaire et la gestion des déchets</t>
         </is>
       </c>
-      <c r="C160" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La dégradation de l&amp;#039;environnement côtier, notamment liée à l&amp;#039;accumulation des déchets est une menace forte sur les territoire littoraux. Des démarches sont en cours sur le territoire pour limiter un maximum la production de déchets par les professionnels, mais également pour recycler et valoriser au maximum les coproduits. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développer l’obtention de certifications
      environnementales (port propre, plage sans déchets plastiques…)&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Étude&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identifier des débouchés pour les espèces
      invasives&lt;/li&gt;&lt;li&gt;Étudier la pertinence d’un projet avant son
      déploiement&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt; Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travailler sur la durabilité des matériaux
      utilisés par les professionnels&lt;/li&gt;&lt;li&gt;Organiser et/ ou valoriser des opérations de
      collecte de déchets sur les plages&lt;/li&gt;&lt;li&gt;Installer des hottes plasticières&lt;/li&gt;&lt;li&gt;Améliorer la récolte et le tri des déchets&lt;/li&gt;&lt;li&gt;Valoriser le réemploi de déchets&lt;/li&gt;&lt;li&gt;Valoriser les captures non désirées&lt;/li&gt;&lt;li&gt;Valoriser les coproduits&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Partager les expériences&lt;/li&gt;&lt;li&gt;Coopérer avec des territoires extérieurs
      répondant à la stratégie du GALPA et permettant d’apporter une plus-value
      au territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Mers et océans</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses
 conformes au décret fixant les règles nationales d’éligibilité des dépenses
 dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Dépenses de personnel&lt;/li&gt;
  &lt;li&gt;Coûts directs en lien avec
      l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
 investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
 ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
 communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
 externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Coûts indirects : un taux
 forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
 coûts indirects liés à l’opération (frais de fonctionnement internes à la
 structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
 projets de coopération uniquement, les frais de déplacement, d’hébergement et
 de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
 pas éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Les projets existants ne
      proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
  &lt;li&gt;Les dépenses de fonctionnement
      courantes des structures, en dehors du forfait sur les dépenses de
      personnel&lt;/li&gt;
  &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
  &lt;li&gt;Les travaux et études portant
      sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
 devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
 d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
 maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>galpa-calvados@calvados.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-leconomie-circulaire-et-la-gestion-des-dechets/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>163575</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Élaborer des feuilles de route sectorielles 3R pour les emballages à usage unique</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Élaboration de feuilles de route sectorielles 3R pour les emballages à usage unique</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME accompagne financièrement &lt;strong&gt;l’élaboration et la mise en œuvre de feuilles de route sectorielles 3R&lt;/strong&gt; pour les emballages en plastique à usage unique avec un volet élargi pour le réemploi à tous les emballages à usage unique du secteur. Pour les fédérations ayant déjà réalisées une feuille de route 3R, le dispositif permet d’accompagner tout de même le volet complémentaire réemploi.&lt;/p&gt;&lt;p&gt;Les feuilles de route sectorielles 3R visent à &lt;strong&gt;définir les mesures sectorielles pour atteindre les objectifs fixés &lt;/strong&gt;par le décret 3R pour les emballages en plastique à usage unique et les objectifs de réemploi définis par la loi AGEC.&lt;/p&gt;&lt;p&gt;Ces feuilles de route permettent, de manière structurée, de &lt;strong&gt;prendre en compte les spécificités de chaque secteur&lt;/strong&gt; et de définir &lt;strong&gt;les orientations stratégiques et les plans d’actions &lt;/strong&gt;à mettre en œuvre pour atteindre les différents objectifs fixés :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Élaboration d’un diagnostic sectoriel : quantités et types d’emballages, matériaux utilisés, besoins et fonctionnalités, etc.&lt;/li&gt;&lt;li&gt;Identification des solutions d’emballages alternatives, de leur degré de maturité, des avantages / contraintes.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification des actions à mettre en œuvre : description, pilote, participants, délais.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification et évaluation des investissements nécessaires (en amont et en aval).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification des besoins d’innovation et de R&amp;amp;D.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Identification des besoins pour améliorer la connaissance des impacts environnementaux.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Élaboration des jalons, des objectifs et d’un calendrier prévisionnel.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Mise en place du suivi et centralisation de l’information.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le financement d’études de faisabilité, d’expérimentation et d’investissement n’est pas couvert par ce dispositif d’aide à la réalisation de feuilles de route sectorielles. &lt;/p&gt;&lt;p&gt;En revanche ils peuvent être accompagnés via le dispositif d’aide à la réduction, à la substitution et au réemploi des emballages et des contenants, notamment, en plastique à usage unique.&lt;br /&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-reemploi-emballages-contenants"&gt;Voir le dispositif&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/elaboration-de-feuilles-de-route-sectorielles-3r-pour-les-emballages-a-usage-unique/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>163639</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les énergies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Energies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements.&lt;/p&gt;&lt;p&gt;1. Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;2. Aide à l&amp;#039;investissement&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants</t>
         </is>
       </c>
-      <c r="W162" s="1" t="inlineStr">
+      <c r="W155" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/Dossier_candidatureAAPtechnologies2025_2026_VF%20%281%29.docx</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En amont du dépôt de candidature à une aide aux études et/ou à l’investissement, le maître d’ouvrage devra contacter le coordinateur de l’appel à projets afin d’échanger sur la nature du projet, l’éligibilité des dépenses, les modalités de l’appel à projets et sur les éléments attendus.&lt;/p&gt;&lt;p&gt;Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>163647</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Programme Usine du Futur</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
 Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
 La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
 	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
 	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
 	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
 	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
 En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
 	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
 	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
 	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
 	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
 L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Formation professionnelle
 Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>18/09/2026</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ETI et PME industrielles et de services à l’industrie, de 10 à 500 salariés (effectif consolidé), localisées en Nouvelle-Aquitaine.
 Les entreprises ayant déjà bénéficié d’un diagnostic Usine du Futur peuvent de nouveau candidater à condition que leur précédent diagnostic date d’au moins 2 ans.
 Si une entreprise a plusieurs sites, le périmètre de l&amp;#039;accompagnement sera précisé avec l&amp;#039;entreprise. Engagement et disponibilité du dirigeant et de ses équipes à s&amp;#039;investir dans la conduite d&amp;#039;actions d&amp;#039;amélioration de performance de l&amp;#039;analyse terrain jusqu&amp;#039;au bilan.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/usine-du-futur-agissons-aujourd-hui-pour-une-industrie-durable-et-competitive</t>
         </is>
       </c>
-      <c r="W163" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le programme Usine du Futur évolue : Agissons, aujourd&amp;#039;hui, pour une industrie durable et compétitive.
 Vous souhaitez améliorer vos performances économiques, industrielles, environnementales, sociales et sociétales ?
 La Région Nouvelle-Aquitaine fait évoluer son programme Usine du Futur pour vous accompagner  dans la mise en oeuvre de vos actions prioritaires, vous faire gagner en performance  globale et vous adapter aux transitions. Vous avez un/des projet(s) en lien avec l’amélioration de vos performances économiques, environnementales, sociales et sociétales? La Région Nouvelle-Aquitaine vous propose de participer au programme Usine du Futur afin de :
 	Garantir et améliorer votre compétitivité et votre performance industrielle dans un environnement changeant.
 	Vous adapter aux contraintes et saisir les opportunités liées aux transitions sociétales et environnementales.
 	Développer et/ou faire évoluer votre activité, votre organisation et/ou votre modèle économique pour des avantages concurrentiels durables.
 	Améliorer votre ancrage territorial et identifier des ressources locales pour créer de nouvelles alliances.
 En intégrant le programme, vous bénéficiez d&amp;#039;un accompagnement sur 1 à 5 leviers (performance stratégique, performance industrielle, performance du collectif, performance de la donnée, performance technologique) et de solutions adaptées à vos projets, grâce à :
 	5 jours d’analyse &amp;#34;terrain” de vos besoins, problématiques et/ou projets avec des recommandations et un plan d&amp;#039;actions structuré pour l&amp;#039;amélioration de vos performances (sur 12 semaines maximum).
 	5 jours d’appui méthodologique pour l’amorçage de votre plan d’actions et la conduite du changement au sein de vos équipes (sur 6 mois maximum).
 	Un référent Usine du Futur pour vous aider à identifier et mobiliser des dispositifs et des financements pour vos projets.
 	Des informations et échanges entre pairs grâce à la communauté Usine du Futur.
 L&amp;#039;analyse terrain et l&amp;#039;accompagnement méthodologique seront réalisés par un consultant externe sélectionné et pris en charge à 100% par la Région.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-usine-du-futur-2024/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>163689</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Financement participatif : Coup de Boost Région</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Financement participatif : Coup de Boost Région</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région Nouvelle-Aquitaine, en collaboration avec la plateforme de financement participatif J&amp;#039;adopte un projet, met en place le dispositif d&amp;#039;abondement participatif pour soutenir les projets d&amp;#039;économie sociale et solidaire (ESS) répondant aux ambitions de la stratégie Néo Terra.
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;L’objet principal du dispositif est de donner aux habitants, aux collectivités et EPCI, ainsi qu’aux acteurs privés, la possibilité d’agir ensemble pour le développement de l’Économie Sociale et Solidaire sur le territoire Nouvelle Aquitaine.  Le dispositif entend mobiliser ces différents acteurs pour que chacun participe, à sa mesure, au développement des projets de leur territoire.&lt;/p&gt;&lt;p&gt;En résumé, l’abondement participatif s’appuie sur 2 objectifs : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;mobiliser l’épargne citoyenne pour les structures de l’Économie Sociale et Solidaire et offrir aux porteur·se·s de projets de nouvelles sources de financement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;compléter l’offre de financement locale en dons et subventions, en s’inscrivant dans une dynamique collective, pour co-construire les projets avec les différents partenaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Au cours d&amp;#039;une campagne de financement participatif, les dons des citoyens sont multipliés par le soutien financier de la Région Nouvelle-Aquitaine. L&amp;#039;effet multiplicateur pourra aller de 2 à 6 en fonction de la somme mobilisée par projet et du nombre de partenaires associés en co-abondement.&lt;/p&gt;&lt;p&gt;Engagement de la Région Nouvelle-Aquitaine pour des montants allant de 2500€ à 10 000€ selon la typologie de votre projet :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Projet classique de l’ESS : 2 500€, soit 1 euro citoyen / 1 euro Région  &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet phare NEOTERRA   : 10 000 €, soit 1 euro citoyen / 3 euros Région &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Projet de Tiers-lieux*  : 5 000 €, soit 1 euro citoyen / 1 euro Région&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le versement de l&amp;#039;abondement est soumis à l&amp;#039;atteinte de l&amp;#039;objectif à 100% sur la campagne de financement participatif suivant le principe du « tout ou rien » et uniquement pour des dépenses d’investissement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Citoyenneté
 Education et renforcement des compétences
 Economie circulaire
 Economie sociale et solidaire
 Biodiversité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q164" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Seuls les porteurs de projets, dont les statuts relèvent de l’Economie Sociale et Solidaire tels que définis par la loi n° 2014-856 du 31 juillet 2014, sont éligibles à l’abondement régional, prioritairement: &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les associations régies par la loi de 1901,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les coopératives,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les entreprises solidaires avec l&amp;#039;agrément ESUS (entreprise solidaire d&amp;#039;utilité sociale),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises adaptées et ESAT,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les structures d&amp;#039;insertion par l&amp;#039;activité économique (SIAE).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Afin de garantir aux citoyens la viabilité et le sérieux des projets présentés, les porteurs-ses de projet devront s’inscrire dans un parcours d’accompagnement auprès des acteurs de l’accompagnement et du financement de l’Economie Sociale et Solidaire (CRESS, URSCOP, Coopérative des Tiers Lieux, France Active Nouvelle Aquitaine, INAE, incubateurs ESS, etc...); la capacité des projets à mobiliser une communauté de citoyens sera analysée.&lt;/p&gt;&lt;p&gt;Le dispositif s’adresse aux projets portés exclusivement par des structures de l&amp;#039;ESS dont le siège social est en Nouvelle-Aquitaine. Ils devront s’inscrire dans les orientations de la politique régionale ESS  et être en lien avec la feuille de route Néo-Terra et le nouveau SRDEII. &lt;/p&gt;&lt;p&gt;Sont concernés les projets souhaitant être soutenus dans une phase d’amorçage, de création, de développement ou de mise en place d’un nouveau projet et relevant des thématiques suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Innovation sociale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Tiers-lieux ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ambition Néo-Terra ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Alimentation durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mobilité durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Zéro déchet ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Engagement citoyen pour la transition écologique ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Habitat et construction durable ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Liste non exhaustive&lt;/p&gt;&lt;p&gt;Pour rappel, les dépenses présentées des projets ne doivent pas bénéficier d&amp;#039;un financement en cours par la Région. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/financement-participatif-coup-de-boost-region</t>
         </is>
       </c>
-      <c r="W164" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Les porteurs de projet candidatent via le formulaire en ligne de l&amp;#039;appel à projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financement-participatif-coup-de-boost-region/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>163767</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D165" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -33980,4359 +32606,4689 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W165" s="1" t="inlineStr">
+      <c r="W158" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>163832</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
         </is>
       </c>
-      <c r="C166" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J166" s="1" t="inlineStr">
+      <c r="J159" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Consommation et production
 Qualité de l'air
 Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P166" s="1" t="inlineStr">
+      <c r="P159" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q166" s="1" t="inlineStr">
+      <c r="Q159" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W166" s="1" t="inlineStr">
+      <c r="W159" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>164018</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Financer des études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Réalisation d'études pour la création, l'extension ou la modernisation de centres de tri des déchets</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de préparer à la valorisation matière ou énergétique des déchets issus de collecte séparée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour cela, trois lois engagent le collectif dans des objectifs ambitieux :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l&lt;/strong&gt;a loi de transition énergétique pour la croissance verte (LTECV) ;&lt;/li&gt;&lt;li&gt;la loi de la lutte contre le gaspillage ;&lt;/li&gt;&lt;li&gt;et la loi de l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour répondre à ces objectifs, &lt;strong&gt;l’ADEME accompagne les collectivités ou les acteurs privés&lt;/strong&gt; porteurs de projets de centres de tri et de préparation des déchets et déchèteries pour professionnels.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les études de faisabilité ou territoriales préalables aux investissements peuvent être soutenues jusqu’à 80 %&lt;/strong&gt; des dépenses éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P167" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q167" s="1" t="inlineStr">
+      <c r="Q160" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X167" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realisation-detudes-pour-la-creation-lextension-ou-la-modernisation-de-centres-de-tri-des-dechets-1/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>164020</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Créer, étendre ou moderniser un centre de tri de déchets</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Création, extension ou modernisation d’un centre de tri de déchets et valorisation de la matière</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le tri industriel est une étape souvent essentielle afin de &lt;strong&gt;préparer à la valorisation matière ou énergétique des déchets&lt;/strong&gt; issus de collecte séparée. &lt;/p&gt;&lt;p&gt;Le parc actuel des centres de tri comprend environ 450 installations pour 7 millions de tonnes de capacité de tri (tous déchets non dangereux et non inertes confondus).&lt;/p&gt;&lt;p&gt;L’ADEME compte le développer afin de &lt;strong&gt;répondre aux objectifs ambitieux de deux lois&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la loi de transition énergétique pour la croissance verte (LTECV),&lt;/li&gt;&lt;li&gt;la loi relative à la lutte contre le gaspillage et à l’économie circulaire en matière de réemploi et recyclage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour faciliter la poursuite de cet objectif, l’ADEME accompagne les collectivités ou les acteurs privés porteurs de &lt;strong&gt;projets de centres de tri et de préparation pour une valorisation matière et énergie&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P161" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q168" s="1" t="inlineStr">
+      <c r="Q161" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X168" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/creation-extension-ou-modernisation-dun-centre-de-tri-de-dechets-et-valorisation-de-la-matiere-1/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>164021</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Financer des études pour la lutte contre le gaspillage alimentaire</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Études pour la lutte contre le gaspillage alimentaire</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus&lt;/strong&gt; par an. Il entraîne la consommation inutile de ressources en énergie et en eau. Des émissions de gaz à effet de serre pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;L’ADEME soutient depuis plusieurs années la lutte contre le gaspillage alimentaire au travers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de l’appel à projets annuel du ministère de l’Agriculture et de l’Alimentation dans le cadre du Programme national pour l’alimentation (PNA) ;&lt;/li&gt;&lt;li&gt;des appels à projets régionaux économie circulairecomportant un volet gaspillage alimentaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME soutient également les études visant à identifier des actions permettant de lutter contre le gaspillage non alimentaire.&lt;/p&gt;&lt;p&gt;Pour vous aider à mettre en œuvre votre projet de lutte contre le gaspillage, l’ADEME peut &lt;strong&gt;financer jusqu’à 80 % de votre étude de diagnostic ou de faisabilité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P169" s="1" t="inlineStr">
+      <c r="P162" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q169" s="1" t="inlineStr">
+      <c r="Q162" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>regions_02_04_06_11_24_27_28_32_44_75_93</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X169" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-lutte-contre-le-gaspillage-alimentaire-1/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>164022</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Installer des équipements de lutte contre le gaspillage</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Installation d'équipements de lutte contre le gaspillage</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. &lt;/p&gt;&lt;p&gt;Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées,&lt;/li&gt;&lt;li&gt;camions frigorifiques,&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt,&lt;/li&gt;&lt;li&gt;plateformes de collecte,&lt;/li&gt;&lt;li&gt;cantines solidaires,&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie,&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à &lt;strong&gt;un taux allant jusqu’à 60 %&lt;/strong&gt; de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P170" s="1" t="inlineStr">
+      <c r="P163" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q170" s="1" t="inlineStr">
+      <c r="Q163" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X170" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/installation-dequipements-de-lutte-contre-le-gaspillage</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage-1/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>164027</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Financer des études d’écoconception des produits et des services</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Études d’écoconception des produits et des services</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME propose une aide financière pour soutenir les projets d’écoconception, de production durable et d’obtention de l’Écolabel européen.&lt;/p&gt;&lt;p&gt;L’ADEME soutient &lt;strong&gt;les études avec &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;l’étape de diagnostic&lt;/strong&gt;, première étape structurante d’engagement d’une entreprise dans une &lt;strong&gt;démarche d’amélioration de la performance environnementale&lt;/strong&gt; de ses produits ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;l’étape suivante de mise en œuvre&lt;/strong&gt;, qui concrétise le passage à la réalisation d’actions et à la &lt;strong&gt;commercialisation de produits ou services à moindres impacts&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les PME, l’accompagnement de l’étape de diagnostic est porté par Bpifrance, via le Diag Écoconception :&lt;/p&gt;&lt;p&gt;Site de Bpifrance : &lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://diag.bpifrance.fr/diag-eco-conception"&gt;diagecoconception.bpifrance.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://www.bpifrance.fr/catalogue-offres/transition-ecologique-et-energetique"&gt;Transition Écologique et Énergétique | Bpifrance&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME propose des lignes directrices pour aider à définir le contenu et les attendus des études d’écoconception : &lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4169-lignes-directrices-diagnostic-ecoconception.html"&gt;Lignes directrices diagnostic Écoconception&lt;/a&gt; - La librairie ADEME&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://librairie.ademe.fr/dechets-economie-circulaire/4170-lignes-directrices-pour-la-mise-en-oeuvre-d-une-demarche-d-ecoconception.html"&gt;Lignes directrices pour la mise en œuvre d&amp;#039;une démarche d&amp;#039;écoconception&lt;/a&gt; - La       librairie ADEME&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Les études de projets d’écoconception peuvent être aidées jusqu’à 80 % du montant des dépenses internes et de prestation.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée.&lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et au plus tard au 31 décembre 2025.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P171" s="1" t="inlineStr">
+      <c r="P164" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q171" s="1" t="inlineStr">
+      <c r="Q164" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_987_988</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X171" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-decoconception-des-produits-et-des-services</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-decoconception-des-produits-et-des-services-1/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>164029</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Financer l’investissement et/ou à la mise en œuvre de la tarification incitative du service public des déchets et/ou de la redevance spéciale</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Financement à l’investissement et/ou à la mise en œuvre de la tarification incitative du service public des déchets et/ou de la redevance spéciale</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La tarification incitative de votre service public des déchets diminue l’impact environnemental de votre collectivité. Pour ce faire, l’ADEME a mis en place une aide qui facilite votre transition.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est forfaitaire et contribue à la &lt;strong&gt;réalisation par la collectivité des actions préparatoires&lt;/strong&gt; de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création du fichier des usagers et/ou distribution des contenants,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la communication,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la mobilisation du personnel,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la création ou adaptation de la grille tarifaire,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;la réalisation d’essais sur une zone test.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour la mise en œuvre de la &lt;strong&gt;tarification incitative&lt;/strong&gt;, elle s’élève jusqu’à 12 € par habitant.&lt;/p&gt;&lt;p&gt;Pour la mise en œuvre de l’&lt;strong&gt;information individuelle sur l’usage&lt;/strong&gt;, elle s’élève jusqu’à 5 € par habitant.&lt;/p&gt;&lt;p&gt;Il existe aussi une aide sur les équipements.&lt;/p&gt;&lt;p&gt;Pour les équipements permettant le suivi des services, ainsi que ceux exigés par l’application d’une grille tarifaire, l’aide peut aller jusqu’à 60 % des dépenses éligibles.&lt;/p&gt;&lt;p&gt;Cette &lt;strong&gt;aide sur les équipements&lt;/strong&gt; concerne :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les puces sur bacs,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;les tambours d’identification sur points d’apport collectif,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;l’informatique embarquée,&lt;/li&gt;&lt;li&gt;les logiciels.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P165" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X172" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/financement-linvestissement-etou-la-mise-en-oeuvre-de-la-tarification-incitative-du-service-public-des-dechets-etou-de-la-redevance-speciale</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financement-a-linvestissement-et-ou-a-la-mise-en-oeuvre-de-la-tarification-incitative-du-service-public-des-dechets-et-ou-de-la-redevance-speciale/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>164030</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études et les diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Soutien aux études et diagnostics pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner toutes les structures impliquées dans l’économie circulaire dans le &lt;strong&gt;financement d’un diagnostic de territoire ou d’étude&lt;/strong&gt; préalable à un &lt;strong&gt;investissement de réemploi-réutilisation et réparation (RRR)&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Le taux d’aide peut atteindre 80 % du coût de l’étude.&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation allongent la durée de vie des produits et participent à la réduction de la consommation de ressources et de production de déchets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’&lt;strong&gt;un million de tonnes de produits sont réemployées ou réutilisés&lt;/strong&gt; chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de &lt;strong&gt;structures spécialisées&lt;/strong&gt; dans la deuxième vie des produits est en &lt;strong&gt;constante progression&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une information du consommateur sur la réparabilité et l’aptitude au réemploi ou à la réutilisation. &lt;/p&gt;&lt;p&gt;  Pour accompagner ces politiques, l’ADEME soutient les &lt;strong&gt;diagnostics territoriaux et les études de faisabilité&lt;/strong&gt; concourant à augmenter et encourager l’offre et la demande de flux réemployés et réparés.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Emploi</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q166" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_987_988</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X173" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-etudes-et-diagnostics-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-1/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>164033</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Financer des études ou de projets contribuant à réduire les impacts environnementaux des produits, régimes et systèmes alimentaires</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Subvention aux études d'alimentation durable</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’alimentation a des impacts importants sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la qualité de l’eau, des sols et de l’air,&lt;/li&gt;&lt;li&gt;les émissions de GES (gaz à effet de serre),&lt;/li&gt;&lt;li&gt;la consommation d’eau,&lt;/li&gt;&lt;li&gt;mais aussi la biodiversité et la déforestation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’essentiel de ces impacts se situe à l’étape de la production agricole. Celle-ci peut être optimisée, de même que les autres étapes de la chaîne alimentaire (logistique, transport, transformation, conditionnement, distribution, consommation). La demande (régimes alimentaires, types de produits consommés) a un effet important sur les impacts de l’ensemble des acteurs amont.&lt;/p&gt;&lt;p&gt;Une&lt;strong&gt; étude de diagnostic ou d’accompagnement&lt;/strong&gt; permet d’&lt;strong&gt;effectuer un état des lieux du système en place&lt;/strong&gt; et de déterminer la &lt;strong&gt;faisabilité d’une solution alternative&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Dans ce domaine en évolution, une étude permet également de &lt;strong&gt;répondre aux besoins d’acquisition ou d’approfondissement de connaissance&lt;/strong&gt; des systèmes alimentaires (étude d’impacts, enjeux socio-économiques en lien avec l’alimentation durable, externalités positives ou négatives, caractérisation des pratiques, coûts…).&lt;/p&gt;&lt;p&gt;L’ADEME peut vous aider à financer cette étude par une subvention allant jusqu’à 80 % de son coût.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P174" s="1" t="inlineStr">
+      <c r="P167" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q167" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_75_76_93_975_977_987_988</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X174" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/subvention-aux-etudes-dalimentation-durable</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/subvention-aux-etudes-dalimentation-durable-1/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>164034</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Financer une étude préalable à l'instauration ou à l'extension de la tarification incitative pour la gestion de déchets et/ou de la redevance spéciale</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Étude préalable à l'instauration ou à l'extension de la tarification incitative pour la gestion de déchets et/ou de la redevance spéciale</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec la tarification incitative, le montant de la taxe ou de la redevance d’enlèvement des ordures ménagères varie en fonction de la quantité de déchets produits.Son objectif est de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;réduire la production de déchets&lt;/strong&gt; des usagers, &lt;/li&gt;&lt;li&gt;&lt;strong&gt;améliorer les performances de collecte séparée,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;maîtriser les coûts de gestion&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La majorité des collectivités l’ayant mise en œuvre observe une &lt;strong&gt;baisse de 30 à 50 % de la quantité d’ordures ménagères&lt;/strong&gt; résiduelles collectée.&lt;/p&gt;&lt;p&gt;L’ADEME peut vous apporter une subvention allant jusqu’à 80 % du montant de votre étude préalable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P175" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q175" s="1" t="inlineStr">
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X175" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/2025/etude-prealable-linstauration-ou-lextension-de-la-tarification-incitative-pour-la-gestion-de-dechets-etou-de-la-redevance-speciale</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etude-prealable-a-linstauration-ou-a-lextension-de-la-tarification-incitative-pour-la-gestion-de-dechets-et-ou-de-la-redevance-speciale/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>164036</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Investir pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Soutien aux investissements pour le réemploi-réutilisation et la réparation (hors emballages)</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les activités de réemploi-réutilisation et de réparation (RRR) &lt;strong&gt;allongent la durée de vie des produits&lt;/strong&gt;. Elles participent à la &lt;strong&gt;réduction de la consommation de ressources&lt;/strong&gt; et de la &lt;strong&gt;production de déchets &lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Plus d’un million de tonnes de produits sont réemployés ou réutilisés chaque année.&lt;/li&gt;&lt;li&gt;Le nombre de structures spécialisées dans la deuxième vie des produits est en constante progression.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les mesures prévues et objectifs fixés dans la loi de lutte contre le gaspillage pour une économie circulaire encouragent le développement de ces activités. Elles imposent une &lt;strong&gt;information du consommateur&lt;/strong&gt; sur la &lt;strong&gt;réparabilité&lt;/strong&gt; et l’&lt;strong&gt;aptitude au réemploi ou à la réutilisation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;    Pour accompagner ces politiques, l’ADEME peut soutenir les investissements dans vos équipements dédiés au réemploi-réutilisation et remise en état pour donner une deuxième vie aux objets et matériaux cédés ou jetés. Le taux d’aide peut atteindre au maximum 60 % des dépenses éligibles. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie circulaire
 Emploi</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P176" s="1" t="inlineStr">
+      <c r="P169" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q176" s="1" t="inlineStr">
+      <c r="Q169" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_987_988</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X176" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-investissements-pour-le-reemploi-reutilisation-et-la-reparation-hors-emballages-1/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>164039</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Créer des observatoires territoriaux</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Aide à la création et au fonctionnement des observatoires territoriaux</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME accompagne financièrement la &lt;strong&gt;création et le fonctionnement des observatoires régionaux&lt;/strong&gt; Climat Air Énergie et des observatoires régionaux Économie Circulaire, Déchets et Ressources.&lt;/p&gt;&lt;p&gt;Ce système d&amp;#039;aide se décompose en deux piliers :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide à la création est une aide      forfaitaire&lt;/strong&gt; apportée en une seule fois par observatoire et par mission      (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un      observatoire portant deux missions pourra bénéficier de deux aides à la      création. L&amp;#039;aide à la création est cumulable avec l&amp;#039;aide au fonctionnement      sur une même période. L&amp;#039;ADEME apporte aussi une aide pour les études de préfiguration d&amp;#039;un observatoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L&amp;#039;aide au fonctionnement est une aide      annuelle&lt;/strong&gt; qui peut être cumulée par mission (Climat Air Énergie, ou Économie Circulaire, Déchets et Ressources) : un observatoire portant deux      missions pourra bénéficier de deux aides au fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Qualité de l'air
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P177" s="1" t="inlineStr">
+      <c r="P170" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q177" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X177" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aide-la-creation-et-au-fonctionnement-des-observatoires-territoriaux</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-la-creation-et-au-fonctionnement-des-observatoires-territoriaux-1/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>164040</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études préalables à la préparation des biodéchets, au compostage autonome en établissement et aux installations de traitement et de valorisation</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Études pour la gestion des biodéchets des acteurs économiques</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME soutient les producteurs de biodéchets en apportant une subvention aux &lt;strong&gt;études préalables à l’investissement dans des équipements de compostage&lt;/strong&gt; en établissement. Cette aide aux études préalables peut aller &lt;strong&gt;jusqu’à 80 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Les entreprises de restauration, de production et de commerce alimentaires produisent des biodéchets, qui peuvent être transformés en engrais via le compostage ou la méthanisation, ou produire de l’énergie renouvelable.&lt;/p&gt;&lt;p&gt;L&amp;#039;obligation de tri à la source des biodéchets concerne&lt;strong&gt; tous les producteurs&lt;/strong&gt;,&lt;strong&gt; &lt;/strong&gt;y compris les ménages depuis le 1ᵉʳ janvier 2024.&lt;/p&gt;&lt;p&gt;Quant aux opérateurs privés qui prennent en charge les biodéchets, ils peuvent être aidés pour les études préalables à la réalisation d’installation de désemballage et/ou déconditionnement, d’hygiénisation, de création ou d’adaptation de plate-forme de compostage (un dispositif spécifique existe par ailleurs pour la méthanisation).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P178" s="1" t="inlineStr">
+      <c r="P171" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q178" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X178" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-pour-la-gestion-des-biodechets-des-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-la-gestion-des-biodechets-des-acteurs-economiques-1/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>164042</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements de traitement et de valorisation ainsi que les collectes mobilité douce réalisées par les opérateurs de traitement de déchets</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Gestion des biodéchets des acteurs économiques</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aujourd’hui, l’&lt;strong&gt;obligation de tri à la source des biodéchets&lt;/strong&gt; concerne&lt;strong&gt; &lt;/strong&gt;tous les producteurs, et &lt;strong&gt;y compris les biodéchets des ménages&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les acteurs économiques dans la &lt;strong&gt;gestion des biodéchets&lt;/strong&gt;. Ces opérateurs privés peuvent être aidés pour la réalisation :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’&lt;strong&gt;hygiénisation,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;de &lt;strong&gt;création,&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;ou d’&lt;strong&gt;adaptation de plate-forme de compostage&lt;/strong&gt; (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-methanisation-injection-cogeneration-chaleur"&gt;un dispositif spécifique existe par ailleurs pour la méthanisation&lt;/a&gt;).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide de l&amp;#039;ADEME aux investissements peut aller &lt;strong&gt;jusqu’à 60 %&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P179" s="1" t="inlineStr">
+      <c r="P172" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q179" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X179" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/gestion-des-biodechets-des-acteurs-economiques</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gestion-des-biodechets-des-acteurs-economiques-1/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>164057</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Financer des investissements d’écoconception pour améliorer la performance environnementale</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Investissements d’écoconception pour améliorer la performance environnementale</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les démarches d’amélioration de la performance environnementale des produits et services se déploient en France au sein des entreprises. Elles contribuent à créer une &lt;strong&gt;offre permettant de se différencier, plus respectueuse de l’environnement&lt;/strong&gt;, disponible pour les consommateurs ou les acheteurs. &lt;/p&gt;&lt;p&gt;L’ADEME soutient :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Les      investissements dans une technologie éprouvée pour la production ou la      commercialisation d’un produit, procédé ou service éco-conçu&lt;/strong&gt;. Ces      investissements pourront permettre de viser, selon les secteurs      l’obtention d’écolabels reconnus par l’ADEME (Écolabel européen pour les      produits des secteurs concernés, AB (agriculture biologique) pour le      secteur alimentaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les investissement      et travaux&lt;/strong&gt; (réalisation et test de prototypes, préproduction…) &lt;strong&gt;sur      une solution innovante&lt;/strong&gt; visant la production ou la commercialisation d’un      produit ou service éco-conçu. Ces projets peuvent relever, selon le niveau      d’innovation, du développement expérimental ou de l’innovation de      procédé.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les projets      comportant une innovation de rupture&lt;/strong&gt;, qui permettra au fabricant de      développer une offre globale produit/service écoconçue pour une mode      durable, créatrice de valeur non plus sur la multiplication et le volume      des ventes mais sur la fidélisation des clients, par les performances      d’usage du produit et la réduction de ses impacts environnementaux sur      l’ensemble du cycle de vie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon la nature des projets et la taille de l’entreprise, les &lt;strong&gt;aides aux investissements peuvent atteindre 15 % à 60 %&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’aide de l’ADEME est accordée sur la base de l’identification des surcoûts par rapport un scénario contrefactuel (article 47 du RGEC – Règlement général d&amp;#039;exemption par catégorie – ou autre) ou du règlement de minimis n° 2023/2831 du 13 décembre 2023, selon lequel une même entreprise ne peut pas percevoir plus de 300 000 € d’aides dites de minimis sur  une période de trois ans.&lt;/p&gt;&lt;p&gt;Les projets peuvent être déposés au fil de l’eau et seront financés selon leur ordre d’arrivée. &lt;/p&gt;&lt;p&gt;L’initiative est ouverte jusqu’à épuisement des ressources budgétaires et &lt;strong&gt;au plus tard au 31 décembre 2025&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P180" s="1" t="inlineStr">
+      <c r="P173" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q180" s="1" t="inlineStr">
+      <c r="Q173" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_987_988</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X180" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/investissements-decoconception-pour-ameliorer-la-performance-environnementale</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/investissements-decoconception-pour-ameliorer-la-performance-environnementale-1/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>164058</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Financer les études préalables à la construction d’une installation de méthanisation</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Études préalables à la construction d’une installation de méthanisation</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour vérifier l&amp;#039;opportunité de votre projet, l’ADEME vous aide à &lt;strong&gt;réaliser une étude de diagnostic ou une étude de faisabilité&lt;/strong&gt;, en mettant à votre disposition plusieurs &lt;a href="https://librairie.ademe.fr/produire-autrement/5220-etude-de-faisabilite-d-une-unite-de-methanisation.html" target="_blank"&gt;trames de cahier des charges modèles&lt;/a&gt; et en apportant une aide financière.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;méthanisation&lt;/strong&gt; (procédé de digestion biologique de la matière organique en l’absence d’oxygène produisant du biogaz et un digestat) permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le traitement de déchets organiques et leur retour au sol,&lt;/li&gt;&lt;li&gt;la production d’énergie renouvelable,&lt;/li&gt;&lt;li&gt; la réduction des émissions de gaz à effet de serre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le biogaz produit peut ensuite &lt;strong&gt;être valorisé et vendu sous différentes formes&lt;/strong&gt; (chaleur, électricité, injection dans le réseau de gaz naturel, carburant pour véhicules).&lt;/p&gt;&lt;p&gt;Depuis une dizaine d’années, la France a fait le choix de &lt;strong&gt;promouvoir le développement d’une filière de méthanisation&lt;/strong&gt; majoritairement basée sur le traitement local d’effluents d’élevage, de biodéchets, de sous-produits de cultures et de déchets non valorisés.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Recyclage et valorisation des déchets
 Alimentation
 Biodiversité</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P181" s="1" t="inlineStr">
+      <c r="P174" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q181" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_52_53_75_76_84_94</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X181" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/etudes-prealables-la-construction-dune-installation-de-methanisation</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-a-la-construction-dune-installation-de-methanisation-1/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>164065</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Financer des installations de méthanisation (injection, cogénération, chaleur)</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Réalisation d’installations de méthanisation (injection, cogénération, chaleur)</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide de l’ADEME est apportée principalement sous forme de &lt;strong&gt;forfait de subvention par unité de capacité de production annuelle (€/MWh) :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;110 €/MWh PCI (pouvoir calorifique inférieur) pour la cogénération, avec une aide plafonnée à 250 000 € ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;45 €/MWh PCS ( pouvoir calorifique supérieur) pour l’injection, avec une aide plafonnée à 700 000 €.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets atypiques et innovants et les projets de station d’épuration urbaine, d’autres modalités de calcul de l’aide sont utilisées.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;équipements soutenus par l’ADEME&lt;/strong&gt; sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;unités de méthanisation avec cogénération (&amp;lt;500 kWe) ou injection de biométhane :&lt;br /&gt;&lt;ol&gt;&lt;li&gt;production de biogaz ;&lt;/li&gt;&lt;li&gt;valorisation énergétique du biogaz : production de chaleur seule, cogénération d’électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public ;&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;stations d’épuration urbaines (STEU) : &lt;ol&gt;&lt;li&gt;valorisation énergétique du biogaz comprenant l’épuration en biométhane et l’injection dans le réseau public.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour en savoir plus sur les opérations éligibles dans chaque territoire, vous pouvez consulter les &lt;a href="https://prod-r2da.ademe-dri.fr/projects/1ef80bb5-4ab0-6f8c-a403-a97911663d89/general-data/file:///Users/audejouanne/Downloads/Maquette%20ADEME-Regions-M%C3%A9tha_2024_V1.pdf"&gt;dispositifs régionaux de soutien à la méthanisation&lt;/a&gt; (PDF - 869 ko).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Recyclage et valorisation des déchets
 Alimentation
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
+      <c r="P175" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_11_24_27_28_32_52_75_76_84_94</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X182" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur-1/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>164100</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Accompagner la mise en oeuvre de la transition alimentaire</t>
         </is>
       </c>
-      <c r="C183" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>LEADER- Fiche action 6</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I183" s="1" t="inlineStr">
+      <c r="I176" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Objectifs stratégiques&lt;/p&gt;&lt;p&gt;&lt;span&gt;-	Encourager le déploiement de système globaux en matière de stratégies alimentaires locales &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Conforter, développer l’agriculture locale et valoriser les nouveaux modes de production agroécologiques dans une optique de préservation du climat, de l’air, des sols, de l’eau et de la biodiversité &lt;/span&gt;&lt;br /&gt;&lt;span&gt; Encourager les changements de comportements alimentaires et favoriser la saisonnalité et le « bien manger »&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la valorisation du potentiel nourricier des espaces publics et privés&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la consommation des produits agricoles du territoire sur le territoire par les habitants du territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Valoriser et diffuser les savoir-faire des exploitations aux pratiques agroécologiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner les restaurants collectifs vers un approvisionnement local et issu d’une activité raisonnée&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Lutter contre le gaspillage alimentaire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager l’animation territoriale, la coopération, la mobilisation des partenaires et encourager les professionnels à s’organiser entre eux pour valoriser les circuits courts et le « bien-manger »&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Amplifier le recours aux circuits de proximité &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner la mise en œuvre de filières locales de déchets fermentescibles &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M183" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/eb31d09f-d0e4-40f6-a1f9-9b34f97c23aa/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Lutte contre la précarité
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q183" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour être éligible le Projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée....&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/d0ce306f-8a3f-469e-bed9-326d092a6f68/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 6&lt;/a&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-la-mise-en-oeuvre-de-la-transition-alimentaire/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>164101</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>LEADER- fiche action 7</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I177" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Consommation et production
 Innovation, créativité et recherche
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>164111</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I178" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J185" s="1" t="inlineStr">
+      <c r="J178" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M185" s="1" t="inlineStr">
+      <c r="M178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>164249</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C186" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F186" s="1" t="inlineStr">
+      <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I179" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P186" s="1" t="inlineStr">
+      <c r="P179" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q179" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W186" s="1" t="inlineStr">
+      <c r="W179" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>164250</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Soutenir le tri à la source et la valorisation des biodéchets</t>
         </is>
       </c>
-      <c r="C187" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>[AXE 1] Soutien au tri à la source et à la valorisation des biodéchets</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F187" s="1" t="inlineStr">
+      <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région
 Préfectures de département
 Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 ADEME</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I187" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Ambition écologique du projet financé &lt;/h4&gt;&lt;p&gt;Dans un objectif de performance environnementale, les actions éligibles au fonds vert doivent contribuer à la réduction des ordures ménagères résiduelles, par la généralisation du tri à la source et la valorisation des biodéchets, en vue d’un retour au sol de qualité. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P187" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q187" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les maîtres d’ouvrage des projets de déploiement du tri à la source et de projets de valorisation des biodéchets des ménages, sous réserve que leur projet respecte les règles européennes applicables aux aides d’État :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les collectivités territoriales et les groupements de collectivités (EPCI, syndicats) ayant la compétence collecte et/ou traitement des déchets ménagers et assimilés ;&lt;/li&gt;&lt;li&gt;Les établissements publics ou privés agissant dans le cadre du service public de gestion de déchets (SPGD).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les concessionnaires, délégataires et mandataires peuvent également déposer un dossier de candidature, avec l’accord formalisé de la collectivité ou établissement public concerné.&lt;/p&gt;&lt;p&gt;Les porteurs privés prestataires de collectivités seront éligibles pour les projets portant sur les installations de valorisation de biodéchets des ménages.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les actions éligibles au fonds doivent contribuer, dans le cadre d’une stratégie territoriale intégrée, à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La gestion de proximité et la collecte séparée des biodéchets&lt;/strong&gt; : sont concernés les investissements pour l’achat et la mise en œuvre d’équipements nécessaires à la collecte séparée  et à la gestion de proximité des biodéchets des ménages, conditionnées par la réalisation d’une étude préalable ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;La valorisation des biodéchets&lt;/strong&gt; : sont soutenus les investissements nécessaires à la mise en œuvre des installations de compostage et de méthanisation ainsi que la modification d’installations existantes afin qu’elles puissent traiter des déchets alimentaires (équipements, d’hygiénisation, , installations de méthanisation pour traiter des biodéchets des ménages, plateformes de compostage).  &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les investissements individuels (composteurs domestiques, broyeurs individuels) ne sont pas éligibles. La promotion de la gestion des biodéchets par l’alimentation animale et les investissements liés ne sont pas non plus éligibles à un soutien financier. Les équipements de pré-traitement semblables à des digesteurs, sécheurs, stabilisateur, agro-digesteurs ou électrocomposteur  ainsi que les équipements de déconditionnement ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Les projets doivent porter majoritairement sur des déchets des ménages par rapport aux déchets d’activités économiques (ratio en tonnage détourné).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées (sauf urgence avérée). L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;&lt;p&gt;Par ailleurs, &lt;strong&gt;les &lt;/strong&gt;&lt;strong&gt;projets présentés en 2025 ne seront financés par le Fonds vert qu&amp;#039;à la condition d&amp;#039;être portés par des collectivités n&amp;#039;ayant aucun autre mode de financement possible ou au vu de leur situation particulière&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Enfin, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe1_Biod%C3%A9chets.pdf</t>
         </is>
       </c>
-      <c r="W187" s="1" t="inlineStr">
+      <c r="W180" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-1-biodechets</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-tri-a-la-source-et-la-valorisation-des-biodechets-1/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>164288</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Accompagner dans la transition environnementale et énergétique</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Accompagner le territoire dans la transition environnementale et énergétique</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I188" s="1" t="inlineStr">
+      <c r="I181" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;4.1  
 Soutenir des pratiques agricoles durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.1.1  Accompagner les productions et les filières locales
 &lt;/p&gt;&lt;p&gt;4.1.2  Accompagner l’installation dans le cadre d’une
 démarche collective&lt;/p&gt;&lt;p&gt;4.1.3  Promouvoir une alimentation saine et durable&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.2  
 Préserver la biodiversité &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.2.1  Valoriser les haies&lt;/p&gt;&lt;p&gt;4.2.2  Restaurer les milieux naturels et renaturer
 certains espaces artificialisés &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3  
 Encourager les projets contribuant à une
 plus grande sobri&lt;/strong&gt;été&lt;/p&gt;&lt;p&gt;4.3.1 Aider les actions expérimentales et/ou innovantes
 visant à réduire les consommations en énergies, en eau et en matières&lt;/p&gt;&lt;p&gt;4.3.2  Favoriser le recyclage et le réemploi&lt;/p&gt;&lt;p&gt;4.3.3  Accompagner l’offre de mobilité douce&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.4  
 Développer les énergies renouvelables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.5  
 Informer, sensibiliser, éduquer à
 l’environnement et au développement durable et impliquer les citoyens&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M188" s="1" t="inlineStr">
+      <c r="M181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-   Regroupements
 fonciers, sensibilisation propriétaires fonciers, espaces tests agricoles, cuisine pédagogique, rencontres de
 producteurs, etc. ;&lt;/p&gt;&lt;p&gt;-   Réimplantation
 de haies, renaturation,
 inventaire milieux dégradés, etc. ; &lt;/p&gt;&lt;p&gt;-  Plans
 de sobriété, réutilisation des eaux usées, actions de partage
 d’infrastructures, d’équipements, de services, de matières, création de liaisons avec les voies
 vertes, liaisons piétonnes, pédibus, etc. ;&lt;/p&gt;&lt;p&gt;-  Cartographie
 multicritères, cadastre solaire, accompagnement des collectivités, projets photovoltaïques citoyens, etc. ;&lt;/p&gt;&lt;p&gt;-   Journées grand public,
 création lieu d’exposition, exposition itinérante, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Sols
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-transition-environnementale-et-energetique/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>164416</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J189" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P189" s="1" t="inlineStr">
+      <c r="P182" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q189" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W189" s="1" t="inlineStr">
+      <c r="W182" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>164419</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J183" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M190" s="1" t="inlineStr">
+      <c r="M183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P190" s="1" t="inlineStr">
+      <c r="P183" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q190" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W190" s="1" t="inlineStr">
+      <c r="W183" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>164438</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Développer l'économie circulaire</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Économie Circulaire 2025 - Guyane</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’économie circulaire est toujours émergente en Guyane : la notion est encore très peu connue du grand public, des acteurs et du monde de l’entreprise, limitant de fait les collaborations pourtant nécessaires à son développement.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;complète les actions structurantes menées en faveur de la collecte et du traitement des déchets&lt;/strong&gt; par les collectivités. Il vise à faire émerger des projets et des synergies qui conduisent à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’économie de ressources par les territoires, les secteurs d’activités et les entreprises, la prévention et la valorisation locale des déchets.&lt;/li&gt;&lt;li&gt;La pratique de nouvelles approches économiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il comprend trois grands volets thématiques :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : &lt;strong&gt;Allongement de la durée d&amp;#039;usage - réemploi, réparation, réutilisation.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Volet 2 : &lt;strong&gt;Recyclage et valorisation&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Volet 3 : &lt;strong&gt;Alimentation durable et gestion des biodéchets&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les cibles de l’appel à projets sont les associations, entreprises et acteurs privés.&lt;/p&gt;&lt;p&gt;Les acteurs privés bénéficiaires peuvent être les entreprises de l’Économie Sociale et Solidaire et les structures de l’économie conventionnelle, les instances inter-entreprises, les groupements d’entreprises, les groupements d’intérêt économique (GIE), les associations, les structures dédiées à la réparation…&lt;/p&gt;&lt;p&gt;L’organisme porteur du projet devra démontrer comment il organise la gouvernance liée au montage et au pilotage du projet.&lt;/p&gt;&lt;p&gt;Déroulé de la candidature :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;À la suite de la demande d&amp;#039;aide, un rendez-vous sera programmé avec le porteur de projet afin d’éclaircir des points particuliers.&lt;/li&gt;&lt;li&gt;Puis un jury de sélection des projets piloté par l’ADEME aura lieu. Il comprend les représentants de   l’ADEME Guyane et pourra associer des partenaires extérieurs.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Les aides financières seront attribuées aux projets retenus dans le présent AAP dans la limite des crédits disponibles au titre de l’année 2025.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Alimentation
 Emploi</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Guyane</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241211/economie-circulaire-2025-guyane</t>
         </is>
       </c>
-      <c r="W191" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/economie-circulaire-2025-guyane/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>164713</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les Technologies et les vecteurs énergétiques innovants</t>
         </is>
       </c>
-      <c r="C192" s="1" t="inlineStr">
+      <c r="C185" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Technologies et vecteurs énergétiques innovants</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02. Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="M192" s="1" t="inlineStr">
+      <c r="M185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet
 Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Aide à l&amp;#039;investissement &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt; Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;/p&gt;&lt;p&gt; Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.
 Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.
 Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q185" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/technologies-et-vecteurs-energetiques-innovants</t>
         </is>
       </c>
-      <c r="W192" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/technologies-et-vecteurs-energetiques-innovants/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G193" s="1" t="inlineStr">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>164743</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
-[...110 lines deleted...]
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif accompagne la réalisation des projets de transition de la petite entreprise vers des modèles plus responsables (Responsabilité Sociétale des Entreprises - RSE) et favorise l&amp;#039;économie circulaire, les circuits courts et l&amp;#039;approvisionnement local. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consolider financièrement les projets de développement permettant l&amp;#039;entreprise d&amp;#039;engager ses transitions,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser les circuits courts et l&amp;#039;approvisionnement local,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Limiter et valoriser les déchets, réutiliser et réemployer des outils de production au travers de l&amp;#039;économie circulaire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant
 &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Cette aide est accordée sur les coûts d&amp;#039;investissement dans les actifs corporels ou incorporels ainsi que les dépenses liées au conseil et au recrutement relatives à la réalisation du projet. Pour ces dernières, elles ne doivent pas dépasser la moitié des dépenses éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : les dépenses liées à l’acquisition de véhicules, à l’obtention d’une certification ou d’une norme réglementaire et au financement en crédit-bail.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La région fixe un taux d&amp;#039;intervention maximum de 35% du montant de l&amp;#039;investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;aide régionale ne pourra pas dépasser 50 000 € au titre de cette aide et n&amp;#039;interviendra pas si le montant des investissements ne dépasse pas 10 000 € hors taxes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La modulation du taux s&amp;#039;effectue selon l&amp;#039;adéquation du projet avec la feuille de route Néo Terra et/ou la localisation de l&amp;#039;entreprise sur les territoires prioritaires régionaux (territoires d’industrie, CADET, QPV…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Attractivité économique
 Artisanat</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise de moins de 10 salariés et chiffre d&amp;#039;affaire ou bilan inférieur à 2 millions d&amp;#039;euros (TPE), enregistrée au Registre national des entreprises, dans les secteurs du commerce, de l&amp;#039;industrie, des services et de l&amp;#039;artisanat. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : l&amp;#039;hôtellerie, les campings et les gîtes (ils relèvent des dispositifs spécifiques liés aux activités touristiques).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour solliciter une aide à la transition, le dirigeant d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Avoir réalisé un accompagnement préalable auprès des structures adéquates,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous pouvez être accompagné dans votre projet par toute structure qui vous semble compétente ( CCI, Chambre des Métiers, ADI - Agence de Développement et de l&amp;#039;Innovation de Nouvelle-Aquitaine, votre EPCI, cabinets spécialisés..) pour vous accompagner dans :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La définition de votre stratégie et de votre plan d&amp;#039;action&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La recherche de financement et de partenaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La complétude et le dépôt de votre dossier de demande d&amp;#039;aide régionale.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-linvestissement-des-transitions-tres-petites-entreprises-tpe</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>Pour solliciter une aide régionale dans le cadre du dispositif d’aide à l&amp;#039;investissement des transitions, le dirigeant d’entreprise dépose un dossier de demande de financement à la Région accompagné des différentes pièces justificatives dont la charte d’engagement signée.</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linvestissement-des-transitions-tres-petites-entreprises-tpe/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>165061</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Agir pour réduire et valoriser les déchets assimilés en Normandie</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Agir pour réduire et valoriser les déchets assimilés en Normandie</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maîtriser et baisser la part des assimilés dans les DMA&lt;/strong&gt; est un levier prioritaire qui vient s’additionner aux efforts réalisés pour permettre le tri à source des biodéchets, la prévention, et la mise en œuvre d’une tarification incitative.&lt;/p&gt;&lt;p&gt;Les assimilés représentent pour la collectivité un &lt;strong&gt;enjeu majeur pour la maîtrise des couts de collecte et de traitement&lt;/strong&gt;, mais aussi un levier de service aux activités économiques qui impliquent une articulation et une cohérence à l’échelle du territoire : du conseil aux entreprises pour moins produire de déchets et mieux trier, jusqu’à la valorisation des déchets.&lt;/p&gt;&lt;p&gt;Plus largement, se saisir de la question des déchets d&amp;#039;activités économiques sur son territoire permet à la fois d&amp;#039;&lt;strong&gt;optimiser le SPPGD &lt;/strong&gt;(Service public de prévention et de gestion des déchets)&lt;strong&gt; &lt;/strong&gt;mais aussi d&amp;#039;&lt;strong&gt;accompagner le développement économique des entreprises&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Répondre à cet appel à candidatures permet d&amp;#039;être &lt;strong&gt;accompagné en fonction des priorités du territoire&lt;/strong&gt;, de manière individuel et adaptée, à partir des trois axes de travail suivants (un ou plusieurs axes peuvent être sélectionnés par la collectivité lors de sa candidature): &lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Accompagner directement les entreprises du territoire&lt;/strong&gt; pour réduire et mieux valoriser leurs déchets :&lt;br /&gt;Établir un état des lieux des professionnels producteurs de déchets, les accompagner pour développer l’efficience et la sobriété matière et ainsi réduire la quantité de déchets assimilés sur le territoire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Perfectionner, étendre ou mettre en œuvre une Redevance Spéciale&lt;/strong&gt;. &lt;br /&gt;Les études et les investissements sont éligibles.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Permettre le développement de solutions adaptées&lt;/strong&gt; pour mieux collecter et valoriser les déchets d&amp;#039;activités économiques :&lt;br /&gt;Établir un état des lieux et structurer et accompagner les filières de collecte/tri/valorisation, dont les déchèteries. La &lt;strong&gt;réalisation d&amp;#039;une étude territoriale pour développer une stratégie propre&lt;/strong&gt; à la collectivité peut être financée dans le cadre de cet appel à candidatures. Un cahier des charges dédié est proposé.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La Région Normandie sera associée comme partenaire dans le cadre d&amp;#039;un comité de suivi des candidatures.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P195" s="1" t="inlineStr">
+      <c r="P187" s="1" t="inlineStr">
         <is>
           <t>22/05/2025</t>
         </is>
       </c>
-      <c r="Q195" s="1" t="inlineStr">
+      <c r="Q187" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X195" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/catalogue/aap/agir-pour-reduire-et-valoriser-les-dechets-assimiles-en-normandie</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-reduire-et-valoriser-les-dechets-assimiles-en-normandie/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>165062</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Recycler : Circularité des plastiques, textiles et élastomères : (CAPTE)</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Circularité avancée des plastiques, textiles et élastomères (CAPTE)</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cet Appel à projets (AAP) poursuit l’objectif d’&lt;strong&gt;accélérer la transition&lt;/strong&gt; et de &lt;strong&gt;contribuer au découplage entre croissance économique et consommation de ressources naturelles&lt;/strong&gt; de la société française, en y contribuant par le recyclage, qui substitue aux matières premières vierges (MPV) des matières premières de recyclage (MPR).&lt;/p&gt;&lt;p&gt;Cette substitution de MPV par des MPR constitue aussi un puissant levier de décarbonation et de renforcement de la souveraineté de l’industrie française et européenne.&lt;/p&gt;&lt;p&gt;L&amp;#039;AAP prend en compte les apprentissages récents :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;sur les technologies de recyclage chimique ;&lt;/li&gt;&lt;li&gt;sur le développement de nouvelles technologies qui permettent au recyclage mécanique d’être de plus en plus performant ;&lt;/li&gt;&lt;li&gt;et sur le contexte socio-économique européen et mondialisé du secteur de la production de plastique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il contribue notamment à la souveraineté matières de la France et de l’Europe.&lt;/p&gt;&lt;p&gt;Ce dispositif vise dans ce contexte à &lt;strong&gt;accompagner les investissements nécessaires pour adapter les capacités industrielles françaises&lt;/strong&gt; sur l’ensemble de la chaîne de valeur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;préparation / décontamination / surtri de la matière déchet ;&lt;/li&gt;&lt;li&gt;production de MPR ;&lt;/li&gt;&lt;li&gt;incorporation de MPR par les transformateurs ;&lt;/li&gt;&lt;li&gt;et prise en compte de l’utilisation de la MPR par les donneurs d’ordre en charge de la conception ou l’assemblage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce dispositif incite les entreprises, sur toute la chaîne de valeur, à aller au-delà des acquis déjà en place sur le territoire et des prochaines obligations réglementaires.&lt;/p&gt;&lt;p&gt;Cet AAP contribue au &lt;strong&gt;développement de capacités de recyclage chimique innovantes&lt;/strong&gt; dans le souci d’une complémentarité optimale avec le recyclage mécanique. Cela afin de réduire l’impact environnemental des matières plastiques produites et utilisées en France et en Europe, en traitant des gisements de déchets plastiques jusqu’ici non recyclables, et en les transformant en MPR à hautes valeurs ajoutées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P188" s="1" t="inlineStr">
         <is>
           <t>16/05/2025</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>30/01/2026</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X196" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/circularite-avancee-des-plastiques-textiles-et-elastomeres-capte</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/circularite-avancee-des-plastiques-textiles-et-elastomeres-capte/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>165320</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Valoriser le territoire à travers l’exploitation de données ouvertes [FORMATION]</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Valorisation du territoire à travers l’exploitation de données ouvertes</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Atelier Canopé 21 Dijon
 Réseau Canopé : Atelier Canopé 25 Besançon
 Réseau Canopé : Atelier Canopé 39 Lons-le-Saunier
 Réseau Canopé : Atelier Canopé 58 Nevers
 Réseau Canopé : Atelier Canopé 70 Vesoul
 Réseau Canopé : Atelier Canopé 71 Macon
 Réseau Canopé : Atelier Canopé 89 Auxerre
 Réseau Canopé : Atelier Canopé 90 Belfort
 Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​En s’appuyant sur la méthodologie du Datasprint, les formateurs de Réseau Canopé accompagnent vos équipes à explorer les données produites sur un territoire et, à travers leur visualisation, à valoriser ce territoire autour d’une thématique de développement durable ciblée : l’évolution climatique, les mobilités, l’eau... &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​​Durée de la session&lt;/strong&gt; : 1 journée &lt;/p&gt;&lt;p&gt;&lt;strong&gt;​Objectifs de la formation&lt;/strong&gt; :  &lt;/p&gt;&lt;p&gt;​– Traiter des données et en extraire une problématique liée au développement durable. &lt;/p&gt;&lt;p&gt;​– Créer des datavisualisations pour mettre en évidence les enjeux de la problématique choisie. &lt;/p&gt;&lt;p&gt;​– Appréhender le format datasprint et être capable d’en traverser les différentes étapes.​ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M197" s="1" t="inlineStr">
+      <c r="M189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;​​Valoriser un bilan d’actions sur un territoire &lt;/li&gt;&lt;li&gt;​Mettre en évidence les évolutions des comportements sur un territoire  &lt;/li&gt;&lt;li&gt;​Visualiser graphiquement pour les rendre lisibles des données nombreuses et/ou complexes&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie circulaire
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;.​​Réunir une équipe projet de 15 participants maximum, en présentiel​.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;​​Pour plus d&amp;#039;information prenez contact avec l&amp;#039;Atelier Canopé de votre département : &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_blank" rel="noreferrer noopener"&gt;https://www.reseau-canope.fr/nous-trouver/ &lt;/a&gt;​ &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>christel.renaud@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-valoriser-le-territoire-a-travers-lexploitation-de-donnees-ouvertes/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>165342</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Mettre à disposition un kit d'information et de sensibilisation sur la lutte contre les dépôts sauvages</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Mise à disposition d'un kit d'information et de sensibilisation sur la lutte contre les dépôts sauvages</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la stratégie départementale de lutte contre les dépôts sauvages et en soutien des collectivités locales, mise à disposition de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Fichiers d&amp;#039;affiches personnalisables de sensibilisation grand public pour impression ou utilisation sur les réseaux sociaux, journaux municipaux,&lt;/li&gt;&lt;li&gt;Fichiers de flyer de sensibilisation concernant les travaux de particuliers&lt;/li&gt;&lt;li&gt;Ressources documentaires pour les maires : dépliant &amp;#34;les clés pour agir&amp;#34;, modèles de délibération, de PV...&lt;/li&gt;&lt;li&gt;Rapport de l&amp;#039;Observatoire des dépôts sauvages sur l&amp;#039;état des lieux de votre territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M198" s="1" t="inlineStr">
+      <c r="M190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faciliter la communication et les actions du bénéficiaire dans la lutte contre les dépôts sauvages&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Recyclage et valorisation des déchets
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://id77.fr</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
+      <c r="W190" s="1" t="inlineStr">
         <is>
           <t>https://catalogue.id77.fr/index.php/admin/service/update?id=401</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-a-disposition-un-kit-dinformation-et-de-sensibilisation-sur-la-lutte-contre-les-depots-sauvages/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>165403</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Accompagner les filières économiques et les acteurs en faveur de la valorisation des ressources locales</t>
         </is>
       </c>
-      <c r="C199" s="1" t="inlineStr">
+      <c r="C191" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA2</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J199" s="1" t="inlineStr">
+      <c r="J191" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;économie des territoires ruraux s&amp;#039;est tournée depuis des dizaines d&amp;#039;années vers l&amp;#039;extérieur et demeure très dépendante de fluctuations sur lesquels ils n&amp;#039;ont aucun contrôle. La crise du Covid puis la crise énergétique ont largement illustré ce fait et la fragilité qu&amp;#039;elles ont provoqué sur le territoire. Certains secteurs sont plus impactés que d&amp;#039;autres. Les acteurs institutionnels et économiques ont entamé, à travers diverses stratégies, un travail pour une autonomie du territoire grâce à la valorisation optimale des ressources présentes localement. Le maintien des activités et le développement de filières de proximité sur les territoires est un enjeu pour les populations et l&amp;#039;attractivité de ces territoires.&lt;/p&gt;&lt;p&gt;Cette fiche action a pour but d&amp;#039;identifier les leviers pour capter le potentiel des ressources directement sur le territoire. Ces ressources concernent notamment:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La requalification des déchets par le réemploi et la réutilisation&lt;/li&gt;&lt;li&gt;La valorisation de la ressource foncière du territoire&lt;/li&gt;&lt;li&gt;La valorisation des productions agricoles et alimentaires grâce à la mise en place de circuits courts et de proximité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;appuyer la création de filières, ainsi que leur développement notamment par le soutien à des chainons manquants dans la chaine de la filière. Ces actions ont aussi pour but de valoriser les dynamiques de création d&amp;#039;emploi, notamment par des initiatives sociales et solidaires : actions de réutilisation des déchets, revalorisation des friches en changeant de destination par exemple, ou encore soutien à des acteurs dans les chaines de valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions:&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.1 : Développer le réemploi des matériaux et déchets&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.1.1 : &lt;/strong&gt;&lt;span&gt;Appui à l&amp;#039;émergence de filières et aux initiatives de réemploi, de réutilisation et de recyclage&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de low-tech&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.1.3 :&lt;/strong&gt;&lt;span&gt; Appui aux systèmes innovants de lutte contre le gaspillage alimentaire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.2 : Revaloriser les friches agricoles, résidentielles et industrielles du territoire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.2.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux actions de valorisation du foncier communal en friche&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.2 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des terres et bâti agricole&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.2.3 :&lt;/strong&gt;&lt;span&gt; Soutien à la revalorisation des bâtiments résidentiels et commerciaux abandonnés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.3 : Accompagner les structures valorisant les ressources locales &lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.3.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation des produits issus de ressources locales&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.2 :&lt;/strong&gt;&lt;span&gt; Actions favorisant l&amp;#039;alimentation en circuit court&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.3.3 :&lt;/strong&gt;&lt;span&gt; Actions de mise en valeur de la ressource oenotouristique du territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 2.4 : Accompagner les structures valorisant les ressources archéologiques et le patrimoine vernaculaire&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;2.4.1 :&lt;/strong&gt;&lt;span&gt; Soutien aux initiatives de valorisation et restauration du patrimoine archéologique et du patrimoine vernaculaire&lt;br /&gt;&lt;/span&gt;&lt;strong&gt;2.4.2 :&lt;/strong&gt;&lt;span&gt; Soutien aux projets participatifs permettant la valorisation du patrimoine archéologique et du patrimoine vernaculaire&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M199" s="1" t="inlineStr">
+      <c r="M191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ressourcerie du bâtiment, déchets du bâtiment, développement de la consigne, soutien aux démarches de valorisation des déchets verts, formation et ateliers sur les démarches, lowtech, centre lowtech, commerce lowtech, repair café, participation aux évènements et salons lowtech hors territoire, centre de tri et réutilisation des textiles, etc. ;&lt;/li&gt;&lt;li&gt;Etude pour la réouverture d&amp;#039;une friche bâtie agricole, enquêtes de proximité, accompagnement à maitrise d&amp;#039;ouvrage, etc. ;&lt;/li&gt;&lt;li&gt;Création d&amp;#039;une unité de création de biomatériaux locaux, soutien aux entreprises transformant localement des ressources locales, campagne de promotion innovante, soutien de filières émergentes et entreprises de ces filières, accompagnement à la relocalisation de la filière alimentaire, mise en valeur de la ressource oenotouristique du territoire, etc. ;&lt;/li&gt;&lt;li&gt;Chantier participatif de restauration du patrimoine, action de valorisation et de vulgarisation d&amp;#039;un patrimoine archéologique, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Bâtiments et construction
 Réhabilitation
 Attractivité économique
 Artisanat
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous&lt;/u&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-filieres-economiques-et-les-acteurs-en-faveur-de-la-valorisation-des-ressources-locales/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W192" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I193" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q193" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T193" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>