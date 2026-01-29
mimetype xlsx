--- v0 (2025-10-15)
+++ v1 (2026-01-29)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA172"/>
+  <dimension ref="A1:AA151"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,128 +228,3872 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>163076</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des démarches énergie-climat territoriales structurantes</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise énergie-climat pour mettre en place une stratégie territoriale de réduction des consommations d’énergie et des émissions de gaz à effet de serre et de développement des énergies renouvelables et de récupération (EnRR).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;• &lt;/span&gt;Etat des lieux énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Elaboration d’une scénarisation prospective de la demande en énergie, du mix énergétique et du développement des EnRR à court, moyen et long termes, en lien avec les contextes et objectifs nationaux, régionaux et locaux &lt;/p&gt;&lt;p&gt;• Participation à la définition des objectifs et de la stratégie énergie-climat du territoire &lt;/p&gt;&lt;p&gt;• Participation aux groupes de travail et ateliers thématiques portés par les collectivités en vue de définir un plan d’actions &lt;/p&gt;&lt;p&gt;• Accompagnement tout au long de la mise en place de la démarche : participation aux comités de pilotage, recherche de benchmarks locaux et européens… &lt;/p&gt;&lt;p&gt;• Aide à la mise en place d’indicateurs de suivi &lt;/p&gt;&lt;p&gt;• Suivi des trajectoires d’évolution des consommations et des productions en lien avec les objectifs fixés &lt;/p&gt;&lt;p&gt;• Suivi de la mise en œuvre du plan d’actions et de ses impacts sur la stratégie territoriale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement des territoires engagés dans des démarches type Plan Climat-Air-Energie Territorial, TEPOS, Agenda 21...&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;EPCI, collectivités, communautés de communes... en Gironde&lt;/li&gt;&lt;li&gt;Adhésion à l&amp;#039;Alec&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention éventuelle&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-demarches-energie-climat-territoriales-structurantes/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>163079</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une planification énergie-climat territoriale</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Organiser une planification énergie-climat territoriale</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise à l’échelle des intercommunalités / communes / quartiers dans l’élaboration et la mise en œuvre des politiques publiques de planification territoriale : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Caractérisation de la demande et de l’offre en énergie &lt;/li&gt;&lt;li&gt;Réflexion thématique sur l’adéquation entre offre et demande en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Modalités :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Caractérisation de la demande en énergie selon les usages (chaleur, électricité…) et les périmètres d’étude (quartier, typologies de bâtiments…). &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Caractérisation de l’offre en énergie : &lt;/strong&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etat des lieux des filières EnR (projets en fonctionnement, en étude et en développement) &lt;/li&gt;&lt;li&gt;Recensement des installations et caractérisation des fournisseurs et plateformes de production &lt;/li&gt;&lt;li&gt;Perspectives de développement des EnR&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;2. Réflexions thématiques sur l’adéquation entre offre et demande en énergie : &lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identification des gros consommateurs d’énergie et étude de la mise en place d’un réseau de chaleur urbain ou communal &lt;/li&gt;&lt;li&gt;Identification de sites favorables au développement d’une énergie spécifique &lt;/li&gt;&lt;li&gt;Identification des besoins de froid (actuels et à venir), ainsi que des solutions adaptées pour les réduire et/ou y répondre &lt;/li&gt;&lt;li&gt;Détermination des quartiers ou des typologies de bâtiments prioritaires en termes de rénovation énergétique&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Identification des zones favorables aux réseaux de chaleur, étude des problématiques de réseaux liées à l’approvisionnement en électricité, quantification des besoins de froid actuels et à venir, détermination des profils de logements prioritaires en matière de rénovation thermique.&lt;/li&gt;&lt;li&gt;Caractérisation de la demande en énergie et de ses gros consommateurs d’énergie sur un territoire pour déterminer les zones favorables à la mise en œuvre de réseaux de chaleur.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/organiser-une-planification-energie-climat-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>165374</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Produire et distribuer de la chaleur pour les bâtiments publics avec une chaufferie bois-énergie</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Bois-énergie et réseaux de chaleur&lt;/h4&gt;&lt;p&gt;L&amp;#039;installation d&amp;#039;une chaufferie et de son réseau de chaleur
+associé offre de nombreux avantages, notamment la mutualisation de la
+maintenance et de l&amp;#039;approvisionnement en combustible, ainsi qu&amp;#039;une optimisation
+des coûts de l&amp;#039;énergie. &lt;/p&gt;&lt;p&gt;Avec la compétence « production et distribution de chaleur
+», le Te61 poursuit son engagement en faveur de la transition énergétique en
+permettant aux collectivités adhérentes de s’équiper de chaufferie
+bois-énergie. Un service « clé en main » pour la collectivité qui est
+accompagnée tout au long du projet.&lt;/p&gt;&lt;p&gt;Pour savoir s’il est possible ou non de créer une chaufferie
+bois-énergie, le Te61 réalise une note d’opportunité. Celle-ci ne se substitue
+pas à une étude de faisabilité ultérieure, mais permet d’en établir le cahier
+des charges.&lt;/p&gt;&lt;p&gt;Une convention établie entre la collectivité adhérente et le
+Te61 permet d’en définir les modalités. Pour les installations de petites
+puissances, la note d’opportunité est souvent la seule étape de réflexion
+nécessaire au projet.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture-d-ecran-2025-08-06-101752-689310dd25e72.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/classification-des-communes-689311e90fd8c.png" alt /&gt;&lt;/p&gt;&lt;h4&gt;&lt;br /&gt;&lt;/h4&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Le transfert de compétence&lt;/h4&gt;&lt;p&gt;Par transfert de la compétence, le Territoire d’Énergie Orne devient maître d’ouvrage du projet. La collectivité adhérente bénéficie ainsi des services, de l’expertise et de l’accompagnement d’un technicien pour la mise en œuvre de la chaufferie bois-énergie et de son éventuel réseau de chaleur associé. &lt;/p&gt;&lt;p&gt;Le Te61 :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Etudie les solutions techniques,&lt;/li&gt;&lt;li&gt;Investit et accompagne la collectivité dans la mise en place de la chaufferie bois-énergie,&lt;/li&gt;&lt;li&gt;Exploite la chaufferie avec l&amp;#039;adhérent.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les coûts associés à cette mission sont portés en partie par le Te61.&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/participation-chaufferie-68932a5d95296.png" alt /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/energies-renouvelables/bois-energie-et-reseaux-de-chaleur/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;David Durand - ingénieur bois énergie - david.durand&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;https://te61.fr/&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/chauffer-les-batiments-publics-avec-les-chaufferie-bois-energie/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>164911</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Décarboner les sites industriels de PME, ou de grandes entreprises non soumises à EU-ETS</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>DECARB FLASH 2025-2027</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &lt;strong&gt;DECARB-FLASH 2025-2027,&lt;/strong&gt; opéré par l’ADEME, s’inscrit dans le cadre du plan France 2030, déployé par le gouvernement français, et du paquet « Ajustement à l’objectif 55 » (« Fit for 55 »), porté par la Commission européenne.&lt;/p&gt;&lt;p&gt;Les projets déposés doivent conduire à &lt;strong&gt;une réduction des émissions de gaz à effet de serre (GES) &lt;/strong&gt;du bénéficiaire, notamment par&lt;strong&gt; la baisse de la consommation de combustibles &lt;/strong&gt;, que ce soit au niveau des procédés industriels, des équipements produisant des utilités industrielles ou de l’isolation des bâtiments industriels, sur le site du projet, défini par son SIRET.&lt;/p&gt;&lt;p&gt;DECARB-FLASH 2025-2027 vise à &lt;strong&gt;financer des actions déployables rapidement&lt;/strong&gt;, portant principalement sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la récupération de chaleur fatale ;&lt;/li&gt;&lt;li&gt;l’efficacité énergétique ;&lt;/li&gt;&lt;li&gt;la modification du Mix énergétique ;&lt;/li&gt;&lt;li&gt;l&amp;#039;isolation des bâtiments ;&lt;/li&gt;&lt;li&gt;la réduction de consommation d&amp;#039;énergie fossile par production d&amp;#039;Énergie renouvelable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;appel à projets se base sur une liste précise d’opérations éligibles, dont le coût total cumulé doit être &lt;strong&gt;compris entre 100 k€ (25 k€ en Corse et Outre-mer) et 3 M€&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;La pièce « DECARB-FLASH 2025-2027 – Liste des actions éligibles » reprend la liste exhaustive des actions éligibles et leurs définitions précises.&lt;/p&gt;&lt;p&gt;Nous vous invitons à lire attentivement le cahier des charges ci-joint afin de vérifier votre éligibilité, et à compléter et déposer les pièces justificatives indiquées.&lt;/p&gt;&lt;p&gt;Cet appel à projets &lt;strong&gt;se clôture le 15/02/2027 à 15h&lt;/strong&gt; (GMT &amp;#43;1).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>10/04/2025</t>
+        </is>
+      </c>
+      <c r="Q5" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2027</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/decarb-flash-2025-2027</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;decarb.flash&amp;#64;ademe.fr &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/decarb-flash-2025-2027/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>94696</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études de faisabilité de chauffage des serres par énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Étude de faisabilité de chauffage des serres par énergie renouvelable », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif :
+Cette étude vous permet d&amp;#039;identifier les pistes d&amp;#039;économie d&amp;#039;énergie, puis d&amp;#039;étudier la faisabilité de mise en œuvre d&amp;#039;une énergie renouvelable pour le chauffage des serres.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir d&amp;#039;un diagnostic des serres et de leur environnement (autres besoins de chaleurs à proximité), l&amp;#039;étude vous proposera d&amp;#039;abord des pistes d&amp;#039;économies d&amp;#039;énergies. Dans un second temps, elle proposera d&amp;#039;étudier la faisabilité de mise en oeuvre d&amp;#039;énergie renouvelable (bois ou géothermie), tant d&amp;#039;un point de vue technique qu&amp;#039;économique. L&amp;#039;étude peut également être complétée sur des volets d&amp;#039;aide au montage financier et juridique et aborde bien évidemment le bilan environnemental de la partie chauffage.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : entreprises.
+ &lt;br /&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide : jusqu&amp;#039;à 70 % selon la taille de l&amp;#039;entreprise.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafonds : 50 000 € étude de diagnostic, 100 000 € études d&amp;#039;accompagnement de projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réalisez votre étude préalable de faisabilité de chauffage des serres par énergie renouvelable
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   À partir d&amp;#039;un diagnostic des serres et de leur environnement (autres besoins de chaleurs à proximité), l&amp;#039;étude vous proposera d&amp;#039;abord des pistes d&amp;#039;économies d&amp;#039;énergies. Dans un second temps, elle proposera d&amp;#039;étudier la faisabilité de mise en œuvre d&amp;#039;énergie renouvelable (bois ou géothermie), tant d&amp;#039;un point de vue technique qu&amp;#039;économique. L&amp;#039;étude peut également être complétée sur des volets d&amp;#039;aide au montage financier et juridique et aborde bien évidemment le bilan environnemental de la partie chauffage.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etude-faisabilite-chauffage-serres-energie-renouvelable</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Besoin de plus d&amp;#039;information sur ce dispositif ?
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez l&amp;#039;ADEME  via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;293" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/07d6-aider-a-une-etude-de-faisabilite-de-chauffage/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>163294</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Développer les réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d’Énergie Somme est statutairement compétent en matière de réseaux de chaleur à base d&amp;#039;énergies renouvelables et de récupération et développe des projets dans le Département de la Somme en étroite collaboration avec les collectivités locales, qui lui transfèrent cette compétence production / distribution de chaleur renouvelable &amp;#34;Réseaux de chaleur&amp;#34;. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoire d’Énergie Somme informe et conseille sur les filières possibles en réalisant des études d&amp;#039;opportunité intégrant le dimensionnement, l&amp;#039;approvisionnement, et les possibilités de montage juridique du projet afin de juger de l&amp;#039;opportunité d&amp;#039;une solution aux côtés des collectivités. Celles-ci ont alors la possibilité de transférer leur compétence &amp;#34;chaleur renouvelable&amp;#34; à Territoire d’Énergie Somme qui réalise l&amp;#039;investissement et finance intégralement le projet, construit les réseaux et les exploite.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/energies-renouvelables</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;agnes.lenne&amp;#64;fde-somme.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reseaux-de-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>162818</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aider les projets EnR thermiques sur le territoire nivernais</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de Chaleur Renouvelable Territorial SIEEEN - Fonds Chaleur ADEME</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Le CCRt consiste à développer un partenariat avec l’ADEME et son agence régionale de BFC, pour le soutien au développement des projets EnR thermiques sur le territoire : &lt;br /&gt;- Aides à la décision (80%) : études de faisabilité, missions d’avant-projet de maîtrise d’œuvre, AMO, schéma directeur réseaux de chaleur ;&lt;br /&gt;- Investissements : réalisation de chaufferies et réseaux, installations de géothermie, solaire thermique, etc.&lt;br /&gt;- Animation du contrat par le SIEEEN : aide dans le cadre d’une gestion déléguée, par le biais d’une convention de mandat. &lt;br /&gt; Ce contrat de développement territorial se matérialise par un accord cadre de partenariat entre l’ADEME et le porteur du CCRt. Il fixe les engagements de chacun et notamment le rôle de l’opérateur territorial : animation, objectifs de production total en MWh/an, nombre de projets EnR thermique à conventionner dont un certain nombre hors biomasse. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Economie locale et circuits courts
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif des contrats de chaleur renouvelable est un déploiement conséquent des filières EnR&amp;amp;R thermiques sur l’ensemble du territoire. Les projets sont accompagnés dans leur ensemble, dans un objectif de performance et de qualité globale, de la phase de conception / dimensionnement jusqu’au suivi de la performance des installations, en passant par la phase de réalisation / travaux.&lt;/p&gt;&lt;p&gt;Par installations EnR&amp;amp;R thermiques, on entend des opérations de biomasse énergie, solaire thermique, géothermie de surface et des opérations de récupération de chaleur fatale. Les réseaux de chaleur éventuellement associés à des unités de production d’énergie renouvelable et de récupération (création, extension, densification) sont également éligibles au dispositif. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieeen.fr/actualites/developpement-des-enr-thermiques-dans-la-nievre-ccrt-le-contrat-de-partenariat-sieeen-ademe</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sylvain BARDOT, chargé de contrat de développement ENR&lt;br /&gt;&lt;br /&gt;SIEEEN - Régie SIEEEN Chaleur&lt;br /&gt;&lt;br /&gt;&lt;a target="_self"&gt;sylvain.bardot&amp;#64;sieeen.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;Tel : 03 86 59 76 90 poste 286 / Portable : 06 45 98 84 37 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>sylvain.bardot@sieeen.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-les-projets-enr-thermiques-sur-le-territoire-nivernais/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>42871</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Installer des chauffages à énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes Métropole
+Ademe — Direction régionale — Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes Métropole</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Selon production de chaleur renouvelale et type d'énergie</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ Soutenir financièrement les projets d&amp;#039;énergies renouvelables thermiques.
+ Ce dispositif national est géré par Grenoble Alpes Métropole sur son territoire par délégation de l&amp;#039;ADEME, pour
+ &lt;strong&gt;
+  financer
+ &lt;/strong&gt;
+ les projets d&amp;#039;énergie renouvelable thermique et apporter aux porteurs de projet du
+ &lt;strong&gt;
+  conseil
+ &lt;/strong&gt;
+ , et un
+ &lt;strong&gt;
+  support
+ &lt;/strong&gt;
+ afin de faciliter la mise en service et l&amp;#039;exploitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+ Installations de
+ - Solaire thermique ;
+ - Biomasse/Bois énergie ;
+ - Géothermie ;
+ - Réseau de chaleur.
+ Les projets, quelles que soit la puissance du système de chaleur renouvelable à installer, peuvent bénéficier d&amp;#039;une aide financière qui peut aller jusqu&amp;#039;à 50 % de l&amp;#039;investissement et qui sont compatibles avec les autres aides publiques (Département, Région...). L&amp;#039;ensemble des aides peut amener une couverture de l&amp;#039;investissement jusqu&amp;#039;à 80% (selon les règles de cumuls des aides publiques).
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont instruits au fil de l&amp;#039;eau par Grenoble-Alpes Métropole. L&amp;#039;ALEC (Agence Locale de l&amp;#039;Energie et du Climat) accompagne les porteurs de projets de la définition du projet, au montage des dossiers de subvention, jusqu&amp;#039;au suivi du bon fonctionnement des installations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ Tout type sauf particuliers. Bénéficiaires publics ou privés (communes, bailleurs, entreprises, associations, etc.), situés sur le territoire de la Métropole grenobloise.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+ Subvention dont le montant dépendra du type d&amp;#039;installation, l&amp;#039;aide étant un forfait en fonction du volume de chaleur qu&amp;#039;il est envisagé de produire. L&amp;#039;aide peut aller jusqu&amp;#039;à 50 % de l&amp;#039;investissement et qui sont compatibles avec les autres aides publiques (Département, Région...). L&amp;#039;ensemble des aides peut amener une couverture de l&amp;#039;investissement jusqu&amp;#039;à 80%.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exemple d&amp;#039;aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Chaufferie bois dans 1100 m2 de bureaux : 6 044 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaufferie bois dans 2100 m2 de locaux tertiaires : 41 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaufferie bois avec réseau de chaleur pour bâtiments tertiaires : 110 450 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation solaire de 15 m2 pour eau chaude sanitaire d&amp;#039;une structure d&amp;#039;hébergement touristique : 7 752 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation solaire de 50 m2 pour eau chaude sanitaire d&amp;#039;un bailleur : 25 500 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de géothermie pour un ensemble de logements collectifs d&amp;#039;un promoteur : 105 350 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaudière bois pour centre technique : 13 520 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaudière bois et réseau de chaleur alimentant 6 bâtiments communaux
+  dont gymnase et piscine : 162 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chaudière bois pour un groupe scolaire : 32 184 €
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Grenoble-Alpes-Métropole</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grenoblealpesmetropole.fr/620-je-souhaite-financer-un-projet-d-energies-renouvelables-thermiques.htm</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Grenoble-Alpes Métropole
+ Direction de la transition énergétique
+ Claire Mazoyer
+ Tél : 04 56 58 53 57
+&lt;/p&gt;
+&lt;p&gt;
+ fondschaleur&amp;#64;lametro.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Gaël BOGOTTO
+ Chargé de mission
+ Société Publique Locale ALEC de la Grande Région Grenobloise
+ Tél : 04 76 00 19 09
+&lt;/p&gt;
+&lt;p&gt;
+ gael.bogotto&amp;#64;alec-grenoble.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>energie.entreprises@grenoblealpesmetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61ad-aide-financiere-aux-installations-de-chauffag/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>165199</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement de dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
+la nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur.&lt;/p&gt;
+&lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
+(épuration, limitation des transferts, …), hydrologie (effet tampon, 
+soutien d’étiage, …), atténuation des effets du dérèglement climatique 
+(ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
+pour la faune et la flore, …).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Réseaux de chaleur
+Agriculture et agroalimentaire
+Biodiversité
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
+ le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
+masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
+de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
+Pour les actions de lutte contre les pollutions diffuses, ces actions
+ sont également financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau sur les territoires suivants, identifiés comme 
+prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-sous-maitrise-douvrage-pu.html</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-sous-maitrise-douvrage-publique-ou-associations/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>103390</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Développer la production de chaleur renouvelable et réseaux</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Production de chaleur renouvelable et réseaux</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;p&gt;
+ La Région, conjointement avec l&amp;#039;ADEME, copilote un appel à projets pour financer la production de chaleur renouvelable à partir de la géothermie, de la récupération de chaleur fatale et de la combustion de biomasse ainsi que les projets de réseaux.
+&lt;/p&gt;
+&lt;img alt="Faites pousser vos idées pour l&amp;#039;environnement" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/BUDGET_PARTICIPATIF-desktop.jpg" /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pompe à chaleur géothermale (sur nappe, sur sondes verticales),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Géothermie profonde,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Récupération de chaleur fatale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bois énergie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réseaux :
+ &lt;/strong&gt;
+ extension et création de réseaux de chaleur dont le taux d&amp;#039;ENR&amp;amp;R est supérieur à 65%.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les candidats doivent déposer leur dossier sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ . Le candidat qui présente plus d&amp;#039;un projet doit réaliser autant de dossiers de candidature que de projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier de demande de subvention devra être déposé préalablement au commencement du projet faisant l&amp;#039;objet de la subvention. Les travaux ne doivent pas démarrer avant le vote de la subvention en Commission Permanente sous peine de devoir effectuer une demande de dérogation.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : les dossiers sont à déposer par la collectivité délégante dans le cas d&amp;#039;une Délégation de service public ou par l&amp;#039;entreprise directement dans le cas d&amp;#039;un projet privé. En effet, les entreprises auxquelles se réfère le profil correspondant dans
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+ , sont celles qui sont Maîtrise d&amp;#039;Ouvrage et non Délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Installation de géothermie superficielle, doublet de géothermie profonde, installation de récupération d&amp;#039;énergie fatale, extension et création de réseaux de chaleur alimentés en EnR&amp;amp;R :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 2 M€, sauf pour l&amp;#039;aide aux doublets de géothermie plafonnée à 3 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie biomasse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si production d&amp;#039;énergie inférieure à 1.200 MWh/an : jusqu&amp;#039;à 50% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 500.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Si production d&amp;#039;énergie supérieure à 1.200 MWh/an : jusqu&amp;#039;à 30% du montant TTC (ou HT en cas de récupération de la TVA) plafonné à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plateforme biomasse :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 70% du montant TTC (ou HT en cas de récupération de la TVA) toutes aides publiques confondues limitée à 100€/m3 abrité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/production-de-chaleur-renouvelable-et-reseaux</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:aap-chaleur-renouvelable&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ aap-chaleur-renouvelable&amp;#64;iledefrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a12b-production-de-chaleur-renouvelable-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>102583</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise habitat (juridique, études, observations, formations)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement (art. L.366-1 et suivants du CCH). Constituées d&amp;#039;une équipe de spécialistes de  l&amp;#039;habitat (juriste, statisticien, géographe, urbaniste, travailleur social...) elles apportent un conseil neutre et une expertise auprès des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Imprégnées des besoins des ménages et des enjeux des territoires, les ADIL informent et/ou forment les acteurs locaux et participent aux instances de l&amp;#039;habitat. Elles  pilotent également des groupes de travail pour les collectivités locales et les associations d&amp;#039;usagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Formation d&amp;#039;élus et de techniciens de l&amp;#039;habitat sur l&amp;#039;ensemble des thématiques en lien avec le logement et l&amp;#039;habitat (copropriété, lutte contre l&amp;#039;habitat indigne, prévention des impayés et des expulsions, accession à la propriété, dispositifs d&amp;#039;aides à l&amp;#039;amélioration de l&amp;#039;habitat, actualités en matière de logement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition des politiques publiques par des études ou des observatoires (niveau des loyers, diagnostic préalable au Programme local de l&amp;#039;habitat , logement des jeunes, études de peuplement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de dispositifs locaux (Logement d&amp;#039;Abord, Plan Départemental d&amp;#039;Action pour le Logement et l&amp;#039;Hébergement des Personnes Défavorisées...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction d&amp;#039;aides locales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/59a4-copie-14h47-beneficier-dune-expertise-habitat/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>103307</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la rénovation thermique</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la rénovation thermique des logements sociaux</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient la rénovation thermique des passoires énergétiques
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif d&amp;#039;aide est pris en application de la décision 2012/21/UE du 20 décembre 2011 relative à l&amp;#039;application de l&amp;#039;article 106, paragraphe 2, du traité sur le fonctionnement de l&amp;#039;Union européenne aux aides d&amp;#039;État sous forme de compensations de service public octroyées à certaines entreprises chargées de la gestion de services d&amp;#039;intérêt économique général
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ La subvention mobilisable est attribuée par décision de la Commission permanente et s&amp;#039;élève forfaitairement à 2.000€ pour chaque logement rénové thermiquement répondant aux critères d&amp;#039;éligibilité définis par le règlement d&amp;#039;intervention.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle s&amp;#039;inscrit dans le cadre d&amp;#039;une convention globale et pluriannuelle portant sur plusieurs opérations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sociétés d&amp;#039;économie mixte de construction,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes d&amp;#039;habitations à loyer modéré énumérés à l&amp;#039;article L.411-2 du Code de la construction et de l&amp;#039;habitation ainsi que leurs groupements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour être éligibles,
+ &lt;/strong&gt;
+ les logements doivent répondre aux conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être conventionnés depuis plus de 5 ans,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Relever d&amp;#039;un niveau de consommation énergétique supérieur ou égal à 331 kWhEP/m2.an (étiquette DPE F ou G),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faire l&amp;#039;objet de travaux de rénovation thermique dont l&amp;#039;achèvement intervient dans un délai de 3 ans à compter de l&amp;#039;attribution de la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclues
+ &lt;/strong&gt;
+ du bénéfice des aides régionales :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les structures d&amp;#039;hébergement d&amp;#039;urgence,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les structures dédiées à une population spécifique (établissements pour personnes âgées, établissements pour personnes handicapées, résidences accueil, foyers de travailleurs migrants ...) à l&amp;#039;exception des résidences pour étudiants et des foyers de jeunes travailleurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dossiers de demande de subvention doivent être déposés sur la plateforme des aides régionales (
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces nécessaires pour constituer le dossier est téléchargeable à partir du téléservice ainsi que les documents types.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-renovation-thermique-des-logements-sociaux</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ melissa.lhostis&amp;#64;iledefrance.fr (01.53.85.55.46)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:jerome.de-vivies&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  jerome.de-vivies&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ (01.53.85.57.53)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e345-aide-a-la-renovation-thermique/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>10500</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Dotation Départementale Rurale (DDR)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 10</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des micro-projets, dont le montant est situé entre 5 000€ HT et 100 000€ HT, portés par les communes et leurs groupements, hors EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;enveloppe annuelle fait l&amp;#039;objet de 2 programmations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  fin juin (dossiers reçus avant le 1er avril)
+ &lt;/li&gt;
+ &lt;li&gt;
+  et fin d&amp;#039;année (dossiers reçus avant le 1er octobre)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Alimentation
+Economie sociale et solidaire
+Biodiversité
+Réhabilitation
+Logement et habitat
+Paysage
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P14" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q14" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/971b-dotation-departementale-rurale-ddr/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>56184</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Etudier la faisabilité d'un projet d'énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 30% sur le reste à charge de la collectivité. Plafond d'aide limité à 5000€ par étude.</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Étude réalisée par un cabinet spécialisé,  sur le développement d&amp;#039;un projet « énergies renouvelables » (photovoltaïque, solaire thermique, bois énergie ou géothermie) pour un bâtiment ou un site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c538-etudier-lopportunite-technique-et-economique-/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>56188</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Installer une chaufferie bois énergie, substituer son système de chauffage par du bois énergie</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative
+Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide varie selon le classement de la collectivité demandeuse (A, B1, B2 ou C).</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Étude et réalisation d&amp;#039;une chaufferie bois alimentant un ou plusieurs bâtiments d&amp;#039;une même collectivité. Le SDEC ENERGIE étudie, finance, mobilise d&amp;#039;autres aides financières, construit et exploite l&amp;#039;installation, en partenariat avec la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b1d-developper-un-projet-denergie-renouvelable-ou/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>70343</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Financer la valorisation de la chaleur de récupération</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie agit en faveur des énergies renouvelables grâce au soutien de projets de valorisation de la chaleur de récupération.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets de valorisation de la chaleur de récupération ou chaleur fatale. La création d&amp;#039;un réseau de chaleur est possible dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable et de récupération&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: Jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles concernent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de faisabilité pour des projets de valorisation de chaleur fatale ou de récupération et réseau associé. Elles porteront sur la faisabilité technico-économique du projet et/ou son montage juridique ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions d&amp;#039;expertises et d&amp;#039;assistances techniques de projets de valorisation de la chaleur de récupération.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : le(s) bureau(x) d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : les coûts éligibles sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% du coût de la prestation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets de valorisation de la chaleur de récupération ou chaleur fatale pour une utilisation sur équipements, sur site ou en extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ La récupération de chaleur fatale doit s&amp;#039;inscrire dans une démarche d&amp;#039;efficacité énergétique cohérente :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Réduire en amont le besoin de chaleur utile et la consommation de combustibles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser en interne la chaleur fatale récupérée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser en externe, si le site est à proximité d&amp;#039;un réseau de chaleur ou d&amp;#039;un utilisateur potentiel
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité pour les UIOM
+ &lt;/strong&gt;
+ : La récupération de chaleur sur les Unités d&amp;#039;Incinération des Ordures Ménagères (UIOM) existantes est éligible dans la mesure :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;un système de récupération de chaleur fatale basse température, notamment au niveau des fumées ou des aérocondenseurs ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  où cette valorisation permet à l&amp;#039;unité d&amp;#039;atteindre le niveau de performance énergétique suffisant pour être qualifié d&amp;#039;unité d&amp;#039;incinération avec valorisation énergétique (UVE), conformément à l&amp;#039;arrêté ministériel du 20 septembre 2002 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;un système de récupération de chaleur résiduelle dans les UIOM qui disposent déjà de cogénération, à condition de démontrer une amélioration la performance énergétique de l&amp;#039;installation après opération
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Par ailleurs, tout projet portant sur un UIOM doit s&amp;#039;inscrire dans une démarche de valorisation de cette chaleur notamment dans une logique d&amp;#039;écologie industrielle territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles:
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les systèmes de captage de chaleur sur un procédé unitaire pour une valorisation vers un autre
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  procédé unitaire, y compris le chauffage des ateliers ou des bureaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes de remontée du niveau thermique (PAC, Pompe multicellulaire verticale CMV3...), notamment pompe à chaleur, compression mécanique de vapeur, uniquement s&amp;#039;ils permettent de valoriser un nouveau gisement d&amp;#039;énergie thermique par rapport à la situation initiale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes de stockage notamment accumulateurs de vapeur et ballons réservoirs d&amp;#039;eau chaude, s&amp;#039;ils s&amp;#039;intègrent dans le projet global de valorisation de chaleur fatale. Il devra être démontré l&amp;#039;intérêt énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le transport, la distribution et la valorisation de chaleur notamment tuyauteries, canalisation et échangeurs, pour une valorisation en interne ou en externe ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes de production de froid à partir de chaleur fatale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dispositifs de suivi des performances et notamment de la quantité d&amp;#039;énergie effectivement valorisée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement liés à la création d&amp;#039;un réseau de chaleur sont éligibles dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : Après analyse technico-économique et prise en compte des montants d&amp;#039;aides proposées par les autres financeurs le cas échéant, l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% de l&amp;#039;assiette éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligation du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ : Le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de demande de financement (téléchargeable sur le site internet de la Région)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité technico-économique, incluant un examen de la performance énergétique des bâtiments à chauffer et de leurs équipements, ou des procédés concernés et, le cas échéant, présentant l&amp;#039;intérêt énergétique d&amp;#039;y associer un système de stockage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma du système de valorisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Liste des équipements composant la solution proposée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pressenties pour réaliser les travaux, dont dispositifs de suivi et comptage thermique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les UIOM, étude de valorisation de la chaleur fatale et le cas échéant, étude de faisabilité d&amp;#039;une démarche d&amp;#039;Ecologie Industrielle Territoriale
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Modalites-d-aide-regionale-en-faveur-de-la-valorisation-de-la</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 11 et 66
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/724c-aide-regionale-en-faveur-de-la-valorisation-d/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>70434</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Développer des chaufferies biomasse et réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie agit en faveur des énergies renouvelables grâce au soutien des projets de chaufferies automatiques biomasse énergie et réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets de chaufferies automatiques biomasse énergie. La création d&amp;#039;un réseau de chaleur et de froid est possible dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conditions d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;p&gt;
+ Pour connaître toutes les conditions d&amp;#039;éligibilité consultez les documents intitulés &amp;#34;Modalités d&amp;#039;aide régionale au développement des chaufferies biomasse énergie&amp;#34; et &amp;#34;Modalités d&amp;#039;aide régionale en faveur du développement des réseaux de chaleur et de froid&amp;#34; disponibles en téléchargement ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ les études de faisabilité pour des projets de chaufferie bois et réseau associé. Elles porteront sur la faisabilité technico-économique du projet et/ou son montage juridique ;
+&lt;/p&gt;
+&lt;p&gt;
+ les missions d&amp;#039;expertises et d&amp;#039;assistances techniques de projets de chaufferie bois avec ou sans réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : le(s) bureau(x) d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : les coûts éligibles sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% du coût de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets de chaufferies automatiques utilisant de la biomasse comme combustible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : les coûts d&amp;#039;investissement éligibles sont les coûts concernant la chaudière biomasse et équipements associés, le génie civil de la chaufferie et du silo et la maîtrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Remarque: Les dépenses liées à l&amp;#039;hydraulique secondaire et aux équipements de diffusion de la chaleur ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts d&amp;#039;investissement liés à la création d&amp;#039;un réseau de chaleur sont éligibles dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention de la Région
+ &lt;/strong&gt;
+ : l&amp;#039;assiette éligible est limitée au surcoût d&amp;#039;investissement supporté par le bénéficiaire par rapport à une solution de référence correspondant à une installation de production d&amp;#039;énergie de même capacité en termes de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Après analyse technico-économique et prise en compte des montants d&amp;#039;aides proposées par les autres financeurs le cas échéant, l&amp;#039;aide régionale pourra s&amp;#039;élever jusqu&amp;#039;à 50% de l&amp;#039;assiette éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligation du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation aux investissements
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier de demande de financement (téléchargeable sur le site internet de la Région)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée conformément au cahier des charges de l&amp;#039;ADEME (ou analyse d&amp;#039;opportunité pour les projets de chaufferie de puissance inférieure à 200 kW)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan prévisionnel d&amp;#039;implantation de la chaufferie et du silo Schéma hydraulique de l&amp;#039;installation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fiche descriptive de l&amp;#039;installation bois énergie validée par l&amp;#039;animateur bois énergie départemental (disponible auprès de la mission départementale bois-énergie)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pressenties pour réaliser les travaux (génie civil, génie climatique, électricité, maitrise d&amp;#039;œuvre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-chaufferies-biomasse-et-reseaux-de-chaleur</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 11 et 66
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8728-aide-regionale-au-developpement-des-chaufferi/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>165093</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez créer ou étendre un réseau de chaleur et de froid ? &lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller&lt;strong&gt; jusqu’à :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;50%&lt;/strong&gt; &lt;strong&gt;pour une collectivité&lt;/strong&gt;, plafonnée à 240 000€&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;40% pour les autres bénéficiaires&lt;/strong&gt;, plafonnée à 240 000€&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une Commune&lt;/li&gt;
+&lt;li&gt;Un EPCI (Etablissement Public de Coopération Intercommunal), dont les SIVOM (Syndicats Intercommunaux à Vocation Multiple) et les SIVU (Syndicats Intercommunaux à Vocation unique)&lt;/li&gt;
+&lt;li&gt;Un établissement public, un service public industriel et commercial (SPIC) et un service public administratif (SPA) rattachés à une commune ou un EPCI dont les CCAS (Centres Communaux d’Action sociale) et les PETR (Pôles d’Equilibre Territorial et Rural)&lt;/li&gt;
+&lt;li&gt;Une chambre consulaire (Chambres de Commerce et d’industrie, Chambres de Métiers et de l’Artisanat, Chambres d’Agriculture)&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, incluant les grandes entreprises, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme (inscrits au registre de la chambre d’agriculture ou en tant que meublé de tourisme)&lt;/li&gt;
+&lt;li&gt;Un bailleur social, au sens de l’article R323-1 du CCH&lt;/li&gt;
+&lt;li&gt;Une copropriété&lt;/li&gt;
+&lt;li&gt;Une SCI est éligible si le bâtiment abrite une activité autre que du logement et fait l’objet d’une mention dans la liste ci-dessus.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;Une création / une extension / densification de réseaux de chaleur et de froid :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;à partir d’une unité de production d’énergie déjà existante (solaire thermique, géothermie et biomasse) et sans création d’unité de production supplémentaire associée,&lt;/li&gt;
+&lt;li&gt;à partir d’une unité de production d’énergie déjà existante ou en création (méthanisation et chaleur fatale)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;em&gt;Pour la création ou l’extension d’un réseau de chaleur ou de froid associée à la mise en place d’une nouvelle unité de production d’énergie (biomasse ou géothermie), se reporter aux dispositifs bois énergie et géothermie selon le type d’énergie renouvelable mis en place.&lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour le secteur privé (hors copropriété), l’aide s’appliquera uniquement sur les locaux qui ne sont pas à usage d’habitation. Dans le cas d’une installation desservant des locaux professionnels et des habitations, le calcul de l’aide sera effectué au prorata de la surface des locaux éligibles au dispositif.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Taux &lt;/strong&gt;&lt;strong&gt;maximum&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les collectivités : 40%, 45% ou 50 % selon le potentiel financier et l’effort fiscal de la commune par rapport à celle de la strate&lt;/li&gt;
+&lt;li&gt;Pour les autres bénéficiaires : 40 %&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Plafond de l’aide régionale : 240 000 € &lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;La date de dépôt à la Région doit être antérieure à la date de démarrage de l’opération.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;La demande devra impérativement être transmise avant engagement des travaux&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>14/01/2025</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0302/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>42869</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>S'engager dans le programme de labellisation Climat-Air-Énergie Cit'ergie</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cit&amp;#039;ergie est un programme de management et de labellisation qui
+ récompense les collectivités pour la mise en œuvre d&amp;#039;une politique climat­-air-énergie ambitieuse.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide consiste en un accompagnement financier par un conseiller Cit&amp;#039;ergie accrédité par l&amp;#039;ADEME et un accompagnement technique à la prise en main de la démarche d&amp;#039;évaluation et de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour répondre au défi que constitue le changement climatique, les collectivités locales ont un rôle déterminant à jouer dans la définition et la mise en œuvre d&amp;#039;actions visant à la réduction des émissions de gaz à effet de serre, l&amp;#039;amélioration de l&amp;#039;efficacité énergétique, la réduction de la pollution atmosphérique, le développement des énergies renouvelables ou encore l&amp;#039;adaptation au changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est maintenant acquis qu&amp;#039;un engagement fort de la collectivité dans la transition énergétique est synonyme de développement économique, d&amp;#039;attractivité et de qualité de vie pour ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Cependant, même motivées pour agir, les collectivités se trouvent face à de nombreuses interrogations :
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place une politique énergétique efficace ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quelle méthode suivre pour conduire et réussir un Plan Climat Air Energie Territorial (PCAET) ambitieux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Comment s&amp;#039;intégrer dans les objectifs air-énergie-climat régionaux et nationaux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le label européen European Energy Award (EEA), décliné en France via le programme Cit&amp;#039;ergie, est destiné en particulier aux intercommunalités souhaitant conduire des politiques actives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label Cit&amp;#039;ergie évalue les collectivités sur les actions qu&amp;#039;elles conduisent dans le cadre de leurs compétences propres et dans leur sphère d&amp;#039;influence. Via un catalogue de mesures concrètes, la labellisation prend en compte tous les leviers possibles pour l&amp;#039;engagement d&amp;#039;actions énergie climat sur le territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Structuration, suivi, et évaluation du plan climat-air-énergie (PCAET)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un seul déposant est attendu par dossier ; les projets collaboratifs ne sont pas éligibles. Il est vivement conseillé de contacter l&amp;#039;ADEME en amont du dépôt du dossier pour tous renseignements ou conseils relatifs au montage et à la soumission de votre dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:citergie&amp;#64;ademe.fr?subject&amp;#61;Contact%20via%20aides-territoires.beta.gouv.fr"&gt;
+  citergie&amp;#64;ademe.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 15 09 82 07 (permanence de 9h à 12h30 et de 14h à 16h30, du lundi au vendredi)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.vallee@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3ba-sengager-dans-le-programme-de-labellisation-c/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>165200</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des bassins versants (études)</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Études pour l'aménagement de bassins versants</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur la 
+nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur. L’aménagement des bassins répond à la fois aux enjeux de
+ qualité (épuration, limitation des transferts, …), hydrologie (effet 
+tampon, soutien d’étiage, …), atténuation des effets du dérèglement 
+climatique (ombrage, effet brise vent, ...), biodiversité (préservation 
+d’habitat pour la faune et la flore, …).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Réseaux de chaleur
+Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
+ le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
+masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
+de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
+Pour les actions de lutte contre les pollutions diffuses, ces actions
+ sont également financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau sur les territoires suivants, identifiés comme 
+prioritaires par le Sdage en vigueu. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-lamenagement-de-bassins-versant.html</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-bassins-versants-etudes/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>158946</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir mes réseaux de chaleur et multiplier les raccordements</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  France Chaleur Urbaine est un service porté par le Ministère de la transition écologique qui vise à accélérer le développement des réseaux de chaleur.
+ &lt;/span&gt;
+ Dans un contexte de tension autour de l&amp;#039;énergie et de crise écologique, France Chaleur Urbaine construit les outils qui aident les acteurs publics et privés à promouvoir davantage et plus facilement la solution réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le tracé de votre réseau est affiché sur la
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/carte" target="_self"&gt;
+   &lt;strong&gt;
+    cartographie
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  nationale des réseaux de chaleur. Vous pouvez également utiliser cette carte pour faire connaître un réseau en construction, ou le périmètre de développement prioritaire de votre réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vos administrés peuvent
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/" target="_self"&gt;
+   &lt;strong&gt;
+    tester leur adresse
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  et
+  &lt;strong&gt;
+   déposer une demande de raccordement
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous et votre délégataire avez accès à un espace en ligne pour suivre les
+  &lt;strong&gt;
+   demandes de raccordement
+  &lt;/strong&gt;
+  sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La cartographie ainsi que le
+  &lt;strong&gt;
+   module de test d&amp;#039;adresse peuvent être
+   &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants#iframe-carte" target="_self"&gt;
+    intégrés sur votre site
+   &lt;/a&gt;
+  &lt;/strong&gt;
+  en quelques clics.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Vous souhaitez trouver de nouveaux abonnés, faire connaître un projet de verdissement ou tout simplement valoriser votre réseau ? Nous pouvons également
+ &lt;strong&gt;
+  vous accompagner de manière personnalisée sur des campagnes de communication
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nous vous accompagnons dans la définition de votre campagne (affichage en ville, réseaux sociaux, ...)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Nous réalisons et mettons à votre disposition gratuitement des visuels qui répondent à vos besoins.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  --&amp;gt; Découvrez dans ce guide tout ce que France Chaleur Urbaine peut faire pour vous :
+ &lt;/span&gt;
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/FCU_guide_collectivites.pdf" target="_self"&gt;
+  le guide collectivité
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/actus/notre-campagne-sur-charleville-mezieres" target="_self"&gt;
+   L&amp;#039;accompagnement de Charleville-Mézières
+  &lt;/a&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A Charleville-Mézières, 13 kilomètres de réseaux sont en construction sur la période 2023-2024. Cette période de travaux est un moment-clé faire connaître le chauffage urbain et convaincre de nouveaux prospects de se raccorder. La collectivité et son délégataire se sont appuyés sur nos outils et services pour communiquer sur ce projet.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour communiquer sur le projet auprès des Carolomacériens,
+  &lt;strong&gt;
+   France Chaleur Urbaine a réalisé des visuels de promotion du réseau pour le journal communal, les bâches travaux et les espaces d&amp;#039;affichage de la collectivité ;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour simplifier les demandes de raccordement,
+  &lt;strong&gt;
+   Charleville-Mézières a intégré dans son site le test d&amp;#039;adresse et la cartographie France Chaleur Urbaine
+  &lt;/strong&gt;
+  . Des intégrations possibles en un copié-collé grâce à nos iframes librement réutilisables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En 2 mois, cette campagne à généré plus d&amp;#039;une cinquantaine de demandes de raccordement, dans la zone d&amp;#039;extension du réseau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le site
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants" target="_self"&gt;
+  France Chaleur Urbaine
+ &lt;/a&gt;
+ est accessible sans conditions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://france-chaleur-urbaine.beta.gouv.fr/collectivites-et-exploitants</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Contact pour tout renseignement :
+  &lt;a target="_self"&gt;
+   france-chaleur-urbaine&amp;#64;developpement-durable.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>france.chaleur.urbaine@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d498-faire-connaitre-son-reseau-de-chaleur-et-gere/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Qualité de l'air
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>161749</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans l’investissement de vos réseaux de chaleur ou de froid, alimentés par des énergies renouvelables et/ou de récupération</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif poursuivi par cet accompagnement financier est de&lt;strong&gt; vous aider à mobiliser davantage de chaleur et/ou de froid issus de production d’EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Le montant de votre aide est calculé sur la base d’une analyse économique ou sur la base d’une aide forfaitaire. Cela dépend de la puissance de l’installation sur laquelle votre réseau est, ou sera, connecté.&lt;/p&gt;&lt;p&gt;Quelques critères doivent être respectés pour pouvoir bénéficier de l’aide : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Votre réseau &lt;strong&gt;assure des services publics de distribution de la chaleur&lt;/strong&gt; (la collectivité est autorité organisatrice).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau de chaleur &lt;strong&gt;existe au sens fiscal&lt;/strong&gt;, avec au moins deux clients distincts du maître d’ouvrage.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau technique &lt;strong&gt;distribue uniquement de la chaleur&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets sont obligatoirement raccordés à des unités physiques de production EnR&amp;amp;R&lt;/strong&gt; par biomasse, solaire thermique, géothermie, méthanisation, récupération de chaleur fatale (sur process industriel, UIOM (Unité d&amp;#039;Incinération d&amp;#039;Ordures Ménagères)…) et/ou cogénération.&lt;/p&gt;&lt;p&gt;L’aide aux réseaux de l’ADEME porte &lt;strong&gt;exclusivement sur la fonction « distribution »&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Elle est conditionnée aux caractéristiques techniques de mise en œuvre des réseaux prévus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;production supplémentaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;part d’EnR&amp;amp;R&lt;br /&gt;&lt;/li&gt;&lt;li&gt;densité énergétique&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle est aussi conditionnée aux éventuels autres financements sollicités (par exemple Conseil Régional).&lt;/p&gt;&lt;p&gt;Des aides pour réaliser vos études existent par ailleurs, sur ces mêmes pages AGIR.&lt;/p&gt;&lt;p&gt;Pour les projets de &lt;strong&gt;réseaux de chaleur associés à une demande de financement d&amp;#039;installation de production ou de récupération de chaleur&lt;/strong&gt;, merci de vous référer aux « Pièces à déposer » des pages AGIR dédiées à chaque type de production (&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse énergie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface et aérothermie&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde"&gt;Géothermie profonde&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Chaleur Fatale&lt;/a&gt;, &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Solaire&lt;/a&gt;).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>158947</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Étudier le potentiel de création ou d'extension de réseaux de chaleur sur mon territoire</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+France Chaleur Urbaine</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ France Chaleur Urbaine est un service porté par le ministère de la transition écologique qui vise à accélérer le développement des réseaux de chaleur. Dans un contexte de tension autour de l&amp;#039;énergie et de crise écologique, France Chaleur Urbaine construit les outils qui aident les acteurs publics et privés à promouvoir davantage et plus facilement la solution réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La plateforme vous aide à identifier les potentiels de développement, d&amp;#039;extension ou de création de nouveaux réseaux.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  À partir de
+  &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/carte" target="_self"&gt;
+   notre cartographie
+  &lt;/a&gt;
+  nationale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Découvrez s&amp;#039;il existe des manifestations d&amp;#039;intérêt sur votre territoire (demandes déposées sur France Chaleur Urbaine)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Localisez les bâtiments à chauffage collectif gaz ou fioul, les plus facilement raccordables aux réseaux de chaleur
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accédez aux consommations de gaz à l&amp;#039;adresse pour identifier les plus gros consommateurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exportez la totalité des informations sur une zone précise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définissez un projet de tracé de réseau, obtenez la densité thermique linéaire associée et exportez le tracé pour l&amp;#039;intégrer dans vos propres outils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; Découvrez dans ce guide tout ce que France Chaleur Urbaine peut faire pour vous :
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/FCU_guide_collectivites.pdf" target="_self"&gt;
+  le guide collectivité
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les sources de données utilisées par France Chaleur Urbaine sont disponibles
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/documentation/carto_sources.pdf" target="_self"&gt;
+  ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le site
+ &lt;a href="https://france-chaleur-urbaine.beta.gouv.fr/" target="_self"&gt;
+  France Chaleur Urbaine
+ &lt;/a&gt;
+ est accessible sans conditions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://france-chaleur-urbaine.beta.gouv.fr/carte</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Contact pour tout renseignement :
+  &lt;a target="_self"&gt;
+   france-chaleur-urbaine&amp;#64;developpement-durable.gouv.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>france.chaleur.urbaine@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d01a-etudier-le-potentiel-de-creation-dun-reseau-d/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>381</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un prêt secteur public - PSP</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>PSP</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Agence Française de Développement (AFD)
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public
 &lt;/p&gt;
 &lt;p&gt;
  Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
  Montant : pas de montant maximal de prêt
 &lt;/p&gt;
 &lt;p&gt;
  Durée : de 3 à 25 ans, avec possibilité de différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Amortissement : constant
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des Fonds : possible dès la signature de la convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
@@ -371,3874 +4115,4225 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations d&amp;#039;investissement du secteur public local, sous forme de projet, programme ou financement budgétaire.
 &lt;/p&gt;
 &lt;p&gt;
  Tous secteurs d&amp;#039;intervention des bénéficiaires (aménagement, énergie, déchets, équipements, transports, eau et assainissement, agriculture, santé etc.)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence régionale du Pacifique :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>belliotl@afd.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa29-pret-secteur-public-psp/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>133057</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
+  &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
+  &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>161762</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre diagnostic énergétique afin de mettre en évidence les solutions de réduction des consommations d’énergie de vos serres</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostic énergétique et identification d'actions énergétiques prioritaires pour les serres</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Face au défi climatique et à la volatilité du prix des énergie fossiles, &lt;strong&gt;maîtriser son énergie et envisager la substitution&lt;/strong&gt; de ses consommations résiduelles d&amp;#039;&lt;strong&gt;énergie fossile par une énergie renouvelable sont devenu stratégique&lt;/strong&gt;s, notamment à l&amp;#039;aide de diagnostics énergétiques et d&amp;#039;études de faisabilité. Leurs analyses sont précieuses pour les structures agricoles.&lt;/p&gt;&lt;p&gt;Le diagnostic énergétique fournit ainsi des éléments concrets pour agir à court et moyen termes :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Faire le bilan de ses consommations énergétiques.&lt;/li&gt;&lt;li&gt;Préconisation des actions les plus efficaces et rentables à mener pour réduire ses consommations d&amp;#039;énergie.&lt;/li&gt;&lt;li&gt;Hiérarchisation des actions en fonction du temps de retour sur investissement et de la facilité de leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette démarche peut permettre de réaliser jusqu&amp;#039;à&lt;strong&gt; 50 &lt;/strong&gt;&lt;strong&gt;% d&amp;#039;&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;conomies sur un site.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;étude complémentaire des solutions énergétiques permet d&amp;#039;&lt;strong&gt;identifier la source d&amp;#039;énergie renouvelable la plus adaptée aux besoins de votre site&lt;/strong&gt; et de valider la pertinence d&amp;#039;un investissement dans une de ces solutions pour substituer vos consommations résiduelles d&amp;#039;énergie fossile.&lt;/p&gt;&lt;p&gt;L&amp;#039;ADEME prend en charge les coûts de votre diagnostic énergétique jusqu’à une hauteur de 80 % pour une petite entreprise. L&amp;#039;aide est accordée dans la limite d&amp;#039;un plafond de dépenses éligibles fixé à 100 000 €.&lt;/p&gt;&lt;p&gt;Quelles sont les étapes d&amp;#039;un audit énergétique ?&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Choisissez l&amp;#039;auditeur énergétique&lt;/strong&gt; qui va vous accompagner. Vérifier ses références et ses compétences en matière de diagnostic énergétique et d&amp;#039;énergies renouvelables. Un groupement peut également permettre d&amp;#039;apporter toutes les compétences souhaitées.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Aux côtés de l&amp;#039;auditeur, vous &lt;strong&gt;définissez les objectifs de l&amp;#039;audit&lt;/strong&gt; ainsi que son &lt;strong&gt;périmètre.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;De &lt;strong&gt;nombreux paramètres sont examinés au sein de votre exploitation&lt;/strong&gt; (performance des serres, équipements présents, conditions d&amp;#039;exploitation, itinéraires techniques de culture, températures de consigné, taux d&amp;#039;humidité, etc.). Un &lt;strong&gt;état des lieux complet de vos consommations&lt;/strong&gt; est ainsi réalisé afin que vous ayez une vision précise de votre situation énergétique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Les pistes d&amp;#039;amélioration sont identifiées&lt;/strong&gt;, ainsi que les gains économiques associés et le temps de retour sur investissement. Vous pouvez alors définir un plan d&amp;#039;actions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Hiérarchisez&lt;/strong&gt; et &lt;strong&gt;planifiez les actions&lt;/strong&gt; en fonction de leur faisabilité et de leur temps de retour sur investissement.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Étudiez les sources d&amp;#039;énergie renouvelables&lt;/strong&gt; à proximité et adaptées aux besoins de votre site. Vous pouvez alors choisir la solution la plus pertinente techniquement et économiquement.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/diagnostic-energetique-identification-dactions-energetiques-prioritaires</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diagnostic-energetique-et-identification-dactions-energetiques-prioritaires-pour-les-serres/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>70303</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Développer des plateformes bois énergie</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient la filière bois énergie dans la réalisation d&amp;#039;investissement en faveur des énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier sur la structuration de la filière de stockage de la plaquette bois énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;. Les aides concernent les investissements dans des projets de plateforme bois énergie ayant vocation à alimenter les chaufferies et les réseaux de chaleur associés à ces chaufferies.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute personne morale est éligible à cette aide, à l&amp;#039;exception des personnes morales faisant l&amp;#039;objet d&amp;#039;une indivision et des SCI.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les plateformes publiques dédiées seulement au bois énergie sont soutenues uniquement en cas de carence manifeste du secteur privé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;agissant des plateformes privées, le bénéficiaire de l&amp;#039;aide doit être l&amp;#039;exploitant de la plateforme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant:
+ &lt;/strong&gt;
+ après analyse technicoéconomique, jusqu&amp;#039;à
+ &lt;strong&gt;
+  30%
+ &lt;/strong&gt;
+ des coûts éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+ toutes les personnes morales seront éligibles à cette aide, à l&amp;#039;exception des personnes morales faisant l&amp;#039;objet d&amp;#039;une indivision et des SCI.
+&lt;/p&gt;
+&lt;p&gt;
+ Les plateformes publiques dédiées seulement au bois énergie sont soutenues uniquement en cas de carence manifeste du secteur privé. S&amp;#039;agissant des plateformes privées, le bénéficiaire de l&amp;#039;aide doit être l&amp;#039;exploitant de la plateforme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ sont visées dans ce dispositif les unités structurantes d&amp;#039;envergure territoriale (c&amp;#039;est-à-dire présentant une démarche globale, concertée et organisée à l&amp;#039;échelle d&amp;#039;un territoire pertinent) générant la production et la fourniture de plaquette forestière.
+&lt;/p&gt;
+&lt;p&gt;
+ Les capacités de stockage de la plateforme devront être supérieures ou égales à 3 000 MAP/an (soit environ 1 000 tonnes/an ayant séché pendant 6 mois sous abri).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ les coûts d&amp;#039;investissement éligibles sont les dépenses de génie civil (gros œuvre, Voies et Réseaux Divers, terrassement...), les broyeurs fixes, tamis et autres équipements non mobiles de production de combustibles, les frais d&amp;#039;installation, les frais d&amp;#039;études et de maîtrise d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ ! Les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, d&amp;#039;acquisition de terrains, le chargeur, les frais d&amp;#039;assurances, les dépenses en auto-construction, celles de mises aux normes et le matériel d&amp;#039;occasion ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Obligation du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+ : le maître d&amp;#039;ouvrage devra être en régularité s&amp;#039;agissant des obligations règlementaires liées au développement et à l&amp;#039;exploitation d&amp;#039;une plateforme et notamment vis-à-vis des prescriptions applicables aux installations classées pour la protection de l&amp;#039;environnement (ICPE) et des documents d&amp;#039;urbanisme (Permis de Construire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dossier de demande de financement (à demander auprès des contacts notés au dos du dépliant)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude territoriale et note de dimensionnement justifiant l&amp;#039;implantation et la taille de la plateforme bois-énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan prévisionnel d&amp;#039;implantation de la plateforme qui présentera notamment les aires de stockage des bois, de déchiquetage des plaquettes, de transformation des autres produits bois, de séchage des plaquettes, de stockage des bois après transformation et de circulation et voies d&amp;#039;accès
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Récépissé de dépôt de la demande ICPE, le cas échéant, et copie du Permis de Construire Un compte d&amp;#039;exploitation prévisionnel détaillé sur 5 ans minimum
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pressenties pour réaliser les travaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis pour l&amp;#039;acquisition du matériel nécessaire au bon fonctionnement de la plateforme pour peser, charger, déchiqueter, transporter...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-en-faveur-du-developpement-des-plateformes-bois-energie</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 11 et 66
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 31, 32, 46, 65, 81 et 82
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 09, 11 et 66
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9b4-aide-regionale-en-faveur-du-developpement-des/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>95068</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Développer le bois énergie</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au bois énergie</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergie fossiles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergies renouvelables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer et assurer l&amp;#039;approvisionnement pour les chaufferies de collectivités dans les zones où l&amp;#039;offre privée est défaillante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi :
+&lt;/p&gt;
+&lt;p&gt;
+ Poêles à granulés et chaufferies automatiques au bois Etudes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   50% pour les grandes entreprises,
+  &lt;/li&gt;
+  &lt;li&gt;
+   60% pour les moyennes entreprises,
+  &lt;/li&gt;
+  &lt;li&gt;
+   70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Investissements chaufferie &amp;lt; 1200 MWh/an :
+&lt;/p&gt;
+&lt;p&gt;
+ pour les collectivités :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport aux moyennes de la strate,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ pour les entreprises :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   50% (sauf grandes entreprises à 45% et entreprises de la filière bois à 30%), dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ pour les associations : 50%
+&lt;p&gt;
+ pour les bailleurs privés, copropriétés, agriculteurs, etc. : 40%.
+&lt;/p&gt;
+&lt;p&gt;
+ Bonus de 10% (5 % Région, 5 % ADEME) en cas de mise en place d&amp;#039;un système de filtration dont la valeur limite d&amp;#039;exposition (VLE) aux poussières est inférieure à 30 mg/Nm3 à 11% O2.
+&lt;/p&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est). Investissements chaufferie entre 1200 et 3000 MWh/an : Règle : « fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est). Au-delà de 250 tep/an, il est possible de solliciter un soutien du « fonds chaleur » de l&amp;#039;ADEME. Investissements poêle à granulés :
+&lt;/p&gt;
+&lt;p&gt;
+ pour les collectivités pour logements dans bâtiment BBC : 40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort fiscal de la commune par rapport aux moyennes de la strate,
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pour les bailleurs sociaux pour logements dans bâtiment BBC : 40%.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est). Plateformes de stockage de plaquettes Etudes : Collectivités et EPCI : 70% Dans le cadre du partenariat Région - ADEME, il est prévu, en cas d&amp;#039;attribution d&amp;#039;une subvention par la Région, l&amp;#039;attribution d&amp;#039;une subvention équivalente de l&amp;#039;ADEME. Dans le cadre d&amp;#039;un guichet unique, l&amp;#039;instruction des dossiers sera faite par la Région. Investissements : Collectivités et EPCI : 40% avec un plafond d&amp;#039;aide de 400 000 € Dans le cadre du partenariat Région - ADEME, il est prévu, en cas d&amp;#039;attribution d&amp;#039;une subvention par la Région, l&amp;#039;attribution d&amp;#039;une subvention équivalente de l&amp;#039;ADEME. Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le règlement et les documents annexes sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-bois-energie" rel="noopener" target="_blank"&gt;
+  Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires d
+  e l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les collectivités citées ci-après et leurs délégataires : communes, structures intercommunales (communautés de communes, communautés d&amp;#039;agglomération, communautés urbaines, métropoles, syndicats intercommunaux)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les associations
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les entreprises, incluant, les grandes entreprises, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme (inscrits au registre de la chambre d&amp;#039;agriculture ou en tant que meublé de tourisme)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les bailleurs sociaux, au sens de l&amp;#039;article R323-1 du CCH
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les copropriétés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets participatifs et citoyens
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les particuliers à titre individuel
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les Conseils Départementaux, l&amp;#039;Etat et les autres établissements publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les ASL (associations syndicales libres), les associations établissements de santé ou sociaux ou médico-sociaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   La promotion immobilière, les SCI, les bailleurs privés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets portés par des fournisseurs d&amp;#039;énergie obligés (selon le code de l&amp;#039;énergie l.221-1) (hors délégation pour le compte d&amp;#039;une collectivité)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ De l&amp;#039;action
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les professionnels de la filière bois - Scieurs, Débardeurs, Exploitants forestiers, ETA - et de la filière technique : installateurs, fabricants, bureaux d&amp;#039;études.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;installation de chaudière automatiques à granulés, plaquettes de bois ou sous-produits propres de la filière bois, avec ou sans réseau de chaleur, de poêles à granulés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de plateformes de stockage de plaquettes forestières.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les appareils utilisant du bois-bûches sont exclus de ce dispositif. Les poêles à granulés installés dans le cadre de la construction d&amp;#039;un logement neuf ne sont pas éligibles au dispositif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études (chaufferie) : les études conformes au cahier des charges régional.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les investissements (chaufferie):
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la chaudière bois et ses accessoires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel ballon tampon,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le silo,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;hydraulique primaire en chaufferie, y compris le comptage thermique, et le réseau de chaleur jusqu&amp;#039;aux sous-stations incluses (extension jusqu&amp;#039;à 200 ml),
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : Dans le cas d&amp;#039;une extension de réseau de chaleur (extension jusqu&amp;#039;à 200 ml), le mix énergétique après extension devra comporter une part de chaleur renouvelable strictement supérieure au mix énergétique avant extension.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel nouveau local chaufferie ou l&amp;#039;adaptation du local existant, la voirie sur site nécessaire à l&amp;#039;approvisionnement de la chaufferie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel conduit de cheminée et/ou son tubage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de télégestion,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de filtration performant et, sur le conduit de fumée en sortie de cet équipement, les trappes de prélèvements ou équivalents pour les mesures des émissions de poussières, la main d&amp;#039;œuvre et la maîtrise d‘œuvre,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le matériel d&amp;#039;exploitation du combustible, tracteurs et broyeurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les éventuelles chaudières d&amp;#039;appoint ou de secours ne fonctionnant pas au bois, ainsi que le réseau de distribution de chaleur interne aux bâtiments et les équipements de production d&amp;#039;eau chaude sanitaire
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour les plateformes de stockage de plaquettes :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le hangar de stockage en structure bois,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la VRD associée à la création des bandes de roulement pour les véhicules et l&amp;#039;aire de stockage
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ N&amp;#039;est pas éligible :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le matériel de préparation et d&amp;#039;exploitation du combustible ; ex : tracteurs, grappins, broyeurs, système de pesée des camions.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-bois-energie/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de la région Grand-Est pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2521-soutien-au-bois-energie/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>95066</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Développer la géothermie de surface</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la géothermie de surface</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire le recours aux énergies fossiles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire les émissions de gaz à effet de serre,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer la production d&amp;#039;énergie renouvelable,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer la filière géothermie dans la région Grand Est.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est
+déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement
+similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production
+effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;assiette éligible : 50 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;strong&gt;
+  Pour les investissements – géothermie de moins de 70 MWh EnR/an sur nappe et champ de
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  sondes et géothermie de moins de 120 MWh EnR/an sur eaux usées
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nature : subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section : investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi :
+- Pour les collectivités : 40%, 45% ou 50% selon le potentiel financier et l&amp;#039;effort
+fiscal de la commune par rapport à celle de la strate
+- Pour les autres bénéficiaires : 50% (45% pour grande entreprise)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque :
+ &lt;/strong&gt;
+ intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique
+par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-geothermie-surface"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires d
+  e l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets participatifs et citoyens.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ De l&amp;#039;action
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acteurs de la filière, les utilisateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Géothermie sur nappe jusqu&amp;#039;à 500 MWh EnR/an,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie sur champ de sondes jusqu&amp;#039;à 500 MWh EnR/an,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie sur eaux usées jusqu&amp;#039;à 1200 MWh EnR/an.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les MWh EnR correspondent aux MWh réellement extraits du sol, de la nappe ou des eaux usées, utiles pour les besoins exclusifs de chauffage et d&amp;#039;eau chaude sanitaire des bâtiments ; les MWh EnR sont comptabilisés à l&amp;#039;entrée de la pompe à chaleur (PAC).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les études :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;étude de faisabilité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le test de réponse thermique pour la géothermie sur champ de sondes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   les essais de pompage pour les forages sur nappe
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les forages et leur équipement (sondes cimentées, crépines, collecteur...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les équipements de pompage ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les liaisons vers le local de la PAC ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;hydraulique primaire en chaufferie, y compris le comptage thermique, et le réseau de chaleur jusqu&amp;#039;aux sous-stations incluses ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel nouveau local chaufferie ou l&amp;#039;adaptation du local existant ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;éventuel système de télégestion ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la main d&amp;#039;oeuvre et la maîtrise d‘oeuvre.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-geothermie-de-surface-2/</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Candidatez sur
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-geothermie-surface" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-geothermie-surface
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9aca-soutien-a-la-geothermie-de-surface/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>140798</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Développer des énergies renouvelables électriques (travaux solaire Ready)</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Développement des énergies renouvelables électriques (travaux solaire Ready)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>le taux peut varier pour les entreprises</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière qui peut aller jusqu&amp;#039;à 50% de l&amp;#039;investissement en montant TTC ou HT en cas de récupération de la TVA, plafonnée à 200 000€
+&lt;/p&gt;
+&lt;p&gt;
+ les projets devront présenter un montant de dépenses éligibles d&amp;#039;un minimum de 10 000€. Pour les entreprises, cette aide s&amp;#039;adosse au règlement de minimis.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres dispositifs d&amp;#039;aides régionaux pour le solaire dans la limite du taux d&amp;#039;intervention calculé basé sur la rentabilité économique du projet au global.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets avec vente totale ou en surplus à EDF en obligation d&amp;#039;achat sont uniquement éligibles à l&amp;#039;aide aux travaux Solaire Ready.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations suivantes ne sont éligibles que si elles font l&amp;#039;objet d&amp;#039;une installation d&amp;#039;équipements photovoltaïques consécutive, à savoir dans les deux années suivants le vote de la subvention
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La demande de solde devra être accompagnée d&amp;#039;un justificatif de l&amp;#039;installation solaire (facture acquittée)
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont les dépenses d&amp;#039;investissement liées aux travaux permettant de rendre le projet compatible avec une installation solaire photovoltaïque ou solaire thermique (Solaire Ready) à savoir les coûts suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  missions de bureau de contrôles et bureau d&amp;#039;étude (diagnostics préalables, étude sol, étude structure etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  désamiantage de la toiture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcement de toitures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  couverture permettant l&amp;#039;installation solaire et/ou reprise de l&amp;#039;étanchéité et/ou de l&amp;#039;isolation (hors coûts de l&amp;#039;installation photovoltaïque).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets devront répondre aux critères d&amp;#039;éligibilité suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour tous travaux sur toiture, le ratio surface couverte en photovoltaïque/surface traitée est a minima de 35% et le ratio surface couverte en photovoltaïque par rapport à la surface utile solarisable fera partie des critères d&amp;#039;analyse des projets et devra être au moins supérieur à 50% minimum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  puissance minimum de 10 kwc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/developpement-des-energies-renouvelables-electriques</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aap-enr-elec&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ee-travaux-solaire-ready/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>161767</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaud et de froid à partir d’une boucle d’eau tempérée « géothermique »</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une boucle d’eau tempérée repose sur un &lt;strong&gt;réseau de distribution d’eau basse température (10 à 25 °C)&lt;/strong&gt; reliant plusieurs bâtiments que l’on souhaite chauffer voire rafraîchir ensemble. Chacun de ces bâtiments est raccordé à la boucle au travers d’une sous-station, dans laquelle est installée une pompe à chaleur qui assure les besoins de chauffage, d’eau chaude sanitaire et/ou de froid nécessaires aux bâtiments. On parle alors de production « décentralisée ». La boucle d’eau tempérée peut être alimentée par de multiples sources d’énergies renouvelables et de récupération (géothermie, eaux usées, eau de mer, chaleur fatale…).&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable grâce à la boucle d’eau tempérée géothermique (BETG)&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Maîtriser      sa facture énergétique en ayant de la visibilité sur les coûts de la      chaleur et du froid.&lt;/li&gt;&lt;li&gt;Bénéficier      d’une technologie performante sur le plan énergétique et      environnemental.&lt;/li&gt;&lt;li&gt;promouvoir      des ressources énergétiques locales, disponibles 24 heures sur 24 et      indépendantes des conditions climatiques.&lt;/li&gt;&lt;li&gt;Profiter      d’une technologie adaptable aux différentes demandes selon les usages des      bâtiments (chaud et/ou froid).&lt;/li&gt;&lt;li&gt;Exploiter      une technologie qui s’intègre harmonieusement à son environnement et      évolutive par rapport à un programme d’aménagement.&lt;/li&gt;&lt;li&gt;Agir      avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;aide ADEME aux projets de boucle d’eau tempérée géothermique est calculée sur la base d’une analyse économique&lt;strong&gt;. &lt;/strong&gt;L’ADEME peut accompagner les opérations de boucles d’eau tempérée géothermiques ayant une &lt;strong&gt;production de chaleur renouvelable minimum de 25 MWh/an sur :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;champ de sondes&lt;/li&gt;&lt;li&gt;nappe d’eau souterraine&lt;/li&gt;&lt;li&gt;eaux usées (ou effluents en sortie de      STEP)&lt;/li&gt;&lt;li&gt;eau de mer ou eaux de surface&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’investissement dans une boucle d’eau tempérée géothermique dépend de nombreux paramètres. Une &lt;strong&gt;étude de faisabilité est obligatoire&lt;/strong&gt;, d’autant que le versement de l’aide peut être conditionné à l’atteinte de critères minimum de performance des installations (COP des PAC (Coefficient de performances des pompes à chaleur), production en MWh, taux d’EnR&amp;amp;R de la boucle, etc.). D’autres critères peuvent également s’imposer au projet : réglementaires, performance énergétique des bâtiments raccordés, critères sociaux et de gouvernance de la boucle...&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur et sur le taux d&amp;#039;EnR&amp;amp;R de l&amp;#039;opération) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-a-partir-boucle-deau-temperee</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-a-partir-de-boucle-deau-temperee-geothermique/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>73872</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le patrimoine pour réduire les consommations énergétiques du parc public et développer les énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>SCOT Grand Douaisis (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la mise en oeuvre du Plan Climat et de sa politique « Douaisis Territoire d&amp;#039;Excellence Environnementale et Energétique » (DT3E), le SCOT Grand Douaisis a décidé depuis 2011 de développer les conditions favorables à l&amp;#039;amélioration du patrimoine des collectivités à travers la stratégie patrimoine communal.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette stratégie se compose de différentes actions dont le conseil et l&amp;#039;accompagnement des communes dans l&amp;#039;amélioration de leur patrimoine afin de réduire fortement les consommations énergétiques du parc public et développer les énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux communes de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recevoir une expertise avertie sur les problématiques énergétiques et patrimoniales, sur les dispositifs en vigueur, les opportunités...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser et réduire leurs consommations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser des rénovations importantes et adaptées à leur patrimoine
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;utilisation et/ou la production d&amp;#039;autres sources d&amp;#039;énergie, notamment renouvelables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En effet, en plus du suivi des consommations, les communes sont confrontées à de nombreuses problématiques énergétiques : rénovation basse consommation, éclairage public, ouverture des marchés de l&amp;#039;énergie, développement des énergies renouvelables, groupements, formations des agents en interne...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce conseil et cet accompagnement est dispensé par le Service Energie Collectivité (SEC) porté par le SCOT Grand Douaisis qui
+ propose un service permettant de généraliser le passage à l&amp;#039;action de toutes les communes qui le souhaitent. Les missions du SEC sont réalisées par des agents du SCOT, conseillers en énergie partagés (CEP) qui possèdent chacun un portefeuille de plusieurs communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service bénéficie également de l&amp;#039;expertise du pôle urbanisme du SCOT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  diminution du budget de fonctionnement (flux) des communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renégociation des contrats d&amp;#039;énergie développement de réseaux de chaleur urbain
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation de mairie, d&amp;#039;écoles, de salles de sport....
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  constructions visant la neutralité carbone (médiathèque, écoles...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accès aux aides régionales et nationales (FRAMEE, Fonds Chaleur, Plan de Relance, TEPCV...) en accompagnant la constitution des dossiers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes du territoire sont éligibles au dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif se fait par période de 3 ans. Tous les 3 ans, le SCOT lance un appel à manifestation d&amp;#039;intérêt auprès des communes du Grand Douaisis pour qu&amp;#039;elles candidatent à ce conventionnement de 3 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la période 2021-2023, les candidatures sont à déposer jusqu&amp;#039;au 30 novembre 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ La cotisation annuelle est calculée en fonction du nombre d&amp;#039;habitant de la commune. Le taux est révisé tous les 3 ans, en fin de période de conventionnement.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU GRAND-DOUAISIS</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://grand-douaisis.com/plan-climat-territoire/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marielle DIVAY, Directrice : 03 27 98 21 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>bmeley@grand-douaisis.org</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3dbd-service-energie-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>161772</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière à la réalisation de votre installation de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur à partir de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie géothermique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel biomasse et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la géothermie).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la géothermie :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur ;&lt;/li&gt;&lt;li&gt;accéder à l’exemplarité environnementale ;&lt;/li&gt;&lt;li&gt;bénéficier de technologies éprouvées à haut rendement énergétique ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources locales, disponibles 24h/24 indépendamment des conditions climatiques ;&lt;/li&gt;&lt;li&gt;exploiter une énergie qui s’intègre harmonieusement à son environnement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner financièrement la réalisation d’opérations de géothermie sur aquifère profond (ou géothermie basse énergie) avec ou sans recours à une (ou des) pompe(s) à chaleur et associées ou non à la création (ou l’extension) d’un réseau de chaleur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’aide Fonds Chaleur aux installations de production de chaleur à partir de géothermie profonde dépend de conditions techniques, en particulier :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’étude du projet (sur les volets sous-sol et surface) ;&lt;/li&gt;&lt;li&gt;la quantité de chaleur produite ;&lt;/li&gt;&lt;li&gt;les performances énergétiques et environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-a-partir-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-a-partir-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>161773</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Demander une aide financière pour la réalisation de votre installation de production de chaleur et de froid à partir de géothermie de surface ou d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid renouvelable à partir de géothermie de surface et d'aérothermie</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et d&amp;#039;efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur, afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres EnR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de &lt;strong&gt;l’utiliser de façon optimisée&lt;/strong&gt; et &lt;strong&gt;là où elle est l’énergie la plus pertinente&lt;/strong&gt; pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera &lt;strong&gt;particulièrement pertinente pour des besoins hautes température&lt;/strong&gt; (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il   existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable   grâce à la géothermie ou à l’aérothermie&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtriser   sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur et   éventuellement sur les coûts du froid.&lt;/li&gt;&lt;li&gt;Accéder   à l’exemplarité environnementale.&lt;/li&gt;&lt;li&gt;Bénéficier de technologies éprouvées à haut   rendement énergétique.&lt;/li&gt;&lt;li&gt;Permettre de produire du chaud, mais aussi du rafraîchissement avec les mêmes équipements.&lt;/li&gt;&lt;li&gt;Promouvoir   des ressources locales, disponibles 24 heures sur 24 indépendamment des conditions   climatiques.&lt;/li&gt;&lt;li&gt;Exploiter   une énergie qui s’intègre harmonieusement à son environnement.&lt;/li&gt;&lt;li&gt;Agir avec le soutien du Fonds Chaleur et de   l’ADEME.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME peut accompagner les opérations suivantes ayant une production de chaleur renouvelable minimum de 25 MWh/an :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Géothermie   de surface avec pompes à chaleur sur aquifère superficiel, sur champ de   sondes géothermiques, sur géostructures énergétiques, sur échangeurs   compacts géothermiques ou sur chaussées thermoactives.&lt;/li&gt;&lt;li&gt;Installations   utilisant les mêmes principes que la géothermie mais valorisant par pompe à   chaleur l’énergie des eaux usées, de l’eau de mer, des eaux de surface ou des   eaux thermales.&lt;/li&gt;&lt;li&gt;Aérothermie &lt;strong&gt;uniquement les pompes à chaleur air/eau&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de géothermie de   surface ou d&amp;#039;aérothermie aidées par l’ADEME peuvent être dédiées à un bâtiment (ou process) ou   peuvent être associées à un réseau de chaleur et/ou de froid. &lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;installations de faibles puissances sont accompagnées uniquement dans le cadre des contrats chaleur renouvelable&lt;/strong&gt; (production de chaleur renouvelable &amp;lt;25 MWh/an).&lt;/p&gt;&lt;p&gt;L’aide Fonds Chaleur aux   installations de géothermie de surface ou d’aérothermie dépend de conditions techniques, en   particulier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;étude du projet (incluant le volet captage de   la ressource « EnR »).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;La quantité de chaleur et éventuellement de froid produite.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les performances énergétiques et   environnementales.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au-delà des aides à   l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre   projet&lt;/strong&gt; : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage,   conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-renouvelable-a-partir-de-geothermie-de-surface-et-daerothermie/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>161774</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans le financement d’une étude de faisabilité avant d'investir dans une installation de géothermie de surface ou dans une installation d'aérothermie</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité en géothermie de surface et aérothermie</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité, en apportant une aide financière et en mettant à votre disposition des trames de cahier des charges selon les technologies utilisées.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide comprend les &lt;strong&gt;études de projets&lt;/strong&gt; liés à la mise en œuvre de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pompes à chaleur sur aquifère superficiel, champs de sondes géothermiques, géostructures énergétiques, eaux usées, eau de mer ou eaux thermales&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pompes à chaleur aérothermiques (PAC air/eau)&lt;/li&gt;&lt;li&gt;de boucle d’eau tempérée « géothermique »&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier la faisabilité technique et économique&lt;/strong&gt; du projet d’implantation d’une installation de géothermie de surface&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte ainsi qu’aux opportunités et aux contraintes qu’offre le site&lt;/li&gt;&lt;li&gt;&lt;strong&gt;comparer la solution « géothermique » aux autres possibilités&lt;/strong&gt; en termes d’investissement et d’exploitation&lt;/li&gt;&lt;li&gt;&lt;strong&gt;rechercher des solutions&lt;/strong&gt; visant à assurer l’exploitation pérenne de la ressource « géothermique »&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions pour le financement de l’opération&lt;/strong&gt; et son montage administratif et juridique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets de pompes à chaleur géothermiques sur aquifère superficiel ou sur champ de sondes ou de pompes à chaleur aérothermiques, l’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Étude) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page)&lt;/p&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinente pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Vous pouvez contacter votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;li&gt;le financement d&amp;#039;&lt;strong&gt;installations aérothermiques&lt;/strong&gt; de production de chaleur&lt;/li&gt;&lt;li&gt;le financement d’&lt;strong&gt;installations de boucles d’eau tempérée géothermiques&lt;/strong&gt; de production de chaleur et de froid&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-geothermie-surface-aerothermie</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-en-geothermie-de-surface-et-aerothermie/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>383</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
-[...7 lines deleted...]
- Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public bonifié
 &lt;/p&gt;
 &lt;p&gt;
  Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
  Montant : pas de montant maximal de prêt
 &lt;/p&gt;
 &lt;p&gt;
- Plafonnement de la bonification (au 1er janvier 2020) :
-[...3 lines deleted...]
- Durée : de 3 à 25 ans, avec ou sans différé
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt bonifié, à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;engagement : 0,5%
 &lt;/p&gt;
 &lt;p&gt;
- Amortissement : capital constant ou échéances constantes
+ Amortissement : capital constant ou échéances
+constantes
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des fonds : possible dès la signature de la
 convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
-[...1 lines deleted...]
-Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...3 lines deleted...]
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
-International
 Attractivité économique
+Appui méthodologique
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
+Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Mers et océans</t>
-[...2 lines deleted...]
-      <c r="O3" s="1" t="inlineStr">
+Industrie
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Projets éligibles :
-[...7 lines deleted...]
- Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Assainissement, adduction d&amp;#039;eau potable, déchets ;
-[...58 lines deleted...]
-      <c r="X3" s="1" t="inlineStr">
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;span&gt;
-[...52 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...115 lines deleted...]
- &lt;/strong&gt;
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Efficacité et transition énergétique (production
-[...21 lines deleted...]
-  Restauration des écosystèmes fragiles ;
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...7 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
-[...17 lines deleted...]
-  Etc.
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
-[...162 lines deleted...]
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
-[...1 lines deleted...]
-Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Transition énergétique
-Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...5 lines deleted...]
-Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-[...1 lines deleted...]
-Alimentation
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
 Emploi
-International
 Attractivité économique
-Transports collectifs et optimisation des trafics routiers
-[...255 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Mers et océans</t>
-[...2 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+Industrie
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...1196 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>165666</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Extension et création de réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
-[...71 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif poursuivi par cet accompagnement financier est de&lt;strong&gt; vous aider à mobiliser davantage de chaleur et/ou de froid issus de production d’EnR&amp;amp;R&lt;/strong&gt; (énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Le montant de votre aide est calculé sur la base d’une analyse économique ou sur la base d’une aide forfaitaire. Cela dépend de la puissance de l’installation sur laquelle votre réseau est, ou sera, connecté.&lt;/p&gt;&lt;p&gt;Quelques critères doivent être respectés pour pouvoir bénéficier de l’aide : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Votre réseau &lt;strong&gt;assure des services publics de distribution de la chaleur&lt;/strong&gt; (la collectivité est autorité organisatrice).&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau de chaleur &lt;strong&gt;existe au sens fiscal&lt;/strong&gt;, avec au moins deux clients distincts du maître d’ouvrage.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Votre réseau technique &lt;strong&gt;distribue uniquement de la chaleur&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets sont obligatoirement raccordés à des unités physiques de production EnR&amp;amp;R&lt;/strong&gt; par biomasse, solaire thermique, géothermie, méthanisation, récupération de chaleur fatale – sur process industriel, UIOM (Unité d’incinération d’Ordures Ménagères)… – et/ou cogénération.&lt;/p&gt;&lt;p&gt;L’aide aux réseaux de l’ADEME porte &lt;strong&gt;exclusivement sur la fonction « distribution »&lt;/strong&gt;. Elle est conditionnée aux caractéristiques techniques de mise en œuvre des réseaux prévus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;production supplémentaire&lt;br /&gt;&lt;/li&gt;&lt;li&gt;part d’EnR&amp;amp;R&lt;br /&gt;&lt;/li&gt;&lt;li&gt;densité énergétique&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Elle est aussi conditionnée aux éventuels autres financements sollicités (par exemple Conseil régional).&lt;/p&gt;&lt;p&gt;Des aides pour réaliser vos études existent par ailleurs sur ces mêmes pages Agir.&lt;/p&gt;&lt;p&gt;Pour les projets de &lt;strong&gt;réseaux de chaleur associés à une demande de financement d’installation de production ou de récupération de chaleur&lt;/strong&gt;, merci de vous référer aux « Pièces à déposer » des pages Agir dédiées à chaque type de production : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse énergie&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;&lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installations-production-chaleur-froid-renouvelable-a-partir-geothermie" target="_blank"&gt;Géothermie de surface et aérothermie&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installations-production-chaleur-froid-renouvelable-a-partir-geothermie" target="_blank"&gt;&lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installations-production-chaleur-a-partir-geothermie-profonde" target="_blank"&gt;Géothermie profonde&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installations-production-chaleur-a-partir-geothermie-profonde" target="_blank"&gt;&lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-recuperation-chaleur-fatale" target="_blank"&gt;Chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/realisation-dinstallations-recuperation-chaleur-fatale" target="_blank"&gt;&lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2025/installation-production-deau-chaude-solaire-thermique" target="_blank"&gt;Solaire&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/extension-et-creation-de-reseaux-de-chaleur-ou-de-froid-2/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>165664</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
-[...12 lines deleted...]
-Economie d'énergie et rénovation énergétique
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d’un &lt;strong&gt;financement pour développer les énergiesrenouvelables thermiques et de récupération&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d’un contrat unique permettant de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Contrat Chaleur Renouvelable patrimonial&lt;/strong&gt;, d’une durée maximale de &lt;strong&gt;6 ans&lt;/strong&gt;, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;Contrat Chaleur Renouvelable territorial&lt;/strong&gt;, d’une durée de &lt;strong&gt;4 ans&lt;/strong&gt;, vous permet de développer des projets d’EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l’investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l’ensemble des conditions d’éligibilité et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages Agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/installation-production-deau-chaude-solaire-thermique"&gt;Production d’eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2026/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
 Réseaux de chaleur
-Equipement public</t>
-[...40 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/contrat-chaleur-renouvelable?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable-2/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>161672</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Etudier le potentiel de développement des réseaux de chaleur et de froid sur mon territoire</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>EnRezo</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...14 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="N15" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tous les territoires et les collectivités de France, le projet &amp;#34;&lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo" target="_self"&gt;EnRezo&lt;/a&gt;&amp;#34; du Cerema permet de faciliter la réalisation des études d’opportunité, des schémas directeurs (en identifiant des zones d’extension possibles) et permet d’engager plus rapidement des études de faisabilité sur les secteurs identifiés par les acteurs locaux. En seconde approche, des analyses thématiques peuvent également venir étayer le sujet du potentiel de verdissement des réseaux de chaleur à partir de différentes filières (solaire thermique, chaleur fatale…).&lt;br /&gt;Ces possibilités techniques, amenant à une décision politique plus rapide, participent à l’objectif de massification des réseaux de chaleur et de froid et de décarbonation de la chaleur en France.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Réseaux de chaleur
-Bâtiments et construction
+Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La plateforme EnRezo du Cerema est accessible à toutes et à tous.&lt;/p&gt;&lt;p&gt;Pour les collectivités adhérentes du Cerema, un accompagnement à son utilisation peut vous être proposé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question ou demande d&amp;#039;accompagnement : &lt;a href="https://reseaux-chaleur.cerema.fr/contact" target="_self"&gt;https://reseaux-chaleur.cerema.fr/contact&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>luc.petitpain@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-le-potentiel-de-developpement-des-reseaux-de-chaleur-et-de-froid-sur-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>143286</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un schéma directeur Réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Recherche</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le concept de schéma directeur s&amp;#039;inscrit dans une démarche d&amp;#039;anticipation dont l&amp;#039;objectif est d&amp;#039;aider chaque maître d&amp;#039;ouvrage d&amp;#039;un réseau existant à réaliser un exercice de projection sur le devenir de son réseau à l&amp;#039;horizon 2020, en lien avec les abonnés et de lui fournir différents scénarios qui lui permettront de décider d&amp;#039;une programmation de travaux à entreprendre durant cette période.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema peut vous accompagner dans votre démarche Schéma Directeur sur le volet Réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce aux outils et aux données du groupe Réseaux de chaleur, le Cerema vous accompagne au stade amont de la réflexion sur le schéma directeur afin d&amp;#039;orienter les premiers choix (schéma multi-énergie, schéma multi-réseaux de chaleur, recherches des opportunités locales et régionales de développement, amorce des contacts avec les acteurs locaux et régionaux des réseaux de chaleur etc). L&amp;#039;équipe « Réseaux de chaleur » du Cerema définit le cahier des charges de l&amp;#039;étude et le choix des prestataires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema apporte son expertise tout au long des étapes clés de la réalisation d&amp;#039;un schéma directeur, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  constituer un comité de pilotage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dresser un diagnostic technico-économique du réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser un exercice de projection à l&amp;#039;horizon 2020 sur le potentiel d&amp;#039;évolution du        réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer différents scénarios d&amp;#039;évolution,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer un plan d&amp;#039;actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour en savoir plus, consultez le site Réseaux de chaleur du Cerema :
+  &lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur" target="_self"&gt;
+   https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur
+  &lt;/a&gt;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Réhabilitation
-Logement et habitat
-[...6 lines deleted...]
-      <c r="O15" s="1" t="inlineStr">
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-schema-directeur-reseau-chaleur</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Un seul déposant est attendu par dossier ; les projets collaboratifs ne sont pas éligibles. Il est vivement conseillé de contacter l&amp;#039;ADEME en amont du dépôt du dossier pour tous renseignements ou conseils relatifs au montage et à la soumission de votre dossier.
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
-[...47 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a85b-realiser-un-schema-directeur-reseau-de-chaleu/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>94694</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Financer les installations de récupération de chaleur</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Agriculteur
-[...16 lines deleted...]
-      <c r="K16" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectifs
-[...40 lines deleted...]
- Subvention dont le montant dépendra du type d&amp;#039;installation, l&amp;#039;aide étant un forfait en fonction du volume de chaleur qu&amp;#039;il est envisagé de produire. L&amp;#039;aide peut aller jusqu&amp;#039;à 50 % de l&amp;#039;investissement et qui sont compatibles avec les autres aides publiques (Département, Région...). L&amp;#039;ensemble des aides peut amener une couverture de l&amp;#039;investissement jusqu&amp;#039;à 80%.
+  Aide - « Financement d&amp;#039;installations de récupération de chaleur », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+Réalisez une installation de récupération de chaleur avec l&amp;#039;aide de l&amp;#039;ADEME à travers le Fonds Chaleur.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissement public,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Les bonnes raisons pour passer le cap de la récupération de chaleur :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   avoir de la visibilité sur les coûts de la chaleur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   accéder à une haute performance environnementale en substituant cette ressource à d&amp;#039;autres sources de chaleur non renouvelables,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier de technologies éprouvées à haut rendement énergétique,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mener à bien un projet avec un temps de retour souvent inférieur aux projets d&amp;#039;énergies renouvelables,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   profiter d&amp;#039;une ressource de proximité disponible dans une logique d&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   agir avec le soutien du Fonds Chaleur.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement : l&amp;#039;aide Fonds Chaleur aux installations de récupération de chaleur dépend de conditions techniques, en particulier de la quantité de chaleur récupérée, des performances énergétiques et environnementales des installations et du Temps de Retour Brut (TRB) du projet.
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2020, les aides ADEME peuvent être articulées avec dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE). Les modalités sont précisées dans les conditions d&amp;#039;éligibilité et de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne et vous conseille sur toutes les phases de votre projet, des études (d&amp;#039;opportunité ou de faisabilité) aux aides à l&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...51 lines deleted...]
-      <c r="T16" s="1" t="inlineStr">
+ Ne sont pas éligibles à cette aide : les installations de faible puissance (&amp;lt; 6 GWh/an) n&amp;#039;incluant pas de machines thermodynamiques ou de solaire thermique et pouvant être aidées par une fiche CEE standard.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/sites/default/files/2021-02/conditions-eligibilite-financement-recuperation-chaleur-fatale-2021.pdf" rel="noopener" target="_blank"&gt;
+  Téléchargez les conditions d&amp;#039;éligibilité et de financement pour la récupération de chaleur fatale.
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X16" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-recuperation-chaleur</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Grenoble-Alpes Métropole
-[...14 lines deleted...]
- gael.bogotto&amp;#64;alec-grenoble.org
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;78" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8e5f-financer-linstallations-de-recuperation-de-ch/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>92578</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la Structuration de Projets de Territoires (ASPT)</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Collectivité d’outre-mer à statut particulier
-[...9 lines deleted...]
-      <c r="K17" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 20</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- ________________________________________________________________________
-[...70 lines deleted...]
-      <c r="X17" s="1" t="inlineStr">
+ Aider au démarrage, au diagnostic territorial ou à la définition d&amp;#039;une stratégie de développement, prenant en compte les études et coûts d&amp;#039;ingénierie externes liés à l&amp;#039;élaboration de projets de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1. Aide à la Structuration de projets de Territoires (ASPT)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département finance un pourcentage du montant HT des études et prestations d&amp;#039;ingénierie externes, selon le taux suivant :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communautés d&amp;#039;Agglomération et communes situées dans le périmètre d&amp;#039;une Communauté d&amp;#039;Agglomération : 10 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de Communes, Communes situées dans le périmètre d&amp;#039;une Communauté de Communes, Parcs Naturels Régionaux, Groupes d&amp;#039;Action Locale Établissements et associations représentatives couvrant une zone d&amp;#039;action territoriale significative : 20 %
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;assiette subventionnable est plafonnée à 100 000 € par projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Volet spécifique « Petites Villes de Demain » (PVD)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département finance un pourcentage du montant HT des études globales ou thématiques nécessaires à l&amp;#039;élaboration ou à la concrétisation d&amp;#039;un projet de revitalisation et de développement retenus dans le cadre du programme « Petites Villes de Demain ».
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à 10 % du montant HT des études.
+L&amp;#039;aide est plafonnée à 5 000 € par étude.
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions particulières : aide conditionnée par la participation du Département aux instances de suivi technique et de pilotage des études et démarches subventionnées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Retrouvez votre contact régional sur :
+  Coûts d&amp;#039;études et d&amp;#039;ingénierie liés aux projets suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
-[...90 lines deleted...]
-  &amp;#34;
+  Élaboration d&amp;#039;une charte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;une stratégie territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;une étude liée à une approche innovante inscrite dans une démarche de transition écologique, climatique ou sociétale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de démarches globales de développement durable telles que les Agendas 21 locaux et les Plans Climat Air Energie Territoriaux (PCAET)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...81 lines deleted...]
- &lt;br /&gt;
+ Pour les projets réalisés à l&amp;#039;échelle communale, seules les démarches possédant un volet territorial seront éligibles (Charte PNR, PCAET, CTE, PDU, PVD...). Ils devront par ailleurs être cohérents avec les compétences, projets et démarches de développement durable entrepris dans les territoires intercommunaux et / ou de projets, dans lesquels le demandeur s&amp;#039;inscrit ainsi qu&amp;#039;avec la stratégie et les politiques départementales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
-[...56 lines deleted...]
-Tourisme
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Forêts
 Montagne
 Sols
-Espaces verts
-[...3 lines deleted...]
-Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...10 lines deleted...]
-Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
-Equipement public
-[...6 lines deleted...]
-Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
 Artisanat
-Information voyageur, billettique multimodale
-[...8 lines deleted...]
-Médias et communication
 Industrie
 Fiscalité des entreprises
-Mers et océans
 Réduction de l'empreinte carbone
-Bibliothèques et livres
-[...7 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;adhésion
-[...1 lines deleted...]
- est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+  Bénéficiaires :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...97 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés d&amp;#039;Agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcs Naturels Régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations représentatives couvrant une zone d&amp;#039;action territoriale significative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements (de statut public ou associatif) liés à des politiques départementales (Collèges, Etablissements pour personnes âgées ou personnes handicapées, Établissements pour l&amp;#039;accueil des enfants ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/796d-aider-a-la-structuration-de-projets-de-territ/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...231 lines deleted...]
-      <c r="A21" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>62848</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4284,1712 +8379,225 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V47" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
+      <c r="W47" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y47" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z47" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>382</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>PSP B</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...13 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Région Occitanie soutient la filière bois énergie dans la réalisation d&amp;#039;investissement en faveur des énergies renouvelables.
-[...36 lines deleted...]
- des coûts éligibles.
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification (au 1er janvier 2020) :
+6 M€ par projet
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
-[...1498 lines deleted...]
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -6006,9777 +8614,283 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...3 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
-Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Spectacle vivant
-[...13 lines deleted...]
-      <c r="O28" s="1" t="inlineStr">
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  L&amp;#039;adhésion
-[...47 lines deleted...]
-      <c r="T28" s="1" t="inlineStr">
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
+uniquement : toutes les opérations d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assainissement, adduction d&amp;#039;eau potable, déchets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteur du numérique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructures sportives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social et intermédiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie sociale et solidaire (ESS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets culturels et de valorisation du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
-[...3779 lines deleted...]
-      <c r="L39" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
-  Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
  &lt;/span&gt;
-&lt;/p&gt;</t>
-[...562 lines deleted...]
- &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Collectivité,
-   &lt;br /&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   Entreprise,
-   &lt;br /&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   Association.
-   &lt;br /&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
-&lt;p&gt;&lt;/p&gt;
-[...2 lines deleted...]
- &lt;br /&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   avoir de la visibilité sur les coûts de la chaleur,
-   &lt;br /&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   accéder à une haute performance environnementale,
-   &lt;br /&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
-   bénéficier de technologies éprouvées à haut rendement énergétique,
-[...688 lines deleted...]
-   Plafonds : 50 000 € étude de diagnostic, 100 000 € études d&amp;#039;accompagnement de projet.
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M46" s="1" t="inlineStr">
-[...392 lines deleted...]
-      </c>
       <c r="Y48" s="1" t="inlineStr">
         <is>
-          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+          <t>belliotl@afd.fr</t>
         </is>
       </c>
       <c r="Z48" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/9657-aider-aaux-etudes-de-reseaux-de-chaleur-et-de/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
         </is>
       </c>
       <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:27" customHeight="0">
       <c r="A49" s="1">
-        <v>95066</v>
+        <v>384</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Développer la géothermie de surface</t>
-[...4 lines deleted...]
-          <t>Soutien à la géothermie de surface</t>
+          <t>Bénéficier d'un préfinancement de subventions européennes et d'Etat - PS2E</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...1308 lines deleted...]
-Région
 Collectivité d’outre-mer à statut particulier
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2338 lines deleted...]
-Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="K65" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
+      <c r="L49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Répondre aux enjeux de la transition énergétique en bénéficiant d&amp;#039;un accompagnement technique et financier ajusté à ses besoins.
-[...171 lines deleted...]
- &lt;br /&gt;
+ L&amp;#039; Agence française
+de développement
+répond aux besoins
+de financement de
+court terme des
+acteurs publics
+en préfinançant
+les subventions
+européennes, d&amp;#039;État
+ou de la Caisse
+d&amp;#039;allocations
+familiales (CAF).  Ce préfinancement permet d&amp;#039;avancer la trésorerie nécessaire au paiement des entreprises mobilisées pour la réalisation des investissements des acteurs publics; et le cas échéant, de compléter un prêt d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de la subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : 3 à 5 ans maximum
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : non applicable
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible au démarrage des travaux
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
-[...281 lines deleted...]
-      <c r="N67" s="1" t="inlineStr">
+      <c r="N49" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -15793,8726 +8907,628 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
-Appui méthodologique
-[...2085 lines deleted...]
-Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Réduction de l'empreinte carbone
-[...4 lines deleted...]
-      <c r="O77" s="1" t="inlineStr">
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Qui peut en bénéficier ?
-[...11 lines deleted...]
-      <c r="S77" s="1" t="inlineStr">
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout préfinancement de subventions européennes,
+d&amp;#039;État, ou de la CAF
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions européennes :
+fonds structurels européens et assimilés
+(FEDER, FEADER, FEAMP); 
+fonds européen de développement (FED); 
+autres fonds européens spécifiques
+(RTE-T, Marco-Polo, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions d&amp;#039;État et subventions des établissements
+publics nationaux et des Organismes divers d&amp;#039;adminitration
+centrale (ODAC); 
+Fonds exceptionnel d&amp;#039;investissement (FEI); dotations d&amp;#039;équipement des territoires ruraux
+(DETR); C
+entre national d&amp;#039;études spatiales (CNES); 
+Office National de l&amp;#039;Eau et des Milieux Aquatiques
+(ONEMA); 
+Agence de l&amp;#039;environnement et de la maîtrise de
+l&amp;#039;énergie (ADEME); 
+Agence nationale pour la rénovation urbaine
+(ANRU); etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...2 lines deleted...]
-      <c r="T77" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X77" s="1" t="inlineStr">
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
-[...162 lines deleted...]
- OPÉRATIONS CONCERNÉES
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Rénovation ou construction de bâtiment communal avec travaux d&amp;#039;économies d&amp;#039;énergie et/ou utilisation d&amp;#039;énergies renouvelables, dans une logique de qualité environnementale.
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
-[...72 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f5b-prefinancement-de-subventions-europeennes-et-/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...465 lines deleted...]
-      <c r="K80" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>161739</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le financement rapide des investissements et études pour faire évoluer votre entreprise en cohérence avec la transition écologique</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Tremplin pour la transition écologique des PME</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
-[...29 lines deleted...]
-Voirie et réseaux
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez le virage de la transition écologique grâce au guichet d’aide de l’ADEME.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Votre projet concerne la décarbonation, l’éco-conception, l’économie circulaire et la gestion des déchets, la chaleur et le froid renouvelable pour les bâtiments (hors logement), l&amp;#039;efficacité énergétique de serres chauffées ou la mobilité durable.&lt;/p&gt;&lt;p&gt;Le guichet « Tremplin pour la transition écologique des PME » permet d’accéder à &lt;strong&gt;des aides dans plusieurs domaines de la transition écologique&lt;/strong&gt;, avec les avantages suivants :&lt;/p&gt;&lt;p&gt;Dossier      de demande d’aide simplifié avec instruction accélérée :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Un       seul dossier à déposer pour plusieurs études et/ou investissements.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Liste       des opérations éligibles pour votre entreprise dans le tableur à télécharger et compléter ci-dessous.&lt;/li&gt;&lt;li&gt;Devis       à transmettre.&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Suite à validation de votre dossier :&lt;/p&gt;&lt;ul type="disc"&gt;&lt;ul type="circle"&gt;&lt;li&gt;Durée de contrat de 18 mois fermes.&lt;/li&gt;&lt;li&gt;Paiement sur facture et preuves de réalisation.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/ul&gt;&lt;p&gt;Vous devez renseigner le fichier Excel « ADEME_Tremplin 2024 à compléter », pour connaître les &lt;strong&gt;aides auxquelles vous pourrez prétendre&lt;/strong&gt;. Le tableur précise alors les actions éligibles et calcule l’aide ADEME prévisionnelle (qui sera validée ou non suite à l&amp;#039;instruction de votre dossier).&lt;/p&gt;&lt;p&gt;Pour être éligible, le montant total de l’aide devra être supérieur à 5 000 € (seuil abaissé à 3 000 € pour les aides à la mobilité durable et 2 500 € pour les réparateurs) et inférieur à 200 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...21 lines deleted...]
-Risques naturels
 Qualité de l'air
 Biodiversité
-Equipement public
-[...6 lines deleted...]
-Lutte contre la précarité
 Emploi
-International
-[...1 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
-[...20 lines deleted...]
-      <c r="R80" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/tremplin-transition-ecologique-pme</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tremplin-pour-la-transition-ecologique-des-pme/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>93900</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable - Prime Chaleur d'Avenir</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Ademe — Direction régionale — Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide forfaitaire, les taux indiqués sont purement indicatifs</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...48 lines deleted...]
- &lt;/strong&gt;
+ La Chaleur Renouvelable, tout un programme...
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le soutien de l&amp;#039;Agence de l&amp;#039;environnement et de la maîtrise de l&amp;#039;Energie (ADEME) et en coopération étroite avec les EPCI, le SIEL- Territoire d&amp;#039;énergie Loire lance le programme « Prime Chaleur d&amp;#039;Avenir ».
+&lt;/p&gt;
+&lt;p&gt;
+ « Prime Chaleur d&amp;#039;Avenir » permet de rendre éligibles les petits projets qui de par leur taille n&amp;#039;atteignaient pas seuls les seuils du Fonds Chaleur afin qu&amp;#039;ils puissent bénéficier de financements. Outre les subventions, « Prime Chaleur d&amp;#039;Avenir » permet d&amp;#039;apporter aux acteurs ligériens désireux de substituer leur mode de production de chaleur un accompagnement technique.
+&lt;/p&gt;
+&lt;p&gt;
+ Porté par le SIEL-Territoire d&amp;#039;énergie Loire pour les acteurs publics et EDEL 42 pour les porteurs de projets privés (agriculteurs, entreprises, bailleurs sociaux, artisans...), il permet de disposer sur le périmètre concerné* d&amp;#039;une enveloppe d&amp;#039;aide de 7 millions d&amp;#039;euros allouée par l&amp;#039;ADEME sur trois ans et déléguée au SIEL-Territoire d&amp;#039;énergie Loire pour favoriser la conversion des systèmes de production de chaleur vers des énergies thermiques renouvelables (bois-énergie, solaire thermique et géothermie).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
-[...103 lines deleted...]
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N51" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Equipement public
-[...2 lines deleted...]
-Appui méthodologique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="X81" s="1" t="inlineStr">
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/05/2024</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>30/04/2028</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Sylvie ROGNON, Directrice du G.I.P. ID77
-[...12 lines deleted...]
- &lt;br /&gt;
+ Critères du Fonds Chaleur de l&amp;#039;ADEME applicables
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
-[...678 lines deleted...]
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S51" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T51" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
-[...37 lines deleted...]
- &lt;/a&gt;
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/nos-activites/energies-renouvelables/primechaleurdavenir/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour tout contact adresser un mail à
+&lt;/p&gt;
+&lt;p&gt;
+ primechaleurdavenir&amp;#64;siel42.fr
+&lt;/p&gt;
+&lt;p&gt;
+ ou à
+ wilfrid.gerossier&amp;#64;saint-etienne-metropole.fr sur le territoire TEPOS SEM/Pilat
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5027-prime-chaleur-davenir/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-[...2349 lines deleted...]
-      <c r="G97" s="1" t="inlineStr">
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>161755</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Demander une contribution au test de réponse thermique, nécessaire pour caractériser les propriétés thermiques moyennes des terrains traversés</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Test de réponse thermique de terrain (géothermie)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...45 lines deleted...]
-Economie d'énergie et rénovation énergétique
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME vous accompagne dans le &lt;strong&gt;financement de test de réponse thermique&lt;/strong&gt;, une procédure qui permet de caractériser :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les propriétés thermiques moyennes des terrains traversés,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;et de la sonde géothermique verticale testée.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’objectif du test de réponse thermique (TRT) permet de &lt;strong&gt;fournir des informations sur les propriétés thermiques moyennes du terrain&lt;/strong&gt; et donc sur l’intérêt de pouvoir faire de la &lt;strong&gt;géothermie sur champs de sondes&lt;/strong&gt; pour le chauffage et le rafraîchissement des bâtiments concernés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Réseaux de chaleur
-Equipement public
-[...189 lines deleted...]
-      <c r="S98" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/test-reponse-thermique-terrain-geothermie</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/test-de-reponse-thermique-de-terrain-geothermie/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-[...1236 lines deleted...]
-      <c r="G103" s="1" t="inlineStr">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I103" s="1" t="inlineStr">
-[...783 lines deleted...]
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I53" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 62</t>
         </is>
       </c>
-      <c r="J107" s="1" t="inlineStr">
+      <c r="J53" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
  &lt;/li&gt;
  &lt;li&gt;
   Installation de fenêtres à double vitrage
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation du réseau de chauffage urbain à Chaleurville
  &lt;/li&gt;
  &lt;li&gt;
   Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
  &lt;/li&gt;
  &lt;li&gt;
   Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation énergétique des bâtiments historiques du Vieilbourg
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;div&gt;
   &lt;table&gt;
    &lt;tbody&gt;
     &lt;tr&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Dépenses éligibles
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
       &lt;p&gt;
        &lt;span&gt;
         &lt;strong&gt;
          Taux de financement
         &lt;/strong&gt;
        &lt;/span&gt;
       &lt;/p&gt;
      &lt;/td&gt;
      &lt;td&gt;
@@ -24950,863 +9966,740 @@
        20 000 € HT
       &lt;/p&gt;
      &lt;/td&gt;
     &lt;/tr&gt;
    &lt;/tbody&gt;
   &lt;/table&gt;
  &lt;/div&gt;
 &lt;p&gt;
  * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    travaux d&amp;#039;entretien.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W107" s="1" t="inlineStr">
+      <c r="W53" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G108" s="1" t="inlineStr">
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>71375</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseil en énergie partagé</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes Sauer-Pechelbronn</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La communauté de communes Sauer-Pechelbronn porte le poste d&amp;#039;un ingénieur énergie qui accompagne les communes et autres collectivités dans leurs démarche d&amp;#039;économies d&amp;#039;énergie et de développement des énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ Il intervient sur les territoires de deux communautés de communes : Sauer-Pechelbronn et Pays de Wissembourg.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  suivi des factures de fluides
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement de chaudières
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation des bâtiments publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation de panneaux solaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>CC Sauer-Pechelbronn (EPCI), CC du Pays de Wissembourg</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Monsieur Rémi LOUVENCOURT
+&lt;/p&gt;
+&lt;p&gt;
+ Communauté de communes Sauer-Pechelbronn,
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue de l&amp;#039;Obermatt - 67360 DURRENBACH
+&lt;/p&gt;
+&lt;p&gt;
+ 03 88 90 77 85  /  06 26 85 35 00
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ remi.louvencourt&amp;#64;sauer-pechelbronn.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>till.harres@sauer-pechelbronn.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0a1-conseil-en-energie-partage-pour-les-collectiv/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163078</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le potentiel en économies d'énergie et en énergies renouvelables de mon territoire</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...25 lines deleted...]
-      <c r="K108" s="1" t="inlineStr">
+Département</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
-[...102 lines deleted...]
-      <c r="N108" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Identification et quantification des potentiels de réduction des consommations d’énergie et de développement des énergies renouvelables, en lien avec les démarches énergie-climat et enjeux locaux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Modalités :&lt;/p&gt;&lt;p&gt;Sur la base de l’état des lieux énergétique, et au regard des objectifs énergie-climat à atteindre (SRADDET, neutralité carbone, PCAET…), élaboration d’études de potentiels et/ou de scénarisations prospectives : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Estimation du potentiel de réduction des consommations d’énergie par secteur et/ou par usage : rénovation thermique des bâtiments, éclairage public… &lt;/li&gt;&lt;li&gt;Evaluation des potentialités de mutation énergétique (conversion des énergies fossiles vers les énergies renouvelables) &lt;/li&gt;&lt;li&gt;Estimation du potentiel de développement des différentes filières énergies renouvelables et de récupération&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude des potentiels de développement des EnR à l’échelle des différents EPCI dans une logique de coopérations territoriales avec Bordeaux Métropole &lt;/li&gt;&lt;li&gt;Etude du potentiel d’implantation de méthaniseurs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...7 lines deleted...]
-Limiter les déplacements subis
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/identifier-le-potentiel-en-economies-denergie-et-en-energies-renouvelables-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>163126</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une offre de services d'ingénierie portant sur l'étude et/ou la réalisation de projets liés à l'aménagement et au développement du territoire</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence des territoires de la Sarthe</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;réaliser toutes
+études, analyses et schémas directeurs pour assister à la définition de
+stratégie de développement et de promotion territoriale, &lt;/li&gt;&lt;li&gt;assurer des missions de conseil,
+d’information, et d’animation du développement du territoire, &lt;/li&gt;&lt;li&gt;étudier et mettre
+en œuvre des programmes d’intérêt général liés à la promotion économique du
+territoire ou à la gestion de services communs aux entreprises au sens de
+l’article L 1524- 7 du Code général des collectivités territoriales, &lt;/li&gt;&lt;li&gt;étudier et/ou réaliser, sous la forme
+notamment de mandats,  de contrats
+d’assistance à maîtrise d’ouvrage ou de concessions, toutes opérations
+d’aménagement au sens de l’article L. 300-1 du Code de l’urbanisme, de
+construction, de rénovation d’équipements de tout immeuble, local ou ouvrage, &lt;/li&gt;&lt;li&gt;étudier et/ou réaliser, selon notamment les
+formes précitées, des opérations d’aménagement foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;VOIRIE : &lt;/span&gt;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour étude d’aménagements routiers, chiffrage des travaux d’entretien de voirie , AMO et Maîtrise d&amp;#039;Oeuvre (MOE) sur ouvrages d’art.&lt;/li&gt;&lt;li&gt;&lt;span&gt;EAU : &lt;/span&gt;assainissement collectif, assistance technique aux stations d’épuration, recherche de ressources en eau potable.&lt;/li&gt;&lt;li&gt;&lt;span&gt;TRANSITION ÉNÉRGÉTIQUE : &lt;/span&gt;accompagnement technique et administratif sur les projets de chaleur renouvelable et d’efficacité énergétique.&lt;/li&gt;&lt;li&gt;&lt;span&gt;ACTES ADMINISTRATIFS : &lt;/span&gt;opérations foncières de types cessions, acquisitions, échanges &amp;amp; servitudes de faible importance.&lt;/li&gt;&lt;li&gt;&lt;span&gt;RÈGLEMENT GÉNÉRAL SUR LA PROTECTION DES DONNÉES (RGPD) : &lt;/span&gt;accompagnement à la mise en conformité avec le RGPD, après désignation de l’ATESART comme Délégué à la Protection des Données. Les détails de cette offre sont en téléchargement ci-dessous. Plus d’information à l’adresse mail : &lt;a href="mailto:dpo&amp;#64;sarthe.fr"&gt;dpo&amp;#64;sarthe.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;MÉCÉNAT : &lt;/span&gt;plateforme de financement participatif et accompagnement pour la mise en ligne, aide à la démarche mécénat.&lt;/li&gt;&lt;li&gt;&lt;span&gt;ARCHIVAGE : &lt;/span&gt;tri, gestion des éliminations règlementaires, classement et inventaire des archives publiques des communes et des EPCI par un archiviste professionnel.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous actionnariat&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Sarthe</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sarthe.fr/developpement-territoires-environnement/sarterritoires-conseils-services-collectivites/atesart-au-service-des-territoires</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ATESART, &lt;a href="mailto:atesart&amp;#64;laposte.net" target="_self"&gt;atesart&amp;#64;laposte.net&lt;/a&gt;, 02 43 54 73 44&lt;/p&gt;&lt;p&gt;LECHANTEUX Sabrina, &lt;a href="mailto:sabrina.lechanteux&amp;#64;sarthe.fr" target="_self"&gt;sabrina.lechanteux&amp;#64;sarthe.fr&lt;/a&gt;, 02 43 54 73 44&lt;/p&gt;&lt;p&gt;LE ROUX Nolwenn, &lt;a href="mailto:nolwenn.leroux&amp;#64;sarthe.fr" target="_self"&gt;nolwenn.leroux&amp;#64;sarthe.fr&lt;/a&gt;, 02 43 54 70 72&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>atesart@laposte.net</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apporter-aux-communes-et-epci-actionnaires-une-offre-de-services-dingenierie-portant-sur-letude-et-ou-realisat-de-projets-lies-a-lamenagement-et-au-dvt-de-leur-territoire/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>391</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaire éligible :
-[...198 lines deleted...]
-      <c r="N109" s="1" t="inlineStr">
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Appui méthodologique
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone
-[...5 lines deleted...]
-      <c r="O109" s="1" t="inlineStr">
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- •    Être une collectivité locale ou un EPCI de Moselle.
-[...3 lines deleted...]
- &lt;br /&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...17 lines deleted...]
-      <c r="X109" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
-[...18 lines deleted...]
- &lt;br /&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-      <c r="H110" s="1" t="inlineStr">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
-[...158 lines deleted...]
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -25838,3013 +10731,4604 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P111" s="1" t="inlineStr">
+      <c r="P58" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W111" s="1" t="inlineStr">
+      <c r="W58" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G112" s="1" t="inlineStr">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>71863</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les projets de centrales biomasses et CSR</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-Entreprise publique locale (Sem, Spl, SemOp)
+Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre des objectifs sur la chaleur durable de la Programmation Pluriannuelle de l&amp;#039;Energie, la Banque des Territoires soutient le développement de réseaux de chaleur propres (cogénération biomasse, centrale 100 % électrogène, chaufferie collective, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sont accompagnés sur toute leur durée, du cofinancement d&amp;#039;études préalables (si nécessaires pour le dossier d&amp;#039;investissement), au financement du projet (fonds propres et quasi-fonds propres, participations minoritaires, ...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_biomasse_csr_psat</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Nous contacter par mail via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c315-investir-dans-les-projets-de-centrales-biomas/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>554</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>DATAVIZ Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K60" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;span&gt;
-[...5 lines deleted...]
- Concrètement :
+ Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Le tracé de votre réseau est affiché sur la
-[...145 lines deleted...]
-  &lt;/a&gt;
+  Portrait socio-démographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructurer l&amp;#039;habitat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter les mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Servir les citoyens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
-[...233 lines deleted...]
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Connaissance de la mobilité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
-[...14 lines deleted...]
- 0,10 €pour les EPCI sans fiscalité propre
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X114" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
-[...2 lines deleted...]
- 04.66.02.85.50
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...402 lines deleted...]
-      <c r="G117" s="1" t="inlineStr">
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>162404</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études de faisabilité pour des projets de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...9 lines deleted...]
-      <c r="K117" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Transition énergétique
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Création et extension des réseaux de chaleur et de froid associés à ces modes de production renouvelable et de récupération, y compris les boucles d’eau tempérée géothermiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent), l’étude de faisabilité doit impérativement être conforme au cahier des charges de l’ADEME : « Etude de faisabilité récupération de chaleur fatale pour valorisation interne et/ou externe ».&lt;/p&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur. Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, réseaux de chaleur et de froid, géothermie...rés&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets</t>
-[...2 lines deleted...]
-      <c r="O117" s="1" t="inlineStr">
+Biodiversité
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S117" s="1" t="inlineStr">
+      <c r="P62" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent), l’étude de faisabilité doit impérativement être conforme au cahier des charges de l’ADEME : « Etude de faisabilité récupération de chaleur fatale pour valorisation interne et/ou externe ».&lt;/p&gt; &lt;p&gt;Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E118" s="1" t="inlineStr">
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>161771</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement des études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="O118" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les éléments techniques, économiques, réglementaires et environnementaux lui permettant de se positionner sur la faisabilité d’une opération de récupération et valorisation de chaleur fatale.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité fait notamment suite à une solution identifiées lors d’un audit énergétique ou une étude d’opportunité et permet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;de vérifier la faisabilité technique et économique du projet&lt;br /&gt;&lt;/li&gt;&lt;li&gt;de proposer des solutions techniques adaptées au contexte et aux possibilités qu’offre le site&lt;/li&gt;&lt;li&gt;d’étudier les solutions en matière de montage financier et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à réaliser, alors passez à la suite. L’ADEME avec le Fonds Chaleur, vous accompagne à travers des &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;aides à l’investissement sur une installation de récupération de chaleur fatale&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X118" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-linstallation-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E119" s="1" t="inlineStr">
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>94693</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Financer une étude de faisabilité de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Association
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K119" s="1" t="inlineStr">
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Forêts
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;une étude de faisabilité de récupération de chaleur fatale », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ avant d&amp;#039;investir dans une installation de récupération de chaleur fatale, l&amp;#039;ADEME vous accompagne en finançant votre étude de faisabilité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Actions éligibles :
+ &lt;/strong&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Profitez d&amp;#039;un accompagnement professionnel pour prendre des décisions ou suivre les travaux de votre projet d&amp;#039;installation de production de chaleur renouvelable ou de récupération.
+Si vous pensez avoir de la chaleur perdue mais ne savez pas comment la valoriser, l&amp;#039;ADEME ou ses relais de terrain peuvent vous conseiller.
+&lt;/p&gt;
+&lt;p&gt;
+ Selon les régions, l&amp;#039;ADEME s&amp;#039;appuie sur certains relais pour promouvoir les énergies renouvelables et de récupération. À ce titre, des conseils, des notes d&amp;#039;opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  L&amp;#039;étude de faisabilité vous permettra de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   vérifier la faisabilité technique et économique du projet de récupération de chaleur fatale,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   proposer des solutions techniques adaptées au contexte et aux possibilités qu&amp;#039;offre le site,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   proposer des solutions pour le financement de l&amp;#039;opération et le montage administratif et juridique.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+ si l&amp;#039;étude de faisabilité vous conforte dans l&amp;#039;investissement à faire, passez à la suite. L&amp;#039;ADEME avec le Fonds Chaleur, vous accompagne à travers des
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-recuperation-chaleur" rel="noopener" target="_blank"&gt;
+  aides à l&amp;#039;investissement sur une installation de récupération de chaleur fatale.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-etude-faisabilite-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d8f-financer-une-etude-de-faisabilite-de-recupera/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>92589</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les quartiers d’activités économiques, les espaces économiques, les friches et créer de l’immobilier collectif</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la création ou l&amp;#039;extension des quartiers d&amp;#039;activités économiques, la requalification d&amp;#039;espace économique, la réhabilitation de friches et la création d&amp;#039;immobilier collectif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETUDES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à visée opérationnelle liée au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ TRAVAUX :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Création et extension d&amp;#039;espace d&amp;#039;activité d&amp;#039;intérêt :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Local (inférieur à 10 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intercommunal (de 10 à 30 hectares)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départemental (supérieur à 30 hectares)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  - Friches délaissées :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espace économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de friches
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;immobilier collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Qualité de l'air
-Biodiversité
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Revitalisation
+Bâtiments et construction
 Emploi
-Transports collectifs et optimisation des trafics routiers
-[...1 lines deleted...]
-Mobilité pour tous
+Attractivité économique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables jusqu&amp;#039;à 80 % du montant HT des études (50 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations (selon taille de l&amp;#039;opération) : jusqu&amp;#039;à 25 % du déficit HT de l&amp;#039;opération (800 000 € maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide (travaux) : variable selon les opérations de 15 à 25 %, dépendant de la présence d&amp;#039;une zone de revitalisation rurale et d&amp;#039;un quartier prioritaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Postes de dépenses pris en compte (calcul du déficit d&amp;#039;opération) : travaux de construction et de réhabilitation (immobilier) ; mobilités alternatives, énergies renouvelables, Très Haut Débit, les entrées de sites, les clôtures et la signalétique, le mobilier urbain, le tri sélectif, les installations photovoltaïques, les travaux paysagers et tout équipement visant un des trois axes du développement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Conditions administratives : maîtrise foncière du terrain à aménager par le maître d&amp;#039;ouvrage et intégration du projet dans les documents d&amp;#039;urbanisme (SCOT et PLU) ; autorisations administratives préalables obtenues et travaux non débutés ; projet compatible avec le label régional Parc&amp;#43; au plus tard en phase APS ; avis favorable des évaluations avant et après projet ; accord formel du Conseil départemental par convention adoptée par l&amp;#039;assemblée départementale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4085-amenager-les-quartiers-dactivites-economiques/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="H120" s="1" t="inlineStr">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique</t>
-[...2 lines deleted...]
-      <c r="K120" s="1" t="inlineStr">
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
-[...966 lines deleted...]
-      <c r="N130" s="1" t="inlineStr">
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
+Médias et communication
 Industrie
+Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P66" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q66" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="S130" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G131" s="1" t="inlineStr">
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>94692</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Financer une assistance à maîtrise d’ouvrage pour une chaufferie biomasse</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;une assistance à maîtrise d&amp;#039;ouvrage pour une chaufferie biomasse », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ l&amp;#039;ADEME avec le Fonds Chaleur vous aide à réaliser votre projet de chaufferie biomasse, en mettant à votre disposition une trame de cahier des charges pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, et en apportant une aide financière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage vous permettront :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;assurer la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de mettre en œuvre les différentes étapes du projet et de rédiger les cahiers des charges si nécessaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de s&amp;#039;assurer de la conformité réglementaire et technique de l&amp;#039;installation,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   de s&amp;#039;assurer le bon fonctionnement de l&amp;#039;installation et des modalités de maintenance.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement
+ &lt;/strong&gt;
+ : l&amp;#039;aide peut aller jusqu&amp;#039;à 70 % pour une petite entreprise ou dans le cadre d&amp;#039;une activité non économique.
+ &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l&amp;#039;ADEME (RGE Etude) ou pouvant justifier de conditions équivalentes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-assistance-a-maitrise-douvrage-chaufferie-biomasse</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;48344" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/134f-financer-une-assistance-a-maitrise-douvrage-p/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>50263</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet de valorisation énergétique des
+ressources ? Vous souhaitez bénéficier du soutien d&amp;#039;un tiers de confiance en
+tant qu’investisseur dans les projets, faisant le lien entre industriels,
+collectivités et territoires ? Répartir au mieux les risques industriels et
+commerciaux ? Bénéficier d&amp;#039;une expertise éprouvée permettant d’élaborer des
+montages innovants, économiquement équilibrés ? Créer des emplois directs et
+indirects, réduire les émissions de CO&lt;sub&gt;2&lt;/sub&gt; ? Générer des revenus issus
+de ressources locales ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des
+Territoires finance les projets de valorisation énergétique des ressources au
+meilleur prix, en facilitant l’acceptabilité des projets et en soutenant
+l’innovation. Nous accompagnons par exemple les projets de réseaux de chaleur
+et de froid, de centrales biomasse et de chaufferies collectives, de
+géothermie, de valorisation des déchets et du biogaz.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement des
+projets de valorisation énergétique des ressources est principalement réalisé
+via une prise de participation minoritaire en fonds propres et quasi-fonds
+propres dans les sociétés de portage des projets, aux côtés d’un ou plusieurs
+partenaires disposant de compétences techniques et financières reconnues dans
+leur domaine, notamment dans le cadre de délégation du service public. Le
+financement peut également porter sur la capitalisation (fonds propres et
+quasi-fonds propres) d’un opérateur territorial dédié aux énergies (SEM par
+exemple), ayant des projets de valorisation énergétique de ressources. &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=valorisation_ener_psat</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-valorisation-energetique-ressources/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>973</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans la rénovation des bâtiments grâce au dispositif Intracting</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie
+EduRénov</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Offre Intracting</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...9 lines deleted...]
-      <c r="K131" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
-[...7 lines deleted...]
-          <t>Economie d'énergie et rénovation énergétique
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes une collectivité locale, un établissement d&amp;#039;enseignement supérieur, de santé ou un syndicat d&amp;#039;énergie et vous souhaitez réaliser des travaux de rénovation énergétique de vos bâtiments publics ? Le dispositif Intracting peut contribuer à les réaliser via des avances remboursables si vos travaux contribuent à une amélioration des performances énergétiques et génèrent des économies d&amp;#039;énergie avec un temps de retour court (moins de 13 ans).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif concerne donc les travaux permettant de réaliser des économies d&amp;#039;énergie à court-terme sur des équipements tels que le chauffage, l&amp;#039;éclairage, la ventilation etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les économies réalisées sont affectées au remboursement des avances, voire au financement de nouveaux projets.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un bout à l&amp;#039;autre du projet (conseils et ingénierie, financement, réalisation et mise à disposition d&amp;#039;un outil de suivi et de pilotage des consommations énergétiques), la Banque des territoires vous accompagne en tant que tiers de confiance. Le dispositif Intracting dispose de nombreux avantages tels qu&amp;#039;un apport jusqu&amp;#039;à 100% du besoin ou encore la possibilité de remboursement retardé si les économies d&amp;#039;énergies attendues ne sont pas réalisées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Biodiversité
-[...3 lines deleted...]
-      <c r="O131" s="1" t="inlineStr">
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/investissement-dans-la-renovation-des-batiments-dispositif-intracting?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=in</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4e6-investissement-dans-la-renovation-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>140805</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes membres dans la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat d'Énergie des Alpes-de-Haute-Provence (SDE04)</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : réalisation de note d&amp;#039;opportunité, avant- projet sommaire, 1er niveau de conseil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : réalisation de projets, de l&amp;#039;étude de faisabilité à la réalisation des travaux, portage de marchés publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative : conseil et assistance aux communes, mandat de maîtrise d&amp;#039;ouvrage, montage des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : conseil et recherche de financements, négociation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une installation photovoltaïque avec autoconsommation sur la toiture d&amp;#039;un bâtiment communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la pertinence d&amp;#039;un projet photovoltaïque porté par une entreprise privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation ou déplacement d&amp;#039;une borne de recharge pour véhicule électrique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur le remplacement d&amp;#039;une chaudière obsolète
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils dans la réalisation d&amp;#039;un réseau de chaleur alimenté par une chaudière bois plaquettes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formalisation de la demande dans la fiche annuelle de recensement des besoins ou contact direct avec le service Énergie – Mobilité – Données (EMD) pour un échange avec le référent du sujet (photovoltaïque, EnR thermique ou IRVE).
+&lt;/p&gt;
+&lt;p&gt;
+ Différentes modalités d&amp;#039;intervention selon le sujet : convention de service, lettre de commande ou mandat de maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sde04.fr/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 5, avenue Bad-Mergentheim - 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 32 32 32
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;sde04.fr" target="_self"&gt;
+  contact&amp;#64;sde04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e99-accompagne-les-communes-membres-dans-la-trans/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>70580</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement des installations solaires thermiques</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient le développement de projets solaires thermiques auprès des entreprises, des collectivités, des établissements publics, des associations et des bailleurs sociaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets solaires thermiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : les bureaux d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les coûts éligibles
+ &lt;/strong&gt;
+ sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets des installations solaires collectives centralisées de production d&amp;#039;eau chaude sanitaire (ECS). Les installations sont considérées comme collectives dès lors qu&amp;#039;elles répondent à un besoin en ECS collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation préalable d&amp;#039;une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m2 ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  capteurs solaires certifiés (CSTBat ou SolarKeymark) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL http://www.solaire-collectif.fr/fr/les-outils.htm ou mesures des besoins réels en ECS à partir de mesures in situ ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  schéma de l&amp;#039;installation proposée conforme à l&amp;#039;un des schémas SOCOL retenus ou sur le site SOCOL : http://www.solaire-collectif.fr/fr/les-outils.htm ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  productivité minimale de l&amp;#039;installation solaire supérieure à 450 kWh/an.m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un télésuivi simplifié des performances sur toutes les installations collectives financées avec système d&amp;#039;alerte et maintenance curative ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en service dynamique de l&amp;#039;installation selon les préconisations SOCOL.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles : les coûts d&amp;#039;investissement éligibles sont :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les coûts des composants de l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts des équipements de régulation et suivi énergétique, les frais de main d&amp;#039;œuvre liée à l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de maîtrise d&amp;#039;œuvre liée à l&amp;#039;installation solaire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligation du maître d&amp;#039;ouvrage
+  &lt;/strong&gt;
+  : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier administratif de demande de financement (à demander auprès des contacts notés au dos du dépliant).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée ou fiche descriptive de l&amp;#039;installation solaire thermique pour les installations inférieures à 25m2.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pour l&amp;#039;installation solaire, précisant notamment les nombre, marque et type de capteurs et le matériel de comptage énergétique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis de la prestation de télésuivi avec système d&amp;#039;alerte. Plan d&amp;#039;implantation des capteurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma hydraulique de l&amp;#039;installation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-installations-solaires-thermiques</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 11 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/056d-aide-regionale-au-developpement-des-installat/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G132" s="1" t="inlineStr">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>14068</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
-[...10 lines deleted...]
-      <c r="K132" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
-[...7 lines deleted...]
-          <t>Espace public
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
 Biodiversité
 Equipement public
-Bâtiments et construction</t>
-[...2 lines deleted...]
-      <c r="O132" s="1" t="inlineStr">
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S132" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>161779</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet) ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires bureaux d’études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-reseaux-chaleur-froid-alimentes-enr-enrr</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G133" s="1" t="inlineStr">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>77082</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans les projets de transition écologique et environnementale</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à la mise en œuvre de projets relevant de la transition écologique (SGREEN+)</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...12 lines deleted...]
-      <c r="K133" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
-[...7 lines deleted...]
-          <t>Espace public
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec SGREEN&amp;#43;, la Banque des Territoires propose un accompagnement visant à accélérer la mise en œuvre des projets de transition écologique et environnementale, dont la finalité est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser la gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir la transition climatique et le bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les experts de la Banque des Territoires vous proposent un accompagnement complet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la définition de votre projet de transition écologique ou d&amp;#039;adaptation au changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de votre feuille de route ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des éventuelles interdépendances d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calcul des gains potentiels apportés par chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des actions à entreprendre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de la solution d&amp;#039;accompagnement SGREEN&amp;#43;, nos experts vous aident également à identifier les démarches nécessaires à la mise en place de chaque action retenue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études techniques à réaliser en amont ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formalités administratives :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  actualisation des documents de planification ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ordre dans lequel réaliser ces formalités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  délais légaux à respecter pour chacune ;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le budget prévisionnel nécessaire à la réalisation des démarches préalables à l&amp;#039;établissement d&amp;#039;une commande publique de travaux afin de réaliser les dits travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les indicateurs indispensables pour le suivi et l&amp;#039;analyse de l&amp;#039;effet de l&amp;#039;aménagement réalisé. Des indicateurs définis en fonction des objectifs pour lesquels l&amp;#039;aménagement en question a été retenu par les élus ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les moyens à mettre en œuvre pour pouvoir collecter ces indicateurs et le budget nécessaire à leur collecte et analyse.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sources de financement envisageables et les moyens pour mobiliser ces financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Espace public
+Voirie et réseaux
+Transition énergétique
 Réseaux de chaleur
-Biodiversité
-[...4 lines deleted...]
-      <c r="O133" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P133" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...34 lines deleted...]
-      <c r="AA133" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-la-mise-en-oeuvre-de-projets-relevant-de?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transitio</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c06d-beneficier-dun-accompagnement-des-projets-act/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-[...133 lines deleted...]
-      <c r="E135" s="1" t="inlineStr">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I135" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J135" s="1" t="inlineStr">
+      <c r="J82" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N135" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -28883,724 +15367,10505 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y135" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I83" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J83" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+SIEL-Territoire d’énergie Loire
+Banque des Territoires
+DDT de la Loire
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Office Français de la Biodiversité (OFB)
+ADEME
+Agence Nationale de l'Habitat (ANAH)
+Agences de l'eau
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>94690</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'installation de production de chaleur biomasse/bois</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Installation de production de chaleur biomasse/bois », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME aide financièrement à la réalisation d&amp;#039;nstallations de production de chaleur à partir de biomasse/bois, sur les secteurs des bâtiments publics, de l&amp;#039;habitat collectif, du tertiaire, de l&amp;#039;industrie et de l&amp;#039;agriculture,
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Il existe plusieurs bonnes raisons pour passer le cap du fossile au renouvelable grâce à la biomasse énergie :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   avoir de la visibilité sur les coûts de la chaleur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   accéder à une haute performance environnementale,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier de technologies éprouvées à haut rendement énergétique,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   profiter d&amp;#039;une ressource de proximité disponible (bois énergie, sous-produits agricoles ou industriels...), dans une logique d&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   agir avec le soutien du Fonds Chaleur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Les installations de fortes puissances en secteur entreprise (industrie, agriculture, tertiaire) sont accompagnées dans le cadre de l&amp;#039;AAP BCIAT (production &amp;gt; 12 000 MWh/an).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les installations biomasse de faibles puissances sont accompagnées uniquement dans le cadre des contrats de développement EnR (production &amp;lt; 1 200 MWh/an).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne sur toutes les phases de votre projet : note d&amp;#039;opportunité, étude de faisabilité, assistance à maîtrise d&amp;#039;ouvrage, conseils.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;aide Fonds Chaleur aux installations de production chaleur biomasse/bois dépend de conditions techniques, en particulier :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;étude du projet,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;approvisionnement biomasse,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la quantité de chaleur produite,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les performances énergétiques et environnementales.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/installation-production-chaleur-biomasse-bois</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus sur ce dispositif, contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;5206" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58bb-aider-a-linstallation-de-production-de-chaleu/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Val-de-Marne
+CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
+CAUE du Lot
+CAUE de la Vendée
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
+CAUE de l'Yonne
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
+CAUE du Morbihan</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>94705</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études relatives à la mise en œuvre ou à la définition des réseaux de chaleur ou de froid</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Études de réseaux de chaleur et de froid », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Réaliser ou étendre un réseau de chaleur et/ou de froid liant des moyens de production de chaleur à des bâtiments et alimentés par des énergies renouvelables ou de récupération, l&amp;#039;ADEME vous accompagne.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Bénéficiez d&amp;#039;un financement pour vos études relatives à la mise en œuvre ou à la définition des réseaux de chaleur ou de froid
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.
+    &lt;br /&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.
+    &lt;br /&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+  &lt;p&gt;
+   Selon les régions, l&amp;#039;ADEME s&amp;#039;appuie sur certains relais pour promouvoir les énergies renouvelables. A ce titre, des conseils, des notes d&amp;#039;opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l&amp;#039;investissement dans un réseau de chaleur ou de froid sont conditionnées à la production d&amp;#039;une étude de faisabilité pour une création de réseau ou d&amp;#039;un schéma directeur des réseaux pour une extension.
+  &lt;/p&gt;
+ &lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant d&amp;#039;investir, l&amp;#039;ADEME préconise le recours à des prestataires bureaux d&amp;#039;études ou cabinets conseils pour vous accompagner dans la prise de décision préalable et le cas échéant dans le suivi des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/aide-etudes-reseaux-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;48353" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9657-aider-aaux-etudes-de-reseaux-de-chaleur-et-de/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Orne
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE des Pyrénées-Atlantiques
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE de Mayotte
+CAUE de la Seine-et-Marne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE des Landes
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE de l'Aude
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de la Dordogne
+CAUE de l'Yonne
+CAUE de l'Hérault
+CAUE de l'Isère
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Ardèche
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>77367</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'amorçage d'une feuille de route relative à la transition écologique - SGREEN</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir une meilleure gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la transition climatique et bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accompagnement SGREEN, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic portant sur la fonctionnalité écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer une feuille de route et des préconisations définies en fonction des enjeux identifiés sur le territoire et des objectifs de la collectivité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-lamorcage-dune-feuille-de-route-relative?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=sgreen_pr</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9185-obtenir-un-accompagnement-pour-lamorcage-dune/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>82917</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agences Locales de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://federation-flame.org</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Frank Sentier, Délégué général de la Fédération FLAME
+&lt;/p&gt;
+&lt;p&gt;
+ frank.sentier&amp;#64;federation-flame.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8b5-copie-17h59-se-faire-accompagner-sur-les-them/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>161754</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez un projet de récupération de chaleur fatale avec l’aide du Fonds Chaleur de l’ADEME</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;L’ADEME subventionne via le Fonds Chaleur les installations de récupération de chaleur fatale en fonction de conditions techniques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Quantité de chaleur récupérée.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Performances énergétiques et environnementales des installations.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Temps de Retour Brut (TRB) du projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent valoriser une quantité d’énergie thermique supérieure à 1 GWh/an.&lt;/p&gt;&lt;p&gt;Depuis 2020, les aides ADEME s&amp;#039;articulent avec dispositif des Certificats d’Économies d’Énergie (CEE). Les modalités sont précisées &lt;strong&gt;dans les conditions d’éligibilité et de financement.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME vous accompagne et vous conseille sur toutes les phases de votre projet :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les études d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les études de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les aides à l’investissement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Passer le cap de la récupération de chaleur vous permettra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D’avoir de la &lt;strong&gt;visibilité sur les coûts&lt;/strong&gt; de la chaleur.&lt;/li&gt;&lt;li&gt;D’accéder à une &lt;strong&gt;haute performance environnementale&lt;/strong&gt; en substituant cette ressource à d’autres sources de chaleur non renouvelables.&lt;/li&gt;&lt;li&gt;De bénéficier de &lt;strong&gt;technologies éprouvées à haut rendement énergétique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De mener à bien un projet avec un &lt;strong&gt;temps de retour souvent inférieur aux projets d’énergies renouvelables&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;De profiter d’une &lt;strong&gt;ressource de proximité&lt;/strong&gt; disponible dans une logique d’économie circulaire.&lt;/li&gt;&lt;li&gt;D’agir avec le soutien du Fonds Chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnRChoix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt; (Énergies renouvelables et de récupération).&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;Récupération de chaleur      fatale : &lt;strong&gt;étude des sources de chaleur fatale &lt;/strong&gt;disponibles localement et de      leurs &lt;strong&gt;adéquations avec les besoins&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Et, par la suite, &lt;strong&gt;considération des autres ENR&lt;/strong&gt; disponibles localement : &lt;strong&gt;étude du potentiel géothermique et solaire thermique&lt;/strong&gt; et de leur adéquation avec les besoins (seul ou en complément de la biomasse). La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>164101</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions locales en faveur de la transition énergétique et écologique</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- fiche action 7</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond : 30 000 €&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Accompagner la prise de conscience des enjeux de transition énergétique et écologique par l’ensemble des acteurs du territoire et faire évoluer les comportements&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduire la dépendance énergétique du territoire en promouvant la sobriété et les énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Faire de la transition énergétique et écologique un axe de développement économique de notre territoire&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation des données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Informer, sensibiliser, former les acteurs du territoire à la transition énergétique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Identifier les potentiels locaux en termes de réduction énergétique et d’énergies renouvelables&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des servi&lt;/span&gt;&lt;span&gt;ces, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Encourager les entreprises et les associations dans leurs actions en faveur de leur transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer la production locale d’énergie renouvelable&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Créer des emplois dans les métiers de la transition énergétique et écologique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Doter le territoire d’artisans du BTP et de maîtres d’ouvrage formés à la rénovation énergétique et écologique des bâtiments&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Favoriser le développement de projets de l’économie circulaire et de l’économie de la fonctionnalité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Renforcer les partenariats, les mutualisations et le travail en réseau :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Soutenir les actions d’écologie industrielle territoriale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Encourager l’innovation&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Développer les processus de valorisation des déchets &lt;/span&gt;&lt;br /&gt;&lt;span&gt;o Réaliser des opérations de rénovation énergétique innovantes et sobres en énergie&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/f859f8d7-f3bc-4643-a3cd-7bdc57a9dd84/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Consommation et production
+Innovation, créativité et recherche
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Industrie
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/ca278277-6275-4db1-b05a-098a62b87fe7/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 7&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-locales-en-faveur-de-la-transition-energetique-et-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>162642</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité / opportunité</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K136" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G137" s="1" t="inlineStr">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>130993</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour son projet de Bois-Énergie</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K137" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="N137" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VENTE DE CHALEUR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du transfert de compétence «Production et distribution de chaleur», le SIEL-TE peut, dans certains cas, proposer la vente de chaleur et ainsi gérer de A à Z le fonctionnement de la chaufferie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, l&amp;#039;achat des différents combustibles et fluides (bois, appoint, électricité, eau, téléphone), ainsi que les charges de fonctionnement (maintenance, exploitation et renouvellement du matériel) sont à la charge du SIEL-TE qui vend la chaleur à la collectivité pendant une durée de 20 ans, en lieu et place de la contribution annuelle sous forme de loyer.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : 100 € /an &amp;#43; prix chaleur selon projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MAÎTRISE D&amp;#039;OEUVRE DÉLÉGUÉE - OPTION «ÉNERGIES RENOUVELABLES ET RÉSEAU DE CHALEUR»
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités : adhésion à la compétence optionnelle
+&lt;/p&gt;
+&lt;p&gt;
+ «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉLÉGATION DE SERVICE PUBLIC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ SAINT-MAURICE-EN-GOURGOIS
+&lt;/p&gt;
+&lt;p&gt;
+ En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaufferie automatique au bois déchiqueté et son réseau de chaleur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Puissance de la chaudière : 90 kW
+  &lt;/li&gt;
+  &lt;li&gt;
+   Consommation annuelle de bois : 99 tonnes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equivalence énergétique : 27 575 litres de fioul
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois utilisé : plaquette forestière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volume du silo de stockage : 36 m2
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surface totale chauffée : 2 031 m2
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>http://www.te42.fr</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Responsable du Pôle ENR
+&lt;/p&gt;
+&lt;p&gt;
+ Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>gayet@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>129719</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets contribuant au développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Agglo-communes - Assurer un développement durable de la commune</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Communauté d'Agglomération Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le contrat Agglo-communes de Saint-Lô Agglo vise à impulser la mise en œuvre d&amp;#039;opérations structurantes à l&amp;#039;échelle du bassin de vie des communes. Il permet le soutien et le cofinancement de projets locaux, sous maitrise d&amp;#039;ouvrage communale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement d&amp;#039;itinéraires cyclables et piétonniers, démarche innovant type écoquartiers ou haute qualité environnementale, création de tiers-lieux, systèmes d&amp;#039;éclairage public intelligent, travaux d&amp;#039;amélioration énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Consommation et production
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les opérations ne devront pas avoir connu de commencement avant la contractualisation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets seront limités au nombre de 3 maximum par commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;autofinancement de la commune doit être au moins égal au montant du fonds de concours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les modalités d&amp;#039;attribution du fonds de concours devront faire l&amp;#039;objet de délibérations concordant du conseil municipal et du conseil communautaire avant la signature du contrat.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>CA Saint-Lô Agglo</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saint-lo-agglo.fr/fr/contrat-agglocommunes</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.saint-lo-agglo.fr/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Saint-Lô Agglo
+&lt;/p&gt;
+&lt;p&gt;
+ Service de développement et d&amp;#039;appui aux communes
+&lt;/p&gt;
+&lt;p&gt;
+ appuicommunes&amp;#64;saint-lo-agglo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 14 16 01 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>soukaina.alouah@saint-lo-agglo.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0236-financer-des-projets-contribuant-au-developpe/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>126158</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités et leurs groupements à la mise en oeuvre des projets énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Intercommunal de l'Electricité et du Gaz de l'Eure (SIEGE 27)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Photovoltaïque sur bâtiments et ombrières de parkings publics : le SIEGE 27 accompagne les collectivités et leurs groupements pour des installations photovoltaïques en assurant les études nécessaires puis la maîtrise d&amp;#039;ouvrage des projets ainsi que leur exploitation (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-pv-bat.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-pv-bat.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois énergie : le SIEGE 27 propose aux communes un accompagnement complet des études à l&amp;#039;exploitation des installations avec prise en charge financière des coûts d&amp;#039;investissement à hauteur de 80% hors réseau hydraulique interne (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-bois.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-bois.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eolien / photovoltaïque au sol : le SIEGE 27 co-développe de tels projets en cas de délibération favorable de la commune d&amp;#039;étude ainsi que de son intercommunalité. L&amp;#039;objectif recherché par le SIEGE 27 est de garantir l&amp;#039;appropriation, le suivi et l&amp;#039;implication du territoire, soutenir des projets publics et citoyens, contribuer au capital/compte courant des sociétés de projet et ainsi accéder à leur gouvernance et optimiser les retombées économiques locales. Le portage du risque financier est assuré par le SIEGE 27 (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-pv-sol.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-pv-sol.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   et
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-eolien.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-eolien.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Méthanisation : le SIEGE 27 accompagne les collectivités et leurs groupements à faire émerger des projets, en participant notamment financièrement aux maillages et renforcements des réseaux, soutient les porteurs de projet en leur donnant les conditions les plus favorables possibles en lien avec GRDF et les intercommunalités (
+   &lt;a href="https://www.siege27.fr/sites/default/files/fiche-metha.pdf" rel="noopener" target="_blank"&gt;
+    https://www.siege27.fr/sites/default/files/fiche-metha.pdf
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+   ).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Plus d&amp;#039;informations par le biais des fiches thématiques disponibles sur le bouton descriptif complet.
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Photovoltaïque sur ombrière : parking de la salle des fêtes de Verneusses, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Photovoltaïque sur bâtiments publics : toitures d&amp;#039;école (Thuit de l&amp;#039;Oison, Tillières sur Avre, Saint André de l&amp;#039;Eure,...), de salles des fêtes (Bourg Beaudoin,...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bois énergie : mairie/école de Surtauville,...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Photovoltaïque au sol : sur casiers de centres d&amp;#039;enfouissement de déchets (SDOMODE, SETOM), anciennes pistes bétonnées d&amp;#039;aérodrome (Saint André de l&amp;#039;Eure), anciennes carrières (Martot,...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Eolien : Mesnil-Rousset, Vraiville/Mandeville/Surtauville/Terres de Bord/La Haye Malherbe, ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.siege27.fr/categories/les-fiches-du-siege27</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ te&amp;#64;siege27.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 02 32 39 82 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.girard@siege27.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a272-accompagnement-des-collectivites-et-de-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
-Valorisation d'actions
-[...23 lines deleted...]
-      <c r="S137" s="1" t="inlineStr">
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G138" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>165648</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études d'aide à la décision pour les projets de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'aide à la décision pour les projets de géothermie profonde</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="N138" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d’un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la centrale géothermique.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante, mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsque aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à&lt;strong&gt; réaliser une étude de faisabilité&lt;/strong&gt;, en apportant une aide financière et en mettant à votre disposition des trames de cahier des charges et guides selon les technologies utilisées.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide comprend les études de projets liés à la&lt;strong&gt; mise en œuvre d’opérations de valorisation thermique de ressources géothermales profondes&lt;/strong&gt; (profondeur supérieure à 200 mètres) :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la &lt;strong&gt;réalisation d’un doublet de forage&lt;/strong&gt; (ou autre configuration spécifique (triplet, multidrains…) sur un aquifère profond avec (ou sans) mise en place d’une pompe à chaleur ;&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;mise en œuvre d’une réinjection&lt;/strong&gt; en aquifère profond sur une opération existante (exemple des opérations de la région Aquitaine) ;&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;transformation d’un ancien puits pétrolier&lt;/strong&gt; pour une valorisation thermique de l’eau chaude produite avec (ou sans) mise en place d’une pompe à chaleur ;&lt;/li&gt;&lt;li&gt;la &lt;strong&gt;mise en place uniquement d’une ou de plusieurs pompe(s) à chaleur&lt;/strong&gt; sur un réseau de chaleur alimenté par une installation de géothermie profonde déjà existante.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité vous permettra de &lt;strong&gt;vérifier la faisabilité technique et économique du projet de géothermie profonde&lt;/strong&gt;, et notamment de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;connaître les aspects réglementaires spécifiques à l’opération ;&lt;/li&gt;&lt;li&gt;planifier le déroulé des phases du projet ;&lt;/li&gt;&lt;li&gt;proposer des solutions techniques adaptées au contexte, ainsi qu’aux opportunités et aux contraintes qu’offre le site ;&lt;/li&gt;&lt;li&gt;identifier et minimiser les risques (coûts, opérationnels) ;&lt;/li&gt;&lt;li&gt;estimer le budget des investissements et les coûts d’exploitation ;&lt;/li&gt;&lt;li&gt;comparer la solution « géothermique » aux autres possibilités en termes de performance énergétique, d’investissement et d’exploitation ;&lt;/li&gt;&lt;li&gt;rechercher des solutions visant à assurer l’exploitation pérenne de la ressource « géothermique » ;&lt;/li&gt;&lt;li&gt;proposer des solutions pour le financement de l’opération et son montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les études de dérisquage supérieures à 200 k€, le fonds de garantie géothermie peut &lt;strong&gt;couvrir les dépenses à hauteur de 80 %&lt;/strong&gt; (plafond d’assiette de dépense de 1 M€). Pour plus de renseignements, &lt;strong&gt;contactez la SAF Environnement &lt;/strong&gt;(filiale de la Caisse des dépôts et consignations).&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers le financement d’installations de géothermie profonde.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Réseaux de chaleur
-Economie locale et circuits courts
-[...3 lines deleted...]
-      <c r="O138" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etude-daide-la-decision-pour-les-projets-de-geothermie-profonde</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etude-daide-la-decision-pour-les-projets-de-geothermie-profonde#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-d-aide-a-la-decision-pour-les-projets-de-geothermie-profonde/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>159890</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les communes et les intercommunalités en matière technique et de financement de projets</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil technique et financement</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale du Gard</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Apporter soutien et expertise aux collectivités en matière d&amp;#039;ingénierie publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique en matière d&amp;#039;urbanisme, de voirie, d&amp;#039;eau et d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique pour mener à bien tous projets d&amp;#039;équipement et d&amp;#039;aménagement public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets, diagnostics des besoins et aide à la programmation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance en matière d&amp;#039;étude de faisabilité technique, règlementaire et financière pour tous projets locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de cahiers des charges spécifiques aux projets ( lettre de consultation, acte d&amp;#039;engagement, CCTP, CCAP, mémoire technique cadre, programme de travaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S138" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;p&gt;
+ 0,50 € par habitant pour les communes
+&lt;/p&gt;
+&lt;p&gt;
+ 0,25 € pour les EPCI à fiscalité propre
+&lt;/p&gt;
+&lt;p&gt;
+ 0,10 €pour les EPCI sans fiscalité propre
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-technique-gard.fr/</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04.66.02.85.50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>d.paloc@atdgard.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/870e-conseiller-les-communes-et-les-intercommunali/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>159891</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>conseil juridique et administratif</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale du Gard</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Tourisme
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;p&gt;
+ 0,50 € par habitant pour les communes
+&lt;/p&gt;
+&lt;p&gt;
+ 0,25 € pour les EPCI à fiscalité propre
+&lt;/p&gt;
+&lt;p&gt;
+ 0,10 €pour les EPCI sans fiscalité propre
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-technique-gard.fr/</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04.66.02.85.50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>d.paloc@atdgard.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>159893</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Faire des sphères agricole, viticole et sylvicole un levier d'attractivité économique et de développement durable</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Maintenir et créer des emplois et de la valeur ajoutée dans les secteurs agricole, viticole et sylvicole.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le territoire Adour Chalosse Tursan Marsan est fortement agricole. Il trouve de nombreux débouchés grâce à la présence importante de l&amp;#039;industrie agro-alimentaire, à des produits identitaires de qualité (foie gras, volaille de plein air, etc.) mais également à des fermes qui alimentent des circuits de proximité. Le territoire bénéficie aussi d&amp;#039;une couverture forestière non négligeable, avec une structuration de la filière en Nord Adour ancienne et vectrice d&amp;#039;emplois (la filière bois : 3e zone d&amp;#039;emplois d&amp;#039;Aquitaine).
+ &lt;br /&gt;
+ Pour autant, le secteur Sud Adour très peu exploité présente un fort potentiel de structuration de la filière forêt-bois, et le secteur agricole subit les tendances lourdes que l&amp;#039;on peut constater au niveau national (difficulté dans la transmission-reprise, difficulté à intégrer de nouvelles pratiques, aléas climatiques et sanitaires...). Parallèlement, du côté de la population, il y a une forte demande et attente en alimentation de proximité de qualité et en maîtrise d&amp;#039;un cadre de vie naturel et préservé.
+ &lt;br /&gt;
+ Cette fiche-action ambitionne ainsi d&amp;#039;accompagner ces filières clefs pour le territoire en participant notamment à la mise en œuvre de démarches alimentaires territoriales en cours et de dynamiques collectives autour de la ressource forestière.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à des actions permettant la compétitivité des acteurs des secteurs agricole, viticole et sylvicole
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valorisation de l&amp;#039;image agricole du territoire, de ses filières afin de favoriser l&amp;#039;emploi ou la transmission-reprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la diversification des activités agricoles et viticoles, notamment des activités d&amp;#039;agritourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant d&amp;#039;améliorer l&amp;#039;accueil et l&amp;#039;hébergement des travailleurs saisonniers agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à des dispositifs d&amp;#039;espaces tests agricoles permettant l&amp;#039;installation, la transmission et/ou la reprise d&amp;#039;activités agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes et investissements soutenant et dynamisant les circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie, études permettant la valorisation des espaces forestiers et agricoles, la qualification de ces espaces et l&amp;#039;identification de leur potentiel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien à des actions permettant l&amp;#039;adaptation des acteurs agricoles et sylvicoles aux enjeux climatiques et environnementaux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à des actions pilotes ou expérimentales favorisant de nouveaux modes culturaux respectueux de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à des projets de promotion et de sensibilisation pour une alimentation locale s&amp;#039;inscrivant dans une démarche alimentaire territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de protection des paysages et d&amp;#039;espaces naturels, actions de régénération des écosystèmes et de la biodiversité hors espaces naturels remarquables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude d&amp;#039;opportunité ou de faisabilité pour la production d&amp;#039;énergies renouvelables (méthanisation, agri-voltaïsme, géothermie, bois-énergie...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Transition énergétique
+Réseaux de chaleur
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d164-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>162938</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C109" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P139" s="1" t="inlineStr">
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q139" s="1" t="inlineStr">
+      <c r="Q109" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C140" s="1" t="inlineStr">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>165398</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le territoire pour la transition écologique et énergétique</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G140" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>GALVD-2327_FA1</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J110" s="1" t="inlineStr">
+        <is>
+          <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le territoire est marqué par la présence de nombreuses entreprises et d&amp;#039;une dynamique d&amp;#039;installation d&amp;#039;activités économiques élevée. Le profil de ces entreprises est principalement composé de petites entreprises locale, TPE et PME, dans des secteurs variés. Le principal secteur d&amp;#039;emploi sur le territoire est celui du commerce, transports et services divers. Des structures d&amp;#039;accompagnement et d&amp;#039;hébergement de ces entreprises sont présentes au sein du Grand Narbonne et de La Domitienne, pour accompagner les porteurs de projets dans la création d&amp;#039;activités pérennes, viables économiquement.&lt;/p&gt;&lt;p&gt;Dans le contexte d&amp;#039;accélération du dérèglement climatique où la nécessité d&amp;#039;action se fait toujours plus pressante, l&amp;#039;enjeu est de pouvoir accompagner des structures diverses dans des démarches de transition écologique, d&amp;#039;économie d&amp;#039;énergie et d&amp;#039;efficacité énergétique.&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de cette action est de promouvoir des actions de transition écologique d&amp;#039;entreprises et d&amp;#039;associations, avec une réflexion autour de leur impact sur notre environnement et des leviers d&amp;#039;amélioration sur lesquels il est possible d&amp;#039;agir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;em&gt;&lt;br /&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 1.1 : Soutenir les aménagements et investissements durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectif opérationnel 1.2 : Inciter les acteurs du territoire à un changement de pratiques&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1.2.1 : &lt;/strong&gt;&lt;span&gt;Soutien aux études et diagnostics d&amp;#039;impacts&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;1.2.2 : &lt;/strong&gt;&lt;span&gt;Soutien aux initiatives de formation, éducation, sensibilisation&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Achat de nouveaux matériels économes, gestion de l&amp;#039;énergie d&amp;#039;un bâtiment, etc.;&lt;/li&gt;&lt;li&gt;Etude d&amp;#039;impact, actions de formation / sensibilisation aux changements climatiques, à la transition écologique, études et diagnostics énergétiques, sourçage d&amp;#039;approvisionnements locaux, etc.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q110" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectif opérationnel 1.1 :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Objectif opérationnel 1.2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Entreprises autres que leurs collectivités et leurs groupements dont le chiffre d&amp;#039;affaires est de plus de 1 million d&amp;#039;euros et de plus de 10 employés, sur la base du bilan N-1 au moment du dépôt de la demande d&amp;#039;aide;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;&lt;span&gt;Plafond de l&amp;#039;aide FEADER : &lt;/span&gt;50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>157099</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic ou des travaux dans le domaine de l’énergie</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;accompagner les collectivités soucieuses d&amp;#039;améliorer et de réduire leur facture énergétique, MATEC peut réaliser :
+ &lt;br /&gt;
+ • Des diagnostics d&amp;#039;éclairage public avec proposition de choix techniques
+ &lt;br /&gt;
+ • Des diagnostics énergétiques de bâtiments
+ &lt;br /&gt;
+ • Des études sur les productions d&amp;#039;énergie renouvelable
+ &lt;br /&gt;
+ • Des marchés de fourniture d&amp;#039;énergie
+ &lt;br /&gt;
+ • Des études de préfaisabilité pour la construction de réseaux de chauffage
+ &lt;br /&gt;
+ • Des contrats d&amp;#039;exploitation de chaufferies
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études. MATEC assiste les collectivités produites et les informe des optimisations possibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3cfb-realiser-un-diagnostic-ou-des-travaux-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>20425</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Développer des installations solaires thermiques</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% de l'assiette éligible</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets solaires thermiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-installations-solaires</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les départements 09, 31, 32, 46, 65, 81 et 82 : François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 12, 30, 34 et 48 : Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les départements 11 et 66 : Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b43c-aide-regionale-au-developpement-des-installat/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>20322</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Développer des chaufferies biomasse et des réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu'à 50% de l'assiette éligible</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets de chaufferies automatiques biomasse énergie. La création d&amp;#039;un réseau de chaleur et de froid est possible dans la mesure du respect des critères du dispositif « Modalités d&amp;#039;aide régionale au développement des réseaux de chaleur et de froid alimentés par une ENR&amp;amp;R ».
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-chaufferies-biomasse-et-39481</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 31, 32, 46, 65, 81 et 82
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 11 et 66
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f4d-aide-regionale-au-developpement-des-chaufferi/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>163080</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un porter à connaissance énergie-climat</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un porter à connaissance énergie-climat</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Alec métropole bordelaise et Gironde</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Expertise énergie-climat dans la conception ou l’aménagement d’un projet urbain ou site à enjeux (éco-quartier, zone d’activités…), dans le but d’apprécier de façon transversale les opportunités de desserte et/ou réhabilitation énergétiques.&lt;/p&gt;&lt;p&gt;Réalisation d’un &lt;strong&gt;« Porter à connaissance Energie / Urbanisme » &lt;/strong&gt;auprès du ou des maîtres d’ouvrage du projet  comprenant : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définition d’un périmètre d’analyse pertinent, intégrant le ou les projets et les bâtiments et tissus existants situés à proximité, &lt;/li&gt;&lt;li&gt;Identification des consommateurs en jeu et quantification des besoins énergétiques &lt;/li&gt;&lt;li&gt;Caractérisation des tissus bordant le projet : typologie, nombre de logements, surfaces des bâtiments, datation, domanialité, mode et énergie de chauffage… &lt;/li&gt;&lt;li&gt;Identification qualitative et quantitative des ressources renouvelables mobilisables au droit du projet et au regard de « l’économie générale » des ressources renouvelables locales &lt;/li&gt;&lt;li&gt;Propositions d’options de rénovation thermique et/ou de desserte en énergies renouvelables satisfaisant tout ou partie des besoins énergétiques en jeu.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude de préfaisabilité d’un réseau de chaleur sur un quartier des hôpitaux &lt;/li&gt;&lt;li&gt;Etude de l’intégration des tissus urbains existants dans la réflexion de desserte énergétique d&amp;#039;un quartier &lt;/li&gt;&lt;li&gt;Etude de l’adéquation entre besoins et distribution en électricité à moyen-long terme&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Bâtiments et construction
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adhésion&lt;/li&gt;&lt;li&gt;Signature d&amp;#039;une convention&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-mb33.fr/</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Romain HARROIS, &lt;a target="_self"&gt;romain.harrois&amp;#64;alec-mb33.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>thi.gref@alec-mb33.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dun-porter-a-connaissance-energie-climat/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>102582</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Informer et conseiller les administrés du territoire sur l'habitat</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement et constituées d&amp;#039;une équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles offrent un conseil objectif, gratuit et neutre aux usagers sur leurs droits et obligations en matière d&amp;#039;habitat, sur les solutions de logement qui leur sont adaptées (conditions d&amp;#039;accès au parc locatif, aspects juridiques et financiers de projet d&amp;#039;accession à la propriété...) à l&amp;#039;exclusion de tout acte administratif, contentieux ou commercial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ADIL interviennent tant dans la conduite d&amp;#039;un projet que dans la résolution d&amp;#039;une difficulté lié au logement : rapports locatifs, impayés de loyers, copropriété, rénovation énergétique, habitat indigne...&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de permanences de proximité : Maisons de justice et du droit, Caf, Mairie, Maisons France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence sur des salons, forum, conférences, événements (semaine de l&amp;#039;accession et de la copropriété...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02ac-copie-14h18-informer-et-conseiller-les-admini/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>165651</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'aide à la décision pour les projets de géothermie de surface, d'aérothermie ou de thalassothermie</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Étude d'aide à la décision pour les projets de géothermie de surface, d'aérothermie ou de thalassothermie</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d’un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; : réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de l&amp;#039;installation de géothermie, de thalassothermie ou d&amp;#039;aérothermie.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante, mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes températures (&amp;gt; 90/100 °C), ou lorsque aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME, avec le Fonds Chaleur, vous aide à réaliser les études préalables à un projet de géothermie de surface, de thalassothermie ou d&amp;#039;aérothermie en apportant une aide financière. Elle met aussi à votre disposition des trames de cahier des charges pour les prestations d&amp;#039;AMO, la réalisation de Test de Réponse Thermique du sous-sol (TRT), ou une étude de faisabilité selon les technologies utilisées :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;pompes à chaleur géothermiques&lt;/strong&gt; (sur aquifère superficiel, sondes géothermiques, géostructures énergétiques, eau de mer, eaux de surface ou eaux thermales...) et &lt;strong&gt;boucle d’eau tempérée &lt;/strong&gt;géothermique ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;pompes à chaleur aérothermiques&lt;/strong&gt; (PAC air/eau).&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité &lt;/strong&gt;vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;vérifier la faisabilité technique et économique du projet d’implantation d’une installation de géothermie de surface ;&lt;/li&gt;&lt;li&gt;proposer des solutions techniques adaptées au contexte ainsi qu’aux opportunités et aux contraintes qu’offre le site ;&lt;/li&gt;&lt;li&gt;comparer la solution « géothermique » aux autres possibilités en termes d’investissement et d’exploitation ;&lt;/li&gt;&lt;li&gt;rechercher des solutions visant à assurer l’exploitation pérenne de la ressource « géothermique » ;&lt;/li&gt;&lt;li&gt;proposer des solutions pour le financement de l’opération et son montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les missions d’AMO &lt;/strong&gt;vous permettront de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;garantir la qualité du projet à travers une vision globale et en coordination avec les différents acteurs du projet ;&lt;/li&gt;&lt;li&gt;mettre en œuvre les différentes étapes du projet et de rédiger un certain nombre de documents techniques (cahier des charges, CCTP, DCE, DOE, dossier de demande d’autorisation…) ;&lt;/li&gt;&lt;li&gt;s’assurer de la conformité réglementaire et technique de l’installation ;&lt;/li&gt;&lt;li&gt;s’assurer du bon fonctionnement de l’installation et des modalités de maintenance.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets de pompes à chaleur géothermiques ou de pompes à chaleur aérothermiques, l’aide est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études) ou pouvant justifier de conditions équivalentes. La liste des professionnels RGE Études est disponible sur le &lt;a href="https://data.ademe.fr/datasets/liste-des-entreprises-rge-2"&gt;portail Open data de l’ADEME&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le &lt;/strong&gt;&lt;strong&gt;Test de Réponse Thermique &lt;/strong&gt;est finançable si une étude de faisabilité ou une note contextualisant le projet a été réalisée en amont. Il vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;caractériser les propriétés thermiques moyennes des terrains traversés (conductivité thermique, température initiale du sous-sol...) ;&lt;/li&gt;&lt;li&gt;caractériser les propriétés de la sonde géothermique verticale testée (sonde pilote).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Le forage de reconnaissance sur nappe &lt;/strong&gt;est finançable si une étude de faisabilité a été réalisée en amont&lt;strong&gt;. &lt;/strong&gt;Il vous permettra de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;caractériser les formations géologiques traversées&lt;/li&gt;&lt;li&gt;caractériser les propriétés hydrogéologiques de la nappe (débits, mesures physico-chimiques).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour promouvoir les énergies renouvelables et vous guider vers les plus pertinentes pour votre projet. À ce titre, des conseils et des notes d’opportunités peuvent vous être fournis. Vous pouvez contacter votre direction régionale ADEME, en amont de l’étude de faisabilité.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers une aide aux investissements pour le financement d’installations géothermiques, thalassothermiques, aérothermiques et de boucles d’eau tempérée géothermiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P116" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q116" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cette aide s’adresse aux collectivités, entreprises et associations.&lt;/p&gt;&lt;p&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/p&gt;&lt;p&gt;Toutes les Régions&lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable est conseillé avant toute démarche.&lt;/p&gt;&lt;p&gt;Pour contacter votre Direction Régionale, cliquez sur « Je contacte l&amp;#039;ADEME » dans la rubrique « Informations utiles » en bas de page. Sélectionnez ensuite « Question sur un projet » dans le champ « Votre besoin ».&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/%C3%89tudes%20en%20faveur%20de%20la%20transition%20%C3%A9cologique%20-%20Conditions%20d%27%C3%A9ligibilit%C3%A9%20et%20de%20financement%20-%202026.pdf"&gt;Études en faveur de la transition écologique - Conditions d&amp;#039;éligibilité et de financement - 2026 261.6 Ko .pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/%C3%89tudes%20en%20faveur%20de%20la%20transition%20%C3%A9cologique%20-%20Conditions%20d%27%C3%A9ligibilit%C3%A9%20et%20de%20financement%20-%202026.pdf" download&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;div&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etude-daide-la-decision-pour-les-projets-de-geothermie-de-surface-daerothermie-ou-de-thalassothermie</t>
+        </is>
+      </c>
+      <c r="W116" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etude-daide-la-decision-pour-les-projets-de-geothermie-de-surface-daerothermie-ou-de-thalassothermie?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000849"&gt;Contacter l&amp;#039;ademe&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-d-aide-a-la-decision-pour-les-projets-de-geothermie-de-surface-d-aerothermie-ou-de-thalassothermie/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q117" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>165665</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Études sur les réseaux de chaleur ou de froid alimentés par des EnR et/ou EnR&amp;R</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous avez un projet de réseau de chaleur ou de froid entre plusieurs bâtiments.&lt;/li&gt;&lt;li&gt;Vous souhaitez définir un schéma directeur des réseaux pour votre collectivité.&lt;/li&gt;&lt;li&gt;Ces réseaux de chaleur ou de froid seront alimentés par des énergies renouvelables ou de récupération.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon les régions, l’ADEME s’appuie sur certains relais pour &lt;strong&gt;promouvoir les énergies renouvelables&lt;/strong&gt;. À ce titre, des conseils, des notes d’opportunités et des pré-études de faisabilité peuvent être fournis à titre gratuit. Les aides à l’investissement dans un réseau de chaleur ou de froid sont conditionnées à la &lt;strong&gt;production d’une étude de faisabilité&lt;/strong&gt; pour une création de réseau ou d’un schéma directeur des réseaux pour une extension.&lt;/p&gt;&lt;p&gt;L’aide aux études et schémas directeurs est conditionnée au recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME (RGE Études avec la ou les qualifications pertinentes pour les productions EnR, complété de la certification « OPQIBI 1319 Études du transport de chaleur et de froid » pour la partie « réseau » du projet), ou pouvant justifier de conditions équivalentes.&lt;/p&gt;&lt;p&gt;Avant d’investir, l’ADEME préconise le recours à des prestataires, bureaux d’études ou cabinets de conseil, pour vous accompagner dans la prise de décision préalable et, le cas échéant, dans le suivi des travaux.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P118" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q118" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-etou-enrr</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-etou-enrr?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-sur-les-reseaux-de-chaleur-ou-de-froid-alimentes-par-des-enr-et-ou-enr-r-2/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>165653</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour l'installation de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude de faisabilité apporte au porteur de projet les éléments techniques, économiques, réglementaires et environnementaux lui permettant de se positionner sur la &lt;strong&gt;faisabilité d’une opération de récupération et valorisation de chaleur fatale&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité cible une solution. Cette solution doit avoir été définie au préalable par une étude en amont (audit énergétique ou étude d’opportunité, par exemple).&lt;/p&gt;&lt;p&gt;En l’absence d’étude amont argumentant que la solution à étudier est pertinente au regard de la feuille de route de décarbonation du site industriel et/ou de l’entreprise, alors l’étude d’opportunité d’évolution du mix énergétique, financée par PACTE Industrie, devra être réalisée.&lt;/p&gt;&lt;p&gt;L’étude de faisabilité permet de :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;vérifier la faisabilité technique et économique&lt;/strong&gt; du projet ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;proposer des solutions techniques adaptées&lt;/strong&gt; au contexte et aux possibilités qu’offre le site ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;étudier les solutions&lt;/strong&gt; en matière de montage financier et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette étude permet avant tout de &lt;strong&gt;valider la faisabilité du projet au regard d’un compromis technico-économique&lt;/strong&gt; sur le périmètre consenti et en cohérence avec la feuille de route de décarbonation du site et de l’entreprise.&lt;/p&gt;&lt;p&gt;Pour réaliser une étude de faisabilité subventionnée par l’ADEME, le porteur de projet doit faire appel à un prestataire conseil garant de compétences techniques, mais également garant d’objectivité, de transparence et d’impartialité au regard d’intérêts particuliers. &lt;/p&gt;&lt;p&gt;Sont donc éligibles :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;les bureaux d’études&lt;/strong&gt; comportant les codes NAF suivants : 7112B « ingénierie, études techniques » et 7022Z « conseil en affaires » (ou structures justifiant par tout moyen d’une activité similaire) et étant qualifiés OPQIBI 1717 ou qualification équivalente (ou justification de compétences dans la thermique/l’énergétique du secteur concerné) ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;les centres techniques&lt;/strong&gt; justifiant de compétences dans la thermique/l’énergétique du secteur concerné.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cas particulier où le bureau d’études, sa maison mère ou filiales auraient un intérêt particulier dans la vente, fabrication, installation, utilisation ou maintenance d’une solution ou avec le dispositif des CEE, ces liens devront être clairement signalés dans le devis et dans le rapport final.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les collectivités, EPCI, associations d’acteurs du territoire&lt;/strong&gt; : merci de vous référer au cahier des charges « étude territoriale », qui décrit le déroulement et le contenu type d’une étude de connaissance des potentiels de la chaleur fatale disponible sur son territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les entreprises&lt;/strong&gt; : merci de vous référer au cahier des charges « étude de faisabilité récupération de chaleur fatale pour valorisation interne et/ou externe ».&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour tous les porteurs de projets&lt;/strong&gt;, afin de dérisquer les projets le plus en amont possible, l’ADEME met à disposition un outil matriciel permettant d’identifier et d’évaluer les risques potentiels inhérents au projet et de suggérer des moyens de mitigation associés. La matrice des risques dument complétée est un document obligatoire pour toute demande de subvention ADEME.&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à réaliser ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers des &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;aides à l’investissement sur une installation de récupération de chaleur fatale&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P119" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q119" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Êtes-vous concerné ?&lt;/p&gt;&lt;p&gt;Cette aide s&amp;#039;adresse aux entreprises, collectivités, EPCI et associations d&amp;#039;acteurs du territoire.&lt;/p&gt;&lt;p&gt;Quel(les) région(s) ou pays proposent ce dispositif ?&lt;/p&gt;&lt;p&gt;Toutes les Régions&lt;/p&gt;&lt;p&gt;Je vérifie mon éligibilité&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable est conseillé avant toute démarche.&lt;/p&gt;&lt;p&gt;Pour contacter votre Direction Régionale, cliquez sur « Je contacte l&amp;#039;ADEME » dans la rubrique « Informations utiles » en bas de page. Sélectionnez ensuite « Question sur un projet » dans le champ « Votre besoin ».&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/sites/default/files/%C3%89tudes%20en%20faveur%20de%20la%20transition%20%C3%A9cologique%20-%20Conditions%20d%27%C3%A9ligibilit%C3%A9%20et%20de%20financement%20-%202026.pdf"&gt;Études en faveur de la transition écologique - Conditions d&amp;#039;éligibilité et de financement - 2026 261.6 Ko .pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="W119" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/etudes-de-faisabilite-pour-linstallation-de-recuperation-de-chaleur-fatale?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;&lt;p&gt;&lt;a href="https://agirpourlatransition.ademe.fr/form/contact?id_dsp&amp;#61;DSP000854"&gt;Contacter l&amp;#039;ademe&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-l-installation-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>139926</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Transition écologique</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides de la CCMS.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Biodiversité
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P120" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q120" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ c.maitre&amp;#64;cc-massifdusancy.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>9082</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Mission régionale de conseil aux décideurs publics (MRCDP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P121" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>162405</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Chaleur de récupération (chaleur &amp;#34;fatale&amp;#34; issue notamment des eaux usées ou des process industriels)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Respect des exigences réglementaires de performance thermique du bâtiment ;&lt;/li&gt; 	&lt;li&gt;Installation d’un comptage énergétique permettant de vérifier le bon fonctionnement de l’installation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, réseaux de chaleur et de froid, géothermie...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P122" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Respect des exigences réglementaires de performance thermique du bâtiment ;&lt;/li&gt; 	&lt;li&gt;Installation d’un comptage énergétique permettant de vérifier le bon fonctionnement de l’installation.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/travaux-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/travaux-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>162406</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études de faisabilité pour des réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Création et extension des réseaux de chaleur et de froid associés à ces modes de production renouvelable et de récupération, y compris les boucles d’eau tempérée géothermiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/p&gt; &lt;p&gt;Les réseaux de chaleur permettent d’alimenter en chaleur et/ou en froid un quartier ou un ensemble de quartiers à partir d’un ou plusieurs moyens de production de chaleur centralisés. Ils sont un outil de massification du développement des énergies renouvelables thermiques et une opportunité pour les collectivités, qui peuvent, soit implanter de nouveaux réseaux, soit faire évoluer les réseaux existants, en profitant d’opérations de densification, d’extension ou d’interconnexion, pour accroître la part d’énergies renouvelables et de récupération. La Région Provence-Alpes-Côte d&amp;#039;Azur soutient le développement des réseaux de chaleur alimentés par au moins 70 % d’énergies renouvelables et de récupération. Ce développement doit s’inscrire dans une politique plus globale d’aménagement durable et d’économie d’énergie des bâtiments raccordés. Les travaux de création des réseaux de chaleur et de froid constituent en effet une excellente opportunité pour repenser et améliorer globalement la rénovation d&amp;#039;un quartier dans son ensemble.&lt;br /&gt; &lt;br /&gt; Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés. Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; &lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, récupération de chaleur fatale, géothermie...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P123" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/p&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-reseaux-de-chaleur-et-de-froid</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : c&lt;a href="mailto:ramos&amp;#64;maregionsud.fr"&gt;ramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>165661</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Réalisation d'installations de récupération de chaleur fatale</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME subventionne via le Fonds Chaleur les&lt;strong&gt; installations de récupération de chaleur fatale en fonction de conditions techniques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;quantité de chaleur récupérée &amp;gt; 1 GWh/an (en France métropolitaine) ; &lt;/li&gt;&lt;li&gt;seuil minimal de performances énergétiques et environnementales des installations ;&lt;/li&gt;&lt;li&gt;temps de retour brut (TRB) sur investissement du projet &amp;gt; 3 ans.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Par ailleurs, il est nécessaire d’avoir réalisé une étude préalable en amont (audit énergétique ou étude d’évolution du mix énergétique complété par une étude de faisabilité), afin de confirmer la cohérence de l’opération avec la feuille de route de décarbonation du site industriel et/ou de l’entreprise.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Depuis 2020, les aides de l’ADEME s’articulent avec le dispositif des Certificats d’Économies d’Énergie (CEE). Les modalités sont précisées &lt;strong&gt;dans les conditions d’éligibilité et de financement&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Passer le cap de la récupération de chaleur vous permettra :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’avoir de la &lt;strong&gt;visibilité sur les coûts&lt;/strong&gt; de la chaleur ;&lt;/li&gt;&lt;li&gt;d’accéder à une &lt;strong&gt;haute performance environnementale&lt;/strong&gt; en substituant cette ressource à d’autres sources de chaleur non renouvelables ;&lt;/li&gt;&lt;li&gt;de bénéficier de &lt;strong&gt;technologies éprouvées à haut rendement énergétique &lt;/strong&gt;;&lt;/li&gt;&lt;li&gt;de mener à bien un projet avec un &lt;strong&gt;temps de retour souvent inférieur aux projets d’énergies renouvelables &lt;/strong&gt;;&lt;/li&gt;&lt;li&gt;de profiter d’une &lt;strong&gt;ressource de proximité&lt;/strong&gt; disponible dans une logique d’économie circulaire ;&lt;/li&gt;&lt;li&gt;d’agir avec le soutien du Fonds Chaleur.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le&lt;strong&gt; périmètre d’éligibilité&lt;/strong&gt; est le suivant :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les systèmes de captage de chaleur sur un procédé (colonne à distiller, séchoir, four, chaudière...) ;&lt;/li&gt;&lt;li&gt;les systèmes de remontée en température via une pompe à chaleur (PAC) ;&lt;/li&gt;&lt;li&gt;les systèmes de production de froid (groupe à absorption, PAC en montage thermofrigopompe) ;&lt;/li&gt;&lt;li&gt;le transport, la distribution et la valorisation de chaleur (tuyauteries, canalisations, échangeurs…) pour une valorisation en interne ou à l’externe (boucle d’eau interne, réseau vers un industriel voisin, raccordement à un réseau de chaleur urbain…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En cas d’injection de chaleur fatale dans un réseau de chaleur avec création et/ou extension de réseau de chaleur, vous pouvez également vous reporter aux conditions d’éligibilité et de financement des réseaux de chaleur et de froid.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P124" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q124" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/realisation-dinstallations-de-recuperation-de-chaleur-fatale</t>
+        </is>
+      </c>
+      <c r="W124" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/realisation-dinstallations-de-recuperation-de-chaleur-fatale?backtosearch=true#collectDocuments</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realisation-d-installations-de-recuperation-de-chaleur-fatale/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162407</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de réseaux de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le cadre d’intervention régional chaleur et froid renouvelable vise le soutien à l’amorçage des projets de chaleur et de froid renouvelables et de récupération ainsi que le soutien à leur réalisation. Afin d’atteindre les objectifs du Plan climat, il concerne les projets de production de chaleur et de froid ayant recours aux énergies renouvelables et de récupération (EnR&amp;amp;R) suivantes :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Création et extension des réseaux de chaleur et de froid associés à ces modes de production renouvelable et de récupération, y compris les boucles d’eau tempérée géothermiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Le soutien financier de la Région n’est pas systématique. Il s’apprécie par la Région à partir d’une analyse de la rentabilité prévisionnelle des projets et de leur qualité technique et environnementale, sur la base du modèle économique du projet et du temps de retour sur investissement. Le porteur s’attachera à démontrer l’impact de l’intervention publique sur le temps de retour sur investissement du projet. L’attribution de la subvention fera l’objet d’un vote par le Conseil régional ou sa commission permanente.&lt;br /&gt; &lt;br /&gt; L’ensemble des interventions peut notamment être financé dans le cadre du Contrat d’Avenir, en synergie avec le Fonds Chaleur de l’ADEME.&lt;/p&gt; &lt;p&gt;Les entreprises et industries, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.&lt;/p&gt; &lt;p&gt;Pour les réseaux primaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération ;&lt;/li&gt; 	&lt;li&gt;pour les réseaux de chaleur primaires et leur extension, une densité thermique minimum de 1 MWh par mètre linéaire est exigée ainsi qu’un minimum linéaire de 200 mètres pour une extension ;&lt;/li&gt; 	&lt;li&gt;les coûts d’investissement éligibles sont les coûts concernant la maîtrise d’œuvre, le réseau primaire et les sous-stations ;&lt;/li&gt; 	&lt;li&gt;le maître d’ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Pour les réseaux secondaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le cadre d’intervention régional chaleur et froid renouvelables : &lt;/p&gt;&lt;p&gt;Ce cadre a pour ambition de développer les projets de production de chaleur et de froid renouvelables, notamment les projets, géothermie/thalassothermie mais aussi de récupération de chaleur fatale ainsi que les réseaux de distribution de chaleur et de froid qui leurs sont associés.&lt;br /&gt; Il est la déclinaison sur les énergies renouvelables thermiques de l’axe opérationnel régional sur les Energies Renouvelables qui vise la mobilisation de 100% des énergies renouvelables à l’horizon 2050, afin de respecter les objectifs du Plan climat régional dont la seconde édition a été adoptée en Avril 2021 ainsi que ceux du Schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET). Il permet notamment la mise en oeuvre des initiative 65 - Soutenir le développement de la chaleur et du froid renouvelable pour le chauffage et le rafraichissement des bâtiments et des process industriels – et 67 - Développer méthanisation, solaire thermique, géothermie, bois-énergie, hydraulique - du Plan Climat.&lt;br /&gt; &lt;br /&gt; Des partenaires comme les opérateurs de type ADEME sont amenés à intervenir sur ces thématiques, notamment dans le cadre du Fonds Chaleur.&lt;br /&gt; Il existe aussi des aides pour d&amp;#039;autres énergies renouvelables thermiques : solaire thermique, récupération de chaleur fatale, géothermie...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour les réseaux primaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération ;&lt;/li&gt; 	&lt;li&gt;pour les réseaux de chaleur primaires et leur extension, une densité thermique minimum de 1 MWh par mètre linéaire est exigée ainsi qu’un minimum linéaire de 200 mètres pour une extension ;&lt;/li&gt; 	&lt;li&gt;les coûts d’investissement éligibles sont les coûts concernant la maîtrise d’œuvre, le réseau primaire et les sous-stations ;&lt;/li&gt; 	&lt;li&gt;le maître d’ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Pour les réseaux secondaires :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’aide est strictement conditionnée au fait que le réseau soit alimenté globalement, extension comprise, au minimum par 70 % d&amp;#039;énergies renouvelables et de récupération&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; Afin de bénéficier de conseils ou bien d’un accompagnement, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs de l’ADEME présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Concernant la demande de subventions, les contacts des chargées de missions régionales sont les suivants :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/travaux-de-reseaux-de-chaleur-et-de-froid</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/travaux-de-reseaux-de-chaleur-et-de-froid/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>CAUE des Hautes-Alpes
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE du Gers
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE de la Dordogne
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Orientales
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne
+CAUE du Puy-de-Dôme
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Haute-Loire
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE du Pas-de-Calais
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Vendée
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>92586</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I129" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
+&lt;/p&gt;
+&lt;p&gt;
+ La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations pouvant prétendre à subventions contractuelles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
+&lt;/p&gt;
+&lt;p&gt;
+ - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 immobilières et foncières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 5 pour les communes de plus de 5 000 habitants,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 8 pour les communes de moins de 5 000 habitants ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter les thématiques éligibles ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q131" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>94698</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Financer les installations géothermiques de production de chaleur et de froid</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Financement d&amp;#039;installations géothermiques de production de chaleur et de froid », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Réalisation d&amp;#039;installations de production de chaleur et de froid à partir de la géothermie, sur les secteurs des bâtiments publics, de l&amp;#039;habitat collectif, du tertiaire, de l&amp;#039;industrie et de l&amp;#039;agriculture grâce à l&amp;#039;accompagnement financier Fonds Chaleur de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ Bénéficiaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivité,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Entreprise,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Établissement public,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Association
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Accompagnement : l&amp;#039;aide est basée sur les MWh EnR en fonction de la technologie mise en place : de 5 à 40 € par MWh EnR.
+ &lt;br /&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Géothermie sur aquifère profond,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Géothermie de surface avec pompes à chaleur sur aquifère superficiel ou sur champs de sondes géothermiques ou sur géostructures énergétiques,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installations utilisant les mêmes principes que la géothermie mais valorisant par pompe à chaleur l&amp;#039;énergie des eaux usées, de l&amp;#039;eau de mer ou des eaux thermales.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité : u
+ ne étude de faisabilité est préconisée, , d&amp;#039;autant que le versement des aides peut être conditionné à l&amp;#039;atteinte de critères minimum de performance de l&amp;#039;installation (COP de la PAC, production en MWh, ...).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autres critères, notamment réglementaires et en lien avec la performance énergétique des bâtiments peuvent également s&amp;#039;imposer au projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des aides à l&amp;#039;investissement, l&amp;#039;ADEME vous accompagne sur toutes les phases de votre projet : note d&amp;#039;opportunité, assistance à maîtrise d&amp;#039;ouvrage, conseils, étude de faisabilité. Si vous n&amp;#039;avez pas encore réalisé cette étude, vous trouverez le cahier des charges sur le dispositif «
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-etude-faisabilite-geothermie" rel="noopener" target="_blank"&gt;
+  Financement d&amp;#039;une étude de faisabilité de géothermie
+ &lt;/a&gt;
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération pour laquelle vous sollicitez une aide financière ne doit pas avoir commencé ou ne doit pas avoir donné lieu à des engagements fermes (sous quelque forme que ce soit : marché signé, commande signée, devis accepté...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dinstallations-geothermiques-production-chaleur-froid</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/897a-financer-les-installations-geothermiques-de-p/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>122831</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Ain</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financer des projets d&amp;#039;investissement des communes et groupements de communes dans le milieu rural - DETR
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles à la DETR :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets répondant aux thématiques suivantes sont subventionnables :
+ &lt;br /&gt;
+ . la transition écologique,
+ &lt;br /&gt;
+ . l&amp;#039;attractivité des territoires,
+ &lt;br /&gt;
+ . la construction/la rénovation et l&amp;#039;urbanisme,
+ &lt;br /&gt;
+ . l&amp;#039;éducation et la santé,
+ &lt;br /&gt;
+ . la sécurité
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles à cette dotation, les collectivités remplissant les conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Les communes :
+ &lt;br /&gt;
+ a) dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole
+ &lt;br /&gt;
+ b) dont la population est supérieure à 2 000 habitants dans les départements de métropole et n&amp;#039;excède pas 20 000 habitants et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+ • Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des opérations éligibles à la DETR est disponible sur le site internet :
+ &lt;a href="https://www.ain.gouv.fr" rel="noopener" target="_blank"&gt;
+  https://www.ain.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ rubrique Actions de l&amp;#039;Etat&amp;gt;Collectivités locales&amp;gt;Aide à l&amp;#039;investissement des collectivités locales&amp;gt;DETR
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt du dossier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Votre dossier pourra être déposé via l&amp;#039;outil démarches-simplifiées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes les collectivités sont destinataires d&amp;#039;une circulaire annuelle précisant la liste des opérations éligibles et les modalités de dépôt des demandes de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ain.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre sous-préfecture d&amp;#039;arrondissement Belley, Gex, Nantua ou la préfecture de l&amp;#039;Ain, si vous relevez de l&amp;#039;arrondissement de Bourg-en-Bresse :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ . Arrondissement de Belley : sp-belley&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Bourg-en-Bresse : pref-subvention&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Gex : sp-gex&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+ . Arrondissement de Nantua : sp-nantua&amp;#64;ain.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>corinne.duroux@ain.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f00-financer-des-projets-dinvestissement-des-comm/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I135" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -29643,4123 +25908,4017 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P140" s="1" t="inlineStr">
+      <c r="P135" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q140" s="1" t="inlineStr">
+      <c r="Q135" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-[...31 lines deleted...]
-      <c r="K141" s="1" t="inlineStr">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Sols
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Mobilité pour tous
-[...102 lines deleted...]
-Réseaux de chaleur
+International
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Réduction de l'empreinte carbone</t>
-[...2 lines deleted...]
-      <c r="O142" s="1" t="inlineStr">
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
-[...437 lines deleted...]
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G147" s="1" t="inlineStr">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...35 lines deleted...]
-      <c r="N147" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I137" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J137" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P137" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q137" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>122171</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des économies d'énergie et d'eau sur votre patrimoine</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil en Energie Partagé</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Energies Solidaires association</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Energies Solidaires porte plusieurs dispositifs de service public de la rénovation énergétique sur les Yvelines et accompagne les acteurs locaux au plus près de leurs besoins et contraintes.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement personnalisé, pas-à-pas, de l&amp;#039;idée à la réalisation de vos projets de transition énergétique notamment au travers de la mission de Conseil en Energie Partagé de l&amp;#039;ADEME (Agence de la Transition Ecologique).
+&lt;/p&gt;
+&lt;p&gt;
+ Vous partagerez sur plusieurs communes les compétences d&amp;#039;un.e conseiller.e qui vous proposera un service objectif et indépendant, sur le long terme, pour un accompagnement et une assistante technique sur les aspect réglementaires, techniques et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Votre conseiller.e sera force de proposition pour vous permettre de maitriser vos dépenses énergétiques et hydriques mais également dans l&amp;#039;optique de réduire votre empreinte carbone territoriale (objectif national de neutralité carbone à horizon 2050).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations sur ce dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  notre site (voir le bouton plus d&amp;#039;information en bas de fiche)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le site de l&amp;#039;ADEME :
+  &lt;a href="https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep" target="_self"&gt;
+   https://expertises.ademe.fr/professionnels/collectivites/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce que comprend le dispositif CEP (liste non exhaustive)
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un inventaire du patrimoine (bâtiments, luminaires, véhicules...) et des usages
+&lt;/p&gt;
+&lt;p&gt;
+ → Réaliser un bilan énergétique des trois dernières années de consommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi annuel de l&amp;#039;évolution des consommations et des dépenses énergétiques, définition d&amp;#039;indicateurs et reporting dans un tableau de bord pour surveiller leur évolution
+&lt;/p&gt;
+&lt;p&gt;
+ → Rédaction de notes et de rapports (état de santé du bâtiment, dépenses énergétiques...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en évidence des surconsommations
+&lt;/p&gt;
+&lt;p&gt;
+ → Suivi et optimisation des consommations énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ → Proposition de modification de certains réglages (régime de température, mise en place d&amp;#039;un réduit...)
+&lt;/p&gt;
+&lt;p&gt;
+ → Elaboration d&amp;#039;un programme d&amp;#039;actions travaux hiérarchisées
+&lt;/p&gt;
+&lt;p&gt;
+ → Aider à la recherche de financements publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ → Participation au montage d&amp;#039;opération avec recommandations et prescriptions dans le domaine énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ → Mise en valeur des expériences réussies dans d&amp;#039;autres collectivités afin de convaincre de l&amp;#039;efficacité des actions proposées
+&lt;/p&gt;
+&lt;p&gt;
+ → Veille réglementaire et relais auprès des communes sur les sujets énergétiques et batimentaires (règlementation, aides financières, actualités, etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Focus décret tertiaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Aide à l&amp;#039;identification du patrimoine assujeti au Décret éco énergie tertiaire (DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Accompagnement au remplissage réglementaire de la plateforme OPERAT (obligation du DEET)
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce que ça ne comprend pas (liste non exhaustive)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → ES aide à la réalisation mais ne réalise pas pour la commune les démarches (administratives, techniques) relatives aux travaux
+&lt;/p&gt;
+&lt;p&gt;
+ → Réalisation d&amp;#039;audits énergétiques réglementaires
+&lt;/p&gt;
+&lt;p&gt;
+ → Remplissage de la plateforme OPERAT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Consommation et production
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes sur une des 5 EPCI yvelinoises suivantes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Communauté Urbaine Grand Paris Seine &amp;amp; Oise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté d&amp;#039;Agglomération Saint-Germain Boucles de Seine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes des Portes d&amp;#039;Ile-de-France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes de Gally-Mauldre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes Pays Houdanais
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Yvelines</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/conseil-energie/le-conseil-en-energie-partage-cep/</t>
+        </is>
+      </c>
+      <c r="W138" s="1" t="inlineStr">
+        <is>
+          <t>https://energies-solidaires.org/lassociation/contacts/</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Vincent LEVISTRE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable accompagnement des Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  01 39 70 23 06
+ &lt;/li&gt;
+ &lt;li&gt;
+  vincent.levistre&amp;#64;energies-solidaires.org
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier d&amp;#039;une présentation, contactez-nous :
+ &lt;a href="https://energies-solidaires.org/lassociation/contacts/" target="_self"&gt;
+  https://energies-solidaires.org/lassociation/contacts/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>vincent.levistre@energies-solidaires.org</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4156-realiser-des-economies-denergie-et-deau-sur-v/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>120978</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement pour la rénovation énergétique de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil et accompagnement afin de prioriser les bâtiments les plus énergivores en fonction de leurs usages, et recherche de financement en vue de la rénovation des bâtiments publics de la collectivité, dans le cadre du décret n°2019-771 du 23/07/2019 dit décret tertiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;après les factures d&amp;#039;énergie et consommation, et une visite des bâtiments, un rapport est rendu sur l&amp;#039;évaluation thermique des bâtiments communaux et, des propositions de solution et une priorisation des actions à mettre en œuvre et des bâtiments à traiter. Une sensibilisation peut aussi avoir lieu (voir offre sensibilisation environnementales des élus ou des agents).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement est réalisé en coordination avec le SDESM pour les communes adhérentes à ce Syndicat et/ou conventionnées avec le SURE.
+&lt;/p&gt;
+&lt;p&gt;
+ Service cofinancé par l&amp;#039;ADEME Ile de France, la Région, le Département et l&amp;#039;EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide aux Communes de Seine-et-Marne, de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  ATTENTION : la Commune doit pouvoir fournir les factures d&amp;#039;énergies et les points de raccordement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ adresse mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/622a-accompagner-les-collectivites-pour-la-renovat/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>120333</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la performance énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Performance énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Service public Des Energies dans la Drôme (SDED)</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur la réglementation, les enjeux, les procédures, les réponses techniques et
+  &lt;br /&gt;
+  financières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Analyse technique personnalisée :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tableau de bord annuel de la dépense énergétique communale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fiches thermiques bâtiments, aide à la définition des priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prédiagnostics de bâtiments ou d&amp;#039;installations de chauffage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil technique en vue d&amp;#039;obtenir la subvention du SDED aux travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Valorisation financière des certificats d&amp;#039;économies d&amp;#039;énergie issus des travaux réalisés
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Phase programme en lien avec l&amp;#039;espace information énergie du territoire (CEDER
+ &lt;strong&gt;
+  *
+ &lt;/strong&gt;
+ ou ADIL
+ &lt;strong&gt;
+  **
+ &lt;/strong&gt;
+ ):
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la définition des objectifs (énergétique, acoustique et environnemental)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la consultation des maîtres d&amp;#039;oeuvre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De l&amp;#039;esquisse à l&amp;#039;APS, en lien avec l&amp;#039;espace information énergie du territoire (CEDER ou ADIL):
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide au montage de dossiers d&amp;#039;aide financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avis et contributions sur les solutions ou procédés envisagés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De l&amp;#039;APD à la mise en service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avis et contributions sur APD, DCE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi de l&amp;#039;application des cahiers des charges, aide à la réception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la mise en service (mises au point)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Rénovation ou construction de bâtiment communal avec travaux d&amp;#039;économies d&amp;#039;énergie et/ou utilisation d&amp;#039;énergies renouvelables, dans une logique de qualité environnementale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/performance-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   SDED, territoire d&amp;#039;énergie Drôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   04 75 82 76 14 •
+   &lt;a href="mailto:jchristophe-Niemiec&amp;#64;sded.org"&gt;
+    transition-energie&amp;#64;sded.org
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="http://www.sded.org/"&gt;
+    http://www.sded.org/
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Informations complémentaires
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  *CEDER : ceder&amp;#64;ceder-provence.org • tél : 04 75 26 22 53
+ &lt;/p&gt;
+ &lt;p&gt;
+  Secteurs Montélimar Agglomération, Dieulefit-Bourdeaux, Drôme Sud Provence, Enclave des Papes/Pays de Grignan, Baronnies en Drôme Provençale
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  **ADIL : pieadil26&amp;#64;dromenet.org • tél : 04 75 79 04 13
+ &lt;/p&gt;
+ &lt;p&gt;
+  Secteurs Diois, Val de Drôme, Cœur de Drôme, Royans-vercors, Valence Romans Agglo, Arche Agglo, Porte de Drômardèche
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94c2-performance-energetique-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>117406</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la communication environnementale</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Faciliter la communication de la collectivité sur les actions environnementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;articles, réalisation de plaquettes thématiques, aide à la communication, proposition de modèle prêt à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convention de partenariat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document contractuel (conventions type ..)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7119-accompagner-les-collectivites-a-la-communicat/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>117380</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une politique d'économie d'énergie pour les citoyens (hors PTRE)</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Particulier</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la rénovation énergétique du parc privé.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement vise à inciter les particuliers à faire des travaux d&amp;#039;économie d&amp;#039;énergie. Cela passe par une sensibilisation, du public via des stands, conférences, ateliers..., l&amp;#039;aide à l&amp;#039;identification de personnes en précarité énergétique, la mise en place de permanence info énergie, le conseil architectural, ou encore, dans le cadre de la mise en place d&amp;#039;une plateforme territoriale de rénovation énergétique, l&amp;#039;accompagnement des particuliers jusqu&amp;#039;à la phase travaux et l&amp;#039;animation du réseau des professionnels. Cette action comprend également un accompagnement de la collectivité à la définition d&amp;#039;un programme d&amp;#039;action climat-air-énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de conventions de partenariat ou de convention « plateforme ».
+&lt;/p&gt;
+&lt;p&gt;
+ Document contractuel (conventions type ..).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Equipement public
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/817a-mettre-en-place-une-politique-deconomie-dener/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>117484</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseiller aux décideurs locaux (CDL)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mise en place de ce nouvel interlocuteur permet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;offrir des prestations sur mesure, adaptées au plus près des besoins de chaque collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de proposer une gratuité, une objectivité et une neutralité de la prestation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la confection d&amp;#039;un budget
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une analyse financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de nouveaux moyens de paiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision en matière financière et fiscale
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Simulations fiscales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement le déploiement du nouveau référentiel comptable M57
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la rationalisation des régies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la démarche partenariale (CSCF et EP)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P144" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>116418</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'amélioration énergétique - Eco-PTZ</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Eco-Prêt à Taux Zero</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale
+Domofinance
+Crédit du Nord
+Société Marseillaise de Crédit
+Société Générale
+Natixis
+LCL
+Banque Chalus
+Crédit Mutuel
+Banque Populaire
+BNP Paribas Real Estate
+Caisse d'Epargne
+CIC
+Crédit Agricole
+Banque BCP</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;éco-prêt permet de financer les travaux d&amp;#039;économie d&amp;#039;énergie et les éventuels frais induits par ces travaux afin de rendre le logement plus économe en énergie, plus confortable et moins émetteur de gaz à effet de serre.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;éco-prêt à taux zéro « individuel », vous devez :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit mettre en œuvre une ou plusieurs actions de rénovation énergétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit atteindre une performance énergétique globale minimale pour le logement, en limitant la consommation d&amp;#039;énergie pour le chauffage, l&amp;#039;eau chaude sanitaire, le refroidissement, l&amp;#039;éclairage et les auxiliaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit réhabiliter un système d&amp;#039;assainissement non collectif par un dispositif ne consommant pas d&amp;#039;énergie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit réaliser des travaux ayant donné lieu au bénéfice des aides du programme Habiter Mieux de l&amp;#039;Anah.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Réseaux de chaleur
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux doivent impérativement être réalisés par un artisan ou une entreprise du bâtiment détenant un signe de qualité RGE, Reconnu Garant de l&amp;#039;Environnement, en application du principe d&amp;#039;éco-conditionnalité des aides.
+&lt;/p&gt;
+&lt;p&gt;
+ Après avoir identifié les travaux à réaliser ainsi que l&amp;#039;entreprise ou l&amp;#039;artisan qui en sera chargé, vous devez vous adresser à l&amp;#039;une des banques partenaires muni du formulaire type « devis », accompagné des devis relatifs à l&amp;#039;opération retenue.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre dossier sera alors examiné par la banque qui décidera, comme pour toute demande de prêt, de vous prêter la somme demandée en fonction de votre endettement préalable et de votre capacité à rembourser.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En métropole:
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux, qui doivent être réalisés par des professionnels qualifiés « Reconnus garants de l&amp;#039;environnement » (RGE), peuvent être notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique de la toiture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique des murs donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation thermique des fenêtres, à la condition que les matériaux utilisés viennent en remplacement de parois en simple vitrage, et portes donnant sur l&amp;#039;extérieur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;isolation des planchers bas,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation ou remplacement d&amp;#039;un chauffage ou d&amp;#039;une production d&amp;#039;eau chaude sanitaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation d&amp;#039;un chauffage utilisant une source d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;installation d&amp;#039;une production d&amp;#039;eau chaude sanitaire utilisant une source d&amp;#039;énergie renouvelable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En  Outre-mer:
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux, réalisés par des professionnels, doivent être choisis parmi les catégories suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  protection des toitures contre les rayonnements solaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  protection des murs donnant sur l&amp;#039;extérieur contre les rayonnements solaires, sur au moins la moitié de la surface totale de ces murs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation thermique performante d&amp;#039;au moins la moitié des parois vitrées ou travaux de protection des baies donnant sur l&amp;#039;extérieur contre les rayonnements solaires, sur au moins la moitié des baies et à la condition que les matériaux utilisés viennent en remplacement de parois en simple vitrage, le cas échéant associés à l&amp;#039;installation de brasseurs d&amp;#039;air fixes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  systèmes de chauffage, le cas échéant associés à des systèmes de ventilation économiques et performants, ou de production d&amp;#039;eau chaude sanitaire performants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation d&amp;#039;équipements de chauffage utilisant une source d&amp;#039;énergie renouvelable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  installation d&amp;#039;équipements de production d&amp;#039;eau chaude sanitaire utilisant une source d&amp;#039;énergie renouvelable.
+ &lt;/li&gt;
+ &lt;li&gt;
+  isolation des planchers bas
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/eco-pret-taux-zero-eco-ptz</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseillers spécialisés en travaux de rénovation de l&amp;#039;habitat (France Rénov&amp;#039;)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Permet de se faire accompagner gratuitement dans ses travaux de rénovation par des conseillers spécialisés
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Par téléphone
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 0 808 800 700
+&lt;/p&gt;
+&lt;p&gt;
+ Ouvert du lundi au vendredi de 9h à 18h. Vous devez avoir votre dernier avis d&amp;#039;imposition.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service gratuit &amp;#43; coût d&amp;#039;un appel
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0040-realiser-des-travaux-damelioration-energetiqu/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>120434</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Développer le bois-énergie, chauffage-bois</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>ENERGIES RENOUVELABLES_Plan bois-énergie et développement Locale</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Promouvoir le chauffage automatisé, collectif ou individuel, fonctionnant au bois plaquettes et le chauffage au bois granulé collectif pour petites unités.
+&lt;/p&gt;
+&lt;h4&gt;
+ Type d&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;Investissement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : Communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10 %, appliqué sur le montant HT du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maîtres d&amp;#039;ouvrage publics
+  &lt;/strong&gt;
+  : EPCI : taux de 30 % (taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10 % pour l&amp;#039;utilisation d&amp;#039;énergies renouvelables) appliqué sur le montant HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Maître d&amp;#039;ouvrage public du secteur logement social
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaudière bois plaquette  10 % du HT ou TTC selon le régime de TVA du Maître d&amp;#039;Ouvrage &amp;#43; 0 à 15 % du surcoût de la chaufferie bois au regard de la solution de référence définie dans l&amp;#039;étude de faisabilité selon cahier des charges ADEME ;30% du HT plafonné à 1350 € par poêle
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Chaudière bois granulés
+ &lt;/strong&gt;
+ : 30 % du montant HT, plafonnée à 15 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poêles individuels granulés
+ &lt;/strong&gt;
+ : 30 %  du montant HT plafonnée à 1 350 € par poêle individuel.
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ Par le Service Environnement Sports Nature qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accuse réception du dossier et de sa date de dépôt,
+ &lt;/li&gt;
+ &lt;li&gt;
+  instruit avec consultation d&amp;#039;administrations ou d&amp;#039;organismes partenaires si nécessaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  notifie la subvention au maître d&amp;#039;ouvrage, après vote en Commission permanente ; sont précisés le montant de la subvention attribuée, sa validité, les justificatifs que le maître d&amp;#039;ouvrage devra transmettre au Département pour déclencher le paiement de la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A noter :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont susceptibles d&amp;#039;être financés dans
+ &lt;strong&gt;
+  la limite des crédits disponibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas de projets importants, il est conseillé aux demandeurs d&amp;#039;informer et d&amp;#039;associer le Département le plus en amont possible, dès l&amp;#039;élaboration du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Energie et Déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Au vu d&amp;#039;une demande de versement de la subvention attribuée, accompagnée de la (des) facture(s)
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ et de l&amp;#039;attestation de mise en service signées du maître d&amp;#039;ouvrage et de l&amp;#039;installateur
+ &lt;em&gt;
+  .
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement se fait dans la limite des crédits de paiements inscrits au budget départemental, et peut-être étalé dans le temps en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention peut se faire, pour les bénéficiaires de droit public  (communes, groupements de communes, syndicats mixtes, ASA, Établissements Public, Chambres Consulaires...) selon :
+&lt;/p&gt;
+&lt;p&gt;
+ 1)
+ &lt;strong&gt;
+  Acomptes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu, pour les bénéficiaires de droit public : des états d&amp;#039;avancement, visés par le Maître d&amp;#039;Ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le total des acomptes
+ &lt;/strong&gt;
+ versés au vu d&amp;#039;états d&amp;#039;avancements
+ &lt;strong&gt;
+  ne pourra excéder 80 %
+ &lt;/strong&gt;
+ de la subvention départementale prévue.
+&lt;/p&gt;
+&lt;p&gt;
+ Au delà de 80%, il pourra être versé des acomptes
+ &lt;strong&gt;
+  jusqu&amp;#039;à 9 5%
+ &lt;/strong&gt;
+ de la subvention départementale prévue,
+ &lt;strong&gt;
+  au vu de justificatifs de dépenses
+ &lt;/strong&gt;
+ , de même nature que les pièces nécessaires au solde.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutefois il ne sera pas versé d&amp;#039;acomptes d&amp;#039;un montant inférieur à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   1 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit privé (particuliers, associations,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  pour les bénéficiaires de droit public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2)
+ &lt;strong&gt;
+  Solde de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera soldée au vu des justificatifs de dépenses arrivés au Conseil Départemental avant la date de
+ &lt;em&gt;
+  fin
+ &lt;/em&gt;
+ de validité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant définitif de la subvention à verser sera arrêté au prorata des dépenses réellement justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les justificatifs de dépenses à fournir en
+ &lt;strong&gt;
+  &lt;em&gt;
+   1 exemplaire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ sont pour les bénéficiaires de droit public,  les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
+ &lt;/li&gt;
+ &lt;li&gt;
+  justificatifs des dépenses (signés en original)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ à certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).    NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a&gt;
+  [1]
+ &lt;/a&gt;
+ la facturation doit être postérieure à la date de réception du dossier complet par le Département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Études et travaux nécessaires à la construction de chaufferies bois collectives fonctionnant au bois plaquettes et de réseaux de chaleur.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Installation des poêles individuels granulés (bouilleur ou non) dans les opérations collectives performantes de petites tailles.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Installation de chaudières granulés pour les petites unités collectives.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Études de faisabilité s&amp;#039;inscrivant dans une approche biomasse globale...
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant HT ou TTC selon le maître d&amp;#039;ouvrage et son régime de TVA.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour les chaudières : le matériel installé doit impérativement bénéficier de la norme NF EN 303.5 ou EN 12809
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Limitation de la pollution par les particules fines : respect du seuil d&amp;#039;émission de poussières de la classe en vigueur de la norme EN 303.5. Le procès verbal d&amp;#039;essai qui caractérise les compositions de fumées devra être fourni par le Maître d&amp;#039;Ouvrage au moment de la demande de versement de la subvention départementale.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pour les poêles, le matériel installé doit impérativement bénéficier d&amp;#039;un label Flamme Verte 5 étoiles et respecter la norme NF EN 14785 ou NF EN 13240/A2.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale s&amp;#039;applique en priorité à la pose de l&amp;#039;installation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Exclusions / Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études de faisabilité pour tout bâtiment neuf
+ &lt;/li&gt;
+ &lt;li&gt;
+  les inserts, chaudières à bûches, poêles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les maîtres d&amp;#039;ouvrage qui font de l&amp;#039;auto-approvisionnement c&amp;#039;est-à-dire qui ne font pas appel à un prestataire externe pour extraire et/ou transformer le bois
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics : Communes : Chaudière bois plaquettes, chaudière bois granulésciaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics : EPCI : Chaudière bois plaquettes, chaudière bois granulés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage publics du secteur logement social : Chaudière bois plaquettes, chaudière bois granulés et poêles individuels granulés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables_plan-bois-energie-et-developpement-locale/</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Environnement – Service Environnement Sports Nature
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef de Service :
+ &lt;strong&gt;
+  Isabelle POCHELON
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Chargée de l&amp;#039;instruction
+ &lt;strong&gt;
+  Monique VOLLE
+ &lt;/strong&gt;
+ –
+ &lt;strong&gt;
+  Tél : 04.75.79.81.76
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3657-energies-renouvelables_plan-bois-energie-et-d/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I148" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J148" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I149" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>111757</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises,
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, syndicats, et bientôt les Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;adhésion repose sur les conditions d&amp;#039;éligibilité de la collectivité dépendant de la notation financière établie par l&amp;#039;AFL. En cas de non éligibilité, l&amp;#039;AFL a pour mission d&amp;#039;accompagner les communes qui le souhaitent dans le redressement de leurs situations financières.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités. Aujourd&amp;#039;hui présente dans trois territoires ultramarins, l&amp;#039;AFL propose des conditions de crédits pour financer les projets d&amp;#039;investissement des collectivités et syndicats.
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ • Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ • Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ • Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ • Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
+&lt;/p&gt;
+&lt;p&gt;
+ • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement des transports
+ &lt;/strong&gt;
+ (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Transition écologique
+ &lt;/strong&gt;
+ (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Traitement et valorisation des déchets
+ &lt;/strong&gt;
+ (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
+Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
+Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S147" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;afl-banque.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : &amp;#43;33 (0)4 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-[...116 lines deleted...]
-      <c r="G149" s="1" t="inlineStr">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...100 lines deleted...]
-      <c r="N149" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I151" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J151" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Appui méthodologique
-[...1470 lines deleted...]
-Logement et habitat
 Lutte contre la précarité
+Emploi
+International
+Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Prévention des risques
-[...158 lines deleted...]
-Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...2 lines deleted...]
-      <c r="O163" s="1" t="inlineStr">
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
-[...193 lines deleted...]
-      <c r="X164" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
- &lt;br /&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
-[...297 lines deleted...]
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
-[...274 lines deleted...]
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
-[...18 lines deleted...]
-  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
-[...424 lines deleted...]
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>