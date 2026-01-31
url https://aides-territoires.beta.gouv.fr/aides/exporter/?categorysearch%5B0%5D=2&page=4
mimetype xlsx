--- v0 (2025-11-24)
+++ v1 (2026-01-31)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA235"/>
+  <dimension ref="A1:AA223"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,23939 +228,448 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>554</v>
+        <v>162510</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
-[...5 lines deleted...]
-Tourisme Ingénierie Développement</t>
+          <t>Soutenir la gestion durable des eaux pluviales - études, amélioration des connaissances et gestion patrimoniale</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>DATAVIZ Cœur de Ville</t>
+          <t>GESTION DURABLE DES EAUX PLUVIALES - ETUDES, AMELIORATION DES CONNAISSANCES ET GESTION PATRIMONIALE</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
+          <t>&lt;p&gt;Accompagner les collectivités pour les études d’aides à la décision et les équipements nécessaires à l’amélioration de la gestion des eaux pluviales en privilégiant leur déconnexion des réseaux et leur infiltration. Soutenir ainsi les collectivités souhaitant disposer des éléments techniques, administratifs et financiers indispensables à une prise de décision éclairée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espace public</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités compétents&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Études d’aide à la décision et de programmation, portant notamment sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les schémas de gestion des eaux pluviales, zonages, bilans &lt;/span&gt;&lt;span&gt;hydrauliques, …&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les études globales d’analyse du potentiel de désimperméabilisation et de renaturation des espaces publics&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les études globales de déconnexion des eaux pluviales&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;2.&lt;/strong&gt; Équipements permettant l&amp;#039;acquisition de données qualitatives et &lt;/span&gt;&lt;span&gt;quantitatives relatives à la gestion des eaux pluviales&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Équipements de surveillance des rejets pluviaux (sondes ultrasons, radars, hauteur/vitesse, qualité des eaux, … )&lt;/li&gt;&lt;li&gt;Dispositifs de piégeage des déchets aux exutoires des réseaux d’eaux pluviales&lt;/li&gt;&lt;li&gt;Outils de supervision et de gestion de données à l’échelle du territoire du maître d’ouvrage&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;p&gt;Le cahier des charges des études doit être soumis préalablement à l’avis des services du Département. Dans le cadre des schémas de gestion des eaux pluviales, il doit respecter les prescriptions du modèle élaboré par le Département et l’AREAS.&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;L’arrêté de mise en enquête publique est nécessaire pour le solde des zonages et schémas de gestion des eaux pluviales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/gestion-durable-des-eaux-pluviales-etudes-amelioration-des-connaissances-et-gestion-patrimoniale/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
           <t>&lt;p&gt;
- Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
-[...117 lines deleted...]
-&lt;/ul&gt;</t>
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-gestion-durable-des-eaux-pluviales-etudes-et-gestion-patrimoniale/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>381</v>
+        <v>155570</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d'un prêt secteur public - PSP</t>
+          <t>Favoriser la récupération et l'utilisation des eaux pluviales des bâtiments publics existants</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>PSP</t>
+          <t>RÉCUPÉRATION ET UTILISATION DES EAUX PLUVIALES DES BÂTIMENTS PUBLICS EXISTANTS</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Agence Française de Développement (AFD)
-Ministère des Outre-mer</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...3 lines deleted...]
-Association</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Prêt</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
-[...31 lines deleted...]
- Mobilisation des Fonds : possible dès la signature de la convention
+ Accompagner les investissements nécessaires à la récupération des eaux de pluie des toitures des bâtiments publics existants afin de favoriser les économies d&amp;#039;eau par une utilisation à l&amp;#039;extérieur et/ou l&amp;#039;intérieur des bâtiments (usages autorisés selon les dispositions réglementaires en vigueur).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...43 lines deleted...]
-Biodiversité
+          <t>Eau pluviale
+Assainissement des eaux
 Equipement public
-Bâtiments et construction
-[...14 lines deleted...]
-Mers et océans</t>
+Bâtiments et construction</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Les projets éligibles :
+  Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- Tous secteurs d&amp;#039;intervention des bénéficiaires (aménagement, énergie, déchets, équipements, transports, eau et assainissement, agriculture, santé etc.)
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures intercommunales et autres groupements de collectivités compétents (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Dépenses éligibles :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables, outils de communication associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de terrassement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs de récupération des eaux de pluie aériens ou enterrés normalisés (cuves PEHD, bétons, citernes...) y compris accessoires de collecte et de filtration
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements nécessaires à l&amp;#039;utilisation des eaux de pluie (filtres, systèmes de pompage, canalisations, disconnecteurs, compteurs, signalétique...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petits équipements hydro économes associés au projet (limiteurs de débits, réducteurs de pression...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositifs de récupération non normalisés ou collectant des eaux de pluie des toitures composées d&amp;#039;amiante ciment ou de plomb
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réserves incendie (autre dispositif d&amp;#039;aide)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares et bassins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plancher/plafond :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses éligibles : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses éligibles : 50.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses devront répondre à la réglementation et aux règles de l’art en vigueur (recommandations techniques).&lt;/li&gt;&lt;li&gt;Vérification de l’adéquation entre les ressources et les besoins (ou formulaire simplifié à renseigner) :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Éléments techniques justifiant le dimensionnement par rapport aux besoins d’utilisation des eaux de pluie : surfaces et type de toiture collectées, volumes d’eau de pluie récupérables, volume de stockage… ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Estimation de l’économie annuelle d’eau potable prévisionnelle,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Modalités de surveillance et d’entretien des équipements.&lt;/span&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la conception et à la mise en œuvre des équipements.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/recuperation-et-utilisation-des-eaux-pluviales-des-batiments-existants/</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
-[...65 lines deleted...]
-      </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>belliotl@afd.fr</t>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aa29-pret-secteur-public-psp/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c2f-modele/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>382</v>
+        <v>152468</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+          <t>Aider tous travaux sur la voirie départementale et communale ainsi que les réseaux liés</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>PSP B</t>
+          <t>VOIRIE ET RESEAUX DIVERS</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Agence Française de Développement (AFD)
-Ministère des Outre-mer</t>
+          <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...580 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
-[...2496 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...20293 lines deleted...]
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider tous travaux sur la voirie départementale et communale ainsi que les réseaux liés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M112" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réaménagement de la place de la mairie et création de zones accessibles aux Personnes à Mobilité Réduite
  &lt;/li&gt;
  &lt;li&gt;
   Extension des réseaux secs pour desserte de logements sociaux
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un tracteur tondeuse avec kit mulching pour l&amp;#039;entretien des espaces publics
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement et mise aux normes de l&amp;#039;éclairage public dans les communes de moins de 3 500 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Création et aménagement d&amp;#039;abris-bus dans toutes les zones de la commune
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;enfouissement de la fibre optique pour une connexion FTTH (Fiber to the Home)
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation des trottoirs, rues et places du centre-ville
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de véhicules utilitaires légers pour les services techniques de la commune
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de zones touristiques avec signalisation et jalonnement du patrimoine local
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -24716,1519 +1225,18637 @@
  &lt;/li&gt;
  &lt;li&gt;
   les équipements annexes (signalisation verticale (hors nouvel itinéraire poids lourds) feux tricolores, alarme vitesse, mobilier urbain, plaques de rue, aires de jeux...),
  &lt;/li&gt;
  &lt;li&gt;
   les acquisitions foncières,
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de voirie liés à la création ou à la réhabilitation de lotissements ou de zones commerciales,
  &lt;/li&gt;
  &lt;li&gt;
   travaux uniquement d&amp;#039;intégration des réseaux secs non situés à proximité immédiate d&amp;#039;espaces d&amp;#039;intérêt patrimonial,
  &lt;/li&gt;
  &lt;li&gt;
   tous travaux de réseaux secs en milieu urbain (la liste des communes urbaines et rurales prises en compte au titre des dispositifs d&amp;#039;aides s&amp;#039;appuie sur la liste des communes définies comme « urbaines » par le dernier arrêté préfectoral en vigueur, pris en application du décret n° 2006-430 du 13 avril 2006 définissant les communes rurales),
  &lt;/li&gt;
  &lt;li&gt;
   travaux sur les chemins ruraux,
  &lt;/li&gt;
  &lt;li&gt;
   travaux relatifs aux espaces verts autres que les espaces d&amp;#039;accompagnement de la voirie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
+      <c r="W4" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3512-aider-a-lequipement-en-videoprotection/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G113" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>161801</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un accompagnement général (administratif, juridique, règlementaire, technique) pour améliorer votre gestion des eaux pluviales.&lt;br /&gt;Une AMO visant à recruter un prestataire spécialisé pour formaliser vos projets d’urbanisation ou études diverses (zonage pluvial, gestion intégrée des eaux pluviales, …) jusqu’à la réunion de lancement.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/limiter-le-risque-inondation-et-la-pollution-des-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>161802</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) destinée à assurer le suivi de la bonne exécution des études de vos systèmes pluviaux jusqu’à son rendu final, ainsi qu’une assistance à la gestion des marchés.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/limiter-le-risque-inondation-et-la-pollution-des-milieux-aquatiques-1/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>143347</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet dans le domaine de l'eau et de l'assainissement</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association</t>
-[...2 lines deleted...]
-      <c r="H113" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière d&amp;#039;assainissement collectif, d&amp;#039;alimentation en eau potable, de protection de la ressource en eau, de gestion des eaux pluviales, de défense extérieure contre l&amp;#039;incendie, de qualité des eaux superficielles, de profil des eaux de baignades :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour donner des conseils de 1er niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance technique départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une expertise technique d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à l&amp;#039;élaboration de documents
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à maîtrise d&amp;#039;ouvrage...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau (administratifs, réglementaires et techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique départementale pour le bon fonctionnement des systèmes d&amp;#039;assainissement, expertise technique d&amp;#039;ouvrages d&amp;#039;assainissement, assistance à la saisie des indicateurs sur le Système d&amp;#039;Information des Services Publics d&amp;#039;Eau et d&amp;#039;Assainissement (SISPEA) et à l&amp;#039;élaboration du Rapport sur le Prix et la Qualité du Service (RPQS), assistance à la rédaction du manuel d&amp;#039;auto surveillance et du règlement de service d&amp;#039;assainissement et/ou d&amp;#039;eau potable
+ &lt;/li&gt;&lt;li&gt;Assistance technique renforcée pour les systèmes d&amp;#039;assainissement de 201 à 1000 EH soumis à autosurveillance réglementaire&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Assistance à l&amp;#039;établissement ou la révision des autorisations de déversement d&amp;#039;eaux usées non domestiques dans le réseau d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage : pour études de connaissance patrimoniale, d&amp;#039;aide à la décision, de gestion de compétence ou de conduite de projet d&amp;#039;investissement, pour l&amp;#039;instauration et mise en œuvre des périmètres de protection des ressources d&amp;#039;eau potable, pour la réalisation d&amp;#039;études hydrauliques, pour la réalisation de schéma de défense extérieure contre l&amp;#039;incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi annuel d&amp;#039;une station de mesure sur cours d&amp;#039;eau, complémentaire au réseau départemental de suivi de la qualité des cours d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation du profil d&amp;#039;un site de baignade
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé 43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.inge43.fr/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:pear&amp;#64;inge43.fr" target="_self"&gt;
+  pear&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edb2-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>30542</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Gérer un ouvrage hydraulique</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Certaines collectivités peuvent ne pas posséder de services techniques, administratifs et financiers dédiés pour gérer les ouvrages hydrauliques. Aussi, le Département peut les appuyer pour assurer toutes les missions nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces missions consistent à suivre les dossiers sur les aspects : technique (travaux), réglementaire, commande publique, gestion administrative et financière...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 13 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gestion de barrages
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil sur la mise en place, la gestion hydraulique la surveillance d&amp;#039;un barrage.&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Reflexion sur la faisabilité d&amp;#039;une centrale hydraulique
+&lt;/p&gt;
+&lt;p&gt;
+ Etude préalable à la mise en place d&amp;#039;Unité de production hydroélectrique&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Communes de moins de 5000 habitants et les EPCI de moins de 25 000 sont prioritaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2bfd-gerer-un-ouvrage-hydraulique/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>30540</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Préparer le lancement de travaux en eau potable</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lorsqu&amp;#039;un projet en eau potable est lancé à l&amp;#039;initiative de la collectivité, le
+ Département peut accompagner la collectivité dans le choix d&amp;#039;un
+ maître
+ d&amp;#039;œuvre ou d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage selon les spécificités de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 12 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hameau de Sauvergue obligations règlementaires pour l&amp;#039;alimentation en eau
+&lt;/p&gt;
+&lt;p&gt;
+ Rédaction de projet de documents de consultation pour un marché de maîtrise d&amp;#039;oeuvre pour des travaux d&amp;#039;assainissement et d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ Raccordement au réseau d&amp;#039;eau de plusieurs hameaux
+&lt;/p&gt;
+&lt;p&gt;
+ Diagnostic réseaux AEP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dc4-preparer-le-lancement-de-travaux-en-eau-potab/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>30534</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Assister les exploitants de station d'épuration (S.A.T.E.S.E.)</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département via le service couramment appelé &amp;#34;S.A.T.E.S.E.&amp;#34; assiste les Collectivités Territoriales dans la mise en place et la gestion de leurs systèmes d&amp;#039;assainissement collectif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Cette action correspond à la fiche N° 18 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn à l&amp;#039;adresse suivante.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Visites techniques de toutes natures relatives aux stations d&amp;#039;épuration de diverses communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Révision zonage assainissement, règlement de service et assistance, convention de raccordement et nouveaux secteurs
+&lt;/p&gt;
+&lt;p&gt;
+ Analyse préalable au curage et valorisation des boues
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la rédaction de 2 CCTP, et à l&amp;#039;analyse des offres dans une commune, pour chaque consultation relative à une prestation d&amp;#039;autosurveillance de la station
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à la rédaction du règlement de service de la commune
+&lt;/p&gt;
+&lt;p&gt;
+ Mise à jour du manuel d&amp;#039;autosurveillance à la fin des travaux de mise aux normes.
+&lt;/p&gt;
+&lt;p&gt;
+ Gestion des boues d&amp;#039;épuration, période COVID et pérennisation filière
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement gestion surdébit du pote de relevage / reunion AMDEC
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la rédaction de la convention de déverssement du bourg de Villeneuve
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;éligibilité des Communes et EPCI est définie par des textes réglementaires. Les collectivités pouvant bénéficier gracieusement de cette assistance technique sont désignées annuellement par le préfet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6005-assister-les-exploitants-de-station-depuratio/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>164299</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Développer la gestion intégrée des eaux pluviales et renaturer les villes et villages</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Développer la gestion intégrée des eaux  pluviales et renaturer les villes et villages</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence soutient des projets pour améliorer la gestion des eaux pluviales et restaurer la qualité des sols en milieu urbain. &lt;/p&gt;&lt;p&gt;Cette aide permettra de favoriser la gestion de l’eau et la biodiversité en milieu 
+urbain, afin de réduire la vulnérabilité de l’espace 
+urbain dans un contexte de changement climatique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de ces aides est de soutenir les projets qui contribuent à l’adaptation au changement climatique et qui permettent :
+ la restauration et la préservation des milieux aquatiques 
+et de la biodiversité
+ le développement de la gestion intégrée des eaux pluviales 
+en particulier avec des Solutions fondées sur la Nature 
+(SfN) favorisant la création d’îlots de fraîcheur en ville et 
+la désimperméabilisation des sols&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/gestion-eaux-pluviales-renaturation-villes-villages"&gt;Gestion des eaux pluviales et renaturation des villes et villages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;Agence de l&amp;#039;eau finance la création d’îlots de fraîcheur, la désimperméabilisation, la végétalisation et la récupération des eaux pluviales. Des travaux d’infiltration, de stockage et de désartificialisation sont également éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Pour la gestion intégrée des eaux pluviales : &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;les travaux portés par les collectivités territoriales 
+doivent s’inscrire dans une stratégie d’urbanisation locale 
+cohérente avec la gestion durable et intégrée des eaux 
+pluviales et la renaturation de l’espace urbain
+ les actions d’animation doivent concerner des structures 
+intercommunales ou des regroupements d’intercommunalités
+ les surfaces de gestion intégrée mises en jeu doivent être 
+supérieures ou égales à 700 m² sauf pour les opérations 
+dites « vertueuses » et celles concernant les cours d’établissements scolaires
+ les projets doivent concerner des bâtiments et des zones 
+urbanisées déjà existantes. Les opérations concernant des 
+particuliers sont portées par des collectivités dans le cadre 
+d’opérations groupées &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/59-24-Gestion%20des%20eaux%20pluviales_0.pdf"&gt;59-24-Gestion des eaux pluviales_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Pour la restauration des milieux aquatiques et humides : &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;la structure GEMAPI compétente doit être associée à la 
+définition des travaux de restauration des cours d’eau et 
+des zones humides&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux%20aquatiques_0_0.pdf"&gt;58-24-Milieux aquatiques_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_GIEP%20et%20renaturation%20villes%20et%20villages.pdf</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-gestion-integree-des-eaux-pluviales-et-renaturer-les-villes-et-villages/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>164302</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Collecter et traiter les eaux usées et les eaux pluviales</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence soutient des projets pour réduire les pollutions domestiques en temps sec et en 
+temps de pluie grâce à une approche territoriale intégrée, 
+reposant sur une planification hiérarchisée et globale. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/assainissement-collectivites"&gt;Assainissement des collectivités | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour cela, elle finance des opérations visant à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;fiabiliser la collecte et le traitement des eaux usées avant leur restitution au milieu naturel (améliorer les réseaux de collecte, les branchements, et fiabiliser le transfert des eaux usées vers les outils épuratoires, créer, améliorer, réhabiliter les stations d’épuration, accompagner les filières de gestion des sous-produits spécifiques et mutualisées, &lt;/li&gt;&lt;li&gt;déployer l’autosurveillance et les diagnostics permanents.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Traiter les eaux pluviales collectées pour préserver certains usages particuliers &lt;/li&gt;&lt;li&gt;Traiter les pollutions ponctuelles liées aux activités portuaires.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;BÉNÉFICIAIRES &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les travaux, tout maître d’ouvrage public ou privé 
+gestionnaire de services publics d’assainissement et/ou de 
+gestion des eaux pluviales ou toute personne publique ou 
+privée dont le projet sera jugé pertinent par l’Agence de l’Eau 
+au regard des objectifs de sa politique d’intervention ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les opérations d’investissement, le maître d’ouvrage doit 
+justifier d’un prix minimum pour le service public d’assainissement collectif de 2,00 € TTC/m3 (sauf exception) et avoir 
+renseigné les indicateurs réglementaires dans l’observatoire 
+national des services d’eau et d’assainissement (SISPEA) ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les travaux de traitement des eaux usées domestiques 
+et sous-produits de l’épuration doivent permettre d’aboutir à une réduction globale de la pression domestique, 
+y compris en cas d’augmentation des flux à traiter ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les conventions spéciales de déversement signées avec 
+les établissements raccordés au système d’assainissement 
+devront être fournies ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les opérations concernant la collecte des eaux usées 
+(neuf ou réhabilitation), le bénéficiaire s’engage à respecter 
+la charte qualité de pose des réseaux d’assainissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/52-24-Re%CC%81duction%20des%20pollutions%20domestiques%20et%20pluviales-P12_0.pdf"&gt;52-24-Réduction des pollutions domestiques et pluviales-P12_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Assainissement_Collecte%20et%20traitement%20des%20eaux%20us%C3%A9es%20et%20pluviales.pdf</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-gestion-integree-des-eaux-pluviales-et-renaturer-les-villes-et-villages-1/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>164149</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à maîtrise d'ouvrage - études (AMO Etudes)</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ainsi INGENIERIE70 propose ses
+compétences aux collectivités adhérentes pour des missions d&amp;#039;ASSISTANCE A
+MAÎTRISE d&amp;#039;OUVRAGE pour la réalisation d&amp;#039;études (AMO Etudes) qui comprennent : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase consultation
+des bureaux d’études incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Assistance à la définition des besoins et des attentes du maître d’ouvrage,
+évaluation du coût d’ordre des études ;&lt;/p&gt;&lt;p&gt;- 
+Recueil des informations existantes ;&lt;/p&gt;&lt;p&gt;- 
+Rédaction du cahier des charges des études ;&lt;/p&gt;&lt;p&gt;- 
+Rédaction du dossier complet de consultation des bureaux d’études ; &lt;/p&gt;&lt;p&gt;- 
+Assistance durant la consultation (avis de publicité, réponse aux questions
+des bureaux d’études,etc. …) ;&lt;/p&gt;&lt;p&gt;- 
+Duplication et envoi des dossiers de consultation ;&lt;/p&gt;&lt;p&gt;- 
+Assistance lors de l’ouverture des offres, rédaction du rapport d’analyse
+des offres ;&lt;/p&gt;&lt;p&gt;- 
+Assistance au montage administratif du (des) marché(s) avec le(s) bureau(x)
+d’études résultant du choix du maître d’ouvrage.&lt;/p&gt;&lt;p&gt;- 
+Assistance pour le montage des dossiers de subventions et la sollicitation
+de ces dernières.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase suivie des
+études incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Organisation des réunions d’avancement avec le bureau d’études, le comité
+de pilotage, rédaction des comptes rendus ;&lt;/p&gt;&lt;p&gt;- 
+Assistance aux choix techniques à opérer durant les études et aide à la
+décision ;&lt;/p&gt;&lt;p&gt;- 
+Vérification de l’application des dispositions du cahier des charges et des
+dispositions contractuelles, préparation des ordres de services, des avenants
+etc. …&lt;/p&gt;&lt;p&gt;- 
+Vérification du respect du planning, des délais, des enveloppes
+financières ;&lt;/p&gt;&lt;p&gt;- 
+Vérification des documents produits par le bureau d’études en application
+du contrat, de leur conformité au dit contrat ;&lt;/p&gt;&lt;p&gt;- 
+Vérification des projets de décomptes présentés par le bureau d’études ;&lt;/p&gt;&lt;p&gt;- 
+Assistance pour choisir les prestataires externes éventuellement
+nécessaires afin de mener à bien les études ;&lt;/p&gt;&lt;p&gt;- 
+Coordination avec le comité de pilotage ;&lt;/p&gt;&lt;p&gt;- 
+Assistance au maître d’ouvrage pour la réception des documents finaux.&lt;/p&gt;&lt;p&gt;Durant toute sa mission, Ingénierie70
+assure une assistance d’ordre technique et administrative au maître d’ouvrage
+et assure le contrôle de la mission du (des) bureau(x) d’étude(s). Ingénierie70 assure également un suivi
+financier global de l’opération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Autres exemples d’opérations d’AMO Etudes :&lt;/p&gt;&lt;p&gt;-        Etude de diagnostic des systèmes d’assainissement (réseaux et station)&lt;/p&gt;&lt;p&gt;-        Transfert de compétence assainissement / eau potable&lt;/p&gt;&lt;p&gt;-        Réhabilitation d’un ouvrage d’art&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etre une collectivité adhérente selon le pôle concerné de l’agence technique (commune, cc, syndicat)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;NOS COORDONNÉES&lt;/h3&gt;&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/apporter-un-conseil-et-une-assistance-a-maitrise-douvrage-aux-collectivites-exemple-mise-en-place-dun-schema-directeur-dassainissement/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>164213</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à maîtrise d'ouvrage - travaux (AMO travaux)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70 propose ses
+compétences aux collectivités adhérentes pour des missions d&amp;#039;ASSISTANCE A
+MAÎTRISE d&amp;#039;OUVRAGE (AMO Travaux) et qui comprennent : &lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase consultation
+des maîtres d’œuvre incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Finalisation du zonage d’assainissement communal selon le besoin; &lt;/p&gt;&lt;p&gt;- 
+Reconnaissance de terrains pour appréhender les attentes du maître
+d’ouvrage, le cas échéant aide à la définition de celle-ci ;&lt;/p&gt;&lt;p&gt;- 
+Réalisation des pré-études (esquisses) afin d’évaluer les coûts d’ordre,
+orienter les grands choix techniques et le phasage prévisionnel de
+l’opération ;&lt;/p&gt;&lt;p&gt;- 
+Rédaction du programme décrivant l’opération, les attentes, les
+contraintes, … pour lesquelles le maître d’œuvre devra mener sa mission ;&lt;/p&gt;&lt;p&gt;- 
+Rédaction du dossier complet de consultation des maîtres d’œuvre ; &lt;/p&gt;&lt;p&gt;- 
+Assistance durant la consultation (avis de publicité, réponse aux questions
+des bureaux d’étude, etc. …) ;&lt;/p&gt;&lt;p&gt;- 
+Duplication et envoi des dossiers de consultation ;&lt;/p&gt;&lt;p&gt;- 
+Assistance lors de l’ouverture des offres, rédaction du rapport d’analyse
+des offres ;&lt;/p&gt;&lt;p&gt;- 
+Assistance au montage administratif du (des) marché(s) de maîtrise d’œuvre
+résultant du choix du maître d’ouvrage.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase suivi des
+études incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Organisation des réunions d’avancement avec le maître d’œuvre, rédaction
+des comptes-rendus ;&lt;/p&gt;&lt;p&gt;- 
+Assistance aux choix techniques à opérer durant les études et aide à la
+décision ;&lt;/p&gt;&lt;p&gt;- 
+Vérification de l’application des dispositions du contrat de maîtrise
+d’œuvre, préparation des ordres de services, des avenants etc …&lt;/p&gt;&lt;p&gt;- 
+Vérification des documents à produire par le maître d’œuvre en application
+du contrat, de leur conformité au dit contrat ;&lt;/p&gt;&lt;p&gt;- 
+Vérification des projets de décomptes présentés par le maître
+d’œuvre ;&lt;/p&gt;&lt;p&gt;- 
+Assistance pour choisir les prestataires externes nécessaires afin que le
+maître d’œuvre puisse mener à bien les études ;&lt;/p&gt;&lt;p&gt;- 
+Coordination avec les intervenants externes ;&lt;/p&gt;&lt;p&gt;- 
+Assistance pour le montage des dossiers de subventions, la sollicitation
+des autorisations administratives, etc …&lt;/p&gt;&lt;p&gt;- 
+Assistance durant la phase consultation des entreprises de travaux ;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;La phase suivi des
+travaux incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- 
+Vérification des dispositions prises par le maître d’œuvre qui a la charge
+de la direction des travaux ;&lt;/p&gt;&lt;p&gt;- 
+Participation aux réunions de chantier durant les phases clefs (démarrage,
+point singulier, essais de réception, etc …) ;&lt;/p&gt;&lt;p&gt;- 
+Assistance pour choisir les prestataires externes aux entreprises de
+travaux nécessaires durant la phase travaux (mission SPS, contrôle technique,
+etc …) ;&lt;/p&gt;&lt;p&gt;- 
+Vérification du respect du planning, des délais, des enveloppes
+financières ;&lt;/p&gt;&lt;p&gt;- 
+Assistance au maître d’ouvrage dans les étapes de réception des
+travaux ; &lt;/p&gt;&lt;p&gt;- 
+Assistance sur le suivi de la levée des réserves formulées lors de la
+réception des travaux ;&lt;/p&gt;&lt;p&gt;- 
+Assistance à l’examen des désordres signalés par le maître de l’ouvrage
+durant l’année de parfait achèvement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise
+en conformité du système d’assainissement, réhabilitation des stations de traitement
+des eaux usées, Réalisation d’une usine de traitement AEP et interconnexion
+réseaux, reconstruction des ouvrages d’art&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Voirie et réseaux
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Etre une collectivité adhérente selon le pôle concerné de l’agence technique (commune, cc, syndicat)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dune-assistance-a-maitrise-douvrage/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>164333</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Développer et améliorer les réseaux d'assainissement- Travaux de gestion du temps de pluie  - Autosurveillance</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Développer la solidarité vers les communes rurales&lt;/p&gt;&lt;p&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/p&gt;&lt;p&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/p&gt;&lt;p&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Les travaux de mise en place d’équipements d’autosurveillance sur des déversoirs d’orage des réseaux 
+relevant d’une obligation règlementaire ou dont les déversements engendrent un impact sanitaire ou 
+environnemental avéré, dans le respect des exigences du guide pour l’autosurveillance du bassin Rhin-Meuse de février 2016 ;
+&lt;br /&gt;• Les travaux de mise en place d’équipements d’autosurveillance de points caractéristiques du réseau ;&lt;br /&gt;• Les travaux de mise en place d’équipements d’autosurveillance sur des déversoirs d’orage situés en tête 
+de station de traitement des eaux usées et sur les points d’entrée et de sortie des stations de traitement 
+existantes non équipées de moins de 2 000 EH. &lt;/p&gt;&lt;p&gt;L’aide à l’autosurveillance des réseaux est conditionnée à la mise en œuvre d’une démarche de diagnostic 
+permanent.
+&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans la limite des travaux 
+nécessaires suite à l&amp;#039;étude 
+de définition.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-de-gestion-du-temps-de-pluie-gestion-integree-et-nature-en-ville/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>164334</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Développer et améliorer les réseaux d'assainissement- Travaux d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Cf. https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Développer la solidarité vers les communes rurales&lt;/p&gt;&lt;p&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/p&gt;&lt;p&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/p&gt;&lt;p&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place 
+d&amp;#039;installation de 
+récupération et de 
+réutilisation d&amp;#039;eau 
+pluviale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux groupés réalisés 
+sous maîtrise d&amp;#039;ouvrage 
+publique et permettant 
+de déraccorder des eaux 
+pluviales du réseau et 
+destinés à des usages 
+réglementairement 
+autorisés dans le respect 
+des prescriptions 
+techniques et sanitaires 
+du Ministère chargé de la 
+Santé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-de-gestion-du-temps-de-pluie-autosurveillance/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>165278</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Créer des retenues de substitution à usage d’irrigation agricole dans un PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Création de retenues de substitution à usage d’irrigation agricole dans un PTGE approuvé</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
+territoriales visant le retour à l’équilibre des prélèvements, intégrées
+ dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
+ d’action mobilisent un panel de solutions diversifié alliant le 
+développement des solutions fondées sur la nature, l’accélération des 
+économies d’eau, la transition écologique de l’agriculture, les retenues
+ de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
+&lt;p&gt;Parmi le panel de solutions, l’agence finance les projets collectifs 
+de retenues de substitution pour l’irrigation dans le cadre d’un PTGE 
+approuvé.&lt;br /&gt;
+L’accompagnement de l’agence pour la réutilisation des eaux usées 
+traitées à usage d’irrigation entre dans le cadre de la création des 
+retenues de substitution des prélèvements inscrites dans un PTGE 
+approuvé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q17" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
+d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
+portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
+ 2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
+complémentaires en fonction du type de projet et de l’état de la masse 
+d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-creation-de-retenues-de-substitution-a-usage-dirrigation-ag.html</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creer-des-retenues-de-substitution-a-usage-dirrigation-agricole-dans-un-ptge-approuve/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>165245</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration est possible lorsque la région est un partenaire engagé dans la démarche territoriale.</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les programmes de sensibilisation aux 
+enjeux de l&amp;#039;eau qui visent l&amp;#039;atteinte des objectifs prioritaires du 12&lt;sup&gt;e&lt;/sup&gt;
+ programme en favorisant la mobilisation et l’action des acteurs locaux 
+dans leur diversité, au regard des enjeux prioritaires de leurs 
+territoires.&lt;/p&gt;&lt;p&gt;Nature et finalité :&lt;/p&gt;&lt;p&gt;L’objet de ces dispositifs d’aide est de favoriser :&lt;/p&gt;&lt;p&gt;• la compréhension,&lt;/p&gt;&lt;p&gt;• la prise de conscience,&lt;/p&gt;&lt;p&gt;• l’évolution des comportements,&lt;/p&gt;&lt;p&gt;• la mobilisation et l’action des acteurs locaux dans leur diversité, au regard des enjeux prioritaires de&lt;/p&gt;&lt;p&gt;leurs territoires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaire&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Public ou privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Programmes d’actions de sensibilisation dans le cadre des démarches territoriales&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation est décliné en application de la stratégie de territoire des&lt;/p&gt;&lt;p&gt;démarches territoriales de l’agence de l’eau : la stratégie de territoire comporte des objectifs de&lt;/p&gt;&lt;p&gt;sensibilisation et définit les publics cibles et enjeux éducatifs. Le programme d’actions en découle et&lt;/p&gt;&lt;p&gt;est validé par le comité de pilotage.&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation inscrite dans un Sage : le programme d’actions validé par&lt;/p&gt;&lt;p&gt;la Commission locale de l’eau.&lt;/p&gt;&lt;p&gt;• Les actions du programme de sensibilisation mobilisées répondent aux enjeux locaux.&lt;/p&gt;&lt;p&gt;Elles visent trois cibles :&lt;/p&gt;&lt;p&gt;• Les élus et les décideurs locaux,&lt;/p&gt;&lt;p&gt;• les usagers et riverains directement concernés par les projets mis en œuvre,&lt;/p&gt;&lt;p&gt;• enfin le grand public et les scolaires.&lt;/p&gt;&lt;p&gt;Les élus et les décideurs locaux y sont obligatoirement ciblés.&lt;/p&gt;&lt;p&gt;Actions de mobilisation de l’avis du public pendant les consultations prévues&lt;/p&gt;&lt;p&gt;réglementairement pour l’élaboration du Sdage&lt;/p&gt;&lt;p&gt;Les actions de mobilisation sont cohérentes avec la stratégie et le dispositif de communication arrêtée par le&lt;/p&gt;&lt;p&gt;comité de bassin pour la consultation du public.&lt;/p&gt;&lt;p&gt;Programmes régionaux conventionnés d’actions au bénéfice du volet « eau » en&lt;/p&gt;&lt;p&gt;éducation à l’environnement&lt;/p&gt;&lt;p&gt;• Le programme d’actions associe d’autres financeurs publics de l’éducation à l’environnement et/ou&lt;/p&gt;&lt;p&gt;une structure animatrice/porteuse d’un réseau régional de l’éducation à l’environnement,&lt;/p&gt;&lt;p&gt;• Les actions du « volet eau » du programme sont négociées annuellement avec l’agence de l’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-programmes-dactions-de-sensibilisation-dans-le-cadre-des-de.html</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>165238</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Réduction des pollutions et des pressions et études préalables aux travaux (études)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ind/ind1-etudes-de-reduction-des-pollutions-et-des-pressions-et-etud.html</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>Il peut être limité par l’encadrement européen des aides publiques en tenant compte des zones d’aide à finalité régionales.</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études permettant de définir les travaux de réduction de pollution 
+(études d’acceptabilité du milieu récepteur, études diagnostics, études 
+de faisabilité et d’aide à la décision, essais-pilotes, etc.) et études 
+de définition des opérations collectives de réduction des 
+micropolluants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Industrie</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q19" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aucune aide n’est accordée dans le cadre de la création ou d’un transfert d’établissement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ind/ind1-etudes-de-reduction-des-pollutions-et-des-pressions-et-etud.html</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduction-des-pollutions-et-des-pressions-et-etudes-prealables-aux-travaux-etudes/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>165239</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de réduction des rejets à la source</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Travaux de réduction des rejets à la source</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est un taux maximum sauf éventuelle majoration de 5 points si le projet entraine une baisse de la consommation énergétique.</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux visant la réduction de la pollution au niveau du process, voire 
+avant qu’elle n’arrive sur le site/ l’usine, afin d’éviter qu’elle ne 
+soit envoyée vers la station de traitement des eaux usées : mise en 
+place de technologies “propres”, d’aménagements internes, modification 
+de formulations de produits, substitution de molécules de nettoyage, 
+etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Industrie</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux de réduction des rejets à la source sont aidés en priorité 
+et doivent précéder d’éventuels travaux de traitement des pollutions. 
+Ils sont réalisés conformément aux prescriptions des études préalables 
+et vise la compatibilité avec le bon état de la masse d’eau réceptrice 
+ou avec les usages sensibles (baignade, conchyliculture et pêche à 
+pied).  &lt;br /&gt;
+ &lt;br /&gt;
+Aucune aide n’est accordée dans le cadre d&amp;#039;une création ou d’un transfert d’établissement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ind/ind1-travaux-de-reduction-des-rejets-a-la-source.html</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-reduction-des-rejets-a-la-source/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>165199</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement de dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
+la nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur.&lt;/p&gt;
+&lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
+(épuration, limitation des transferts, …), hydrologie (effet tampon, 
+soutien d’étiage, …), atténuation des effets du dérèglement climatique 
+(ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
+pour la faune et la flore, …).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Réseaux de chaleur
+Agriculture et agroalimentaire
+Biodiversité
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
+ le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
+masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
+de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
+Pour les actions de lutte contre les pollutions diffuses, ces actions
+ sont également financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau sur les territoires suivants, identifiés comme 
+prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-sous-maitrise-douvrage-pu.html</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-sous-maitrise-douvrage-publique-ou-associations/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>140771</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Construire / réhabiliter des stations de traitement d'eau (eau potable et eaux usées)</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  NATURE DE L&amp;#039;AIDE
+  Construire ou réhabiliter les stations de traitement des eaux
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Salaires, charges salariales et frais de formation : 20% pour les SAGE et 25% pour les contrats de bassin versant. Aide plafonnée à 60.000€ de dépense éligible pour 1 animateur principal et 1 mi-temps de secrétariat et à 35.000€ pour 1 animateur &amp;#34;bassin versant&amp;#34; (en charge de l&amp;#039;appui au boisement, des problématiques d&amp;#039;érosion et de lutte contre les inondations). La subvention est limitée à 80% d&amp;#039;aides globales (y compris agences de l&amp;#039;eau et Région BN) et 2,5 ETP
-[...8 lines deleted...]
-  Frais de fonctionnement : 20% pour les SAGE et 25% pour les contrats de bassin versants des frais de fonctionnement de la cellule d&amp;#039;animation (téléphone, location de bureaux, photocopies, timbres, petit matériel...).
+  Objectifs :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
+ - Améliorer les performances des équipements existants
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Créer ou augmenter la capacité des équipements en place
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  MODALITÉS FINANCIÈRES
+  SIDEC du Jura
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Pièces à fournir relatives au financement du projet :
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  dper&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 04 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9030-construire-rehabiliter-des-stations-de-traite/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>140772</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux d'eau et d'assainissement</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Construire ou réhabiliter les réseaux &amp;#34;humides&amp;#34;
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Le plan de financement prévisionnel du projet intégrant les dépenses connexes, précisant l&amp;#039;origine et le montant des moyens financiers (apport personnel, emprunts, subventions y compris l&amp;#039;aide sollicitée) ainsi que, s&amp;#039;il y a lieu, un échéancier indicatif des dépenses prévues.
-[...5 lines deleted...]
-  Les coordonnées du payeur (RIB).
+  Objectifs :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
+ - Réhabiliter les réseaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Réaliser une extension des réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - Optimiser la gestion patrimoniale
+&lt;/p&gt;
+&lt;p&gt;
+ - Améliorer le rendement des réseaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;strong&gt;
-  PIÈCES À FOURNIR
+  SIDEC du Jura
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;ul&gt;
-[...12 lines deleted...]
-      <c r="N113" s="1" t="inlineStr">
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  dper&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 04 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fd61-realiser-des-travaux-deau-et-dassainissement/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>165267</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Infiltrer des eaux pluviales urbaines (autres travaux)</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Autres travaux visant l’infiltration des eaux pluviales urbaines</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau aide le déraccordement des eaux pluviales des réseaux 
+de collecte pour leur infiltration dans les sols au plus près de leur 
+point de chute, sur des aménagements non dédiés uniquement à l’eau. Ce 
+dispositif concerne les aménagements non majoritairement végétalisés. 
+Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
+ espaces verts creux, toiture stockante végétalisée raccordée à un 
+dispositif infiltrant, trottoir ou chaussée perméables sur structure 
+stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q24" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
+recommandations techniques de l’agence de l’eau, avec plans de 
+nivellement montrant les réseaux et la circulation des eaux pluviales 
+avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet est dimensionné pour les pluies importantes. Il est donc 
+demandé que les aménagements d’infiltration permettant de stocker au 
+minimum 35 litres d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-autres-travaux-visant-linfiltration-des-eaux-pluviales-urba.html</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-autres-travaux/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>440</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter les réseaux d'eau</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La réhabilitation des réseaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle concerne : la réhabilitation des réseaux et des ouvrages associés (postes de relèvement, ...) existants, la mise en séparatif par pose d&amp;#039;un réseau eaux usées et les collecteurs de transferts d&amp;#039;une ancienne STEU vers une autre, ainsi que les collecteurs de maillage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le conseil d&amp;#039;administration de l&amp;#039;agence de l&amp;#039;eau Seine-Normandie du 15 juin 2020 et le comité de bassin dans sa séance du 23 juin votent un plan de reprise pour soutenir l&amp;#039;investissement en augmentant ses taux d&amp;#039;aides pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les projets d&amp;#039;assainissement et de gestion des eaux de pluie, prioritaires pour la reconquête du bon état des masses d&amp;#039;eau et pour la mise en œuvre du plan baignade en Seine et en Marne,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets de sécurisation de l&amp;#039;alimentation en eau potable pour les territoires les plus exposés au risque de sécheresse,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets prioritaires de restauration de la continuité écologique des cours d&amp;#039;eau.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls sont éligibles les travaux réalisés sous la charte qualité nationale.
+Minoration de la Subvention à 20% (&amp;#43; Avance 40 %) pour agglomérations d&amp;#039;assainissement ≥ 10 000 EH en cas de non-respect du critère de zonage pluvial (Cette condition entre en vigueur au 01/01/2021).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez vos relais locaux :
+ &lt;a href="http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales"&gt;
+  http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560d-la-rehabilitation-des-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>162511</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la gestion durable des eaux pluviales - études préalables, travaux et acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>GESTION DURABLE DES EAUX PLUVIALES - ETUDES PREALABLES, TRAVAUX ET ACQUISITIONS FONCIERES</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités pour les études préalables et les travaux favorisant une gestion à la source des eaux pluviales en soutenant des projets privilégiant l’infiltration des eaux pluviales et le recours à des solutions fondées sur la nature sur les espaces publics existants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Voirie et réseaux
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études préalables à la réalisation des travaux : étude de perméabilité des sols, études topographiques, géotechniques, loi sur l’eau, missions SPS, études d’ingénierie, … .&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;aménagements de surface : noues, fossés, bassins d’infiltration, aménagements avec revêtements perméables (végétalisation, matériaux poreux, … ), espaces verts inondables, arbres de pluie, reprofilage de trottoirs et arasements de bordures, …&lt;/li&gt;&lt;li&gt;Ouvrages enterrés : tranchées drainantes, chaussées à structure réservoir, Structures Alvéolaires Ultra Légères (SAUL), …&lt;/li&gt;&lt;li&gt;Essais préalables à la réception des travaux&lt;/li&gt;&lt;li&gt;Acquisitions foncières&lt;/li&gt;&lt;li&gt;Communication et sensibilisation : expositions, documents pédagogiques, etc.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Nouveaux aménagements d’urbanisation (lotissements, zones d’activités, … ),&lt;/li&gt;&lt;li&gt;Les opérations exclusives de création de réseau d’eaux pluviales,&lt;/li&gt;&lt;li&gt;Travaux d’entretien courant,&lt;/li&gt;&lt;li&gt;Réserves incendie (autre dispositif d’aide).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le choix de travaux doit être justifié par un schéma directeur d’assainissement ou un schéma de gestion des eaux pluviales de moins de 10 ans.&lt;/li&gt;&lt;li&gt;Les opérations peuvent être également préconisées par une étude spécifique (déconnexion des eaux pluviales, potentiel de désimperméabilisation).&lt;/li&gt;&lt;li&gt;Les gains hydrauliques attendus suite à la réalisation des travaux devront être estimés.&lt;/li&gt;&lt;li&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la- conception et à la mise en oeuvre des projets.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafond des dépenses subventionnables (travaux):&lt;/strong&gt; 500 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT de l’étude ou des travaux si non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/eau-potable-etudes-prealables-travaux-et-acquisitions-foncieres/</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-gestion-durable-des-eaux-pluviales-travaux-et-acquisitions-foncieres/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>30792</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Indemniser les servitudes engagées dans les périmètres de protection rapprochés (PPR)</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Indemnisations de servitudes engagées dans les périmètres de protection rapprochés (PPR)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’aide est porté de 35 % à 50 % en cas de changement de pratiques agricoles.</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les indemnisations de servitudes engagées dans les périmètres de 
+protection rapprochés (PPR) visent à compenser les pertes économiques 
+liées aux restrictions imposées pour protéger les captages d&amp;#039;eau 
+potable. Ce dispositif réduit les impacts financiers tout en 
+garantissant la préservation de la ressource en eau, accompagné de 
+mesures comme l’acquisition foncière et les obligations réelles 
+environnementales (ORE).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q27" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Engagement par délibération de l’abandon de la tarification 
+dégressive par catégorie d’usagers, si le maître d’ouvrage est la 
+collectivité territoriale ou l’EPCI compétent.&lt;/p&gt;
+&lt;p&gt;Renseignement annuel des indicateurs réglementaires de l’observatoire
+ national des services publics d’eau et d’assainissement (SISPEA) pour 
+toutes les collectivités.&lt;/p&gt;
+&lt;p&gt;À partir du 1&lt;sup&gt;er&lt;/sup&gt; janvier 2026, seuls les travaux programmés à une échelle adaptée (établissement public de coopération intercommunale, bassin versant, syndicat, département…) seront accompagnés. Sont concernées les collectivités exerçant la compétence eau potable dont les communes.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/aep/aep1-indemnisations-de-servitudes.html</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18b0-indemnisation-de-servitudes-des-perimetres-de/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>165274</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Aider la décision, pour une gestion résiliente, sobre et concertée de la ressource en eau (études)</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision pour une gestion résiliente, sobre et concertée de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études et équipements nécessaires à 
+l’amélioration de la connaissance pour une gestion résiliente, sobre et 
+concertée de la ressource en eau. Ces études sont indispensables pour 
+mesurer les effets du dérèglement climatique et suivre les évolutions 
+prévisibles sur les milieux aquatiques en vue d’établir un état des 
+lieux partagé à partir de données locales.&lt;/p&gt;
+&lt;p&gt;L’agence accompagne les études d’aide à la décision notamment celles 
+abordant les volets sociologique, économique et financier de la gestion 
+de la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Espace public</t>
-[...7 lines deleted...]
-      <c r="R113" s="1" t="inlineStr">
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-etudes-daide-a-la-decision-pour-une-gestion-resiliente-sobr.html</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-la-decision-pour-une-gestion-resiliente-sobre-et-concertee-de-la-ressource-en-eau-etudes/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>165305</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les CLE du Sage pour l'animation et la communication</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Animation et communication de la CLE du Sage</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
+l’agence de l’eau finance la cellule d’animation de la commission locale
+ de l’eau (CLE). Son objectif est de soutenir l’élaboration, la mise en 
+œuvre ou la mise à jour (révision/modification) du Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-animation-et-communication-de-la-cle-du-sage.html</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-cle-du-sage-pour-lanimation-et-la-communication/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>165306</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études d’émergence de la gouvernance sur les territoires dépourvus de Sage</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Études d’émergence de la gouvernance sur les territoires orphelins</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les études d’émergence de la gouvernance sur 
+les territoires dépourvus de schémas d’aménagement et de gestion des 
+eaux (Sage).&lt;/p&gt;&lt;p&gt;Ces études proposées par un collectif d’acteurs locaux, sont portées par un acteur légitime et reconnu &lt;br /&gt;localement. Les objectifs et le contenu de l’étude sont précisés dans un cahier des charges validé par un &lt;br /&gt;comité de pilotage.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q30" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-demergence-de-la-gouvernance-sur-les-territoires-orp.html</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-etudes-demergence-de-la-gouvernance-sur-les-territoires-depourvus-de-sage/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>435</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une assistance Technique Départementale ou missions boues</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+  Assistance Technique Départementale ou missions boues
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- L&amp;#039;aide est conditionnée au versement d&amp;#039;une aide de l&amp;#039;Agence de l&amp;#039;eau au titre de l&amp;#039;animation de contrats de bassins versants ou à l&amp;#039;attribution de mission d&amp;#039;animation d&amp;#039;un SAGE. La subvention est attribuée dès notification à hauteur de 60% et le solde est versé sur présentation du rapport d&amp;#039;activités et des pièces justificatives. Si le bassin versant couvre plusieurs départements, l&amp;#039;aide est calculée au prorata de la surface de bassin versant dans la Manche. Le dossier est instruit de la façon suivante :
-[...39 lines deleted...]
-      <c r="X113" s="1" t="inlineStr">
+ L&amp;#039;assistance technique mise à disposition par le département dans les domaines de l&amp;#039;assainissement collectif, de la protection de la ressource en eau pour la production d&amp;#039;eau potable et de la protection des milieux aquatiques est aidée pour les collectivités éligibles. Les missions boues sont également aidées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;aide est pluriannuelle sur 3 ans.
+Subvention de 50 % &amp;#43; aide forfaitaire de fonctionnement de 8 000 €/an/ ETP.</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Formulaire de contact :
-[...5 lines deleted...]
- Téléphone : 02 33 05 97 41
+ Contactez vos relais locaux http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/13a8-assistance-technique-departementale-ou-missio/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G114" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>163879</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Gérer la ressource en eau, une approche quantitative</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K114" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable
+Prêt</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
-[...11 lines deleted...]
- &lt;br /&gt;
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette délibération présente les principes d’intervention et
+les objectifs de l’Agence en matière de gestion de la ressource en eau dans un
+contexte de changement climatique qui sont de concilier les différents usages
+humains, économiques sans oublier les milieux naturels, avec la disponibilité
+de la ressource notamment en période d’étiage.&lt;/p&gt;&lt;p&gt;Cette gestion implique une gouvernance à l’échelle des
+bassins versants afin de régir le partage de cette ressource et la mise en
+place d’actions visant à réduire la pression de prélèvement sur les milieux via
+une réduction des consommations puis par l’utilisation d’eaux non
+conventionnelles.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les objectifs du plan Eau déclinés sur le bassin Artois
+Picardie sont également rappelés à travers cette délibération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de connaissance visant à définir
+l’impact des usages actuels et futurs sur les milieux (études « hydrologie,
+milieux, usages, climat ») et les volumes disponibles ;&lt;/li&gt;&lt;li&gt;Les travaux d’instrumentation du réseau afin de
+localiser les zones déficitaires (installations d’appareils de mesure de
+sectorisation, de vannes de sectionnement, mise en place de pré localisateurs
+de fuites…) ;&lt;/li&gt;&lt;li&gt;Les frais annexes liés à la réalisation des
+travaux (acquisitions des terrains, honoraires de maîtrise d’œuvre, assistance
+à maîtrise d’ouvrage, dossiers réglementaires, frais de contrôle et de
+sécurité, frais de publicité et d’assurances…) ; &lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
-[...37 lines deleted...]
- &lt;br /&gt;
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Biodiversité
+Equipement public
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Industrie</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q32" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité et
+plus particulièrement les conditions particulières sont précisées en détail dans
+la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La gestion équilibrée de la ressource en eau&lt;/li&gt;&lt;li&gt;Les économies d’eau potable réalisées par les
+particuliers et les collectivités territoriales&lt;/li&gt;&lt;li&gt;La valorisation et l’utilisation des eaux non
+conventionnelles&lt;/li&gt;&lt;li&gt;Les actions de communication et de
+sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
-[...33 lines deleted...]
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-la-ressource-en-eau-une-approche-quantitative/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G115" s="1" t="inlineStr">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>157557</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Aider les collectivités samariennes lors d'évènements climatiques majeurs</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Fonds catastrophes naturelles</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I115" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K115" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 30</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
-[...757 lines deleted...]
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au regard de la fréquence accrue des aléas climatiques dans la Somme, un dispositif de soutien départemental aux collectivités concernées est mis en oeuvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 250.000€ sur 6 ans et le dispositif est décliné selon les modalités suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    taux de subvention : 30% du coût hors taxes des dépenses éligibles, déduction faite le cas échéant des indemnités d&amp;#039;assurance
   &lt;/li&gt;
   &lt;li&gt;
    aide financière plafonnée à 80.000€ par dossier
   &lt;/li&gt;
   &lt;li&gt;
    participation minimale du maître d&amp;#039;ouvrage : 20% du coût de l&amp;#039;opération
   &lt;/li&gt;
   &lt;li&gt;
    aide départementale cumulable avec d&amp;#039;autres financements publics
   &lt;/li&gt;
   &lt;li&gt;
    prise en compte des dépenses à compter de la date de survenue des dommages.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    réparation des voiries,
   &lt;/li&gt;
   &lt;li&gt;
    espaces publics et ouvrages endommagés (études et travaux d&amp;#039;investissement).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Voirie et réseaux
 Risques naturels
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P119" s="1" t="inlineStr">
+      <c r="P33" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q119" s="1" t="inlineStr">
+      <c r="Q33" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors, de vote du budget primitif 2023, l&amp;#039;assemblée départementale a pérennisé et élargi l&amp;#039;accès à ce dispositif à tous les évènements climatiques exceptionnels sans que l&amp;#039;état de catastrophe naturelle ne soit nécessairement reconnu. Les bénéficiaires sont donc les communes de la Somme (et leurs groupements) dont l&amp;#039;état de catastrophe naturelle a été reconnu par arrêté ministériel
  &lt;strong&gt;
   ou attestant du caractère exceptionnel d&amp;#039;un évènement climatique.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-catastrophes-naturelles/</t>
         </is>
       </c>
-      <c r="W119" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/be56-soutenir-les-collectivites-samariennes-lors-d/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>152459</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>GESTION INTEGRÉE DES EAUX PLUVIALES ET DISPOSITIFS DE LUTTE CONTRE LES INONDATIONS ET LE RUISSELLEMENT</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 57</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+ 15 %)</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales et qui visent à limiter et retarder l&amp;#039;écoulement des eaux pluviales notamment dans les réseaux de collecte, tout en favorisant l&amp;#039;épuration naturelle, la recharge des nappes et la création de nouvelles trames vertes lorsque cela est possible.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux et solutions éligibles devront viser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  retarder les écoulements de manière à limiter les débits et les débordements de réseau, et donc les inondations urbaines et de contenir les crues ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  infiltrer les eaux pluviales au plus près de leur point de chute, ce qui permet de soulager les réseaux de collecte et d&amp;#039;éviter la concentration des flux de pollution. La faible quantité de polluants des eaux avant ruissellement peut alors souvent être épurée par le sol lors de l&amp;#039;infiltration. Ce principe participe aussi à la recharge des nappes phréatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  récupérer l&amp;#039;eau pour des usages qui ne nécessitent pas d&amp;#039;utiliser de l&amp;#039;eau potable (arrosage, nettoyage...), ce qui conduit alors à des économies d&amp;#039;eau.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Désimperméabilisation des trottoirs rue des Sources (VC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement des berges du Ru d&amp;#039;Orval à Cannectancourt
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection contre les coulées de boue à la rue d&amp;#039;Annel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement hydraulique des eaux pluviales dans la rue du Val (RD 607)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études relatives à la gestion des eaux pluviales et aux coulées de boue
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de maîtrise des ruissellements à l&amp;#039;échelle des sous-bassins-versant de Pontpoint
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de la berge du Ru Soyer à Passel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un parking végétalisé à Villers-sous-Saint-Leu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espace public
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Dépenses éligibles
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Taux de financement
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Observations
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       GESTION INTEGRÉE DES EAUX PLUVIALES
+      &lt;/strong&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Diagnostics, études hydrauliques, études de faisabilité préalables aux travaux
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;br /&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Les techniques de surface :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - Jardins de pluie, arbres de pluie
+      &lt;br /&gt;
+      - Échelles d&amp;#039;eau
+      &lt;br /&gt;
+      - Toiture stockante
+      &lt;br /&gt;
+      - Parkings végétalisés ou en enrobés poreux
+      &lt;br /&gt;
+      -Trottoir en dalle perméable
+      &lt;br /&gt;
+      - Revêtements perméables (cours végétalisées, dalles, pavés poreux, béton poreux, résine de béton poreux, etc.)
+      &lt;br /&gt;
+      - Noues infiltrantes et fossés éventuellement accompagnés d&amp;#039;un arasement de bordures
+      &lt;br /&gt;
+      - Espaces temporairement inondables (espaces publics inondables, terrains de sports inondables, digues aménageant une prairie inondable, mares tampons à vocation hydraulique...)
+      &lt;br /&gt;
+      - Bassins de rétention, plan d&amp;#039;eau ou cuve de récupération d&amp;#039;eau de pluie
+      &lt;br /&gt;
+      - Potagers participatifs alimentés par les eaux de pluie
+      &lt;br /&gt;
+      - Système visant à la réutilisation des eaux pluviales et des eaux grises
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 15 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 500 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      - Toitures végétalisées
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50 %
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 100 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Les techniques enterrées :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      -Tranchées drainantes et tranchées / caniveaux d&amp;#039;infiltration
+      &lt;br /&gt;
+      - Chaussées à structure réservoir
+      &lt;br /&gt;
+      - SAUL : Structures Alvéolaires Ultra-Légères ou bassins enterrés
+      &lt;br /&gt;
+      - Puits d&amp;#039;infiltration
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 15 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à 700 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux d&amp;#039;entretien.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1921-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>164304</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les pollutions des activités industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réduction des pollutions industrielles et artisanales est un objectif essentiel de l’agence de l’eau Adour-Garonne pour préserver la qualité de l&amp;#039;eau. &lt;/p&gt;&lt;p&gt;Pour répondre à cet enjeu, les aides proposées par l’Agence soutiennent des actions permettant de garantir un bon état écologique de l’eau. Elles prennent également en compte les impacts du changement climatique et l’émergence de nouvelles pollutions. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;Agence finance des opérations visant à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réduire/supprimer les pollutions à la source ; &lt;/li&gt;&lt;li&gt;Traiter les effluents ; &lt;/li&gt;&lt;li&gt;Maîtriser les risques de pollutions accidentelles et rejets 
+pluviaux ; &lt;/li&gt;&lt;li&gt;Développer les partenariats ; &lt;/li&gt;&lt;li&gt;Encourager les démarches de développement durable&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Artisanat
+Industrie
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q35" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(à  titre d’exemple : entreprise, collectivité, association, 
+syndicat) exerçant une activité économique à caractère 
+industriel, commercial et artisanal ou en lien avec de telles 
+activités (hors secteur agricole et élevage (ou assimilé) traité 
+dans la politique de lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; s’inscrire dans un programme global de dépollution 
+comprenant une réflexion en termes d’économie d’eau 
+à l’échelle de l’établissement en identifiant les actions 
+réalisables et les réductions déjà effectives en intégrant 
+la trajectoire prospective d’adaptation au changement 
+climatique, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; être portés par une structure créée depuis plus de 2 ans 
+(sauf s’il y a continuité d’activité), &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; aboutir à une réduction de la pression du rejet sur la masse 
+d’eau et vérifier que le rejet projeté est compatible avec 
+l’objectif d’état de la masse d’eau réceptrice ou avec les 
+usages sensibles, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; pour les établissements générant des pollutions ponctuelles 
+(rejet au milieu naturel), &lt;/span&gt;s’inscrire dans un projet individuel 
+visant à respecter ou à aller au-delà de la réglementation 
+ou s’intégrer dans une opération collective partenariale, &lt;/li&gt;&lt;li&gt; pour les opérations concernant le traitement des micropolluants, les études pilotes et leurs résultats permettant 
+d’évaluer les filières de traitement doivent être validés par 
+un tiers expert indépendant et les traitements doivent être 
+issus d’études pilotes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/Fiche%20th%C3%A9matique_Industries_R%C3%A9duction%20des%20pollutions.pdf</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 - franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 - marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-1/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>163875</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Lutte les pressions d'origine agricole</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
+masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
+gérer les crues et préserver la biodiversité, dans un contexte de changement
+climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
+agroécologique et privilégie les pratiques ou les changements à l’échelle du
+système d’exploitation, tels que l’agriculture biologique, l’agriculture de
+conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
+l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
+spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
+particulièrement dans les aires d’alimentation des captages prioritaires où
+l’agence privilégie les projets de territoires portés par les collectivités et
+soutient des actions concourant à réduire ou maitriser les pressions à un
+niveau compatible avec l’état de la ressource en eau et les enjeux de santé
+publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
+en zones humides qui poursuit un objectif de maintien des surfaces et à
+démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
+sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
+climatique pour lesquelles il est visé une stabilisation des prélèvements à des
+fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
+réserve utile du sol, la résistance des plantes et la réduction de la
+consommation d’eau ; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
+pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
+favoriser le retour au sol agricole des matières organiques en créant les
+conditions de la confiance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
+changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
+filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
+micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
+ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
+(CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Sols
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau peut apporter
+une participation financière aux personnes morales de droit public ou privé
+réalisant des opérations visant à lutter contre les pressions d’origine
+agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
+principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
+la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
+zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
+large. Il est tenu compte de la délibération d’intervention portant sur les
+zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
+particulier les aires d’alimentation des captages prioritaires définis dans le
+SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
+l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
+» ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
+quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
+programme global de lutte contre l’érosion des sols reconnu par l’Agence de
+l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
+conservation des sols, programme global d’aménagements hydrauliques issu d’une
+étude préalable) sont également des territoires à enjeux pour l’Agence de
+l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
+précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
+la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
+transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
+leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
+l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
+agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>144998</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Assiter les collectivités en ingénierie technique et administrative</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Assistance à maîtrise d'ouvrage et à maîtrise d'oeuvre</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre Ingénierie</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nièvre Ingénierie propose aux collectivités de la Nièvre une assistance dans la définition de leur projet dans les domaines de l&amp;#039;eau potable, de l&amp;#039;assainissement et de l&amp;#039;aménagement d&amp;#039;espaces extérieurs (voirie particulièrement). Ses agents ont également les compétences techniques et administratives pour effectuer de la maîtrise d&amp;#039;oeuvre. Dans ce cas, Nièvre Ingénierie accompagne la collectivité de la définition du projet à la réception des travaux, en passant par la rédaction des pièces du marché public et le suivi des travaux.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  remplacement de canalisations fuyardes
+ &lt;/li&gt;
+ &lt;li&gt;
+  réhabilitation/création de réservoirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement de réseau d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  renouvellement de Délégation de Service Public
+ &lt;/li&gt;
+ &lt;li&gt;
+  entretien de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de sécurisation routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  réhabilitation de place (centre-bourg)
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcement de routes forestières
+ &lt;/li&gt;
+ &lt;li&gt;
+  agrandissement de cimetières
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il est nécessaire d&amp;#039;adhérer à Nièvre Ingénierie. Cette adhésion est calculée en fonction du nombre d&amp;#039;habitants et de la compétence choisie. Elle permet également aux adhérents de choisir Nièvre Ingénierie sans procédures de mise en concurrence. Les prestations sont ensuite rémunérées selon les tarifs en vigueur. Toutes les collectivités, EPCO, syndicats peuvent devenir adhérent de Nièvre Ingénierie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.nievreingenierie.com/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Directeur: Richard DOUCET -  richard.doucet&amp;#64;nievre.fr - 03 86 61 87 47
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétariat: Christine LAVOLLEE - christine.lavollee&amp;#64;nievre.fr - 03 58 57 05 32
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>richard.doucet@nievre.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/367b-assiter-les-collectivites-en-ingenierie-techn/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>165198</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement de dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
+la nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur.&lt;/p&gt;
+&lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
+(épuration, limitation des transferts, …), hydrologie (effet tampon, 
+soutien d’étiage, …), atténuation des effets du dérèglement climatique 
+(ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
+pour la faune et la flore, …).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P38" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q38" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
+ le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
+masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
+de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
+Pour les actions de lutte contre les pollutions diffuses, ces actions
+ sont également financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau sur les territoires suivants, identifiés comme 
+prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-dans-le-cadre-du-disposit.html</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-dans-le-cadre-du-dispositif-investissements-agroenvironnementaux-non-productifs-du-plan-strategique-national-psn/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>164753</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Développer la gestion intégrée des eaux pluviales dans le domaine industriel</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Min : 60 Max : 80</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence encourage l’infiltration de l’eau dans le sol et la gestion durable des eaux pluviales. Elle soutient le développement de la gestion intégrée des eaux pluviales en particulier avec des solutions fondées sur la nature (SFN) et en favorisant la désimperméabilisation des sols. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations favorisant l’infiltration et la gestion des eaux pluviales &lt;/p&gt;&lt;p&gt;Projets permettant d&amp;#039;accroître la désimperméabilisation des sols&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Artisanat
+Industrie
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q39" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+(entreprise, collectivité, association, syndicat, …) exerçant 
+une activité économique à caractère industriel, commercial 
+et artisanal ou en lien avec de telles activités (hors secteur 
+agricole et élevage (ou assimilé) traité dans la politique de 
+lutte contre les pollutions agricoles). &lt;/p&gt;&lt;p&gt;Les projets devront notamment : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être portés par une structure créée depuis plus de 2 ans 
+(sauf s’il y a continuité d’activité) &lt;/li&gt;&lt;li&gt;pour les études préalables aux travaux, prendre en compte 
+l’impact du changement climatique &lt;/li&gt;&lt;li&gt;mettre en jeu des surfaces supérieures ou égales à 700 m2
+de bâtiments ou zones artisanales déjà existantes et utiliser majoritairement des solutions fondées sur la nature sur 
+plus de 50 % des surfaces ou des volumes concernés&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/53-24-Re%CC%81duction%20pollutions%20industries_0.pdf"&gt;53-24-Réduction pollutions industries_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Industries_GIEP.pdf</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-lefficience-la-sobriete-et-les-economies-deau-en-agriculture/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>165344</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir des risques d'inondation et gérer les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques d'inondation et gestion des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;apporter une animation technique aux collectivités maîtres d&amp;#039;ouvrage sur la prise en compte et la gestion des risques d&amp;#039;inondation par débordement et ruissellement, la restauration des milieux aquatiques et de la continuité écologique et l&amp;#039;accompagnement à l&amp;#039;élaboration des PICS.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation de prédiagnostic du risque d&amp;#039;inondation par ruissellement ou débordement sur les territoires communaux&lt;/li&gt;&lt;li&gt;Facilitation de l&amp;#039;émergence des études de bassin versant et accompagnement technique des maîtres d&amp;#039;ouvrage pour la réalisation de ces études (établissement du cahier des charges, aides aux démarches administratives, juridiques, financières, suivi des études et participation aux choix des travaux à entreprendre)&lt;/li&gt;&lt;li&gt;Accompagnement administratif des Communes dans les actions d’identification et de préservation des milieux humides afin de préserver les zones naturelles d’expansion des crues&lt;/li&gt;&lt;li&gt;Assistance aux collectivités pour la réalisation d&amp;#039;opération d&amp;#039;investissement de rétablissement de la continuité écologique et de renaturation des cours d&amp;#039;eau : aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, aide à la rédaction de marché, aide au choix du prestataire)&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration de PICS : mise en relation avec les acteurs compétents, accompagnement au lancement de la démarche, proposition d&amp;#039;une méthodologie, suivi du projet et relecture des documents.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Appui méthodologique
+Animation et mise en réseau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie, Directrice ID77&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-des-risques-dinondation-et-gerer-les-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>165270</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Animer et communiquer pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Actions d’animation et communication pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les opérations collectives visant à 
+encourager les pratiques économes en eau, à travers des campagnes 
+d&amp;#039;information, des événements de sensibilisation ou des ateliers. 
+L&amp;#039;objectif est de diffuser des messages clés sur l&amp;#039;importance de la 
+sobriété hydrique et de favoriser l&amp;#039;adoption de comportements 
+responsables au sein des collectivités, des entreprises et auprès des 
+particuliers, afin de mieux gérer la ressource.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions d’animation et de communication réalisées dans le cadre 
+d’une opération collective sont éligibles sous réserve qu’elles 
+résultent d’une étude préalable mettant en évidence les enjeux 
+environnementaux, quantifiant les réductions des besoins en eau et/ou 
+prélèvements et justifiant le périmètre de l’intervention envisagée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua1-actions-danimation-et-communication-pour-la-reduction-des-b.html</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/animer-et-communiquer-pour-la-reduction-des-besoins-en-eau-et-des-prelevements-dans-le-cadre-doperations-collectives/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>165173</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les agriculteurs (collectif et/ou individuel)</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement collectif et individuel des agriculteurs</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objet de ce dispositif est de favoriser la mobilisation des 
+agriculteurs vers des changements de pratiques et de systèmes efficaces 
+et durables, par l’accompagnement collectif et/ou individuel (diagnostic
+ d’exploitation et conseil individuel).&lt;/p&gt;
+&lt;p&gt;Ce dispositif d’aide permet également de soutenir, en cohérence avec 
+le plan Ecophyto, des programmes d’actions collectifs de réduction de 
+l’usage, des risques et de l’impact des produits phytosanitaires en 
+favorisant des changements de pratiques efficaces et durables. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’accompagnement collectif et individuel des agriculteurs est aidé 
+dans le cadre des accords de territoire, exclusivement sur les 
+territoires identifiés comme prioritaires par le Sdage en vigueur. La 
+liste de ces territoires est détaillée dans la fiche action.&lt;/p&gt;
+&lt;p&gt;Les évolutions accompagnées sont cohérentes avec les enjeux 
+identifiés sur le territoire déclinés dans la stratégie agricole de la 
+démarche territoriale de l’agence de l’eau.&lt;/p&gt;
+&lt;p&gt;Dans le cadre d’Ecophyto, le financement des programmes d’actions est
+ prioritaire dans l’utilisation de l’enveloppe régionale Ecophyto par la
+ gouvernance régionale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr1-accompagnement-collectif-et-individuel-des-agriculteurs.html</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-agriculteurs-collectif-et-ou-individuel/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>164760</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer le lien entre les politiques de l’eau et de l’aménagement du territoire</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Eau et urbanisme</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets d’urbanisme de planification ou opérationnels 
+devront prendre en compte les effets du changement climatique, en particulier ceux portant sur la gestion quantitative 
+de la ressource en eau, dans un objectif de sobriété des 
+usages.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/eau-urbanisme"&gt;Eau et urbanisme | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau finance par exemple  : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;les partenariats avec un acteur de l&amp;#039;urbanisme, &lt;/li&gt;&lt;li&gt;la sensibilsation et la communication, &lt;/li&gt;&lt;li&gt;les études Volet Eau SCOT/PLUi&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espace public
+Paysage</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q43" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires pour les opérations relevant des missions 
+« Eau et Urbanisme » portées par des acteurs de l’urbanisme 
+(hors étude diagnostic SCoT/PLUi) : Agence d’urbanisme, 
+Conseil d’architecture d’urbanisme et de l’environnement 
+(CAUE), Association de professionnels de l’urbanisme, 
+Conseil départemental.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/60-24-Gestion%20territoriale_0_0_0.pdf"&gt;60-24-Gestion territoriale_0_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Eau%20et%20urbanisme.pdf</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-apports-de-macrodechets-dans-les-milieux-dans-le-domaine-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>164934</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Former les citoyens de demain à une gestion durable et concertée de l’eau</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 75 Max : 85</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Interventions pédagogiques en milieu scolaire, périscolaire et extrascolaire visant la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://eaureunion.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/former-les-citoyens-de-demain-a-une-gestion-durable-et-concertee-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>165268</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Infiltrer des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Travaux visant l’infiltration des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide les travaux de déraccordement 
+des eaux pluviales des réseaux de collecte pour leur infiltration dans 
+les sols au plus près de leur point de chute, sur des aménagements non 
+dédiés uniquement à l’eau. Ce dispositif concerne les projets ou l’eau 
+pluviale est géré majoritairement sur des aménagements végétalisés. 
+Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
+ espaces verts creux, toiture stockante végétalisée raccordée à un 
+dispositif infiltrant, trottoir ou chaussée perméables sur structure 
+stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;
+&lt;p&gt;Les solutions en pleine terre végétalisées, plus durables et sources 
+de co-bénéfices (reconquête de la biodiversité, lutte contre les îlots 
+de chaleur, qualité de vie…) seront privilégiées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P45" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q45" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
+recommandations techniques de l’agence de l’eau, avec plans de 
+nivellement montrant les réseaux et la circulation des eaux pluviales 
+avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet doit être dimensionné pour les pluies importantes. Il est 
+donc demandé que les aménagements d’infiltration permettant de stocker 
+temporairement, le temps de leur infiltration, au minimum 35 litres 
+d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-travaux-visant-linfiltration-des-eaux-pluviales-urbaines-da.html</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-majoritairement-dans-des-amenagements-de-pleine-terre/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>165269</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les études d’aide à la décision pour infiltrer les eaux pluviales</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Études d’aide à la décision pour infiltrer les eaux pluviales</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I46" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 60</t>
+        </is>
+      </c>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>Majoration de 10 % en zone France ruralités revitalisation (FRR).</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;À travers des études d’aide à la décision, l&amp;#039;agence accompagne les 
+collectivités dans le choix et la conception d&amp;#039;aménagements adaptés, 
+tels que des espaces verts végétalisés ou des infrastructures 
+perméables, permettant une infiltration efficace des eaux pluviales. 
+L&amp;#039;objectif de ce dispositif est de favoriser des solutions durables qui 
+non seulement améliorent la gestion des eaux pluviales, mais contribuent
+ également à la reconquête de la biodiversité et l’adaptation au 
+changement climatique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P46" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q46" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’étude vise l’infiltration d’eaux pluviales actuellement captées par
+ un réseau. L’étude sera réalisée par un prestataire externe.&lt;/p&gt;
+&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
+recommandations techniques de l’agence de l’eau, avec plans de 
+nivellement montrant les réseaux et la circulation des eaux pluviales 
+avant et après travaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviale.html</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-pour-les-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviales/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>27139</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les effluents non domestiques</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / cf. https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/li&gt;&lt;li&gt;Développer la solidarité vers les communes rurales&lt;/li&gt;&lt;li&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/li&gt;&lt;li&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/li&gt;&lt;li&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action de Recherche de 
+Substances 
+Dangereuses pour 
+l&amp;#039;Environnement (RSDE) 
+en station de 
+traitement&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Études préalables à une 
+opération groupée 
+(activités 
+économiques) : l’étude 
+préalable doit 
+permettre de définir s’il 
+y a des enjeux justifiant 
+la mise en place d’une 
+opération collective&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Station de traitement 
+mixte&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q47" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Diagnostic amont 
+règlementaire, 
+campagnes de mesures 
+sur les réseaux
+&lt;/p&gt;&lt;p&gt;Dans la limite des 
+objectifs de réduction 
+des substances&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Traitement des effluents 
+provenant d&amp;#039;une activité 
+artisanale, industrielle, 
+commerciale ou de 
+services non pris en 
+compte dans la pollution 
+domestique produite par 
+la population non 
+permanente&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : agence&amp;#64;eau-rhin-meuse.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf8f-aide-assainissement-et-gestion-du-temps-de-pl/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>164337</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Déraccordement des eaux pluviales et gestion à la parcelle</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Forfait de 1 000€/branchement</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations de 
+déraccordement des 
+eaux pluviales et de 
+gestion à la parcelle&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q48" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en conformité 
+groupée de branchements 
+privatifs existants sous 
+maîtrise d’ouvrage publique&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-dispositif-cours-decole-bulle-nature/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>164338</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - Économie d'eau</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place 
+d’installation de 
+récupérateur et de 
+réutilisation d’eau 
+pluviale&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q49" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dans le cadre d’un projet 
+ponctuel avec approche 
+multifonctionnelle (Gestion 
+Intégrée des Eaux Pluviales 
+&amp;#43; sobriété en eau, …)&lt;/li&gt;&lt;li&gt;Travaux groupés réalisés 
+sous maîtrise d’ouvrage 
+publique permettant de 
+déraccorder des eaux 
+pluviales du réseau &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-deraccordement-des-eaux-pluviales-et-gestion-a-la-parcelle/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>164340</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes de maitrise d'oeuvre</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le montant d’assiette de dépenses retenu pour les études préalables à la phase 
+avant-projet, les études nécessaires ou annexes au suivi et à la réception des 
+ouvrages, est limité au maximum à 6 % du coût prévisionnel hors taxe des travaux 
+retenus estimé pour le projet. Le montant retenu au titre de ces prestations est 
+intégré au montant retenu de l’opération de travaux correspondante, dans la 
+limite du montant plafond éventuellement appliqué à cette opération. Ces 
+prestations sont aidées sous la forme d’une subvention, au même taux que celui 
+qui sera appliqué aux travaux concernés.
+Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses 
+sont repris dans les modalités techniques de déploiement des aides des politiques 
+d’intervention en vigueur du programme.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-prestations-intellectuelles-ou-dinteret-general/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>165197</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études pour la gestion et la restauration des champs d'expansion de crues</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Études pour la gestion et la restauration des champs d'expansion de crues</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
+la nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur.&lt;/p&gt;
+&lt;p&gt;L’aménagement du bassin versant passe également par la préservation 
+et la restauration des zones d’expansion de crues qui représentent une 
+solution naturelle et efficace pour diminuer et réguler l’impact des 
+inondations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études pour la gestion et la restauration des champs d’expansion de 
+crues sont financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau, sur les masses d’eau en risque de non atteinte du bon
+ état et/ou sur les têtes de bassins versants identifiés par les Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-la-gestion-et-la-restauration-des-champs-dexpans.html</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-pour-la-gestion-et-la-restauration-des-champs-dexpansion-de-crues/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>27637</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Mener des missions d'animation</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif des aides à l'animation</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / forfait</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mener des missions d&amp;#039;animation territoriale portées par les maitres d&amp;#039;ouvrages locaux&lt;/li&gt;&lt;li&gt;Mener des missions d&amp;#039;animation sectorielle ou territoriale portées par les structures professionnelles, associatives ou institutionnelles&lt;/li&gt;&lt;li&gt;Mener des missions d&amp;#039;assistance technique et d&amp;#039;expertise portées par des conseils départementaux et des organismes indépendants des producteurs de boues ou d&amp;#039;autres partenaires&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les missions d’animation correspondant :
+&lt;br /&gt;• À l’animation des Schémas d’Aménagement et de Gestion des Eaux (SAGE) et des contrats territoriaux, 
+de leur émergence à leur mise en œuvre opérationnelle ;
+&lt;br /&gt;• Aux actions visant à faire émerger et réaliser des programmes d’actions/travaux ;
+&lt;br /&gt;• Aux actions de conseil et d’accompagnement technique et/ou administratif collectifs des acteurs 
+locaux à mobiliser pour impulser et accompagner le changement de pratiques y compris au travers de 
+l’innovation ;
+&lt;br /&gt;• Aux actions de développement de réseaux professionnels et d’animation d’un travail en réseau pour 
+développer des partenariats avec les acteurs locaux pour favoriser la cohérence et l’efficacité des 
+politiques et pour interpeller les politiques connexes (aménagement du territoire, urbanisme, 
+agriculture, santé, …) par les objectifs et ambitions des politiques de gestion de l’eau et de transition 
+écologique ;
+&lt;br /&gt;• Aux actions de structuration et coordination de filières économiques, d’économie circulaire, 
+d’opérations collectives ou groupées favorisant la pérennité de la reconquête des milieux aquatiques ;
+&lt;br /&gt;• Aux actions de communication, d’éducation et de sensibilisation du public ;
+&lt;br /&gt;• Aux actions visant à accompagner la montée en compétence ou structuration de la maîtrise d’ouvrage 
+et à la doter de moyens techniques et administratifs pour initier et assurer la conduite des projets, une 
+dynamique dans un territoire ou la qualité des performances des services public d’eau et 
+d’assainissement ;
+&lt;br /&gt;• À la mise en œuvre de l’assistance technique aux communes ou établissements publics de coopération 
+intercommunale (telle que prévue par l’article L.3232-1-1 du code général des collectivités territoriales (SATE et SATESE) et autres accords cadre ou locaux, …) ;
+&lt;br /&gt;• Au suivi et à l’expertise de la valorisation agricole des sous-produits issus de l’épuration, en vue de 
+garantir la qualité et la sécurité de la filière.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le site de l&amp;#039;Agence de l&amp;#039;eau Rhin-Meuse pour obtenir des informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_animation.pdf?Archive=263793508197&amp;File=fiche%5Fanimation%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : agence&amp;#64;eau-rhin-meuse.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7b6-aide-animation/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>165200</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des bassins versants (études)</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Études pour l'aménagement de bassins versants</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur la 
+nature visant à protéger, gérer de manière durable et restaurer des 
+écosystèmes. L’aménagement des bassins versants est à déployer en tant 
+qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
+présentant des bénéfices pour le territoire quelle que soit la situation
+ dans le futur. L’aménagement des bassins répond à la fois aux enjeux de
+ qualité (épuration, limitation des transferts, …), hydrologie (effet 
+tampon, soutien d’étiage, …), atténuation des effets du dérèglement 
+climatique (ombrage, effet brise vent, ...), biodiversité (préservation 
+d’habitat pour la faune et la flore, …).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Réseaux de chaleur
+Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
+ le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
+masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
+de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
+Pour les actions de lutte contre les pollutions diffuses, ces actions
+ sont également financées dans le cadre d’une démarche territoriale de 
+l’agence de l’eau sur les territoires suivants, identifiés comme 
+prioritaires par le Sdage en vigueu. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-lamenagement-de-bassins-versant.html</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-bassins-versants-etudes/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>94919</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'aménagements hydrauliques multifonctions</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Eau et territoire, aménagement hydraulique multifonctions</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>plafond : 500 000€ par projet (toutes phases confondues)</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide &amp;#34;Eau et territoire, aménagement hydraulique multifonctions&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et leurs groupements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de porteur privé ou associatif, un partenariat avec une collectivité territoriale est nécessaire pour confirmer l&amp;#039;intérêt du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux maxi : 40 % des montants HT ou TTC si non éligible au FCTVA
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond d&amp;#039;aide : 500 000 € par projet (toutes phases confondues)
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nature des projets:
+&lt;/p&gt;
+&lt;p&gt;
+ Projets globaux d&amp;#039;aménagement intégrant :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des travaux de renaturation en lit mineur du cours d&amp;#039;eau: réouverture, démantèlement d&amp;#039;ouvrages sans usage, restauration de la continuité écologique (passe à poissons), restauration de cours d&amp;#039;eau en traversée d&amp;#039;agglomération, renaturation de berges artificialisées ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et au moins un des postes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Equipements d&amp;#039;activités sportives et récréatives (rivières d&amp;#039;eaux vives urbaines, parcours canoé kayak, site de baignade...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equipements touristiques (piste cyclable, chemin de randonnée, signalisation, parcours de randonnée nautique, embarcadère/débarcadère, ponton de pêche accessible handicapés...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion intégrée des eaux pluviales en lien avec un projet de restauration des milieux aquatiques ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Equipements pédagogiques (signalétique, pontons, plantations pédagogiques, supports d&amp;#039;initiation à l&amp;#039;environnement des écoles et CINE/CPIE voisins) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installation de turbines hydroélectriques ichtyocompatibles adaptées aux basses chutes (vis hydrodynamiques, VLH, ...) ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation des maçonneries, vannages, automatisation et fiabilisation des ouvrages de protection contre les crues, sécurisation de l&amp;#039;irrigation, soutien d&amp;#039;étiage, ...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets consistant en un maintien d&amp;#039;ouvrage devront intégrer des dispositifs restaurant à minima une continuité piscicole adaptée au contexte et si possible sédimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;effacement des ouvrages sera privilégié dès lors que cette solution est possible.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun nouvel obstacle à la franchissabilité ne devra être créé ou rehaussé. Une attention particulière sera portée aux projets innovants, exemplaires, notamment en termes d&amp;#039;adaptation au changement climatique (désimperméabilisation, éducation, ...).
+&lt;/p&gt;
+&lt;h4&gt;
+ Dépenses éligibles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Coûts d&amp;#039;investissement liés aux aménagements et infrastructures précédemment décrits.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;études préalables à l&amp;#039;engagement des travaux (faisabilité, avant projet, projet, dossier réglementaire) sont éligibles au même taux.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour certaines collectivités, ces dépenses peuvent figurer dans les dépenses de fonctionnement (aménagement/arasement d&amp;#039;ouvrages hydrauliques).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les dépenses TTC seront prises en compte dès lors que le porteur fournit une attestation de non récupération de la TVA.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Biodiversité
+Equipement public
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2019</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/eau-territoire-amenagement-hydraulique/</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0317/depot/simple</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ Région Grand Est
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président
+&lt;/p&gt;
+&lt;p&gt;
+ (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA) 1, Place Adrien Zeller – BP 91006 –
+ 67070 STRASBOURG CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;une lettre de demande officielle, ou lettre
+ d&amp;#039;intention, adressée au Président de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94a4-eau-et-territoire-amenagement-hydraulique-mul/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>165283</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et partager les connaissances en recherche et développement, innovation, expérimentation</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et développement, innovation, expérimentation</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance la recherche et développement 
+(R&amp;amp;D) orientée vers l’atteinte des objectifs du Sdage. L’innovation 
+et la R&amp;amp;D sont soutenues lorsque leur finalité est opérationnelle, 
+et liée à des spécificités thématiques ou géographiques propres à un ou 
+plusieurs bassins-versants du bassin Loire-Bretagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-recherche-et-developpement-innovation-experimentation.html</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-et-partager-les-connaissances-en-recherche-et-developpement-innovation-experimentation/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>28158</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de gestion du temps de pluie</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Cf.https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/li&gt;&lt;li&gt;Développer la solidarité vers les communes rurales&lt;/li&gt;&lt;li&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/li&gt;&lt;li&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/li&gt;&lt;li&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’aides pour le déraccordement des surfaces actives raccordées aux systèmes d’assainissement 
+ou réseaux pluviaux sont décrites dans la fiche thématique « eau et nature en ville et village ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations de 
+déraccordement des 
+eaux pluviales du 
+système 
+d’assainissement 
+ponctuelles ou 
+opérations réalisées sur 
+l&amp;#039;ensemble d&amp;#039;un bassin 
+versant, d&amp;#039;une 
+opération d&amp;#039;ampleur ou 
+d&amp;#039;une collectivité, dans 
+le cadre d’une 
+démarche globale et 
+d’un plan d’actions de 
+gestion du temps de 
+pluie&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Opérations de 
+déraccordement des 
+surfaces actives 
+raccordées au système 
+d’assainissement, en 
+domaine public ou 
+privé&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : agence&amp;#64;eau-rhin-meuse.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a0d-aide-assainissement-et-gestion-du-temps-de-pl/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>164298</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études en matière de connaissance générale - études d'intérêt général</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
+priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
+aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
+logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
+communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
+général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
+par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
+&lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
+adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-acquisition-de-donnees-1/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>164341</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Travaux</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J58" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier de 35€</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des dépenses de personnel, l’assiette de travaux réalisés par les moyens propres du bénéficiaire est 
+déterminée selon les modalités de la délibération relative aux dispositions communes applicables aux aides du 
+12e Programme. &lt;/p&gt;&lt;p&gt;Ces dépenses sont intégrées à l’assiette par vérification d’un montant plafond maximum de 315 € par jour de 
+dépenses justifiées selon les modalités de la délibération relative aux dispositions communes applicables aux 
+aides du 12e Programme à laquelle s’applique le taux d’aide de référence correspondant à l’étude concernée. À l ’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour prise en compte des dépenses 
+d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; S’agissant des dépenses relatives aux fournitures et autres amortissements de matériels nécessaires à la 
+réalisation des travaux, ils sont justifiés par la production de factures pour les achats externes dédiés au 
+projet dans les conditions prévues au sein des dispositions communes applicables aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
+techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
+dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
+modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
+peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q58" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-de-maitrise-doeuvre/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>165263</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place une structuration de la gestion de l’eau (missions d’appui)</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’appui à la mise en place d’une structuration de la gestion de l’eau</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Une majoration est possible dans le cadre de la solidarité urbain rural et d’un programme d’actions conclu dans le cadre d’un accord de territoire.</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
+intercommunale à structurer leurs compétences au-delà des obligations 
+réglementaires. La structuration doit permettre aux collectivités d’être
+ opérationnelles, de porter des programmes d’actions ambitieux sur le 
+petit et le grand cycles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P60" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q60" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-missions-dappui-a-la-mise-en-place-dune-structuration-de-la.html</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-une-structuration-de-la-gestion-de-leau-missions-dappui/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>165276</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau encourage et accompagne la structuration des 
+organismes uniques de gestion collective des prélèvements en eau pour 
+l’irrigation (OUGC) sur tout le bassin Loire-Bretagne. Cette gestion 
+collective est essentielle pour gérer l’ensemble des prélèvements pour 
+l’irrigation à l’échelle d’unités de gestion cohérentes avec une 
+autorisation unique de prélèvement pour l’irrigation (AUP).&lt;/p&gt;
+&lt;p&gt;Elle devient indispensable dans les Projets de territoires pour la 
+gestion de l’eau (PTGE), en vue d’une gestion durable du volume 
+prélevable alloué à l’agriculture pour un territoire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-mise-en-place-de-nouvel-organisme-unique-de-gestion-collect.html</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-de-nouvel-organisme-unique-de-gestion-collective-des-prelevements-en-eau-pour-lirrigation-ougc/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>381</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un prêt secteur public - PSP</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>PSP</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec possibilité de différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : constant
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des Fonds : possible dès la signature de la convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations d&amp;#039;investissement du secteur public local, sous forme de projet, programme ou financement budgétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Tous secteurs d&amp;#039;intervention des bénéficiaires (aménagement, énergie, déchets, équipements, transports, eau et assainissement, agriculture, santé etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa29-pret-secteur-public-psp/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>163882</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre la pollutions des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économique hors agricole</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les activités économiques hors agricoles existantes et leur
+développement peuvent impliquer des pressions sur la ressource en eau et les
+milieux aquatiques. L’Agence de l’Eau en tient compte dans son programme
+d’intervention et accompagne les acteurs économiques hors agricoles dans une
+logique d’approche globale de la gestion de l’eau à l’échelle de leur site,
+afin de réduire leur impact sur la ressource en eau et les milieux aquatiques.&lt;/p&gt;&lt;p&gt;Cette délibération présente les principes d’intervention et
+les objectifs de l’Agence en matière d’activités économiques hors agricole :
+approche globale de la gestion de l’eau sur les sites économiques visant à
+réduire les pollutions et les prélèvements d’eau, gérer les eaux pluviales et,
+le cas échéant, rétablir les continuités écologiques des cours d’eau. Plus
+particulièrement la partie elle fixe des objectifs spécifiques aux titres : &lt;/p&gt;&lt;p&gt;-de la lutte contre les pollutions : l’Agence de l’Eau
+favorise dans ce cadre les solutions de techniques propres de changement de
+procédés visant à réduire les pollutions à la source, en adéquation avec les
+objectifs environnementaux du Schéma Directeur d’Aménagement et de Gestion des
+Eaux 2022 – 2027 (SDAGE).&lt;/p&gt;&lt;p&gt;-de la réduction des prélèvements en eau : l’Agence de
+l’Eau privilégie dans ce cadre les logiques de réduction des consommations,
+puis de réutilisation et/ou de recyclage des eaux industrielles ou des eaux
+pluviales de la gestion des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les interventions de l’Agence de l’Eau visent l’atteinte des
+objectifs du Schéma Directeur d’Aménagement et de Gestion des Eaux via :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la réduction ou la suppression des eaux de
+ruissellement admises dans les réseaux d’assainissement ou rejetées au milieu
+naturel superficiel&lt;/li&gt;&lt;li&gt;le rétablissement des continuités écologiques
+des cours d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;La politique de l’Agence de l’Eau favorise les solutions
+basées sur l’arasement des seuils faisant obstacle à la continuité écologique
+des cours d’eau.&lt;u&gt;&lt;/u&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
+restauration de la continuité écologique et les travaux associés&lt;/li&gt;&lt;li&gt;Les travaux d’économie d’eau (changement de
+procédés, réutilisation d’eau de process, recyclage des eaux pluviales ou des
+eaux usées traitées…)&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
+gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Les modifications de circuits internes
+d&amp;#039;utilisation d&amp;#039;eau, en particulier dans le but de réduire les débits ou les
+sous-produits à traiter&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’Eau peut apporter
+une participation financière aux maîtres d’ouvrage des activités économiques
+hors agricoles suivants : - Entreprises immatriculées au registre du commerce
+et des sociétés, - Chambres consulaires ou tout autre organisme représentatif
+d’une activité économique industrielle, commerciale ou artisanale, -
+Collectivités territoriales et associations, pour les projets qu’elles portent
+dès lors qu’ils répondent aux principes d’intervention définis dans la présente
+délibération. Sont éligibles aux aides de l’Agence de l’Eau les opérations qui
+permettent aux entreprises d’aller au-delà des normes de portée européenne ou
+nationale en vigueur, et d’améliorer la protection de l’environnement par
+rapport à l’état initial.&lt;/p&gt;&lt;p&gt;Les opérations réunissant au moins
+l’un des critères suivants ne sont pas éligibles aux aides de l’Agence de l’Eau
+:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises en difficulté, sauf si l’aide de
+l’Agence de l’Eau est apportée dans le cadre du régime de minimis&lt;/li&gt;&lt;li&gt;Renouvellement à l’identique des ouvrages&lt;/li&gt;&lt;li&gt;Existence d’une mise en demeure réglementaire au
+titre de la police de l’eau ou des installations classées pour la protection de
+l’environnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au titre de cas particulier, les
+transferts d’activités existantes sur un autre site du bassin sont éligibles
+aux aides de l’Agence de l’Eau pour la part des travaux permettant d’aller
+au-delà des normes de portée européenne ou française en vigueur. L’Agence de
+l’Eau peut aider l’implantation de nouvelles activités dans le bassin, si ces
+installations sont réalisées sur des sites déjà artificialisés, et pour la part
+des travaux se rapportant à la gestion des eaux pluviales. L’Agence de l’Eau
+peut aider les travaux accompagnant une augmentation de capacité de production
+dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les flux de pollution nouveaux à éliminer seront
+pris en compte dans les dépenses finançables, dans la limite de 150% des flux
+de pollution initiaux ;&lt;/li&gt;&lt;li&gt;Les volumes d’eau économisés seront pris en
+compte dans les dépenses finançables pour la part correspondant aux économies
+d’eau se rapportant à la production initiale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau peut aider les
+opérations collectives si elles sont portées par les chambres consulaires ou
+tout autre organisme représentatif d’une activité économique industrielle,
+commerciale ou artisanale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
+&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-la-pollutions-des-activites-economiques-hors-agricole/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>95045</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maîtrise d'ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer la gouvernance et la structuration de maitrise d’ouvrage de projets structurants dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Appui à l&amp;#039;animation de sages
+Plafond de 45 0000 € /an pour le salaire et 5 000 € pour les frais de fonctionnement /an, étude au cas par cas
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide régionale  à l&amp;#039;animation en complément de l&amp;#039;aide des Agences de l&amp;#039;Eau dans la limite de 80 % d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide aux études à 20% maximum dans la limite de 80% d&amp;#039;aide publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structurer la maitrise d&amp;#039;ouvrage sur les grands axes fluviaux
+Subvention variable selon les statuts, les besoins et la gouvernance de l&amp;#039;EPTB
+Aide aux études à 20 % maximum dans la limite de 80 % d&amp;#039;aide publique.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Friche
+Foncier
+Equipement public
+Réhabilitation
+Paysage
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structures porteuses des SAGE : collectivités, associations. EPTB
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation des SAGE en cours d&amp;#039;élaboration ou mis en œuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration/mise en œuvre des SAGE.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la structuration des EPTB sur les bassins d&amp;#039;intérêts régionaux à enjeu de maîtrise d&amp;#039;ouvrage.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etude nécessaire à l&amp;#039;élaboration et mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couverte par les autres dispositifs régionaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Dépenses salariales (salaire brut chargé &amp;#43; enveloppe forfaitaire pour les dépenses d&amp;#039;accompagnement) dans la limite d&amp;#039;un animateur (1 ETP) par SAGE. Subvention pluriannuelle/ adhésion régionale aux EPTB. Dépenses pour les études nécessaires à l&amp;#039;élaboration/mise en œuvre des SAGE. Dépenses pour les études nécessaires à l&amp;#039;élaboration et la mise en œuvre des travaux des EPTB (inventaire, analyse hydraulique..) non couvertes par les autres dispositifs régionaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/appuyer-gouvernance-structuration-de-maitrise-douvrage/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0088/depot/simple</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Adeline ALBRECHT : 03.88.15.67.84 / adeline.albrecht&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Moselle (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / spayer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f8d-appuyer-la-gouvernance-et-la-structuration-de/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>163869</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les pollutions d'origine domestique</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pollutions d'origine domestique</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans un contexte où l&amp;#039;imperméabilisation des surfaces urbanisées a été
+croissante ces dernières décennies provoquant l&amp;#039;augmentation des volumes d&amp;#039;eaux
+pluviales à gérer et un impact parfois significatif sur la qualité des milieux
+naturels récepteurs, la gestion efficace de ces eaux constitue un enjeu
+crucial, particulièrement dans un contexte d&amp;#039;adaptation au changement
+climatique et de préservation de la biodiversité. &lt;/p&gt;&lt;p&gt;L&amp;#039;augmentation de la performance environnementale des systèmes
+d&amp;#039;assainissement collectif représente un autre enjeu majeur. Dans cette
+perspective, l&amp;#039;Agence de l&amp;#039;Eau soutient principalement les actions visant à
+améliorer la performance des unités d&amp;#039;épuration, à maîtriser les déversements
+des réseaux d&amp;#039;assainissement dans le milieu naturel, à mettre à niveau les
+raccordements en domaine privé et à réhabiliter les installations
+d&amp;#039;assainissement non collectif situées dans des zones sensibles.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les interventions de l&amp;#039;Agence de l&amp;#039;Eau en matière de lutte
+contre les pollutions d&amp;#039;origine domestique visent ainsi à atteindre les
+objectifs fixés par la Directive Cadre sur l&amp;#039;Eau, la Directive Eaux Résiduaires
+Urbaines et la Directive Eaux de Baignades, telles que mentionnées dans le
+Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux. Elles visent à atteindre
+le bon état des masses d&amp;#039;eau et à réduire ou éliminer les rejets de polluants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;    Les dispositifs d’autosurveillance des
+installations&lt;/li&gt;&lt;li&gt;    Les travaux de réhabilitation de réseaux
+d’assainissement d’eaux usées séparatifs ou unitaires sans redimensionnement
+hydraulique à la hausse (dépose/repose, chemisage continu ou ponctuel…)&lt;/li&gt;&lt;li&gt;    La mise en service d’un réseau de collecte neuf
+ou d’un tronçon de réseau de collecte réhabilité ;&lt;/li&gt;&lt;li&gt;    Etudes ou des travaux qui contribuent à réduire
+l’impact des rejets des installations d’assainissement non collectif pour
+préserver l’environnement et la santé des personnes&lt;/li&gt;&lt;li&gt;    Réalisation de missions d’assistance technique
+auprès des collectivités dans le domaine de l’assainissement collectif.&lt;/li&gt;&lt;li&gt;    Actions d’information, de sensibilisation,
+d’échange d’expérience, de concertation et de consultation du public, y compris
+sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Sols
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P65" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q65" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les ouvrages d’épuration&lt;/li&gt;&lt;li&gt;Les réseaux d’assainissement et de gestion des
+eaux pluviales&lt;/li&gt;&lt;li&gt;Le raccordement au réseau public de collecte des
+eaux usées&lt;/li&gt;&lt;li&gt;L’assainissement non collectif&lt;/li&gt;&lt;li&gt;L’assistance technique départementale&lt;/li&gt;&lt;li&gt;Les actions de communication et de
+sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_blank"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_blank"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE - &lt;a target="_blank"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-domestique/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>10108</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et réduire les risques d'inondation</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+ Notre région est confrontée à des risques d&amp;#039;inondation particulièrement importants, dont les conséquences peuvent être dramatiques, notamment d&amp;#039;un point de vue humain, patrimonial ou financier. Dans ce contexte, la Région met en place une stratégie de prévention et de réduction des risques d&amp;#039;inondation qui s&amp;#039;appuie notamment sur le présent dispositif d&amp;#039;intervention
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+ Ce dispositif vise à éviter les drames humains, limiter les dommages et faciliter le retour à la normale lors d&amp;#039;inondations, qu&amp;#039;il s&amp;#039;agisse d&amp;#039;inondations par débordement de cours d&amp;#039;eau, par ruissellement ou par submersion marine. Les risques liés aux phénomènes de crue (érosion de berges notamment) sont également concernés par ce dispositif.  Il permet de prévenir et réduire les risques pour la population, les bâtiments d&amp;#039;habitations et les bâtiments publics, ainsi que pour les activités économiques actuellement menacés par des phénomènes de crue et d&amp;#039;inondation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne relèvent pas de ce dispositif d&amp;#039;intervention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les travaux destinés à réduire les risques pour les réseaux et infrastructures ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux liés à l&amp;#039;installation de nouveaux eneux en zone inondable (création de ZAC, opération de renouvellement urbain, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les opérations d&amp;#039;assainissement pluvial urbain, qui visent à gérer les eaux issues des surfaces urbanisées ou à urbaniser.
+Nb : en première approche, un projet qui vise à réduire des inondations provenant  d&amp;#039;un bassin versant dont les zones urbanisées et à urbaniser représentent plus de 30% du territoire peut être considéré comme relevant du domaine de l&amp;#039;assainissement  pluvial urbain.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;intervention régionale :
+ &lt;/strong&gt;
+ Ce dispositif permet d&amp;#039;attribuer des subventions d&amp;#039;investissement. Des subventions de fonctionnement spécifique peuvent également être accordées pour les opérations du type élaboration et animation de PAPI, sensibilisation au travers d&amp;#039;animations, retours d&amp;#039;expériences et évaluations des politiques publiques.  Ce dispositif s&amp;#039;inscrit dans le cadre du Règlement de Gestion des Financements Régionaux (RGFR) Occitanie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+ Le taux d&amp;#039;intervention maximal de la Région est de 20%. Il peut être porté jusqu&amp;#039;à 40% pour des opérations innovantes ou méthodologiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les opérations réalisées en interne, l&amp;#039;assiette éligible correspond aux frais de personnel directs (salaires bruts chargés) dédiés à la mise en œuvre  de l&amp;#039;opération présentée, plafonnés à 60 000 € par an et par ETP auxquels sont additionnés les coûts indirects liés à la mise en œuvre de  l&amp;#039;animation : taux forfaitaire de 20% des frais de personnel directs éligibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les opérations de délocalisation de bâtiments, l&amp;#039;assiette éligible correspond aux dépenses de reconstruction du bâtiment ou d&amp;#039;acquisition immobilière, plafonnées à la valeur vénale du bâtiment délocalisé. S&amp;#039;y ajoutent les dépenses liées à la démolition de ce dernier. Le taux d&amp;#039;intervention maximal de la Région est de 20%  de l&amp;#039;assiette éligible. Il peut être  porté jusqu&amp;#039;à 40% pour des opérations innovantes ou méthodologiques. Le plancher minimal de subvention est de 2 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles et critères associés :
+ &lt;/strong&gt;
+ Seules les parties de l&amp;#039;opération assimilables à des investissements (maquette, exposition itinérante, création de site internet.) sont éligibles (les dépenses liées à la production et l&amp;#039;édition de plaquettes, ou à des réunions publiques ne sont pas éligibles par exemple)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+ Les dépenses éligibles doivent respecter les caractéristiques des dépenses éligibles prévues au RGFR. La Région privilégie les opérations menées dans le cadre des PAPI élaborés à l&amp;#039;échelle des bassins versants.
+Pour les opérations sous-traitées, l&amp;#039;assiette éligible correspond aux factures ayant un lien direct avec l&amp;#039;opération. Pour ces opérations, les dépenses de maîtrise d&amp;#039;ouvrage ou de maîtrise d&amp;#039;œuvre éventuellement effectuées en régie ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-d-intervention-pour-la-prevention-et-la-reduction-des</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service référent : Service Eau, Milieux Aquatiques et Risques Direction de la Transition Ecologique et Energétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nom / prénom : Alexandre CARRIER / Anne NESPOULOUS
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : prenom.nom&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 93 08 / 05 61 39 66 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/879c-dispositif-dintervention-pour-la-prevention-e/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>165221</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements de stockage, de traitement et d’acheminement des eaux de pluie</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux investissements pour la récupération des eaux de pluie</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses subventionnables comprises entre 10 000 € et 60 000 € HT - Aide plafonnée à 35 000 € par bénéficiaire - 1 demande maximum par an</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif visant à soutenir les investissements dans les exploitations agricoles dans un contexte où le secteur agricole doit relever le double défi de la souveraineté alimentaire et de son adaptation au changement climatique.&lt;/p&gt;&lt;p&gt;Il permet de favoriser le développement durable et la gestion efficace des ressources naturelles, à savoir l’eau, et permet d’équiper les exploitations d’un matériel de protection contre la sécheresse.&lt;/p&gt;&lt;p&gt;Cette aide s’inscrit dans un régime cadre SA.107520 « Aides aux investissements dans les exploitations agricoles liées à la production primaire » notifié par le Ministère de l’Agriculture et entré en vigueur le 30 novembre 2023.&lt;/p&gt;&lt;p&gt;Ne sont éligibles que les investissements ne causant pas de préjudice important à l’environnement, selon la définition du règlement EU2020/852, article 17.&lt;/p&gt;&lt;p&gt;Ce dispositif est complémentaire des mesures du Plan Stratégique National (PSN) et l’aide attribuée n’est pas cumulable avec les aides FEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2024</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide s&amp;#039;adresse aux :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;agriculteurs personnes physiques ;&lt;/li&gt;&lt;li&gt;agriculteurs personnes morales dont l&amp;#039;objet est agricole (GAEC, EARL, SARL, etc.) ;&lt;/li&gt;&lt;li&gt;groupements d&amp;#039;agriculteurs (dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens du L. 311-1 du Code rural et de la pêche maritime…) ;&lt;/li&gt;&lt;li&gt;CUMA.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les équipements éligibles sont listés dans le règlement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saoneetloire.fr/guide-des-aides/aides-a-lachat-de-recuperateurs-deau-de-pluie-des-agriculteurs/</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches71.fr/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tout renseignement, contacter la Mission politique agricole au 03 85 39 57 74 ou mission-agriculture&amp;#64;saoneetloire71.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>d.defillon@saoneetloire71.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-de-stockage-de-traitement-et-dacheminement-des-eaux-de-pluie/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>142692</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Engager une démarche de résilience sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic participatif et identification des priorités d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des vulnérabilités actuelles et futures, compréhension des inter-dépendances, approches prospectives, inspiration d&amp;#039;autres territoires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de votre plan d&amp;#039;actions résilience avec l&amp;#039;outil « boussole de la résilience » du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertises ponctuelles pour évaluer des dynamiques de résilience, enrichir des plans d&amp;#039;actions, recalibrer des projets en amont, intégrer ces questions dans les exercices budgétaires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la résilience de votre territoire :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; format découverte de type séminaire « tout public » en une journée,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outil boussole de la résilience Cerema
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris (chefs de projets)
+ &lt;/li&gt;
+ &lt;li&gt;
+  DREAL ARA et PACA (chefs de projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupe immobilier ASTRANCE (séminaire de découverte)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;Ouvrage :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+Accessibilité
+Emploi
+Appui méthodologique
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>165281</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Organiser des colloques scientifiques et techniques d'échanges d'expérience et d'information pour l'atteinte du bon état des eaux</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Colloques scientifiques et techniques</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
+des connaissances dans le cadre de l’organisation de colloques 
+scientifiques et techniques d&amp;#039;échanges d&amp;#039;expérience et d&amp;#039;information. 
+Leur objet doit concerner un ou plusieurs enjeux prioritaires pour 
+l&amp;#039;atteinte du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P69" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q69" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-colloques-scientifiques-et-techniques.html</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/organiser-des-colloques-scientifiques-et-techniques-dechanges-dexperience-et-dinformation-pour-latteinte-du-bon-etat-des-eaux/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>165282</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études de connaissance générale et prospective</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Études de connaissance générale et prospective</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
+des connaissances ayant pour finalité de permettre des actions 
+efficientes pour atteindre les objectifs environnementaux du Sdage. Les 
+approches transversales et multithématiques sont encouragées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P70" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q70" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-etudes-de-connaissance-generale-et-prospective.html</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-connaissance-generale-et-prospective/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>165308</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Études et bilan de la démarche territoriale</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les études de territoire identifiant les 
+enjeux locaux permettant l&amp;#039;élaboration d&amp;#039;une stratégie concertée et un 
+programme d’actions ainsi que le bilan de la démarche engagée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-etudes-et-bilan-de-la-demarche-territoriale.html</t>
+        </is>
+      </c>
+      <c r="W71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-bilan-de-la-demarche-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>165309</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin d’assurer un dialogue et une concertation apaisée sur les 
+territoires, l’agence de l’eau accompagne les porteurs de projets pour 
+des prestations ponctuelles d’appui et conseil en sciences sociales sur 
+les usages, les représentations et les concertations liés à 
+l’environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-dingenierie-de-la-participation-et-de-la-concertat.html</t>
+        </is>
+      </c>
+      <c r="W72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-dingenierie-de-la-participation-et-de-la-concertation/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>165310</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Missions de coordination et d’appui thématique - communication</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau finance les 
+missions de coordination et d’animation thématiques nécessaires pour 
+mettre en œuvre le programme d’actions issus d’une stratégie concertée. 
+La communication permettant la promotion de la démarche territoriale est
+ également soutenue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P73" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-de-coordination-et-dappui-thematique-communication.html</t>
+        </is>
+      </c>
+      <c r="W73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-de-coordination-et-dappui-thematique-communication/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>165264</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Région</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau soutient les études à caractère exploratoire ou 
+décisionnel à l’échelle départementale ou stratégique qui visent à 
+améliorer la connaissance, les documents de référence, les schémas 
+directeurs à l’échelon départemental ou interdépartemental.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par2-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-d.html</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-departementale-ou-strategique/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>165266</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner techniquement la sensibilisation et l’animation de réseaux d’acteurs</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Missions d’appui technique, de sensibilisation et d’animation de réseaux d’acteurs</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le partenariat de l’agence de l’eau avec les structures, apportant un 
+accompagnement technique auprès des maîtres d’ouvrage et des acteurs 
+locaux, doit permettre de maintenir ou de créer une dynamique de bassin 
+sur des sujets à forts enjeux. La mise en réseau des maîtres d’ouvrages 
+territoriaux doit permettre d’assurer la cohérence technique des 
+projets, de faciliter les retours d’expériences et de diffuser les 
+connaissances afin d’atteindre les objectifs prioritaires du programme 
+d’intervention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Appui méthodologique
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par4-missions-dappui-technique-sensibilisation-animation-reseaux.html</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-techniquement-la-sensibilisation-et-lanimation-de-reseaux-dacteurs/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>90732</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Mener un projet s'intégrant dans la stratégie régionale de l'eau</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     L&amp;#039;ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l&amp;#039;Eau ainsi que l&amp;#039;urgence d&amp;#039;atteindre les objectifs fixés par la Directive Cadre sur l&amp;#039;Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l&amp;#039;échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux. Aussi, afin d&amp;#039;inciter les acteurs de l&amp;#039;eau à s&amp;#039;organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Région au titre de sa politique de l&amp;#039;eau sera ainsi conditionné à :
+ &lt;br /&gt;
+ La nécessité d&amp;#039;inscrire l&amp;#039;opération dans une démarche de gestion intégrée de l&amp;#039;eau (adéquation entre le milieu naturel, le développement local et l&amp;#039;aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. Fort de ces éléments, la Région s&amp;#039;engage dans les démarches de contractualisation (Contrat territoriaux, ...) à l&amp;#039;échelle de bassins versant aux côtés des agences de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette politique de l&amp;#039;eau transversale se décline selon les quatre orientations stratégiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les changements de pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la prise en compte des enjeux de l&amp;#039;eau dans l&amp;#039;aménagement du territoire et à la gestion des risques naturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et partager les connaissances
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La mise en œuvre de cette politique de l&amp;#039;eau se fera en collaboration étroite avec les Agences de l&amp;#039;eau Adour-Garonne et Loire-Bretagne.
+ &lt;br /&gt;
+ Au-delà de l&amp;#039;intervention de la Région dans la mise en œuvre d&amp;#039;actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s&amp;#039;appuiera sur des partenaires afin notamment d&amp;#039;améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l&amp;#039;échelle de la Nouvelle-Aquitaine.
+&lt;/p&gt;
+&lt;p&gt;
+ A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressource en eau (cours d&amp;#039;eau, nappes, étangs, zones humides, ...), rencontrés de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l&amp;#039;occupation du territoire et les activités humaines présentes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces pressions se trouveront accentuées par le changement climatique qui impactera d&amp;#039;une manière significative, directement et indirectement, l&amp;#039;ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l&amp;#039;eau associés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs visés par la Région est de pouvoir répondre aux différents enjeux liés à la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont à nous transmettre par voie dématérialisée à l&amp;#039;adresse : eau&amp;#64;nouvelle-aquitaine.fr et par courrier postal à Région Nouvelle Aquitaine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Les dossiers d&amp;#039;animation, les demandes au titre de l&amp;#039;année N (2019) doivent être déposés avant le 31 décembre de l&amp;#039;année N-1 (2018).
+ &lt;br /&gt;
+ Les dossiers de travaux, les demandes doivent être déposés soit avant le 31 mars ou avant le 30 juin de chaque année.
+&lt;/p&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes et les établissements de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités productrices d&amp;#039;eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu Eau prioritaires bénéficiant d&amp;#039;un contrat territorial de bassin versant ou d&amp;#039;un contrat territorial Re-Sources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de collectivités (Communautés de Communes et Communautés d&amp;#039;Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures porteuses de SAGE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations créées sur la base de la Loi du 1er juillet 1901
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propriétaires privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations ayant une action significative sur les espèces exotiques envahissantes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/strategie-regionale-de-leau</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : eau&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/393d-strategie-regionale-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>164926</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la connaissance : études générales et surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance : études générales et surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>La connaissance des milieux aquatiques et humides est indispensable à la compréhension de leurs enjeux et à l’identification des actions de préservation ou de restauration à conduire.&lt;br /&gt;
+&lt;br /&gt;
+L’agence de l’eau soutient des études générales sur le fonctionnement des hydrosystèmes, les impacts du changement climatique, ainsi que la recherche et le développement de techniques innovantes. Elle encourage également l&amp;#039;acquisition de données de surveillance pour évaluer l&amp;#039;état des eaux et soutient des projets visant à caractériser les vulnérabilités des territoires.</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance du fonctionnement des milieux aquatiques&lt;br /&gt;
+Connaissance de l&amp;#039;évolution des hydrosystèmes et analyses prospectives &lt;br /&gt;
+Projets de recherche à visée opérationnelle et expérimentation de techniques nouvelles&lt;br /&gt;
+Surveillance environnementale</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P77" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q77" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128699/fr/connaissance-etudes-generales-et-surveillance-environnementale</t>
+        </is>
+      </c>
+      <c r="W77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/connaissance-etudes-generales-et-surveillance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>143287</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion de vos eaux pluviales et leurs interactions avec les réseaux d'assainissement en ville</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez en charge la gestion des eaux pluviales et devez l&amp;#039;adapter aux contraintes de pollution des sols, de dissolution du gypse, de faible perméabilité, tout en gérant le risque d&amp;#039;inondation par ruissellement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne pour la conception et le dimensionnement de solutions de gestion innovantes et appropriées comme par exemple le traitement ou la reperméabilisation.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment élaborer un diagnostic de l&amp;#039;écoulement et du devenir des eaux pluviales et des réseaux d&amp;#039;assainissement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment éviter le ruissellement des eaux de pluie ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions innovantes de reperméabilisation des sols mettre en oeuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment se former à la gestion des eaux pluviales ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des compétences et moyens matériels dans le domaine de l&amp;#039;eau : hydrologie quantitative, hydrogéologie, approche qualitative, hydrobiologie, écologie urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des analyses depuis l&amp;#039;amont (ruissellement, sources de pollution) jusqu&amp;#039;au milieu récepteur (cours d&amp;#039;eau, nappe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des outils développés pour évaluer les services écosystémiques rendus par les ouvrages, leurs performances        hydrauliques et épuratoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises entre ingénierie et recherche pour des solutions innovantes, adaptées aux contextes locaux et aux caractéristiques des sols et du sous-sol
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner l&amp;#039;élaboration d&amp;#039;un diagnostic de l&amp;#039;existant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser le diagnostic de territoire et de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les services écosystémiques rendus par les aménagements en place
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertiser les enjeux, déterminer des critères
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Évaluer le potentiel de reperméabilisation à l&amp;#039;échelle du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Exploiter les résultats du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer des solutions d&amp;#039;amélioration de la qualité de l&amp;#039;eau, la prévention des inondations, la régulation de l&amp;#039;îlot de chaleur urbain, le développement de paysages naturels, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer la gestion intégrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser le zonage pluvial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir des recommandations concrètes pour une stratégie de reperméabilisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Assister la construction de nouveaux projets d&amp;#039;aménagement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer la maîtrise d&amp;#039;ouvrage dans l&amp;#039;élaboration d&amp;#039;un cahier des charges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser les scénarios d&amp;#039;aménagement et de modalités d&amp;#039;exploitation associées (gestion différenciée, gestion naturelle, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examiner, étudier les problématiques locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Grand Paris Seine &amp;amp; Oise
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude de faisabilité d&amp;#039;une politique d&amp;#039;infiltration des eaux pluviales dans des contextes hydrogéologiques sensibles (risque de dissolution du gypse).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Grand Narbonne Communauté d&amp;#039;Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des solutions pour la désimperméabilisation des sols du Grand Narbonne
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Toulouse Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toulouse Métropole lance une étude sur la débitumisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/ameliorer-gestion-vos-eaux-pluviales-leurs-interactions</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be77-ameliorer-la-gestion-de-vos-eaux-pluviales-et/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>164303</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les filières agricoles pour favoriser les pratiques compatibles avec la préservation des captages et des milieux</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les initiatives soutenues par l’agence visent à réduire la vulnérabilité des systèmes agricoles et des milieux, par le déploiement des 
+pratiques agroécologiques pour diminuer les intrants et préserver 
+la qualité de l’eau et de la biodiversité et par la promotion des 
+démarches territoriales de préservation des ressources en eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/agriculture-accompagnement-filieres-agricoles"&gt;Agriculture et accompagnement des filières agricoles | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour cela, elle finance des opérations visant à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adopter et diffuser des pratiques et des systèmes de 
+production agroécologiques &lt;/li&gt;&lt;li&gt;Promouvoir les démarches territoriales de préservation 
+des ressources en eau, adossées à des gouvernances 
+multi partenariales, par l’élaboration et la mise en œuvre 
+des démarches territoriales fondée sur l’animation territoriale, l’établissement et le suivi de plans d’actions 
+ambitieux, l’accompagnement technique et financier des 
+agriculteurs mobilisant les différents dispositifs existants 
+(CAB, MAEC, PSE, aides aux investissements, etc), la mise 
+en place d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Améliorer la connaissance, sa diffusion et mettre en 
+œuvre l’expertise et les appuis techniques nécessaires 
+aux acteurs de terrain (études et expérimentations, conseil 
+collectif)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toute personne publique ou privée disposant des compétences juridiques et techniques pour mettre en œuvre des 
+actions répondant aux objectifs peut bénéficier, directement 
+ou indirectement, des aides de l’Agence&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/54-24-%20Pollutions%20agricoles_0_0.pdf"&gt;54-24- Pollutions agricoles_0_0.pdf (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Agriculture%20et%20fili%C3%A8res_Favoriser%20les%20pratiques%20compatibles%20avec%20la%20pr%C3%A9servation%20des%20captages%20et%20des%20milieux.pdf</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>164306</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’approche intégrée de l’eau à la bonne échelle territoriale</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Gestion territoriale</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les territoires pour réduire leur vulnérabilité face au changement climatique est l’une des priorités de l’agence de l’eau Adour-Garonne. L’aide de l’Agence vise à soutenir des démarches globales intégrant l’ensemble des actions nécessaires pour protéger ou restaurer les masses d’eau.&lt;/p&gt;&lt;p&gt;L’Agence soutient des projets pour accompagner l’élaboration et la mise en œuvre de contrats 
+« Eau et Climat » permettant de contractualiser sur des 
+durées pluriannuelles les actions territoriales de gestion 
+intégrée avec un programme de mesures d’adaptation et 
+d’atténuation au changement climatique adaptées au territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/demarches-territoriales-gestion-integree"&gt;Démarches territoriales de gestion intégrée | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Accompagner la structuration de la gouvernance intégrée ; &lt;/li&gt;&lt;li&gt;Améliorer la connaissance intégrée des territoires en 
+prenant compte des prospectives ; &lt;/li&gt;&lt;li&gt;Accompagner l’animation territoriale multithématiques ; &lt;/li&gt;&lt;li&gt;Assurer la promotion de la gestion intégrée de l’eau.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Animation et mise en réseau
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P80" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q80" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités territoriales ou leurs 
+groupements et associations. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les maîtres d’ouvrage doivent consulter la CLE du SAGE 
+lorsqu’elle existe et associer l’EPTB ou la structure assimilée 
+intervenant à l’échelle de la stratégie territoriale de sous 
+bassin géographique ; &lt;/li&gt;&lt;li&gt;Pour le renouvellement d’une démarche territoriale un 
+contrat « Eau et Climat » devra être établi.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/FICHE-THEMATIQUE_Gestion%20territoriale.pdf</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-3/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>164752</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir l'efficience, la sobriété et les économies d'eau en agriculture</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités agricoles  (réduction des pollutions et prélèvement,  sobriété) et accompagnement des filières</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I81" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Promouvoir l’efficience, la sobriété et les économies d’eau en 
+agriculture, grâce notamment à la transition agroécologique. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer la gestion collective et la compréhension de 
+l’impact des prélèvements agricoles sur un périmètre 
+cohérent (cela inclut des actions de type installation d’outils 
+pour suivre et gérer les prélèvements et des équipements 
+hydrauliques. Les OUGC peuvent aussi remplir les missions 
+de gestion collective : base de données interopérable et 
+mise en œuvre d’actions de gestion de la ressource notamment en période de crise et de restrictions. Des études sur 
+les autorisations pluriannuelles (AUP) peuvent être accompagnées si l’OUGC s’engage à élaborer, avec l’EPTB ou une 
+structure similaire, un chemin de retour à l’équilibre partagé 
+et conduit les actions précitées.) &lt;/li&gt;&lt;li&gt;Maîtriser les prélèvements et les consommations 
+agricoles. L’Agence finance des actions de type : 
+ • amélioration du pilotage et de l’efficience de l’irrigation 
+(par ex : achat collectif de matériels hydroéconomes) 
+ • actions d’accompagnement individuel pour réduire 
+la consommation d’eau 
+ • actions de sensibilisation aux économies d’eau, formations 
+ • prestations de conseil collectif auprès des usagers
+ • engagement de diagnostics de réseaux collectifs, d’études 
+et d’expérimentations en faveur de programmes d’économies d’eau &lt;/li&gt;&lt;li&gt;Faire évoluer les pratiques agricoles et les systèmes 
+d’exploitation pour une meilleure résilience face au 
+changement climatique (les actions se traduisent par la 
+mise en œuvre d’un programme de transition agroécologique, le développement des MAEC, la structuration de 
+réseaux d’échange sur des pratiques économes en eau et 
+le conseil individuel dans le cadre de démarches de gestion 
+quantitative.) &lt;/li&gt;&lt;li&gt;Réduire la pression des prélèvements, notamment en 
+période d’étiage, en les déplaçant vers des ressources 
+moins sensibles ou en les compensant (l’Agence finance 
+des actions de type : aménagement / optimisation des 
+ouvrages agricoles existants ou création de nouvelles 
+infrastructures de stockage, à condition qu’elles soient 
+intégrées dans un PTGE validé et approuvé par la CLE du 
+SAGE, si elle existe.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/gestion-quantitative-ressource-economies-eau-pour-tous-usages"&gt;Gestion quantitative de la ressource et économies d&amp;#039;eau pour tous les usages | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sur le thème agricole, cette contribution est déployée par exemple 
+par la mise en œuvre de :
+ la mobilisation des potentialités de l’agroécologie
+ un meilleur pilotage de l’irrigation et la mise en place de matériels hydroéconomes
+ l’engagement d’études et d’expérimentations en faveur de programmes ambitieux d’économies d’eau
+ une amélioration de la connaissance et la gestion collective des prélèvements agricoles
+ un accompagnement de conseils collectifs et individuels effectués 
+dans une approche globale (gestion de la ressource, économies d’eau, 
+pratiques agroécologiques, restauration de la qualité de l’eau et économies d’énergie)
+ la création / aménagements d’ouvrages de stockage&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P81" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q81" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont les collectivités, les agriculteurs et leurs groupements, les entreprises, les associations ainsi que toutes personnes morales légitimes à porter ces projets. Pour l’achat collectif de matériels hydroéconomes, il convient de s’engager à réaliser a minima 10 % d’économies d’eau de prélèvement. Concernant la création et/ou l’aménagement d’ouvrages, les principales conditions d’éligibilité sont les suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;être réalisé au bénéfice d’un périmètre élémentaire priori- taire identifié dans la carte C9 du SDAGE&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la réalisation d’une étude d’impact intégrant les effets du changement climatique, s’assurant des capacités prévi- sibles de remplissage de l’ouvrage et du maintien ou de la reconquête du bon état des masses d’eau de la zone d’influence du projet&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;l’engagement du territoire dans la transition agroécologique et les engagements individuels des agriculteurs irrigants l’engagement à effectuer la régularisation règlementaire des volumes de prélèvements substitués&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le recouvrement total de la part du maître d’ouvrage des coûts de fonctionnement de l’ouvrage auprès des usagers et aussi, sauf exception, de l’amortissement de la part non subventionnée&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-03/FICHE-THEMATIQUE_GQ_Sobri%C3%A9t%C3%A9%20et%20%C3%A9conomies%20d%27eau%20en%20agriculture.pdf</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-les-experimentations-et-la-diffusion-de-connaissances-dans-le-domaine-agricole/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>142229</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Atelier des territoires Flash</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
+&lt;/p&gt;
+&lt;p&gt;
+ A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Flash est un outil permettant aux territoires de s&amp;#039;engager pleinement dans les transitions de leur modèle de développement lesquelles sont abordée par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants, s&amp;#039;intégrant notamment dans les programmes de cohésion des territoires portés par l&amp;#039;Agence nationale de la cohésion des territoires (ANCT) :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions territoriales et urbaines : revitalisation des centre-villes, réhabilitation des entrées de ville, aménagement des friches, protection et valorisation du patrimoine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec les transitions culturelles, sociales, économiques : adaptation de l&amp;#039;offre de logements et des mobilités, accompagnement des projets socio-économiques (ESS) et économiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projet en lien avec les transitions environnementales et énergétiques : protection, restauration et gestion de l&amp;#039;écosystème terrestre et des ressources naturelles
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL), en lien étroit avec la ou les collectivités concernées. Le pilotage implique, pour les DDT(M) ou les D
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;®&lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ EAL, d&amp;#039;émettre et exécuter le bon de commande dans le cadre de l&amp;#039;accord-cadre multi-attributaire de la DGALN.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 20 000€, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation (logistiques et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier, principalement de la collectivité.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à bons de commande de la DGALN. Chaque Atelier Flash est attribuée à une des trois équipes d&amp;#039;experts pluridisciplinaires titulaires selon la méthode du tourniquet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 1
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  LANCEMENT : attribution de l&amp;#039;équipe et cadrage de l&amp;#039;étape suivante
+ &lt;/li&gt;
+ &lt;li&gt;
+  APPROPRIATION &amp;amp; APPROFONDISSEMENT : analyse documentaire et entretiens et cadrage de la seconde phase
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  ÉTAPE 2
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ANIMATION IN SITU : introduction de l&amp;#039;Atelier, arpentage du territoire, animation des temps d&amp;#039;Atelier et conclusion de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  PRODUCTION &amp;amp; RESTITUTION
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée totale : 3 à 6 mois
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Durée de l&amp;#039;atelier : 2 à 3 jours
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Documents stratégiques  : feuille de route, esquisse de plan-guide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents opérationnels  : cahier des charges, charte, éléments de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de capitalisation  : fiche synthétique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Réseaux de chaleur
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ CANDIDATURE
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  EN SYNTHESE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PORTEURS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES PIÈCES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 1 - les dynamiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Annexe 2 - les dynamiques d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>164170</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
+territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
+biodiversité remarquable. Ces ressources fournissent des services essentiels et
+offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
+fortement soumises aux risques, fragiles et à préserver. Des solutions locales
+sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
+s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
+de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
+dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
+atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
+sensibilisation, de formation, d’animation, de communication sur le dérèglement
+climatique, la biodiversité, les ressources naturelles, les risques
+(inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
+avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
+d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
+préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
+naturels et des continuités écologiques (trames verte, bleue, noire…) :
+restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
+fraîcheur, en particulier dans les cours d’école, dans une démarche
+participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
+espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
+envahissantes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Risques naturels
+Qualité de l'air
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q84" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
+pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
+préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
+de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>153408</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'animation de bassins versants (frais de fonctionnement, d'études et de communication)</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Animation de bassins versants (frais de fonctionnement, d&amp;rsquo;études et de communication)</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Frais de fonctionnement, d&amp;#039;études et de communication des cellules en charge de SAGE (schéma d&amp;#039;aménagement et de gestion des eaux) ou de contrats de bassins versants. La politique d&amp;#039;aide du conseil départemental à l&amp;#039;animation de bassins versants se décline de la façon suivante :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Salaires, charges salariales et frais de formation : 20% pour les SAGE et 25% pour les contrats de bassin versant. Aide plafonnée à 60.000€ de dépense éligible pour 1 animateur principal et 1 mi-temps de secrétariat et à 35.000€ pour 1 animateur &amp;#34;bassin versant&amp;#34; (en charge de l&amp;#039;appui au boisement, des problématiques d&amp;#039;érosion et de lutte contre les inondations). La subvention est limitée à 80% d&amp;#039;aides globales (y compris agences de l&amp;#039;eau et Région BN) et 2,5 ETP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes : 20% du montant HT pour les SAGE et 25% pour les contrats de bassin versant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents de communication : 20% du montant HT pour les SAGE et 25% pour les contrats de bassin versant plafonné à 2000€ d&amp;#039;aides annuelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de fonctionnement : 20% pour les SAGE et 25% pour les contrats de bassin versants des frais de fonctionnement de la cellule d&amp;#039;animation (téléphone, location de bureaux, photocopies, timbres, petit matériel...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces à fournir relatives au financement du projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le plan de financement prévisionnel du projet intégrant les dépenses connexes, précisant l&amp;#039;origine et le montant des moyens financiers (apport personnel, emprunts, subventions y compris l&amp;#039;aide sollicitée) ainsi que, s&amp;#039;il y a lieu, un échéancier indicatif des dépenses prévues.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les aides déjà obtenues, la copie des décisions (ou notifications) et l&amp;#039;indication des aides publiques indirectes s&amp;#039;il y a lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les coordonnées du payeur (RIB).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son cout prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les noms et coordonnées du responsable du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La délibération de l&amp;#039;organe compétent de la collectivité territoire ou de l&amp;#039;organisme public approuvant le projet et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une notice explicative indiquant de façon précise : son objet, les objectifs poursuivis et les résultats attendus et son insertion dans la stratégie de développement local, sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détailles dans la demande), s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel ; s&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci, un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas ou le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espace public</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est conditionnée au versement d&amp;#039;une aide de l&amp;#039;Agence de l&amp;#039;eau au titre de l&amp;#039;animation de contrats de bassins versants ou à l&amp;#039;attribution de mission d&amp;#039;animation d&amp;#039;un SAGE. La subvention est attribuée dès notification à hauteur de 60% et le solde est versé sur présentation du rapport d&amp;#039;activités et des pièces justificatives. Si le bassin versant couvre plusieurs départements, l&amp;#039;aide est calculée au prorata de la surface de bassin versant dans la Manche. Le dossier est instruit de la façon suivante :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen par la commission permanente
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération du conseil départemental et notification des subventions
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/animation-de-bassins-versants-frais-de-fonctionnement-detudes-et-de-communication/</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f9d-animation-de-bassins-versants-frais-de-foncti/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>165123</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et préserver la biodiversité dans votre village</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Mon village, espace de biodiversité</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de restauration et préservation de la biodiversité dans votre village ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 80 % :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Voir conditions particulières dans le règlement&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; Une avance de trésorerie de 50% dès le démarrage de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une commune située en milieu rural (&lt;a href="https://www.datagrandest.fr/tools/territoscope/"&gt;classification INSEE&lt;/a&gt;)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet vise à mettre en œuvre des actions concrètes favorables à la biodiversité tout en favorisant l’adhésion et les prises de conscience, telles que&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Aménagements favorables à la flore et à la faune sauvage (plantations, mares,etc.)&lt;/li&gt;
+&lt;li&gt;Aménagements favorables à la sensibilisation du public (panneaux pédagogiques,etc.)&lt;/li&gt;
+&lt;li&gt;Inventaires faune flore, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales et des critères d’éligibilité du dispositif (cf règlement).&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 80 % du montant des dépenses éligibles &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée à 50 % pour les communes situées dans le périmètre Parcs ou sites Natura 2000&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne au fil de l’eau avant le commencement du projet.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P86" s="1" t="inlineStr">
+        <is>
+          <t>27/05/2024</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/mon-village-espace-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0273/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mon-village-espace-de-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>143406</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Former pour elaborer le zonage pluvial, un outil essentiel pour votre territoire (Formation)</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;urbanisation et l&amp;#039;imperméabilisation croissante des sols engendrent et accentuent les phénomènes d&amp;#039;inondations et de pollutions des milieux aquatiques. Le changement climatique renforce les risques liés à ces phénomènes.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La collectivité compétente doit définir la politique de gestion des eaux pluviales qu&amp;#039;elle souhaite porter, afin que l&amp;#039;urbanisation (actuelle et future) ait un impact le plus faible possible sur le cycle naturel de l&amp;#039;eau, l&amp;#039;environnement au sens large et indirectement sur les finances de la collectivité .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;article L.2224-10 du code général des collectivités territoriales prévoit que les communes (ou leurs groupements compétents) délimitent un zonage pluvial adapté à leur territoire en répondant aux enjeux actuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la collectivité compétente, l&amp;#039;élaboration du zonage pluvial constitue une obligation pour les territoires à enjeu qui s&amp;#039;inscrit dans une politique plus globale d&amp;#039;amélioration du cadre de vie et de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Une démarche propre à chaque territoire doit être élaborée, cette formation proposera une méthodologie décomposée en plusieurs étapes pour l&amp;#039;élaboration du document.
+&lt;/p&gt;
+&lt;p&gt;
+ En référence, un guide méthodologique a été publié par le Cerema pour aider et accompagner les acteurs dans cette démarche, en s&amp;#039;appuyant sur des exemples de mise en en place et de mise en œuvre d&amp;#039;un zonage pluvial.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette formation s&amp;#039;appuie sur les préconisations du guide zonage pluvial et du P&amp;#039;tit Essentiel associé.
+&lt;/p&gt;
+&lt;h3&gt;
+ Objectifs pédagogiques
+&lt;/h3&gt;
+&lt;p&gt;
+ A l&amp;#039;issue de la formation, le stagiaire sera en capacité de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  s&amp;#039;approprier les objectifs du zonage pluvial dans son ensemble et son contenu,
+ &lt;/li&gt;
+ &lt;li&gt;
+  découvrir les phases d&amp;#039;élaboration du zonage pluvial et les acteurs à associer.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ PROGRAMME
+&lt;/h3&gt;
+&lt;h4&gt;
+ JOUR 1 MATIN
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Accueil des participants
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Présentation du zonage pluvial : contexte réglementaire, enjeux et objectifs auxquels le zonage pluvial peut répondre, articulation avec d&amp;#039;autres démarches (PPRI, schémas directeurs d&amp;#039;assainissement...)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pause
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Présentation de la méthodologie générale pour élaborer un zonage : description des différentes étapes &amp;#34;techniques&amp;#34;, organisation de la démarche (management du projet, acteurs à mobiliser, temps et moyens à mettre en oeuvre ...)
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Pause déjeuner 12H30 / 13H30
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ JOUR 1 APRÈS-MIDI
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;état des lieux et du diagnostic territorial : identification des principaux enjeux du territoire et des secteurs concernés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pause
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de l&amp;#039;état des lieux et du diagnostic territorial : méthodes employées et exemples d&amp;#039;applications
+ &lt;/li&gt;
+ &lt;li&gt;
+  17h00 - Fin de la première journée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ JOUR 2 MATIN
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le zonage pluvial, un outil au service d&amp;#039;une stratégie politique en matière de gestion des eaux pluviales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pause
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction de la cartographie des zones à enjeux et définition des mesures répondant aux enjeux de l&amp;#039;état des lieux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ JOUR 2 APRÈS-MIDI
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Déroulement des étapes conduisant à approuver le zonage pluvial et donner une portée juridique aux prescriptions qu&amp;#039;il prévoit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre et déploiement du zonage pluvial : sensibilisation des acteurs, prise en compte du zonage (urbanisme, assainissement...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pause
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Suivi et évaluation du zonage pour la prochaine révision
+ &lt;/li&gt;
+ &lt;li&gt;
+  Témoignages d&amp;#039;établissements publics sur le contenu de leurs zonages, la démarche menée et leurs retours d&amp;#039;expériences, discussions autour des difficultés et des réussites
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et clôture de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Public
+&lt;/h4&gt;
+&lt;p&gt;
+ Cette formation cible en particulier les ingénieurs et techniciens des collectivités locales, des services de l&amp;#039;Etat, des établissements publics, des bureaux d&amp;#039;études et les intervenants dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;urbanisme ou de l&amp;#039;aménagement
+&lt;/p&gt;
+&lt;h4&gt;
+ Niveau pré-requis
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissance générale de la gestion intégrée des eaux pluviales (gestion à la source, infiltration, solutions durables, désimperméabilisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise des fondamentaux du cycle de l&amp;#039;eau (bassins versants, petit/grand cycle de l&amp;#039;eau)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Outils pédagogiques
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers participatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exploitation de retours d&amp;#039;études et d&amp;#039;expérience du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  eVisionnage de témoignages d&amp;#039;acteurs du métier et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Modalités d&amp;#039;évaluation
+&lt;/h4&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h4&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap : naima.ait-el-hadj&amp;#64;cerema.fr
+&lt;/p&gt;
+&lt;h4&gt;
+ Délais d&amp;#039;accès
+&lt;/h4&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Education et renforcement des compétences
+Risques naturels
+Biodiversité
+Appui méthodologique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-elaborer-zonage-pluvial-outil-essentiel-votre</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/71ec-former-pour-elaborer-le-zonage-pluvial-un-out/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>73939</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Economie circulaire
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Métropole d'Aix-Marseille-Provence</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alecmetropolemarseillaise.fr/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Michaud, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.michaud&amp;#64;alecmm.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>f.pidoux@alecmm.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>74102</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui pour faire émerger des stratégies globales de territoires</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Du fait de leur proximité avec les élus et de leur connaissance des territoires, les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la DDTM 29, sont en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
+ &lt;br /&gt;
+ Cette aide se matérialise par un appui en ingénierie technique, juridique, et financier. Un fonctionnement en mode projet et des apports méthodologiques contribuent à faire émerger des stratégies territoriales qui peuvent ensuite se traduire par une contractualisation ou la mise en place d&amp;#039;outils réglementaires. Et suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation pré-diagnostic, assistance à la rédaction d&amp;#039;un cahier des charges en vue d&amp;#039;une consultation, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Action Cœur de Ville &amp;amp; Opérations de Revitalisation des Territoires (ORT) ;
+ &lt;br /&gt;
+ - OPAH ;
+ &lt;br /&gt;
+ - Contrats de Ruralité (programmes pluriannuel et annuel) ;
+ &lt;br /&gt;
+ - Contrat de Transition Écologique ;
+ &lt;br /&gt;
+ - ateliers de territoire ; plan de paysage ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - AMI centres-bourgs et AàP revitalisation des centralités......
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espaces verts
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0519-obtenir-un-appui-pour-faire-emerger-des-strat/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>165307</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études liées au Sage</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Études liées au Sage</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
+l’agence de l’eau Loire-Bretagne finance les études liées aux 
+différentes étapes (élaboration, modification/révision, mise en œuvre) 
+du Sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-liees-au-sage.html</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-liees-au-sage/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>165275</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les missions d’ingénierie de la participation et de la concertation (Sage et PTGE)</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Mission d’ingénierie de la participation et de la concertation</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne la structuration et l’animation des 
+démarches de Sage (schéma d’aménagement et de gestion des eaux) et des 
+projets de territoire pour la gestion de l’eau (PTGE).&lt;/p&gt;
+&lt;p&gt;Elle soutient les missions d’ingénierie de la participation et de la 
+concertation dès l’émergence de la démarche, pour faciliter le dialogue.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P91" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q91" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-mission-dingenierie-de-la-participation-et-de-la-concertati.html</t>
+        </is>
+      </c>
+      <c r="W91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-missions-dingenierie-de-la-participation-et-de-la-concertation-sage-et-ptge/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>163237</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement territorial sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 80</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Artisanat
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P92" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="Q92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>27135</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Développer et améliorer les systèmes d'assainissement grâce à des solutions curatives</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="J93" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/li&gt;&lt;li&gt;Développer la solidarité vers les communes rurales&lt;/li&gt;&lt;li&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/li&gt;&lt;li&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/li&gt;&lt;li&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les solutions curatives : bassins d’orages, déversoirs d’orages, renforcement de collecteurs, traitement 
+des eaux pluviales &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q93" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménagements 
+prioritaires dans la limite 
+des travaux nécessaires 
+pour résorber Un impact 
+avéré hors 
+renforcements 
+hydrauliques et ouvrages 
+de rétention des eaux 
+pluviales strictes&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse&lt;/li&gt;&lt;a target="_blank"&gt;&lt;li&gt; agence&amp;#64;eau-rhin-meuse.fr&lt;/li&gt;&lt;/a&gt;&lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a373-aide-assainissement-et-gestion-du-temps-de-pl/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>165265</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les départements dans leurs missions d’assistance technique réglementaire</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Mission d'assistance technique départementale réglementaire</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I94" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne accompagne les départements dans leurs missions d’assistance technique réglementaire.&lt;br /&gt;
+Ces missions concernent les domaines de l’assainissement collectif et 
+non collectif et de la protection des ressources en eau potable, ainsi 
+que l’expertise et le suivi des épandages (MESE).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P94" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q94" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T94" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par3-mission-dassistance-technique-departementale-reglementaire.html</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-departements-dans-leurs-missions-dassistance-technique-reglementaire/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>143315</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment bien cerner les contours de la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels critères retenir pour sélectionner un prestataire ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des capacités d&amp;#039;accompagnement à chaque étape : phases amont, diagnostic, aval, suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages) et d&amp;#039;analyse du fonctionnement des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes au plus près des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une vision pluridisciplinaire et intégrée de la Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active aux côtés des pouvoirs publics, à l&amp;#039;élaboration de méthodologies de référence dans ce domaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner la préparation du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration du plan de phasage des études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du cahier des charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la maîtrise d&amp;#039;ouvrage lors de la réalisation des études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Effectuer (tout ou partie) de votre diagnostic concernant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La détermination pertinente des enjeux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Renforcer votre autonomie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formation de vos équipes aux outils utiles au diagnostic.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Troyes Champagne Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CO.BA.H.M.A. – EPTB Mauldre
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Equipement public
+Bâtiments et construction
+Mers et océans
+Milieux humides
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>164924</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les sols face aux pluies intenses</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Pluvial et sol</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>70% dans les territoires au titre de la solidarité uniquement (FRR ou ZRR à titre transitoire jusqu'en 2027)</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>Avec le changement climatique, les sols s’assèchent et les pluies intenses deviennent plus fréquentes et plus fortes.&lt;br /&gt;
+&lt;br /&gt;
+Il est essentiel de retenir l’eau dans les sols ou favoriser son infiltration pour limiter les pollutions pluviales, favoriser la recharge des aquifères, garder l’humidité nécessaire aux végétaux,  préserver les milieux humides et préserver la biodiversité des sols en favorisant la trame brune.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence de l’eau accompagne la gestion intégrée des eaux pluviales en milieu urbain, la préservation des milieux aquatiques et humides mais aussi des aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural.</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements paysagers d’infiltration de l’eau dans les sols en milieu rural&lt;br /&gt;
+Gestion intégrée des eaux pluviales en zone urbaine&lt;br /&gt;
+Préservation des milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P96" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q96" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128697/fr/pluvial-et-sol</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pluvial-et-sol/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>164927</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'adaptation des territoires au changement climatique dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Projets multithématiques pour l'adaptation au changement climatique</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient des actions multithématiques pour l&amp;#039;adaptation des territoires au changement climatique dans le domaine de l&amp;#039;eau.&lt;br /&gt;
+&lt;br /&gt;
+Face aux défis tels que l&amp;#039;assèchement des sols et la diminution du niveau des aquifères, elle encourage l&amp;#039;élaboration de stratégies territoriales intégrant les enjeux des ressources en eau et des milieux aquatiques. L&amp;#039;agence favorise des approches systémiques au niveau des bassins versants et soutient l&amp;#039;animation, les études et les plans d&amp;#039;action via des contrats Eau et Climat. Elle peut également financer des projets innovants et exemplaires pour répondre aux enjeux identifiés dans le plan de bassin d&amp;#039;adaptation au changement climatique.</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q97" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128700/fr/projets-multithematiques-pour-l-adaptation-au-changement-climatique</t>
+        </is>
+      </c>
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-multithematiques-pour-ladaptation-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>164918</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le partage de l'eau et la sobriété</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Partage de l'eau et sobriété</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I98" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>Dans un contexte de tension croissante sur la ressource en eau sous l’effet du changement climatique, le soutien de l’agence de l’eau vise à accompagner la réduction des prélèvements et l’engagement, partout et pour tous, de pratiques ou usages plus sobres en eau, en application de l’objectif national de sobriété du Plan eau.&lt;br /&gt;
+&lt;br /&gt;
+Pour cela, l’agence soutient notamment la dynamique d’émergence ou de révision des projets de territoire pour la gestion de l’eau (PTGE), afin que le partage de l’eau et l’anticipation du changement climatique s’organisent dans le dialogue territorial et à une échelle cohérente d’un point de vue hydrographique ou hydrogéologique.&lt;br /&gt;
+&lt;br /&gt;
+En priorité, l’agence accompagne les territoires les plus en tension sur la ressource en eau, identifiés par les Schémas directeurs d’aménagement et de gestion des eaux (SDAGE).</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>Sobriété en eau des collectivités (réduction des fuites sur les infrastructures de distribution d&amp;#039;eau potable, actions sur la réduction de la consommation dans les bâtiments publics ou auprès des particuliers...)&lt;br /&gt;
+Sobriété en eau de l&amp;#039;agriculture&lt;br /&gt;
+Sobriété en eau des activités industrielles et économiques&lt;br /&gt;
+Partage de l&amp;#039;eau entre les usages&lt;br /&gt;
+Projets de substitution (stockage, transfert)&lt;br /&gt;
+Réutilisation des eaux usées traitées et des eaux grises&lt;br /&gt;
+Remise en état post-sinistre</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P98" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q98" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128493/fr/partage-de-l-eau-et-sobriete</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/partage-de-leau-et-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>164925</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Gouvernance locale de l'eau, animation, sensibilisation et éducation aux enjeux de l'eau</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;#039;agence de l’eau soutient l&amp;#039;animation territoriale nécessaire à la réalisation des actions liées à la gestion de l&amp;#039;eau, en favorisant une gouvernance locale efficace, représentant les divers usages.&lt;br /&gt;
+&lt;br /&gt;
+Elle encourage la création de structures de concertation multi-partenariales et l&amp;#039;émergence de maîtrises d&amp;#039;ouvrage locales pour répondre aux enjeux des bassins versants. De plus, l&amp;#039;agence soutient les &amp;#34;têtes de réseau&amp;#34; qui facilitent la mise en relation et le partage de ressources entre les acteurs. En milieu rural, elle accompagne les services d&amp;#039;assistance technique pour améliorer les infrastructures d&amp;#039;eau et d&amp;#039;assainissement. Enfin, l&amp;#039;agence promeut la participation citoyenne et la concertation pour enrichir les projets liés à l&amp;#039;eau, en permettant aux citoyens de s&amp;#039;impliquer activement dans leur élaboration et leur mise en œuvre.</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>Emergence et animation de la gouvernance locale de l’eau&lt;br /&gt;
+Emergence de projets ou de maîtrise d&amp;#039;ouvrage locale multithématique&lt;br /&gt;
+Animation de démarches contractuelles multithématiques&lt;br /&gt;
+Animation visant à améliorer la synergie entre les politiques de l&amp;#039;eau et l&amp;#039;aménagement du territoire&lt;br /&gt;
+Animation portée par les têtes de réseau &lt;br /&gt;
+Animation de démarches participatives&lt;br /&gt;
+Communication, sensibilisation et éducation aux enjeux de l’eau</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q99" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>voir conditions dans les fiches aides et dans les conditions générales</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Rhône-Méditerranée</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_128698/fr/gouvernance-locale-de-l-eau-animation-sensibilisation-et-education-aux-enjeux-de-l-eau</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaurmc.fr/jcms/pro_102366/fr/le-portail-des-aides-de-l-agence-de-l-eau-rhone-mediterranee-corse</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>Votre demande et vos questions sont à adresser à la délégation régionale de l&amp;#039;agence intervenant sur votre département :&lt;br /&gt;
+ - Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;
+ - Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;
+ - Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;
+ - Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>contact.cda@eaurmc.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gouvernance-locale-de-leau-animation-sensibilisation-et-education-aux-enjeux-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>62848</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Crédit moyen long terme</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Donnez vie à vos projets !
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations sur
+  le
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
+  prêt à moyen long terme
+ &lt;/a&gt;
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
+   Les 6 questions à se poser avant d&amp;#039;emprunter
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
+   Empruntez à taux variable ou révisable ?
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
+   Prêt vert : comment l&amp;#039;analyser ?
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après analyse et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 40 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>95043</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer un plan de désherbage ou un plan de gestion différenciée</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Élaboration d'un plan de gestion différenciée des espaces ouverts aux publics : acquisition de plants et matériel de désherbage</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement public total Région-Agence de l&amp;#039;eau de 80 %
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de 4 200 € HT
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes ou groupement de communes mettant en œuvre un plan d&amp;#039;entretien des espaces communaux adapté aux objectifs de protection des ressources en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;un plan de désherbage des espaces communaux ayant pour objet le repérage et le classement des zones traitées, avec évaluation des risques pour les ressources en eau. Le plan doit intégrer un diagnostic des pratiques communales en matière de traitement phytosanitaire. La commune doit s&amp;#039;engager par convention dans une démarche progressive et continue, avec la signature de la &amp;#34; charte de désherbage/d&amp;#039;entretien des espaces communaux &amp;#34;, celle-ci présentant 3 niveaux de mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les plans de désherbage et les plans de gestion différenciée des espaces.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/elaborer-plan-de-desherbage-plan-de-gestion-differenciee/</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0077/depot/simple</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : 03 88 15 65 13 / lajlah.luther&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Véronique BAUDET : 03 26 70 89 33 / veronique.baudet&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b26-elaborer-un-plan-de-desherbage-ou-un-plan-de-/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>95044</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les inondations</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 20</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Axes d&amp;#039;intervention ( Etudes et travaux )
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maximal d&amp;#039;intervention
+Amélioration de la connaissance et de la conscience du risque
+10% du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations
+5 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme
+10 % du montant éligible
+Actions de réduction de la vulnérabilité des biens et des personnes
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ralentissement des écoulements
+20 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages hydrauliques de protection
+10 % du montant éligible
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond : 80% d&amp;#039;aides publiques (déplafonnement possible lorsque le projet est inclus dans un CPIER) – hors autofinancement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes ouverts et fermés auxquels la compétence Inondation a été transférée, établissements publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Habitants en zones inondables, usagers de réseaux de transports impactés, acteurs économiques (entreprises, exploitations agricoles...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Amélioration de la connaissance et de la conscience du risque, actions d&amp;#039;information, de sensibilisation et de pédagogie à destination du public, des élus et des acteurs économiques pour favoriser la prise en compte du risque ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Surveillance, prévision des crues et des inondations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Prise en compte du risque inondation dans l&amp;#039;urbanisme ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;amélioration des écoulements dans les zones urbanisées ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de réduction de la vulnérabilité des réseaux, des activités économiques, et des services publics ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux de zones de ralentissement dynamique des crues, de restauration ou d&amp;#039;aménagement de zones d&amp;#039;expansion des crues ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etudes et travaux d&amp;#039;ouvrages hydrauliques de protection rapprochée des zones habitées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et travaux en section investissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/prevenir-gerer-inondations/</t>
+        </is>
+      </c>
+      <c r="W102" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0190/depot/simple</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Marie-Dominique PARANIER : 03 88 15 38 62 / marie-dominique.paranier&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Camille BARTHE : 03 87 33 67 62 / camille.barthe&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Sophie PAYER : 03 26 70 31 68 / sophie.payer&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad50-prevenir-et-gerer-les-inondations/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>164336</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Dispositif cours d'école, bulle nature</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux pour des cours d’écoles résilientes au changement climatique, perméables et végétalisées :
+désimperméabilisation, récupération d’eau de pluie, végétalisation des espaces (plantation de haies, 
+arbres, couvre-sol, …), création d’îlots de fraicheur, intégration de matériaux de couleur claire poreux, 
+jardins pédagogiques, … ;
+&lt;br /&gt;• Les actions de concertation et de communication associées. &lt;/p&gt;&lt;p&gt;Les groupes scolaires associés -périscolaires, centres éducatifs d’enfants handicapés- bénéficient également de 
+cette mesure. Les collèges, lycées ou universités et assimilés sont traités dans le cadre de l’article 4.2.1. &lt;/p&gt;&lt;p&gt;L’aide maximale aux projets de cours d’école est conditionnée à une démarche impliquant la concertation et 
+aux projets les plus ambitieux écologiquement lorsque cela est possible : déraccordement des toitures, 
+récupération d’eau de pluie, solutions surfaciques et végétalisées, création d’emprises de pleine terre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Jeunesse
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation au sein des 
+écoles&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-operations-ponctuelles-ou-globales/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>382</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>PSP B</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification (au 1er janvier 2020) :
+6 M€ par projet
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
+uniquement : toutes les opérations d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assainissement, adduction d&amp;#039;eau potable, déchets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteur du numérique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructures sportives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social et intermédiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie sociale et solidaire (ESS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets culturels et de valorisation du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>384</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un préfinancement de subventions européennes et d'Etat - PS2E</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039; Agence française
+de développement
+répond aux besoins
+de financement de
+court terme des
+acteurs publics
+en préfinançant
+les subventions
+européennes, d&amp;#039;État
+ou de la Caisse
+d&amp;#039;allocations
+familiales (CAF).  Ce préfinancement permet d&amp;#039;avancer la trésorerie nécessaire au paiement des entreprises mobilisées pour la réalisation des investissements des acteurs publics; et le cas échéant, de compléter un prêt d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de la subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : 3 à 5 ans maximum
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : non applicable
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible au démarrage des travaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout préfinancement de subventions européennes,
+d&amp;#039;État, ou de la CAF
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions européennes :
+fonds structurels européens et assimilés
+(FEDER, FEADER, FEAMP); 
+fonds européen de développement (FED); 
+autres fonds européens spécifiques
+(RTE-T, Marco-Polo, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions d&amp;#039;État et subventions des établissements
+publics nationaux et des Organismes divers d&amp;#039;adminitration
+centrale (ODAC); 
+Fonds exceptionnel d&amp;#039;investissement (FEI); dotations d&amp;#039;équipement des territoires ruraux
+(DETR); C
+entre national d&amp;#039;études spatiales (CNES); 
+Office National de l&amp;#039;Eau et des Milieux Aquatiques
+(ONEMA); 
+Agence de l&amp;#039;environnement et de la maîtrise de
+l&amp;#039;énergie (ADEME); 
+Agence nationale pour la rénovation urbaine
+(ANRU); etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f5b-prefinancement-de-subventions-europeennes-et-/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>164221</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Action ou programme de sensibilisation, de communication, d'information sur les enjeux de la politique de l'eau</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q106" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau-1/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>164224</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Action de communication co-organisée avec l'agence de l'eau</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q107" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action co-organisée avec l’Agence de 
+l’eau&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public-1/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>95040</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et protéger les eaux souterraines</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de connaissances et développement d’outils de gestion pour la protection des ressources en eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connaître et protéger les eaux souterraines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P108" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités locales, Établissements publics et associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités, groupe d&amp;#039;experts, entreprises, etc...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ études à caractère général ou opérationnel, ayant pour objet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la connaissance sectorielle ou globale des nappes phréatiques ainsi que des pressions qui s&amp;#039;y exercent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des relations entre les canaux, les cours d&amp;#039;eau et les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de données sur la partie profonde des nappes phréatiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des sols au droit des nappes d&amp;#039;eaux souterraines.
+  &lt;/li&gt;
+  &lt;li&gt;
+   mesures de la piézométrie et de la qualité des nappes et de leurs points d&amp;#039;alimentations préférentiels
+  &lt;/li&gt;
+  &lt;li&gt;
+   élaboration de modèles de gestion, hydrodynamiques ou hydrochimiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   études et travaux relatifs à des pollutions peu connues, mises en évidence dans le cadre des inventaires de la qualité des eaux souterraines, ou à des &amp;#34;nouveaux polluants&amp;#34; (disrupteurs endocriniens, molécules phytopharmaceutiques, etc.) dont la présence constitue une menace pour les nappes d&amp;#039;eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude et projets pilotes de lutte contre les pollutions diffuses;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation et diffusion d&amp;#039;outils d&amp;#039;information sur les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmes d&amp;#039;animation, sensibilisation, formation auprès des collectivités et du grand public sur les actions de réduction à la source des pollutions et au développement de techniques alternatives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Étude, animation, matériel d&amp;#039;acquisition, modèles, travaux pilotes
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/connaitre-proteger-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="W108" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0089/depot/simple</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président Philippe Richert
+   &lt;br /&gt;
+   (A l&amp;#039;attention du Service Eaux et Milieux Aquatiques - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour toute information :
+&lt;/p&gt;
+&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : Tél : 03.88.15.65.13, Mail : lajlah.luther&amp;#64;region-alsace.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : Tél : 03 87 33 67 65, Mail : francis.vogin&amp;#64;lorraine.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Veronique BAUDET,
+   Tél : 03 26 70 89 33, Mail : vbaudet&amp;#64;cr-champagne-ardenne.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d52e-connaitre-et-proteger-les-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>165117</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Ruralités et eau : sécuriser l’accès à l’eau potable pour les collectivités rurales</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à sécuriser l’accès à l’eau potable pour les collectivités rurales ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour les études préalables à la création d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;li&gt;Pour les travaux d’interconnexion pour sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;li&gt;Si votre projet se situe en ruralité au titre du zonage socle INSEE « zone rurale »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité ou un groupement de communes&lt;/li&gt;
+&lt;li&gt;Un syndicat compétent en matière d’eau potable&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La réalisation d’études de connaissance : étude de sécurisation de la ressource en eau potable en vue de la réalisation d’interconnexion, analyse financière globale préalable à la réalisation de travaux d’interconnexion&lt;/li&gt;
+&lt;li&gt;La réalisation d’études de conception préalable à la réalisation d’interconnexion (avant travaux, définition de programmation de travaux, AMO, maitrise d’œuvre, etc.)&lt;/li&gt;
+&lt;li&gt;Des travaux d’interconnexion en vue de sécuriser l’alimentation en eau potable&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez aux critères, l’attribution de l’aide n’est pas pour autant automatique. Les dossiers considérés comme complets et répondant aux conditions d’éligibilité seront examinés par un comité technique composé a minima de représentants de la Région Grand-Est et des Agences de l’eau. A cette occasion seront évalués les critères de fragilité territoriale et d’opportunité d’un financement régional.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum : &lt;/strong&gt;Analyse au cas par cas&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Une aide complémentaire peut être sollicitée auprès d’autres cofinanceurs (Agence de l’eau, Départements, etc).&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches. Ce premier entretien doit être réalisé avant le dépôt de la demande.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P109" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/ruralites-acces-eau-potable/</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0290/depot/simple</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez Lajlah LUTHER&lt;/p&gt;&lt;p&gt;lajlah.luther&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 15 65 13&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ruralites-et-eau-securiser-lacces-a-leau-potable-pour-les-collectivites-rurales/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>165118</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Modules Transformants Biodiversité</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Modules Transformants Biodiversité</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez : mener à bien un projet de transformation environnementale, mieux connaître la dépendance et les impacts de vos activités sur la biodiversité, mettre en place une démarche d’amélioration de l’organisation de votre entreprise, faire appel à la reconnaissance nationale « Entreprise Engagée pour la Nature » ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale pouvant aller &lt;strong&gt;jusqu’à 15 500 € :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;des dépenses remboursées &lt;strong&gt;jusqu’à 100% du montant de votre projet&lt;br /&gt;
+&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;une entreprise de toutes tailles (ETP, PME, ETI, grandes entreprises) immatriculée dans le Grand Est, et&lt;/li&gt;
+&lt;li&gt;déployant une activité de production ou de service à l’industrie, de logistique ou de BTP, et&lt;/li&gt;
+&lt;li&gt;en situation financière saine au regard de la réglementation européenne.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et si&lt;strong&gt; vous sélectionnez un prestataire référencé par la Région Grand Est&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;Téléchargez la liste des prestataires référencés pour le module biodiversité&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Pour plus d’information :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;Parcours de Transformation&lt;/a&gt;&lt;/li&gt;
+&lt;li&gt;&lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/modules/"&gt;Modules transformants&lt;/a&gt;&lt;/li&gt;
+&lt;li&gt;Distinction « &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;entreprises engagées pour la Nature&lt;/a&gt; »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;100 % &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour la phase exploratoire (phase 1) dans la limite de 3 000 €.&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;50% &lt;/strong&gt;&lt;strong&gt;du montant des dépenses retenues en € HT pour les phases d’avant-projet (phases 2 et 3) dans la limite de 12 500 €.&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 15 500€.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les&lt;strong&gt; dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;la &lt;strong&gt;prestation de mise en œuvre du module&lt;/strong&gt; Biodiversité par un prestataire référencé&lt;/li&gt;
+&lt;li&gt;les éventuels &lt;strong&gt;frais associ&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;s&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;à cette prestation&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;S&lt;/strong&gt;&lt;strong&gt;é&lt;/strong&gt;&lt;strong&gt;lectionnez un &lt;/strong&gt;&lt;a href="https://www.grandest.fr/wp-content/uploads/2024/06/liste-operateurs-references.pdf"&gt;prestataire référencé&lt;/a&gt;&lt;strong&gt; par la Région Grand Es&lt;/strong&gt;&lt;strong&gt;t.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention&lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;:&lt;/strong&gt; &lt;strong&gt;tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.&lt;/strong&gt; La signature du devis doit donc être postérieure au dépôt de la demande.&lt;/p&gt;
+&lt;p&gt;En fonction des besoins, une entreprise peut solliciter plusieurs modules, en effectuant des demandes séparées. Les modules s’inscrivent dans la dynamique des Parcours de transformation mis en place par la Région et dans la continuité du &lt;a href="https://www.grandest.fr/entreprendre-grand-est/parcours-transformation-entreprises-grand-est/"&gt;diagnostic 360&lt;/a&gt; mais peuvent toutefois être sollicités indépendamment.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P110" s="1" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/modules-transformants-biodiversite/</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0278/depot/simple</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Déposez votre demande en ligne dès sélection d’un devis effectué par un prestataire référencé (devis non signé).&lt;/p&gt;&lt;p&gt;Didier VIDAL BANOS&lt;/p&gt;&lt;p&gt;transformation&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/modules-transformants-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>165262</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Structurer la maitrise d'ouvrage et d'organiser les compétences (études)</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Études de structuration de la maitrise d'ouvrage et d'organisation des compétences</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I111" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
+intercommunale à structurer leurs compétences au-delà des obligations 
+réglementaires. La structuration doit permettre aux collectivités d’être
+ opérationnelles, de porter des programmes d’actions ambitieux sur le 
+petit et le grand cycles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P111" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q111" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-etudes-de-structuration-de-la-maitrise-douvrage-et-dorganis.html</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/structurer-la-maitrise-douvrage-et-dorganiser-les-competences-etudes/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>151702</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en eau / assainissement / cours d'eau</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement de Délégation de Service Public (DSP) assainissement à Lancié
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de mise en séparatif des réseaux d&amp;#039;assainissement/eaux pluviales à Ternay
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de schéma directeur d&amp;#039;assainissement pour un ensemble de 8 communes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction du règlement de service d&amp;#039;assainissement collectif à St-Etienne-la-Varenne
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://rhone.fr</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/45ef-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>165103</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et reconquérir la qualité des ressources en eau dans les aires d’alimentation des captages</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet visant à améliorer la qualité des ressources en eau pour l’alimentation en eau potable ?&lt;/h2&gt;&lt;p&gt;Bénéficiez de l’aide régionale :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pour votre projet retenu à l’AMI Filières favorables à la ressource en eau&lt;/li&gt;
+&lt;li&gt;Pour votre projet sur un territoire faisant l’objet d’une contractualisation avec la Région (SENS 2027, etc.)&lt;/li&gt;
+&lt;li&gt;Pour d’autres projets d’investissement pour la lutte contre les pollutions diffuses&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide, si vous êtes :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité territoriale ou un groupement&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une entreprise, etc.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Et si votre projet concerne :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le développement de filières de systèmes et cultures à bas niveau d’impact sur la ressource en eau (tous débouchés, tels que l’alimentation, l’énergie, le textile, le bâtiment, le biocontrôle, etc.)&lt;/li&gt;
+&lt;li&gt;La lutte contre les pollutions diffuses permettant la réduction de l’usage des phytosanitaires et la préservation/reconquête de la qualité de l’eau&lt;/li&gt;
+&lt;li&gt;Des études à caractère général ou opérationnel, ayant pour objet la définition de plans d’actions de reconquête de la qualité de l’eau (délimitation d’AAC, Diagnostic Territorial Multi Pressions, volet ressources des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) en zone rurale s’appuyant sur la méthode définie dans le guide technique de l’Association Scientifique et Technique pour l’Eau et l’Environnement -ASTEE-)&lt;/li&gt;
+&lt;li&gt;Des équipements destinés à la mise en place de l’autocontrôle de la qualité de l’eau des collectivités dans le cadre des PGSSE en zone rurale&lt;/li&gt;
+&lt;li&gt;De l’expérimentation, notamment pour le développement des cultures à bas niveau d’impact et la mise en place de leviers agronomiques permettant la réduction de l’usage des phytosanitaires, prenant en compte le changement climatique (désherbage mécanique, innovation technologique, définition d’itinéraires techniques de cultures à bas niveau d’impact, etc.)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Taux maximum :&lt;br /&gt;
+&lt;/strong&gt;Analyse au cas par cas, suivant le type de porteur et les éventuels régimes d’état mobilisés.&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;
+&lt;p&gt;OU&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne &lt;/strong&gt;dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P113" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2024</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-qualites-eau-captages/</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0291/depot/simple</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches.&lt;/p&gt;&lt;p&gt;OU&lt;/p&gt;&lt;p&gt;Déposez votre demande en ligne dès que vous détenez l’ensemble des devis et une note décrivant le projet.&lt;/p&gt;&lt;p&gt;Contactez Marion PETIN&lt;/p&gt;&lt;p&gt;marion.petin&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 88 76 23 16 &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-reconquerir-la-qualite-des-ressources-en-eau-dans-les-aires-dalimentation-des-captages/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>164335</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Opérations ponctuelles ou globales</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations ponctuelles 
+ou globales 
+d’aménagement mettant 
+en œuvre une gestion 
+intégrée des eaux de 
+pluie et végétalisation 
+associée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q114" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation associée 
+situés en zone urbanisée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-etudes/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>164339</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes, prestations intellectuelles ou d'intérêt général</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J115" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des études de définition et de programmation réalisées par les moyens propres du bénéficiaire de 
+l’aide, comprises comme études préalables à la phase avant-projet relevant de la maîtrise d’œuvre et recouvrant 
+notamment les analyses de faisabilité ou de préparation des investissements ou actions éligibles ainsi que les 
+études diagnostiques ou de schémas directeurs, elles sont intégrées à l’assiette de dépenses par vérification d’un 
+montant plafond maximum de 370 € par jour de dépenses selon les modalités de la délibération relative aux 
+dispositions communes applicables aux aides du 12e Programme à laquelle s’applique le taux d’aide de référence 
+correspondant à l’étude concernée. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour 
+prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
+techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
+dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
+modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
+peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q115" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant plafond de 370 € / j&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>164342</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions d'animation</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J116" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier de 35€</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des opérations d’animation réalisées par les moyens propres du bénéficiaire et eu égard à la nature 
+du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par 
+le nombre de tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation dont l’assiette est déterminée au temps passé, le montant plafond journalier 
+vérifié est par application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les 
+modalités de la délibération relative aux dispositions communes applicables aux aides du 12e Programme à 
+laquelle s’applique le taux d’aide de référence. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par 
+jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
+techniques de déploiement des aides de la politique d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
+dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
+modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
+peut être accordé. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-travaux/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>164343</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions de communication, sensibilisation, éducation</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>Forfait journalier de 35€</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
+la prise en charge et à la justification des actions, 
+études et travaux réalisés par les moyens propres du 
+maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
+de l’assistance à maîtrise d’ouvrage assumées par les 
+moyens propres du bénéficiaire ne sont pas éligibles 
+aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
+l’ensemble des politiques d’intervention du 12e
+Programme&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;S’agissant des actions de communication, de sensibilisation et d’éducation réalisées par les moyens propres du 
+bénéficiaire et eu égard à la nature du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la 
+mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les actions prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par le nombre de 
+tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les actions dont l’assiette est déterminée au temps passé, le montant plafond journalier est vérifié par 
+application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les modalités de la 
+délibération relative aux dispositions communes applicables aux aides du 12e Programme à laquelle s’applique 
+le taux d’aide de référence correspondant à l’action concernée. À l’aide ainsi déterminée s’ajoute un forfait de 
+35 € d’aide par jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q117" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-actions-danimation/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>391</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
+        </is>
+      </c>
+      <c r="W118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir en fonction de chaque aide (suivre le lien du descriptif complet).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>158480</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie technique
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="K120" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -26260,680 +19887,348 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
+      <c r="P119" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W120" s="1" t="inlineStr">
+      <c r="W119" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G121" s="1" t="inlineStr">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>554</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>DATAVIZ Cœur de Ville</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...8 lines deleted...]
-      <c r="K121" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
-[...25 lines deleted...]
-  Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
+ Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Portrait socio-démographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructurer l&amp;#039;habitat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter les mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Servir les citoyens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
+Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
-Attractivité économique
-[...3 lines deleted...]
-      <c r="O121" s="1" t="inlineStr">
+Connaissance de la mobilité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
-[...57 lines deleted...]
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G122" s="1" t="inlineStr">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K122" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
-[...339 lines deleted...]
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
 d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
 dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
 gagnant-gagnant entre les collectivités et les entreprises locales ou
 nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
 permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
 potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
 2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
 mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
 délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
 collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
 financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
 donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
 structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
 mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
 potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
 engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
 et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
 projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
 financements (mécénat) pour les projets (petits et grands) portés par les
 communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
@@ -26941,769 +20236,2228 @@
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
 projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
 d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue
 de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G126" s="1" t="inlineStr">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>163041</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F122" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...9 lines deleted...]
-      <c r="K126" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I122" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="N126" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Santé
+Education et renforcement des compétences
+Biodiversité
+Mers et océans
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
+Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
 Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
+Médias et communication
 Industrie
+Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W123" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P124" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q124" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>94791</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en oeuvre de leur projet d'urbanisme, d'aménagement, d'assainissement, d'eau, de voirie et d'ouvrage d'art</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de Meurthe et Moselle (ATD 54)</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assistance technique, administrative et financière des collectivités pour la définition de leurs besoins, la conception et la mise en oeuvre des projets dans les domaines de l&amp;#039;aménagement, de l&amp;#039;urbanisme, de l&amp;#039;eau, de la voirie et des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO travaux d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;entretien des ouvrages d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de schéma directeur eau potable, suivi de DSP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites des ponts et conseils en matière de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO opérations d&amp;#039;urbanisme et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion intégrée des eaux pluviales dans les projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche et à la mobilisation des financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Equipement public
+Logement et habitat
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
       <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="S126" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U126" s="1" t="inlineStr">
         <is>
-          <t>Jura</t>
+          <t>Meurthe-et-Moselle</t>
         </is>
       </c>
       <c r="V126" s="1" t="inlineStr">
         <is>
-          <t>https://www.amjura.fr</t>
+          <t>https://www.mmd54.org/</t>
         </is>
       </c>
       <c r="X126" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
+  mmd54&amp;#64;mmd54.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
+&lt;/p&gt;
+&lt;p&gt;
+ Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y126" s="1" t="inlineStr">
         <is>
-          <t>fabrice.castro@amjura.fr</t>
+          <t>ccalin@mmd54.org</t>
         </is>
       </c>
       <c r="Z126" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abfe-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
       </c>
       <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:27" customHeight="0">
       <c r="A127" s="1">
-        <v>162510</v>
+        <v>14068</v>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Soutenir la gestion durable des eaux pluviales - études, amélioration des connaissances et gestion patrimoniale</t>
-[...4 lines deleted...]
-          <t>GESTION DURABLE DES EAUX PLUVIALES - ETUDES, AMELIORATION DES CONNAISSANCES ET GESTION PATRIMONIALE</t>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Seine-Maritime</t>
+          <t>La Banque Postale</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+          <t>Prêt</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Accompagner les collectivités pour les études d’aides à la décision et les équipements nécessaires à l’amélioration de la gestion des eaux pluviales en privilégiant leur déconnexion des réseaux et leur infiltration. Soutenir ainsi les collectivités souhaitant disposer des éléments techniques, administratifs et financiers indispensables à une prise de décision éclairée.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N127" s="1" t="inlineStr">
         <is>
-          <t>Eau pluviale
-Espace public</t>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="P127" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
       <c r="R127" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités compétents&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Études d’aide à la décision et de programmation, portant notamment sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les schémas de gestion des eaux pluviales, zonages, bilans &lt;/span&gt;&lt;span&gt;hydrauliques, …&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les études globales d’analyse du potentiel de désimperméabilisation et de renaturation des espaces publics&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les études globales de déconnexion des eaux pluviales&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;2.&lt;/strong&gt; Équipements permettant l&amp;#039;acquisition de données qualitatives et &lt;/span&gt;&lt;span&gt;quantitatives relatives à la gestion des eaux pluviales&lt;/span&gt;&lt;span&gt; :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Équipements de surveillance des rejets pluviaux (sondes ultrasons, radars, hauteur/vitesse, qualité des eaux, … )&lt;/li&gt;&lt;li&gt;Dispositifs de piégeage des déchets aux exutoires des réseaux d’eaux pluviales&lt;/li&gt;&lt;li&gt;Outils de supervision et de gestion de données à l’échelle du territoire du maître d’ouvrage&lt;/li&gt;&lt;/ul&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;p&gt;Le cahier des charges des études doit être soumis préalablement à l’avis des services du Département. Dans le cadre des schémas de gestion des eaux pluviales, il doit respecter les prescriptions du modèle élaboré par le Département et l’AREAS.&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;L’arrêté de mise en enquête publique est nécessaire pour le solde des zonages et schémas de gestion des eaux pluviales.&lt;/p&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S127" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U127" s="1" t="inlineStr">
         <is>
-          <t>Seine-Maritime</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V127" s="1" t="inlineStr">
         <is>
-          <t>https://www.seinemaritime.fr/aides-et-demarches/gestion-durable-des-eaux-pluviales-etudes-amelioration-des-connaissances-et-gestion-patrimoniale/</t>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
         </is>
       </c>
       <c r="W127" s="1" t="inlineStr">
         <is>
-          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
         </is>
       </c>
       <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
-&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
-[...5 lines deleted...]
-&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y127" s="1" t="inlineStr">
         <is>
-          <t>subventions76-communesepci@seinemaritime.fr</t>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
       <c r="Z127" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-gestion-durable-des-eaux-pluviales-etudes-et-gestion-patrimoniale/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
         </is>
       </c>
       <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:27" customHeight="0">
       <c r="A128" s="1">
-        <v>162511</v>
+        <v>157095</v>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Soutenir la gestion durable des eaux pluviales - études préalables, travaux et acquisitions foncières</t>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>GESTION DURABLE DES EAUX PLUVIALES - ETUDES PREALABLES, TRAVAUX ET ACQUISITIONS FONCIERES</t>
+          <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Seine-Maritime</t>
+          <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Accompagner les collectivités pour les études préalables et les travaux favorisant une gestion à la source des eaux pluviales en soutenant des projets privilégiant l’infiltration des eaux pluviales et le recours à des solutions fondées sur la nature sur les espaces publics existants.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N128" s="1" t="inlineStr">
         <is>
-          <t>Eau pluviale
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
 Espaces verts
 Espace public
+Friche
+Foncier
 Voirie et réseaux
-Solutions d'adaptation fondées sur la nature (SafN)</t>
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
         </is>
       </c>
       <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R128" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études préalables à la réalisation des travaux : étude de perméabilité des sols, études topographiques, géotechniques, loi sur l’eau, missions SPS, études d’ingénierie, … .&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;aménagements de surface : noues, fossés, bassins d’infiltration, aménagements avec revêtements perméables (végétalisation, matériaux poreux, … ), espaces verts inondables, arbres de pluie, reprofilage de trottoirs et arasements de bordures, …&lt;/li&gt;&lt;li&gt;Ouvrages enterrés : tranchées drainantes, chaussées à structure réservoir, Structures Alvéolaires Ultra Légères (SAUL), …&lt;/li&gt;&lt;li&gt;Essais préalables à la réception des travaux&lt;/li&gt;&lt;li&gt;Acquisitions foncières&lt;/li&gt;&lt;li&gt;Communication et sensibilisation : expositions, documents pédagogiques, etc.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Nouveaux aménagements d’urbanisation (lotissements, zones d’activités, … ),&lt;/li&gt;&lt;li&gt;Les opérations exclusives de création de réseau d’eaux pluviales,&lt;/li&gt;&lt;li&gt;Travaux d’entretien courant,&lt;/li&gt;&lt;li&gt;Réserves incendie (autre dispositif d’aide).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le choix de travaux doit être justifié par un schéma directeur d’assainissement ou un schéma de gestion des eaux pluviales de moins de 10 ans.&lt;/li&gt;&lt;li&gt;Les opérations peuvent être également préconisées par une étude spécifique (déconnexion des eaux pluviales, potentiel de désimperméabilisation).&lt;/li&gt;&lt;li&gt;Les gains hydrauliques attendus suite à la réalisation des travaux devront être estimés.&lt;/li&gt;&lt;li&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la- conception et à la mise en oeuvre des projets.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafond des dépenses subventionnables (travaux):&lt;/strong&gt; 500 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT de l’étude ou des travaux si non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S128" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U128" s="1" t="inlineStr">
         <is>
-          <t>Seine-Maritime</t>
+          <t>Moselle</t>
         </is>
       </c>
       <c r="V128" s="1" t="inlineStr">
         <is>
-          <t>https://www.seinemaritime.fr/aides-et-demarches/eau-potable-etudes-prealables-travaux-et-acquisitions-foncieres/</t>
-[...4 lines deleted...]
-          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+          <t>https://www.matec57.fr/</t>
         </is>
       </c>
       <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
-&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
-[...5 lines deleted...]
-&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y128" s="1" t="inlineStr">
         <is>
-          <t>subventions76-communesepci@seinemaritime.fr</t>
+          <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
       <c r="Z128" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-gestion-durable-des-eaux-pluviales-travaux-et-acquisitions-foncieres/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
       <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:27" customHeight="0">
       <c r="A129" s="1">
-        <v>162533</v>
+        <v>147706</v>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
+          <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>Programme LEADER 2023-2027</t>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>GAL du Pays de Coutances</t>
-[...4 lines deleted...]
-          <t>Conseil régional de Normandie</t>
+          <t>Perche Ornais (PETR)</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J129" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
-[...26 lines deleted...]
-soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N129" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-Eau pluviale
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
 Transition énergétique
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Attractivité économique
-Réduction de l'empreinte carbone</t>
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
-          <t>01/01/2023</t>
+          <t>20/03/2023</t>
         </is>
       </c>
       <c r="Q129" s="1" t="inlineStr">
         <is>
-          <t>12/12/2027</t>
+          <t>31/12/2027</t>
         </is>
       </c>
       <c r="R129" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
-[...5 lines deleted...]
-&lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S129" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U129" s="1" t="inlineStr">
         <is>
-          <t>GAL Pays de Coutances</t>
+          <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
       <c r="V129" s="1" t="inlineStr">
         <is>
-          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
       <c r="X129" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
-[...4 lines deleted...]
-&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y129" s="1" t="inlineStr">
         <is>
-          <t>c.guerard@communaute-coutances.fr</t>
+          <t>energie@payspercheornais.fr</t>
         </is>
       </c>
       <c r="Z129" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
       <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:27" customHeight="0">
       <c r="A130" s="1">
-        <v>162563</v>
+        <v>144547</v>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
+          <t>Emprunt citoyen</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W130" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J130" s="1" t="inlineStr">
+      <c r="J131" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N130" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -27742,441 +22496,7913 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y130" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C131" s="1" t="inlineStr">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>164111</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G131" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J132" s="1" t="inlineStr">
+        <is>
+          <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Consommation et production
+Risques naturels
+Qualité de l'air
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/leader/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>164102</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - fiche action  8</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I133" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q133" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>163767</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>guichet unique de l’ingénierie territoriale ligérienne</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire
+Agence Nationale pour la Rénovation Urbaine (ANRU)
+Banque des Territoires
+ALEC 42 - Agence Locale de l'Energie et du Climat
+Agence nationale de la cohésion des territoires (ANCT)
+DDT de la Loire
+Office Français de la Biodiversité (OFB)
+Cerema
+Conseil départemental de la Loire
+Commissariat du Massif Central
+Agences de l'eau
+Agence Nationale de l'Habitat (ANAH)
+ADEME</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
+de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+délégués territoriaux adjoints : le secrétaire général de
+la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
+Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+le directeur départemental des territoires et la directrice
+départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
+sont les premiers interlocuteurs des maires et présidents
+d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
+collectivités territoriales ont régulièrement besoin du soutien de
+l’État pour développer leurs projets : une aide financière
+mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
+des prestations intellectuelles pour répondre aux questionnements
+autour de ces projets. Elle couvre les aspects technique,
+réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
+de prestations proposées par l’État local, le &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Conseil
+départemental, l’AMF42&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
+les établissements publics membres du comité national de
+coordination (ANRU, ANAH, ADEME, CEREMA, Caisse des dépôts et des
+consignations) et les institutions, structures ou opérateurs publics
+dans la Loire est recensée dans le&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+r&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;éférentiel
+de l’ingénierie territoriale ligérienne. Ce recueil numérique de
+fiches &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+régulièrement mis à jour et accessible sur le site internet des
+services de l’État.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Un
+guichet unique regroupe des agents de l’État, du Conseil
+départemental et des principaux intervenants de l’ingénierie
+locale. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
+est chargé d’apporter rapidement &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;et
+sans formalisation excessive &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+réponses &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;aux
+questionnements &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;des
+collectivités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’adresse
+&lt;a href="mailto:ingenierie&amp;#64;loire.gouv.fr"&gt;ingenierie&amp;#64;loire.gouv.fr&lt;/a&gt; est le point d’entrée vers le guichet unique. La forme de ces
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;questionnements&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+est libre : les référents territoriaux de l’État
+compléteront une fiche normalisée, au besoin en interrogeant la
+collectivité en retour pour davantage de précision. Une fois
+complétée, cette fiche normalisée devra permettre de constater
+l’insuffisance de ressource locale en ingénierie et la fragilité
+économique, sociale, démographique ou financière de la
+collectivité (principe de subsidiarité).&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Régulièrement,
+le guichet unique se réunira pour déterminer la meilleure manière
+de répondre à cette sollicitation. Il désignera un chef de file
+qui préparera une proposition soumise à la collectivité puis aux
+autorités compétentes (bureau, conseil, commission, etc). Après
+l’accord de tous, la décision d’octroi interviendra au plus
+vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
+chef de file mettra en œuvre la solution retenue ou en assurera le
+pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
+ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
+marchés à bons de commande de l’ANCT ; les appuis sur mesure
+de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
+ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
+des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
+bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
+Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
+solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
+de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+d’un tiers prise en charge par un des membres du guichet unique,
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
+participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
+financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
+dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
+les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
+éligibles : les communes, les intercommunalités, leurs
+groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
+de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
+relever de la compétence, éventuellement partagée, de la
+collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
+la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
+&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
+au cas par cas en fonction du dispositif d’appui retenu pour
+répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
+intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
+appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>michel.poiret@loire.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>82912</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Nouveaux lieux, nouveaux liens
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de l'Isère
+CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
+CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
+CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
+CAUE de la Haute-Savoie
+CAUE du Calvados
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
+CAUE du Lot
+CAUE de la Vendée
+CAUE de la Manche
+CAUE de la Guyane
+CAUE de la Creuse
+CAUE de l'Hérault
+CAUE de l'Essonne
+CAUE de l'Aveyron
+CAUE de l'Ardèche
+CAUE du Maine-et-Loire
+CAUE de l'Yonne
+CAUE de la Somme
+CAUE de la Meuse
+CAUE de la Drôme
+CAUE de l'Ariège
+CAUE des Vosges
+CAUE des Landes
+CAUE de Mayotte
+CAUE du Morbihan</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les formations proposées par les CAUE ont plusieurs objectifs :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à jour ou approfondir les connaissances des professionnels
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux maîtres d&amp;#039;ouvrages publics, aux maires, de mieux connaître leur territoire, ses évolutions et ses enjeux, les démarches et procédures d&amp;#039;aménagement et d&amp;#039;urbanisme, les outils à leur disposition, les techniques les plus appropriées à leurs actions et à l&amp;#039;implication des habitants ou usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre aux enseignants d&amp;#039;intégrer les enjeux inhérents à l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement dans les projets pédagogiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer aux formations des publics scolaires afin de contribuer à l&amp;#039;ouverture d&amp;#039;esprit et/ou d&amp;#039;élargir leurs compétences en tant que citoyens ou futurs professionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de nombreux CAUE sont datadockés
+ &lt;/li&gt;
+ &lt;li&gt;
+  les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ NB : Nature de l&amp;#039;aide complémentaire aux formations
+ &lt;br /&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formations dans les domaines de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;strong&gt;
+  &lt;br /&gt;
+  &lt;br /&gt;
+  TRANSVERSALEMENT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 Chaumont - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>CAUE des Hautes-Pyrénées
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE de la Dordogne
+CAUE du Pas-de-Calais
+CAUE du Tarn
+CAUE de la Somme
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE des Landes
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE des Bouches-du-Rhône
+CAUE du Calvados
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE de l'Aude
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Ardèche
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE de Mayotte
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>154983</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les atouts du territoire pour lutter et d'adapter au changement climatique et à l'urgence énergétique</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I138" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La situation géographique du PETR Sélestat Alsace Central et de la communauté de communes du Canton d&amp;#039;Erstein en bordure du Rhin et à la confluence de nombreux cours d&amp;#039;eau confère au territoire un patrimoine naturel exceptionnel. La préservation et la restauration des ressources naturelles mais également celle des éléments participant de l&amp;#039;identité paysagère (réseau hydrographique, coteaux, piémont, façade rhénane, ried) doivent conditionner le développement local du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Des dynamiques dans ce sens sont actuellement à l&amp;#039;œuvre sur le territoire : le Projet Alimentaire Territorial 2020-2022 ; le Pacte de Relance et de Transition Energétique ; les Plans Climat Air Energie Territorial ; les Contrats d&amp;#039;objectif Territorial « Accélérateur de transition » dans lesquels se sont engagés chaque EPCI et qui représentent un processus transversal climat-air-énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ La préservation environnementale constitue donc pour le territoire un levier de transition, de coopération et d&amp;#039;innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développer des circuits courts ainsi que la création et/ou le développement de filières alimentaires de proximité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou développer des actions de communication et/ou d&amp;#039;animation contribuant au développement de l&amp;#039;agriculture durable, à l&amp;#039;autonomie alimentaire et/ou l&amp;#039;alimentation locale
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir les équipements de valorisation des filières mellifères et fruitières issues de l&amp;#039;agriculture biologique ou en conversion
+&lt;/p&gt;
+&lt;p&gt;
+ Créer et/ou préserver des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Créer et/ou préserver de mares, vergers, serres, jardins partagés ou pédagogiques
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Valoriser la production locale d&amp;#039;énergies renouvelables pour de l&amp;#039;autoconsommation collective
+&lt;/p&gt;
+&lt;p&gt;
+ Développer la filière locale du bois en faveur de l&amp;#039;économie circulaire locale
+&lt;/p&gt;
+&lt;p&gt;
+ Actions pédagogiques de sensibilisation à la transition écologique et/ou aux enjeux du dérèglement climatique à destination de tous les publics
+&lt;/p&gt;
+&lt;p&gt;
+ Démarches d&amp;#039;expérimentation sur l&amp;#039;adaptation des peuplements forestiers et/ou espèces végétales aux défis climatiques
+&lt;/p&gt;
+&lt;p&gt;
+ Actions d&amp;#039;économie et/ou de la protection de la ressource eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Transition énergétique
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale :&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-mobiliser-les-atouts-du-territoire-pour-lutte/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>164222</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Évènement grand public</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I139" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J139" s="1" t="inlineStr">
+        <is>
+          <t>ou Forfait de 1 000 euros/j ou 1500 euros/2j</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q139" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-aaction-ou-programme-de-sensibilisation-de-communication-dinformation-sur-les-enjeux-de-la-politique-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>164223</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Évènement professionnel</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération de communication ou 
+d’information des publics permettant 
+de soutenir les objectifs d’intervention 
+de l’Agence de l’eau pour la 
+préservation des ressources en eau et 
+de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>164226</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Consultation du public</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action d’information, de sensibilisation 
+en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q141" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Action d’information, de sensibilisation 
+en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-cible/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>164300</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser, éduquer et informer du public - Équipement pédagogique et informatif de mise en valeur des milieux naturels</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I142" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J142" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
+des ressources en eau et des milieux aquatiques 
+par les acteurs de terrain, les usagers, les jeunes, 
+à la fois dans une dimension globale et locale au 
+plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
+changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
+gestion de l’eau, de transition écologique, 
+d’atténuation et d’adaptation au changement 
+climatique et de préservation de la biodiversité, 
+de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
+parties prenantes dans les projets et soutenir 
+les actions portées par les acteurs locaux dans 
+l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
+en faveur des milieux naturels et de la ressource 
+en eau et participer ainsi à l’émergence de 
+projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
+vigueur, notamment dans le cas des activités économiques).
+Pour être éligibles, les projets doivent :
+&lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
+citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
+programme d’interventions de l’Agence de l’eau,
+&lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
+des publics,
+&lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
+participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
+publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
+faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q142" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Création d’équipements pédagogiques
+et informatifs pour la sensibilisation 
+des publics sur les milieux naturels qui 
+ont fait l’objet d’une opération de 
+préservation ou de restauration 
+accompagnée par l’Agence de l’eau &lt;/p&gt;&lt;p&gt;Fourniture d’un plan de valorisation&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-action-de-communication-co-organisee-avec-lagence-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>131013</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W144" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nassera Deroueche
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 61 66 91
+&lt;/p&gt;
+&lt;p&gt;
+ nassera.deroueche&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Office français de la biodiversité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ David Monnier
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 62 86 07
+&lt;/p&gt;
+&lt;p&gt;
+ david.monnier&amp;#64;ofb.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>131012</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Union régionale des Centres permanents d'Initiative pour l'Environnement - Hauts-de-France (CPIE)</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/hauts-de-france</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;animation régionale du dispositif par l&amp;#039;URCPIE Hauts-de-France :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr" target="_self"&gt;
+  animation-ten&amp;#64;cpie-hautsdefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3266-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>131009</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W146" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Benjamin Virely
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale de la biodiversité Centre-Val de Loire
+&lt;/p&gt;
+&lt;p&gt;
+ 09 70 72 40 12
+&lt;/p&gt;
+&lt;p&gt;
+ benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df17-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>131004</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bretagne</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Anne-Hélène LE DU
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable du Pôle ingénierie de projets
+&lt;/p&gt;
+&lt;p&gt;
+ 06 02 19 65 28
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  annehelene.ledu&amp;#64;biodiversite.bzh
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4e3-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>131003</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bruno Dorbani
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chef du service TerritoireChef du service Territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Agence Régionale de la Biodiversité de Bourgogne-Franche-Comté
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  bruno.dorbani&amp;#64;arb-bfc.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a952-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>131002</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;
+&lt;p&gt;
+ « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ensemble des territoires engagés sont consultables
+ &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
+  ICI
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour aller plus loin: les
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
+  Atlas de la Biodiversité Communale
+ &lt;/a&gt;
+ , la
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
+  gestion des eaux pluviales
+ &lt;/a&gt;
+ ou bien encore les
+ &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
+  Solutions d&amp;#039;Adaptation Fondées sur la Nature
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Alimentation
+Risques naturels
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
+ Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires</t>
+        </is>
+      </c>
+      <c r="W149" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Stéphanie GARRIDO / Thomas FOUREST
+&lt;/p&gt;
+&lt;p&gt;
+ ARBE
+&lt;/p&gt;
+&lt;p&gt;
+ 04.42.90.90.60-54 / 04.42.90.90.66
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a target="_self"&gt;
+   ville-nature&amp;#64;arbe-regionsud.org
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>126135</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une assistance technique en matière d'eau potable et/ou d'assainissement</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Assistance technique départementale Domaine Eau et Assainissement</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les missions proposées permettent d&amp;#039;aider les collectivités à la gestion patrimoniale et à l&amp;#039;amélioration de l&amp;#039;exploitation des systèmes d&amp;#039;assainissement collectif ainsi que des installations d&amp;#039;eau potable. Cela comprend, par exemple, des visites sur site avec des analyses d&amp;#039;eaux usées, des conseils pour l&amp;#039;entretien des ouvrages d&amp;#039;épuration ou d&amp;#039;alimentation en eau potable, des appareillages électromécaniques, des réglages, des rejets dans le milieu naturel, des bilans de fonctionnement, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément, certains EPCI &amp;lt; 40 000 habitants pour lesquels la convention type ne serait pas appropriée pourront solliciter un accompagnement particulier et se voir proposer une convention spécifique soumise à la validation de la commission permanente selon des modalités techniques et financières adaptées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Retenir l&amp;#039;éligibilité des communes rurales et des EPCI de moins de 40 000 habitants à l&amp;#039;assistance technique définie dans la convention type figurant en annexe 1 et d&amp;#039;en exclure les EPCI de plus de 40 000 habitants éligibles du fait du critère « zone de montagne »
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser ces EPCI de plus de 40 000 habitants à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
+  &lt;/li&gt;
+  &lt;li&gt;
+   Autoriser les EPCI de moins de 40 000 habitants pour lesquels la convention type n&amp;#039;est pas appropriée, à solliciter un accompagnement spécifique et adapté à leurs besoins. Cette demande sera instruite par les services départementaux et les modalités de l&amp;#039;assistance technique feront l&amp;#039;objet d&amp;#039;une convention spécifique soumise à l&amp;#039;approbation de la commission permanente
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exclure du bénéfice de l&amp;#039;assistance technique les EPCI en délégation de service public pour l&amp;#039;intégralité de leurs équipements d&amp;#039;eau potable.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/ci_537149/fr/preservation-de-la-qualite-de-l-eau#niveau_5</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Eau Environnement Forêt Agriculture
+&lt;/p&gt;
+&lt;p&gt;
+ Mission d&amp;#039;assistance à la gestion de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ MAGE : 04 77 12 52 38
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mage&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  mage&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5dbc-obtenir-une-assistance-technique-en-matiere-d/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W155" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>159890</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les communes et les intercommunalités en matière technique et de financement de projets</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil technique et financement</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale du Gard</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Apporter soutien et expertise aux collectivités en matière d&amp;#039;ingénierie publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique en matière d&amp;#039;urbanisme, de voirie, d&amp;#039;eau et d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique pour mener à bien tous projets d&amp;#039;équipement et d&amp;#039;aménagement public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de projets, diagnostics des besoins et aide à la programmation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance en matière d&amp;#039;étude de faisabilité technique, règlementaire et financière pour tous projets locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de cahiers des charges spécifiques aux projets ( lettre de consultation, acte d&amp;#039;engagement, CCTP, CCAP, mémoire technique cadre, programme de travaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;p&gt;
+ 0,50 € par habitant pour les communes
+&lt;/p&gt;
+&lt;p&gt;
+ 0,25 € pour les EPCI à fiscalité propre
+&lt;/p&gt;
+&lt;p&gt;
+ 0,10 €pour les EPCI sans fiscalité propre
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-technique-gard.fr/</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04.66.02.85.50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>d.paloc@atdgard.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/870e-conseiller-les-communes-et-les-intercommunali/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>159891</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>conseil juridique et administratif</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale du Gard</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Tourisme
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;p&gt;
+ 0,50 € par habitant pour les communes
+&lt;/p&gt;
+&lt;p&gt;
+ 0,25 € pour les EPCI à fiscalité propre
+&lt;/p&gt;
+&lt;p&gt;
+ 0,10 €pour les EPCI sans fiscalité propre
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-technique-gard.fr/</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04.66.02.85.50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>d.paloc@atdgard.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>164419</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J158" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
+la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Espaces verts
+Espace public
+Friche
+Recyclage et valorisation des déchets
+Accès aux services
+Citoyenneté
+Revitalisation
+Innovation, créativité et recherche
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P158" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q158" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire AAP Revitalisation de centre-bourg</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>163581</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Financement européen LEADER</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Plateau de Saclay</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
-Agriculteur</t>
-[...8 lines deleted...]
-      <c r="I131" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J131" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet sur le Plateau de Saclay ?&lt;/p&gt;&lt;p&gt;Le programme LEADER, un dispositif de l&amp;#039;Union européenne, vise à soutenir financièrement des initiatives locales sur le Plateau de Saclay pour la période 2023-2027. Le Groupe d&amp;#039;Action Locale (GAL) du Plateau de Saclay dispose d’une enveloppe de 1,4 million d’euros pour encourager le développement territorial à travers des thématiques variées : agriculture, recherche, pédagogie, innovation, environnement, etc.&lt;/p&gt;&lt;p&gt;Que vous soyez un acteur public ou privé (élus, collectivités, chambres consulaires, entreprises, associations, etc.), vous pouvez bénéficier d’un financement LEADER si votre projet se situe, en tout ou partie, sur le Plateau de Saclay.&lt;/p&gt;&lt;p&gt;Les projets éligibles sont examinés par un comité de programmation, qui se réunit 3 à 4 fois par an. Ce comité, composé d’élus et d’acteurs locaux, sélectionne les projets à soutenir.&lt;/p&gt;&lt;p&gt;Pour plus d’informations ou pour soumettre votre idée, n’hésitez pas à contacter l’équipe du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;blockquote&gt;&lt;p&gt;Voici quelques exemples de thématique accompagnés par le GAL du Plateau de Saclay :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1er thématique : Préserver les espaces agricoles et ruraux, essentiels pour l&amp;#039;équilibre territorial &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;- Sensibilisation aux enjeux de l&amp;#039;agriculture et à son fonctionnement en contexte périurbain&lt;/blockquote&gt;&lt;blockquote&gt;- Accompagnement et aménagement de l&amp;#039;espace pour maintenir et faciliter l&amp;#039;activité agricole&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;2e thématique : Accompagner l&amp;#039;évolution de l&amp;#039;agriculture et des filières pour une alimentation locale, saine, de qualité et accessible à tous &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- Installation, transmission et développement de nouvelles productions agricoles locales &lt;/span&gt;&lt;/blockquote&gt;&lt;blockquote&gt;- Transformation alimentaire de produits locaux et réduction du gaspillage &lt;/blockquote&gt;&lt;blockquote&gt;- Soutien à la structuration de filières et des circuits de distribution et de consommation des produits locaux&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;3e thématique : Accompagner la transition pour répondre aux grands enjeux environnementaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Valoriser et accompagner l&amp;#039;utilisation des espaces agricoles, naturels et forestiers dans la lutte contre le changement climatique&lt;/p&gt;&lt;p&gt;- Développer l&amp;#039;économie circulaire et le recyclage de la matière organique&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;4e thématique : Soutenir l&amp;#039;émergence de projets innovants qui répondent aux enjeux sociétaux en mobilisant la dynamique Paris-Saclay &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Nourrir les synergies entre acteurs&lt;/p&gt;&lt;p&gt;- Construire de nouveaux espaces expérimentaux &lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Soutenir aux projets de recherche appliquée&lt;/p&gt;&lt;/blockquote&gt;&lt;p&gt;Ces thématiques montrent la diversité des initiatives soutenues, toutes centrées sur le développement local du Plateau de Saclay.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Forêts
+Sols
+Economie circulaire
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P159" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q159" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La réalisation des dépenses de mon projet doit se situer sur le territoire du GAL, sauf cas exceptionnel ou projet de coopération.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mes dépenses prévisionnelles s’inscrivent dans la liste des coûts éligibles et je fais partie de la liste des bénéficiaires potentiels (voir page suivante).&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;J’ai au moins un autre cofinancement public. En effet, le soutien financier de l’Union Européenne vient en complément des aides nationales, régionales et locales.&lt;/li&gt;&lt;li&gt;Je n’ai pas commencé à engager le projet: factures payées, devis signés...&lt;/li&gt;&lt;li&gt;Mon projet n’est pas finançable par d’autresmesures ou dispositifs de subvention du FEADER* (contacter l’équipe technique pour plus d’informations).&lt;/li&gt;&lt;li&gt;Je dispose d’une trésorerie suffisante dans l’attente du versement de la subvention à la fin du projet sur présentation des factures acquittée.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>GAL Plateau de Saclay</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://terreetcite.org/concretiser-projets/avec-le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_self"&gt;leader&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank"&gt;sterenn.benoit&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>sterenn.benoit@terreetcite.org</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-liaison-entre-actions-de-developpement-de-leconomie-rurale/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N131" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>163148</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espace public
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W161" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>163141</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
+des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
+un enjeu dans un contexte de changement climatique. Elle cible une gestion
+intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
+limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
+(infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
+recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
+place par les services départementaux et leurs partenaires, un accompagnement
+adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
+du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
+général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
+la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
+de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
+l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
+avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
+sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
+que référent elle sera en charge de la coordination des acteurs et la
+répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
+abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
+le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
+compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
+création de schéma d’intention et la prise en compte de l’accessibilité, SEME
+sur La sensibilisation aux enjeux environnementaux des différents acteurs et
+l’intégration d’une biodiversité dans les projets et la Direction des Routes
+sur les dépendances de la route.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Sols
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
+du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
+commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
+        </is>
+      </c>
+      <c r="W162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>143355</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'assainissement des infrastructures et la protection des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion des réseaux d&amp;#039;assainissement des infrastructures et la préservation des milieux aquatiques attenants sont au cœur de vos préoccupations et vous souhaitez faire les meilleurs choix en matière d&amp;#039;aménagement et/ou de politique de sécurisation pour assurer, entre autres, la gestion qualitative et quantitative de la ressource en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous souhaitez vous appuyer sur un établissement susceptible de vous offrir une large palette de prestations notamment pour optimiser l&amp;#039;évacuation des eaux de la chaussée, assurer la sécurité des usagers en évitant les risques d&amp;#039;aquaplanage et les projections d&amp;#039;eau (un assainissement correctement conçu et réalisé est gage de pérennité de la chaussée) et préserver les milieux aquatiques contre des pollutions diffuses ou accidentelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA RÉPONSE DU CEREMA :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur ces problématiques de protection des milieux aquatiques et assainissement des infrastructures en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes préalables : assainissement routier, requalification environnementale, conception de dispositifs d&amp;#039;assainissement alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôles de chantier : gestion des eaux de ruissellement, audits environnements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation et avis dossiers loi sur l&amp;#039;eau  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et sensibilisation des acteurs publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
-Transition énergétique
-[...14 lines deleted...]
-      <c r="O131" s="1" t="inlineStr">
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Appui méthodologique
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
+Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/assainissement-infrastructures-protection-milieux-aquatiques</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f5f-assainissement-des-infrastructures-et-protect/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>162938</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C164" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
+      <c r="P164" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q132" s="1" t="inlineStr">
+      <c r="Q164" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>162829</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les transitions écologiques et énergétiques</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J165" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Promouvoir l&amp;#039;agriculture et les productions locales dans les pratiques alimentaires du territoire ;&lt;br /&gt;- Encourager les entreprises aux pratiques de gestion durable des ressources ;&lt;br /&gt;- Soutenir les projets innovants qui participent à la résilience du territoire ;&lt;br /&gt;- Accompagner les changements de pratiques pour préserver les ressources.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Accompagner les territoires vers de nouvelles pratiques alimentaires ;&lt;br /&gt;- Favoriser les alternatives écologiques des entreprises publiques et privées ;&lt;br /&gt;- Initier les innovations énergétiques ;&lt;br /&gt;- S&amp;#039;adapter pour gérer durablement la ressource en eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;accompagnement des territoires vers l&amp;#039;alimentation durable ;&lt;br /&gt;- Opérations favorisant les alternatives écologiques des structures publiques et entreprises privées ;&lt;br /&gt;- Opérations favorisant les innovations énergétiques et durables ;&lt;br /&gt;- Opérations visant à adapter le territoire à une gestion durable de la ressource en eau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Alimentation durable : &lt;/strong&gt;Ensemble de pratiques alimentaires visant à nourrir les êtres humains en qualité et en quantité suffisante, aujourd&amp;#039;hui et demain, dans le respect de l&amp;#039;environnement, en étant accessible économiquement et rémunératrice sur l&amp;#039;ensemble de la chaîne alimentaire (ADEME).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Animation et mise en réseau
+Valorisation d'actions
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt;/ 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-transitions-ecologiques-et-energetiques/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>163055</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une mission d'assistance aux maîtres d'ouvrage (AMO) pour la réalisation de projets, d'études ou de travaux</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>SERVICE INGÉNIERIE</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mission d’ingénierie vous accompagne pour :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Réaliser une étude :
+&lt;ul&gt;
+&lt;li&gt;vous accompagne de votre réflexion initiale à sa finalisation pour vous aider à préciser vos objectifs, rédiger le cahier des charges, prendre en charge la consultation des bureaux d’étude et l’analyse des offres et vous assister dans les démarches de financement de l’étude.&lt;/li&gt;
+&lt;li&gt;participe aux réunions, délivre des avis techniques sur les livrables produits et vous accompagne dans vos prises de décisions et l’appropriation des résultats.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/li&gt;
+&lt;li&gt;Réaliser une procédure de protection de captage (PPC)&lt;/li&gt;
+&lt;li&gt;Réaliser des travaux (faisabilité, marché de Moe, conception, suivi du chantier…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;[INTERVENTION PAYANTE] Conseil - information :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Renseignement et conseil par échanges téléphoniques ou courriel, pas de production d’éléments spécifiques à la collectivité :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Informations techniques et réglementaires: technologies, prix du service de facturation, relations usagers, conventions, foncier…)&lt;/li&gt;
+&lt;li&gt;Renseignements sur les démarches à conduire pour la mise en œuvre d’un projet (identification des intervenants et compétences nécessaires, procédure à suivre, documentation générale…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;[INTERVENTION PAYANTE] Ingénierie (complémentaire aux bureaux d&amp;#039;étude ou aux maîtres d&amp;#039;œuvre) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;Assistance pour la réalisation d’études ou de travaux : définition des objectifs, gestion du projet,&lt;br /&gt;
+suivi technique, financements, aide à la décision, marchés publics, autorisations (foncier, réglementaire…)&lt;br /&gt;
+&lt;em&gt;Exemples : schémas directeurs, diagnostics, procédure de protection de captage, travaux…&lt;/em&gt;&lt;/li&gt;
+&lt;li&gt;Accompagnement sur l’organisation, la structuration et la gestion des services proposés (tarification,&lt;br /&gt;
+modes de gestion, etc.)&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;MODALITÉS DE CONTRACTUALISATION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le service bi-départemental d’assistance technique dans le domaine de l’eau vise l’accompagnement des communes ou des établissements publics de coopération intercommunale qui ne bénéficient pas des moyens suffisants pour l’exercice de leurs compétences dans le domaine de l’assainissement, de la protection de la ressource en eau […](art L3232-1-1 CGCT). Ces collectivités sont « éligibles » à l’assistance technique départementale.&lt;/p&gt;&lt;p&gt;Dans la limite de ses moyens, le service intervient également auprès des autres collectivités.&lt;/p&gt;&lt;p&gt;Les missions d’animation sont gratuites et s’adressent à toutes les collectivités.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONVENTIONNEMENT AVEC LES COLLECTIVITÉS ÉLIGIBLES*&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les Départements mettent à jour annuellement la liste des services éligibles.&lt;/p&gt;&lt;p&gt;Une convention unique d’assistance technique dans le domaine de l’eau est proposée à ces collectivités, comprenant au choix les missions SATESE, SATEP et/ou Ingénierie.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTRACTUALISATION AVEC LES COLLECTIVITÉS NON ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les Départements peuvent intervenir à la demande ou en réponse à un appel d’offre en tant qu’opérateur économique soumis aux règles de la commande publique.&lt;/p&gt;&lt;p&gt;Dans ce cas, les Départements établissent une offre technique et financière pour répondre au besoin de la collectivité, qui est ensuite contractualisée.&lt;/p&gt;&lt;p&gt;*L’éligibilité est définie par des critères de population, de potentiel financier et d’appartenance à une zone de montagne (Art R3232-1 du CGCT).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/service-ingenierie/</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Département de la Drôme – Service Gestion de l’Eau&lt;br /&gt;
+Pôle Ingénierie Drôme&lt;br /&gt;
+04 75 79 82 74&lt;br /&gt;
+&lt;a href="mailto:piea&amp;#64;ladrome.fr"&gt;piea&amp;#64;ladrome.fr&lt;/a&gt;&lt;br /&gt;&lt;a href="https://www.ladrome.fr/"&gt;www.ladrome.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/service-ingenierie/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>155562</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la végétalisation des cours d’écoles</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I167" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J167" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+  Aménagements ludiques et sportifs (espaces multifonctionnels), création d&amp;#039;espace contribuant à l&amp;#039;organisation d&amp;#039;ateliers pédagogiques (ex : jardins potagers, carrés d&amp;#039;herbes aromatiques...), Études et dépenses d&amp;#039;ingénierie et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, outils de communication et supports pédagogiques liés à l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les plantations hors-sols d&amp;#039;éléments végétalisés de type bacs et potées fleuris, jardinières...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;entretien et de maintenance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de rénovation globale des bâtiments,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements liés à la création de bâtiments scolaires (constructions neuves).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de
+ dépenses éligibles :
+ &lt;/strong&gt;
+ 600.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
+        </is>
+      </c>
+      <c r="W167" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>143305</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Effectuer les choix stratégiques adaptés à la mise en œuvre de la Gemapi</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois le diagnostic territorial établi, vous devez formaliser votre stratégie et le programme d&amp;#039;actions pluriannuel à partir desquels la Gemapi sera mise en oeuvre.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour éclairer et justifier la prise de décisions stratégiques et financières.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez analyser et traduire les enjeux liés à la Gemapi sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes prêts à bâtir une stratégie ou un programme d&amp;#039;actions pluriannuel pour déployer la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez sécuriser le choix du scénario de mise en oeuvre (pertinence, faisabilité) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous vous interrogez sur la méthodologie de phasage des actions ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise nationale reconnue dans la co-construction de plans d&amp;#039;actions Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un maillage territorial favorisant la capitalisation de solutions locales dans la résolution de problématiques globales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche pluridisciplinaire et intégrée de la Gemapi, sur ses deux volets et à leur interface
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité à faire le lien entre Gemapi et petit cycle de l&amp;#039;eau ou risques naturels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   &amp;gt; Exploiter les résultats de votre diagnostic territorial
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;analyse des enjeux clés de votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de scénarios de gouvernance en réponse aux enjeux de la Gemapi ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de modalités de concertation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Formaliser des scénarios de mise en oeuvre efficace et économe de la Gemapi
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Partage et utilisation de retours d&amp;#039;expérience ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-construction d&amp;#039;une stratégie adaptée à votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support au phasage des actions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la rédaction de votre cahiers des charges.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer les scénarios proposés sur le plan socio-économique et environnemental
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outils d&amp;#039;aide à la décision.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Agglo Le Puy en Velay
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un diagnostic territorial. Elaboration d&amp;#039;un plan d&amp;#039;actions permettant une prise de compétence Gemapi réussie.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CO.BA.H.M.A. – EPTB Mauldre
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Risques naturels
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/effectuer-choix-strategiques-adaptes-mise-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b75c-effectuer-les-choix-strategiques-adaptes-a-la/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>162974</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ingénierie financière
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
 	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	aux collectivités dans la mise en œuvre de l’ingénierie sur
 	mesure proposée par l’ANCT, ...&lt;/p&gt;
 	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
 	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	et instruction des procédures environnementales des projets,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
@@ -28212,221 +30438,4661 @@
 	douces,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
 	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
 	des collectivités pour la prise d’arrêtés de mise en sécurité,
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Développement
 économique et commercial&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	et accompagnement pour la réalisation de projets économiques ou
 	industriels, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Ingénierie
 financière&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
 	à la recherche de financements publics (outil aides territoires),
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 – Action
 Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
 Petites Villes de Demain (PVD) ;&lt;/p&gt;
 &lt;p&gt;– Pacte
 Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
 &lt;p&gt;– Aménagements
 d’espaces publics ;&lt;/p&gt;
 &lt;p&gt;– Renouvellement
 urbain, écoquartiers ;&lt;/p&gt;
 &lt;p&gt;– Rénovation
 thermique de bâtiments publics, production d&amp;#039;EnR ; 
 &lt;/p&gt;
 &lt;p&gt;– Agendas
 d’accessibilité programmée ;&lt;/p&gt;
 &lt;p&gt;– Diagnostics
 de sécurité routière ;&lt;/p&gt;
 &lt;p&gt;– Aires
 d’accueil des gens du voyage ;&lt;/p&gt;
 &lt;p&gt;– Plans
 communaux de sauvegarde ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
 liés aux énergies renouvelables ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
 de friches artisanales et industrielles ;&lt;/p&gt;
 &lt;p&gt;– Planification
 territoriale… .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Prévention des risques
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C134" s="1" t="inlineStr">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I170" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J170" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P170" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q170" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I171" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P171" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q171" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>164109</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Financer des études pour favoriser l'eau et la nature en ville et village</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J172" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / ou modalités d'interventions milieux / ou modalités d'intervention activités économiques</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Les études de gouvernance/structuration des compétences eaux pluviales des collectivités/ingénierie 
+financière (en dehors des études portant sur le mode de gestion du service, régie, délégation ou choix 
+des délégataires) ;
+&lt;br /&gt;• Les études visant la mise en œuvre d’une gestion intégrée des eaux pluviales, études du potentiel de 
+déraccordement des eaux pluviales, et au cas par cas, les études de mise à jour des documents 
+d’urbanisme associés ou tout étude concourant à une bonne prise en compte du Schéma Directeur 
+d’Aménagement et de Gestion des Eaux dans le document d’urbanisme en vigueur ;
+&lt;br /&gt;• Les études visant l’établissement d’un plan d’actions global, règlementaire ou non, adapté à l’enjeu du 
+patrimoine du maitre d’ouvrage ;
+&lt;br /&gt;• Les études pour le diagnostic/schéma directeur, l’acceptation et la gestion écologique des espaces 
+urbains végétalisés et l’intégration de la nature en ville dans le cadre de projets de gestion intégrée de 
+l’eau ;
+&lt;br /&gt;• Les études diagnostic de zones humide et Trames vertes et Bleues ;
+&lt;br /&gt;• Les études de concertation dans le cadre d’un projet de cours d’école « bulle nature » éligible ;
+&lt;br /&gt;• Les études d’Inventaires Historiques Urbains portées par les collectivités ;
+&lt;br /&gt;• Les études allant au-delà du minimum règlementaire et nécessaires à la recherche de solutions plus 
+écologiques (essais de sol, dossiers loi sur l’eau, analyses de pollution, génie pédologique et recréation 
+de techno-sols, …) ;
+&lt;br /&gt;• Les études d’avant-travaux (études préliminaires, étude d’avant-projet, et de projet) ;
+&lt;br /&gt;• Les études en phase travaux/réception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
+du bénéficiaire de l’aide. Lorsque le bénéficiaire peut réaliser l’étude par ses moyens propres, une aide est 
+accordée selon les modalités détaillées dans la fiche dédiée. Sont exclues les prestations d’assistance à la 
+maîtrise d’ouvrage réalisées dans ce cadre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q172" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de regroupement 
+des compétences et de 
+structuration de la maîtrise 
+d’ouvrage à l’échelle 
+intercommunale, hors mise 
+en place de délégation de 
+service public/régie&lt;/li&gt;&lt;li&gt;Études diagnostics, 
+schémas directeurs, y 
+compris études 
+d’investigations 
+complémentaires&lt;/li&gt;&lt;li&gt;Études nécessaires à la mise 
+en œuvre d’un projet 
+éligible (phases EP/AVP/PRO 
+et études annexes 
+nécessaires)&lt;/li&gt;&lt;li&gt;Études nécessaires au suivi 
+et à la réception des 
+travaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-gestion-du-temps-de-pluie-dans-les-projets-damenagement/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>9082</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Etre conseillé sur des sujets complexes en gestion financière, budgétaire, comptable et fiscale (MRCDP)</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Mission régionale de conseil aux décideurs publics (MRCDP
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de conseil installée au niveau régional auprès de chaque Direction régionale des Finances publiques (DRFiP), à l&amp;#039;exception de la Corse et des territoires d&amp;#039;Outre-Mer.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La MRCDP offre des prestations pluricompétences sur des sujets à dominante financière, fiscale et économique dès lors que les enjeux des dossiers sont jugés importants, sensibles ou de dimension régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le champ de compétence des MRCDP est centré principalement sur les décideurs publics de la sphère État (préfets, ARS, rectorats, CROUS et établissements publics nationaux) et les grandes collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide à la décision auprès des grands partenaires sur des sujets complexes et/ou à forts enjeux s&amp;#039;articule principalement autour des 3 thèmes suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse financière, fiscale ou budgétaire (études de soutenabilité) et la réalisation d&amp;#039;études sur la santé économique et financière d&amp;#039;un territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil sur des montages contractuels complexes et l&amp;#039;expertise organisationnelle de structures ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la proposition d&amp;#039;offres innovantes et l&amp;#039;analyse des conséquences, notamment économiques (rentabilité, étude d&amp;#039;impact), d&amp;#039;un projet d&amp;#039;investissement public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La MRCDP garantit aux bénéficiaires une étude neutre, indépendante, gratuite et confidentielle.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Étude au profit du Préfet de région sur la santé économique et financière d&amp;#039;un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les modes de financement et la soutenabilité budgétaire d&amp;#039;un projet d&amp;#039;investissement ou projet de renouvellement urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse financière et appui technique régional en matière de gestion comptable et financière des établissements de santé
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude sur les conséquences financières d&amp;#039;un projet de scission d&amp;#039;une communauté de commune
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P173" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques(DDFiP)
+&lt;/p&gt;
+&lt;p&gt;
+ Conseil Régional aux décideurs publics : contact  disponible sur l&amp;#039;organigramme de votre DRFIP
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9b7e-conseil-aux-decideurs-publics/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>163589</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre la stratégie régionale de l'eau</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Aides de la stratégie régionale de l&amp;apos;eau</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ampleur des enjeux identifiés par la Région dans sa Stratégie Régionale de l’Eau ainsi que l’urgence d’atteindre les objectifs fixés par la Directive Cadre sur l’Eau conduisent la Région à favoriser une approche intégrée de la ressource en eau à l’échelle de bassins versants, seule approche cohérente et efficace au regard des enjeux.&lt;/p&gt;&lt;p&gt; Aussi, afin d’inciter les acteurs de l’eau à s’organiser à cette échelle, la Région souhaite accentuer la sélectivité des projets soutenus. L’accompagnement de la Région au titre de sa politique de l’eau sera ainsi conditionné à : &lt;span&gt;La nécessité d’inscrire l’opération dans une démarche de gestion intégrée de l’eau (adéquation entre le milieu naturel, le développement local et l’aménagement du territoire) construite de manière concertée à une échelle géographique cohérente : le bassin versant. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Forte de ces éléments, la Région s’engage dans les démarches de contractualisation (Contrats territoriaux, …) à l’échelle de bassins versants au côté des agences de l’eau. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; Cette politique de l’eau transversale se décline selon les quatre orientations stratégiques : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Accompagner les changements de pratiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Contribuer à la prise en compte des enjeux de l’eau dans l’aménagement du territoire et à la gestion des risques naturels &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Préserver les milieux aquatiques &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Développer et partager les connaissances &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt; La mise en œuvre de cette politique de l’eau se fera en collaboration étroite avec les Agences de l’eau Adour-Garonne et Loire-Bretagne.
+Au-delà de l’intervention de la Région dans la mise en œuvre d’actions en faveur de la préservation de la ressources en eau (qualité et quantité) sur les bassins versants, la Région s’appuiera sur des partenaires afin notamment d’améliorer la connaissance, de la diffuser et de mettre en cohérence les actions à l’échelle de la Nouvelle-Aquitaine.&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; A cheval entre les bassins hydrographiques Adour-Garonne et Loire-Bretagne, la Région Nouvelle-Aquitaine se caractérise par la présence de différents types de ressources en eau (cours d’eau, nappes, étangs, zones humides, …), rencontrées de manière différenciée sur le territoire. Malgré leurs diversités, ces ressources sont soumises à des pressions et des sollicitations anthropiques variables selon l’occupation du territoire et les activités humaines présentes.
+Ces pressions se trouveront accentuées par le changement climatique qui impactera d’une manière significative, directement et indirectement, l’ensemble des écosystèmes et ressources en eau de la Nouvelle-Aquitaine, ainsi que les usages de l’eau associés.
+Les objectifs visés par la Région sont de pouvoir répondre aux différents enjeux liés à la ressource en eau. &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Transition énergétique
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités et leurs groupements &lt;/li&gt;&lt;li&gt;Collectivités porteuses des contrats territoriaux de gestion intégrée des bassins versants &lt;/li&gt;&lt;li&gt; Syndicats mixtes et établissements de coopération intercommunale&lt;/li&gt;&lt;li&gt; Collectivités productrices d’eau potable&lt;/li&gt;&lt;li&gt; Organisations professionnelles agricoles donnant du conseil sur le système des exploitations et les pratiques des agriculteurs présentes sur les zones à enjeu&lt;/li&gt;&lt;li&gt; Eau prioritaires bénéficiant d’un contrat territorial de bassin versant ou d’un contrat territorial Re-Sources &lt;/li&gt;&lt;li&gt; Entreprises &lt;/li&gt;&lt;li&gt; Groupements de collectivités (Communautés de Communes et Communautés d’Agglomération au titre de la GEMAPI, Etablissement Public Territoriaux de Bassin, Syndicats de Bassins Versants compétents)&lt;/li&gt;&lt;li&gt; Structures porteuses de SAGE
+	Associations créées sur la base de la Loi du 1er juillet 1901 &lt;/li&gt;&lt;li&gt; Propriétaires privés &lt;/li&gt;&lt;li&gt; Associations « migrateurs » : LOGRAMI, MIGADO, MIGRADOUR, Cellule migrateurs Charente Seudre  &lt;/li&gt;&lt;li&gt;Associations ayant une action significative sur les espèces exotiques envahissantes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les demandes de subvention seront traitées au fil de l’eau.
+&lt;/p&gt;&lt;p&gt;Pour les demandes de subvention pour travaux et/ou études, elles sont à déposer, avant leur démarrage, de préférence avant le 31 mars ou avant le 30 juin de chaque année, pour favoriser leur instruction en vue des commissions du 1er ou 2e semestre, en privilégiant un dépôt regroupé par tranche annuelle. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/aides-de-la-strategie-regionale-de-leau</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les modalités d&amp;#039;intervention sont différentes selon les projets, elles sont détaillées dans le règlement d&amp;#039;intervention ci-après.
+Les dossiers sont à transmettre par voie dématérialisée à l&amp;#039;adresse : &lt;a target="_self"&gt;eau&amp;#64;nouvelle-aquitaine.fr&lt;/a&gt;. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aides-de-la-strategie-regionale-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>92594</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Participer aux aménagements hydrauliques et à l’équipement rural des réseaux et ouvrages pour le pluvial</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I175" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir les projets relatif au pluvial porté par une commune exerçant effectivement la compétence (exercice direct ou par délégation) et se situant dans une zone agricole ou naturelle du document d&amp;#039;urbanisme en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de la subvention Départementale : 0 à 50 % maximum du montant HT des investissements
+&lt;/p&gt;
+&lt;p&gt;
+ Une priorité est donnée aux Communes ayant un schéma directeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux maximum de 50 % ne s&amp;#039;applique que si le Conseil départemental est seul financeur et que les dossiers ont été proposés aux autres co-financeurs (Région, Agence de l&amp;#039;eau).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etudes et élaboration des schémas pluviaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de bassins de rétention pour le pluvial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux sur le réseau pluvial (zonage pluvial – article 2224-10 du CGCT)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Communes qualifiées de « rurales » par arrêté préfectoral, n&amp;#039;ayant pas transféré la compétence.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Communes rurales du Vaucluse</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires/les-autres-aides-aux-collectivites-locales-et-organismes-publics-2689.html</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez le : 04.90.16.15.00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f0a-participer-aux-amenagements-hydrauliques-et-a/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>95042</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer les cours d’eau et les milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Restauration des cours d’eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I176" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 35 % du montant HT
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000€ par projet sauf sur les cours d&amp;#039;eau régionaux majeurs : Rhin, Ill, Sarre, Moselle, Meuse, Aisne, Marne, Seine, Aube.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif s&amp;#039;inscrit en complément de l&amp;#039;aide Agence de l&amp;#039;eau dans la limite de 80 % d&amp;#039;aides publiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration de la fonctionnalité des cours d&amp;#039;eau : reméandrage, diversification des écoulements, érosion maitrisée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des plans d&amp;#039;eau : renaturation / reprofilage de berges, création de hauts-fonds, restauration de roselières, restauration de digues, ouvrages d&amp;#039;alimentation et de vidange...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de préservation ou de restauration des milieux humides : restauration de zones humides, création d&amp;#039;annexes hydrauliques, de mares, frayères, reconnexion de bras morts, restauration de réseau de fossés, création de zones humides artificielles, zones tampons entre réseau de drainage et cours d&amp;#039;eau... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration de la continuité écologique (suppression ou aménagements d&amp;#039;ouvrages transversaux, etc.) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux de restauration du petit patrimoine bâti et ouvrages alimentant ces milieux aquatiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P176" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, groupement de communes, établissements publics territoriaux de bassin (EPTB), syndicats mixtes, associations, fédérations de pêche, entreprises, particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts d&amp;#039;investissement liés aux opérations précédemment décrites. Travaux et études préalables (faisabilité, avant-projet, projet...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/preserver-restaurer-cours-deau-milieux-aquatiques/</t>
+        </is>
+      </c>
+      <c r="W176" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0083/depot/simple</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président (A l&amp;#039;attention du Service Eaux et Biodiversité - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dfa-restauration-des-cours-deau-et-des-milieux-aq/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>164218</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études en matière de connaissance générale : acquisition de données</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I177" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J177" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
+priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
+aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
+logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
+communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Artisanat
+Industrie
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q177" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
+général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
+par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
+&lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
+adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-etudes-dinteret-general/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>74103</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui technique de proximité à la mise en oeuvre des politiques publiques prioritaires et un accompagnement amont sur les procédures réglementaires associées</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Direction départementale des Territoires et de la Mer (DDTM) du Finistère</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les services appropriés selon le domaine concerné, ou en cas de domaines multiples l&amp;#039;Atelier « Inter-services Territoires Politiques Publiques, Partenaires et Projets » (AIT4P) de la Direction Départementale des Territoires et de la Mer du Finistère, sont les interlocuteurs de proximité des élus qui souhaitent être accompagnés et soutenus
+dans la mise en oeuvre de projets relevant des
+ &lt;strong&gt;
+  politiques publiques prioritaires
+ &lt;/strong&gt;
+ suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aménagement de bourgs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  transition énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  qualité de l&amp;#039;eau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  publicité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sécurité routière
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiment durable et accessibilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  biodiversité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  risques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  urbanisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide se matérialise par un conseil global en aménagement, des interventions ponctuelles ou une mise en réseau.
+ &lt;/strong&gt;
+ Suivant le besoin identifié, elle peut revêtir différentes formes : appui méthodologique, observation prédiagnostic, conseil amont, analyse observatoire de faisabilité...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  s différents services apportent dans une logique de simplification administrative, un conseil stratégique amont tenant compte du contexte local et des particularités du projet, et permet d&amp;#039;aplanir la complexité des procédures inhérentes aux projets d&amp;#039;aménagement et de développement économique.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après un examen sur la base d&amp;#039;une question et pré-dossier du porteur de projet, l&amp;#039;Atelier délivre au bénéficiaire un avis préalable sur les procédures applicables et les délais induits ainsi qu&amp;#039;une synthèse des informations utiles
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  aménagements d&amp;#039;espaces publics ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de nouveaux quartiers, renouvellement urbain, écoquartiers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovation thermique de bâtiments publics, production d&amp;#039;EnR ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  agendas d&amp;#039;accessibilité programmée ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics publicité ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostics de sécurité routière ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aires d&amp;#039;accueil des gens du voyage ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plans communaux de sauvegarde.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pôle d&amp;#039;échanges multi-modal,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  implantation, extension de sites d&amp;#039;activités, projets liés aux énergies renouvelables...
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remise en culture de friches agricoles, remise en activité ou renaturation de friches artisanales et industrielles...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Départementale des Territoires et de la Mer du Finistère.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ddtm-directeur&amp;#64;finistere.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>gwenaelle.autret@finistere.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba53-obtenir-un-appui-technique-de-proximite-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>165272</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Réduire les prélèvements en eau existants (études et travaux)</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux de réduction des prélèvements existants</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I179" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;objectif de ce dispositif est de promouvoir une démarche globale de 
+sobriété hydrique, essentielle face à la diminution de la disponibilité 
+en eau, en incitant tous les usagers à adopter des solutions durables et
+ collectives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P179" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q179" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux doivent avoir fait l’objet d’une étude préalable ou d’un 
+diagnostic faisant état d’une réflexion globale sur la réduction 
+potentielle des besoins et des prélèvements en eau détaillant l’objectif
+ de réduction en eau visé.&lt;/p&gt;
+&lt;p&gt;Sont exclus les projets dans le cadre de la création ou d’un transfert d’établissement et dans les bâtiments neufs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua1-etudes-et-travaux-de-reduction-des-prelevements-existants.html</t>
+        </is>
+      </c>
+      <c r="W179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/reduire-des-prelevements-en-eau-existants-etudes-et-travaux/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>165246</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
+structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
+des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
+de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
+l&amp;#039;environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Education et renforcement des compétences
+Biodiversité
+Animation et mise en réseau
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P180" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
+        </is>
+      </c>
+      <c r="W180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>165273</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Financer les analyses Hydrologie Milieux Usage Climat (HMUC)</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Analyse Hydrologie Milieux Usage Climat (HMUC)</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau finance les analyses Hydrologie Milieux Usage Climat 
+(HMUC), indispensable pour mesurer les effets du dérèglement climatique 
+et suivre les évolutions prévisibles sur les milieux aquatiques en vue 
+d’établir un état des lieux partagé à partir de données locales. 
+L’analyse HMUC constitue la déclinaison sur le bassin Loire-Bretagne de 
+l’évaluation des volumes prélevables. L’analyse HMUC est reconnue comme 
+un élément de la phase de diagnostic de territoire, socle du projet de 
+territoire pour la gestion de l’eau (PTGE). Elle constitue ainsi un 
+outil d&amp;#039;aide à la décision pour la définition d’une politique locale de 
+gestion de l’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P181" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q181" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-analyse-hydrologie-milieux-usage-climat-hmuc.html</t>
+        </is>
+      </c>
+      <c r="W181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-analyses-hydrologie-milieux-usage-climat-hmuc/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>165244</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
+mobilisation du public pendant les consultations menées par le comité de
+ bassin Loire-Bretagne. Elle finance les actions qui favorisent 
+l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
+concertations et les consultations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Biodiversité
+Animation et mise en réseau
+Médias et communication
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P182" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q182" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
+        </is>
+      </c>
+      <c r="W182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>157098</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un diagnostic ou des travaux dans le domaine de l’eau et de l’assainissement</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;accompagner les collectivités Sur les domaines particuliers de l&amp;#039;eau, de l&amp;#039;assainissement et de la Gemapi, MATEC assiste les collectivités dans :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • La réalisation des diagnostics
+ &lt;br /&gt;
+ • La définition de programmes de travaux
+ &lt;br /&gt;
+ • Les études comparatives sur les modes d&amp;#039;exploitation
+ &lt;br /&gt;
+ • La mise en place ou le renouvellement des contrats de DSP, de prestations de services
+ &lt;br /&gt;
+ • Les études de transfert de compétences eau, assainissement, Gemapi
+ &lt;br /&gt;
+ • Les renouvellements de réseaux d&amp;#039;eau potable et d&amp;#039;assainissement
+ &lt;br /&gt;
+ • Les travaux de restauration des cours d&amp;#039;eau et de lutte contre les inondations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études. MATEC assiste les collectivités produites et les informe des optimisations possibles.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be61-realiser-un-diagnostic-ou-des-travaux-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>62579</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Accéder au préfinancement des subventions ou du FCTVA par le prêt relais</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes dans l&amp;#039;attente de versement de subventions ? Du versement de FCTVA ? Des recettes d&amp;#039;une opération immobilière ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt relais préfinance vos recettes attendues et vous permet d&amp;#039;avancer sur vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Souple d&amp;#039;utilisation, vous pouvez procéder à son remboursement de manière anticipée et sans frais, une fois les fonds récupérés (sous réserve du respect d&amp;#039;un préavis contractuel).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus sur le
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-relais.html" target="_self"&gt;
+  fonctionnement d&amp;#039;un prêt relais
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Attractivité économique
+Valorisation d'actions
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation définitive de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 50 000 euros.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-relais.html</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre:
+&lt;/p&gt;
+&lt;p&gt;
+ - par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ac9-acceder-au-prefinancement-par-le-pret-relais/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>71808</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets pour l’environnement (eau, économie circulaire, biodiversité, etc.)</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets en faveur de l’environnement</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet en faveur de l’environnement, structuré
+par exemple autour de la gestion de l’eau, de l’économie circulaire, de la biodiversité
+? La Banque des Territoires vous propose une offre de financement des projets
+en faveur de l’environnement.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes à la
+recherche d’investisseurs pour structurer et financer un projet portant sur
+l’eau et l’assainissement, l’économie circulaire ou bien encore les services
+liés à l’environnement permettant également d’adresser les problématiques debiodiversité
+et de compensation environnementale, avec des coopératives carbone.. Nous
+finançons en fonds propres et quasi-fonds propres ce type de projets.
+Sollicitez-nous pour bénéficier de financements adaptés, d’un accompagnement et
+d’une expertise reconnus.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projet-environnement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=environnement_biodiversite_psat</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-projet-environnement/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>CAUE des Pyrénées-Orientales
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de l'Orne
+CAUE du Gers
+CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE de la Dordogne
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Charente-Maritime
+CAUE des Pyrénées-Atlantiques
+CAUE de la Haute-Garonne
+CAUE du Puy-de-Dôme
+CAUE de Guadeloupe
+CAUE de la Côte-d'Or
+CAUE des Deux-Sèvres
+CAUE de la Gironde
+CAUE de la Mayenne
+CAUE de la Moselle
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Haute-Loire
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE du Pas-de-Calais
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Drôme
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Vendée
+CAUE de l'Aveyron
+CAUE de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>151703</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnements de la DDT 53</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>DDT de Mayenne</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bâtiment, l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des risques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;habitat, le logement social et la rénovation urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts et plus d&amp;#039;informations:
+ &lt;strong&gt;
+  vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Alimentation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités et autres acteurs situés en Mayenne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adresse du service territorial (Référents territoriaux)
+ :
+ &lt;strong&gt;
+  &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
+   ddt-st&amp;#64;mayenne.gouv.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>163874</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Gérer l'eau et la nature dans les villes et les villages</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I188" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
+entraîné une artificialisation des zones urbanisées altérant durablement les
+fonctions écologiques des sols urbains, en particulier leurs fonctions
+hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
+le plus souvent par une imperméabilisation qui constitue la forme la plus
+sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
+naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
+l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
+corolaire un accroissement des ruissellements urbains, quasi-systématiquement
+gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
+inondations et des impacts plus ou moins significatifs sur la qualité des
+milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
+60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
+sont rejetés sans traitement au droit des déversoirs d’orage directement dans
+les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
+la vie présente dans ces sols et leur capacité à être supports de biodiversité,
+les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
+plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
+les capacités de stockage de carbone dans les sols sous forme de matière
+organique, facteur d’atténuation du dérèglement climatique, mais aussi de
+réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
+par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
+au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
+l’expression de leurs services écosystémiques, en repensant la place de l’eau
+et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
+constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
+Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
+Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
+première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
+titre de la présente délibération visent à impulser et accompagner la
+nécessaire transformation des modes d’aménagement urbain, de tendre vers un
+urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
+l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
+dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
+habitants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
+en améliorant leur état initial par la création de nouveaux espaces de nature
+en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q188" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les conditions d’éligibilité sont
+précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
+village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T188" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>163880</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Etude, recherche, innovation et connaissance environnementale</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I189" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
+délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
+L’acquisition, le transfert et la valorisation
+de connaissances (études générales, recherchedéveloppement, prospective et
+innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
+ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
+nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
+changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
+l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
+La création et la gestion de réseaux de
+surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
+ressources en eau superficielles et souterraines, des usages et des pressions
+qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
+(qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
+et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
+complémentaires qui permettent de renforcer les programmes de surveillance de
+la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
+aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
+de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
+le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
+définies dans la lettre de cadrage du ministère avec pour objectif principal
+l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
+spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
+l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
+Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+International
+Industrie
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P189" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q189" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2030</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
+prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
+&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
+&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>a.dollet@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>92586</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I190" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
+&lt;/p&gt;
+&lt;p&gt;
+ La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations pouvant prétendre à subventions contractuelles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
+&lt;/p&gt;
+&lt;p&gt;
+ - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 immobilières et foncières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 5 pour les communes de plus de 5 000 habitants,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 8 pour les communes de moins de 5 000 habitants ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter les thématiques éligibles ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les communes du PETR Garrigues et Costières de Nîmes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petr-garriguescostieres.org/</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ financements&amp;#64;petr-garriguescostieres.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>a.marin@petr-garriguescostieres.org</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Arts plastiques et photographie
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q192" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>CA Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>m.legendre@dinan-agglomeration.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>162533</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de coopération interterritoriale et transnationale</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>GAL du Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="F193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="J193" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette mesure vise à soutenir les projets de
+coopération sur le territoire du Pays de Coutances.&lt;/p&gt;&lt;p&gt;Deux types de coopération peuvent être soutenus :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+interterritoriale » entre des territoires au sein d’un même Etat membre ;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;La coopération «
+transnationale » entre des territoires relevant de plusieurs Etats membres
+ainsi qu’avec des territoires de pays tiers.&lt;/p&gt;&lt;p&gt;Aux vues des besoins et des pistes d’actions
+envisagées, seront particulièrement favorisés :&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets en lien avec
+l’évolution des pratiques d’implication des acteurs locaux dans les prises de
+décisions ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les projets d’évolution des
+pratiques agricole et conchylicoles (qualité des eaux, valorisation économique
+et circuits courts) ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Le développement des énergies
+renouvelables ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;La mise en place d’actions
+interterritoriales d’économie circulaire ;&lt;/p&gt;&lt;p&gt;·&lt;span&gt;        
+&lt;/span&gt;Les voyages d’études dont la
+thématique répond aux enjeux de la SLD.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Tout autre projet contribuant à l’atteinte des
+objectifs de la stratégie locale de développement pourra également être
+soutenu.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q193" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les enjeux du GAL du Pays de Coutances se retrouvent sur d’autres
+territoires européens ou nationaux : impacts du réchauffement climatique sur
+les activités humaines et sur l’environnement, adaptation au changement
+climatique, mobilité durable dans les zones rurales, égalité femmes-hommes,
+etc. Cette fiche-action a pour objectif de soutenir les projets de coopération répondant à ces enjeux, avec des territoires français ou européens. La coopération a pour objectifs de mutualiser des
+connaissances, de partager des bonnes pratiques, ou d&amp;#039;agir ensemble. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Coopérer avec d’autres territoires favorise &lt;span&gt;l’innovation et permet de &lt;/span&gt;&lt;span&gt;diffuser les valeurs européennes auprès des habitants du territoire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T193" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-leconomie-sociale-et-solidaire-et-leconomie-circulaire-fiche-action-6/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>162982</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec d’autres territoires</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I194" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -28469,14900 +35135,5554 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P134" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q134" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-[...27 lines deleted...]
-Département
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>83481</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Cités éducatives
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE de Nouvelle-Aquitaine
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE Normands
+Union régionale des CAUE des Hauts de France
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K135" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
-[...12 lines deleted...]
-Eau pluviale
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers, conférences, journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès, concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les actions de sensibilisation peuvent toucher les domaines suivants :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
 Forêts
-Sols
-[...393 lines deleted...]
-Tourisme
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
 Famille et enfance
-Handicap
-Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
+Education et renforcement des compétences
 Commerces et services
+Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
+Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
-Emploi
+International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
+Valorisation d'actions
 Prévention des risques
 Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T195" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts de vos URCAUE sont disponibles dans les fiches locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>119762</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I196" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 35</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux activités économiques hors agricoles qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur réutilisation, tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Friche
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablissements éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - usagers non domestiques de l&amp;#039;eau (hors activités agricoles), redevables de l&amp;#039;Agence depuis au moins 5
+&lt;/p&gt;
+&lt;p&gt;
+ ans pour détérioration de la qualité de l&amp;#039;eau à la date de la décision d&amp;#039;attribution de la participation
+&lt;/p&gt;
+&lt;p&gt;
+ financière,
+&lt;/p&gt;
+&lt;p&gt;
+ - Petites et très Petites Entreprises, artisans,
+&lt;/p&gt;
+&lt;p&gt;
+ - chambres consulaires ou tout autre organisme représentatif d&amp;#039;activité économique industrielle (centres
+&lt;/p&gt;
+&lt;p&gt;
+ techniques, syndicats professionnels ... ), commerciale ou artisanale.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les surfaces imperméabilisées
+&lt;/p&gt;
+&lt;p&gt;
+ existantes traitées dans le cadre de l&amp;#039;opération doivent être supérieures ou égales à la surface d&amp;#039;éventuelles
+&lt;/p&gt;
+&lt;p&gt;
+ nouvelles imperméabilisations.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-048_activites_economiques.pdf</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>Philippe LESAINT
+&lt;br /&gt;
+p.lesaint&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+Chargé d&amp;#039;interventions spécialisé
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé Canler
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6723-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>119761</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des eaux pluviales et de ruissellement hors activités économiques</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux collectivités territoriales ou à leurs groupements, aux établissements publics et aux associations qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de
+ &lt;br /&gt;
+ biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour des opérations de renouvellement urbain associées à une déconnexion des eaux pluviales du réseau d&amp;#039;assainissement :
+&lt;/p&gt;
+&lt;p&gt;
+ Création de noues plantées en bordure de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Création de toitures végétalisées
+&lt;/p&gt;
+&lt;p&gt;
+ Création de chaussées à struture réservoir
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Lien vers plaquette : La gestion durable et intégrée des eaux pluviales au service de la Biodiversité en ville :
+ &lt;a href="https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf" rel="noopener" target="_blank"&gt;
+  https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déconnexion des eaux pluviales :
+&lt;/p&gt;
+&lt;p&gt;
+ - du réseau unitaire d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial impactant le milieu aquatique (pollution avérée à l&amp;#039;exutoire)
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial dysfonctionnant et engendrant des inondations
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les Entreprises privées / Entreprises publiques locales (Sem, Spl, SemOp) concernent celles intervenants dans le cadre d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage publique.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-049_eaux_pluviales.pdf</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>Jean-Philippe KARPINSKI
+&lt;br /&gt;
+Chef de la Mission Mer du Nord
+&lt;br /&gt;
+jp.karpinski&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+François BLIN
+&lt;br /&gt;
+Chef de la Mission Picardie
+&lt;br /&gt;
+f.blin&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Ludovic LEMAIRE
+&lt;br /&gt;
+Chef de la Mission Littoral
+&lt;br /&gt;
+l.lemaire&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé CANLER
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60f7-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>119706</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J198" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W198" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de sessions d&amp;#039;information thématiques :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
+ &lt;/a&gt;
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>111757</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises,
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, syndicats, et bientôt les Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;adhésion repose sur les conditions d&amp;#039;éligibilité de la collectivité dépendant de la notation financière établie par l&amp;#039;AFL. En cas de non éligibilité, l&amp;#039;AFL a pour mission d&amp;#039;accompagner les communes qui le souhaitent dans le redressement de leurs situations financières.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités. Aujourd&amp;#039;hui présente dans trois territoires ultramarins, l&amp;#039;AFL propose des conditions de crédits pour financer les projets d&amp;#039;investissement des collectivités et syndicats.
+&lt;/p&gt;
+&lt;p&gt;
+ • L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ • Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ • Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ • Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ • Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
+&lt;/p&gt;
+&lt;p&gt;
+ • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développement des transports
+ &lt;/strong&gt;
+ (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Transition écologique
+ &lt;/strong&gt;
+ (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Traitement et valorisation des déchets
+ &lt;/strong&gt;
+ (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
 Industrie
+Fiscalité des entreprises
+Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
+Inclusion numérique
 Sécurité
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O138" s="1" t="inlineStr">
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;afl-banque.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : &amp;#43;33 (0)4 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G139" s="1" t="inlineStr">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>111670</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Dépolluer et gérer les systèmes d'assainisssement</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K139" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="J202" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N139" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépollution et gestion des systèmes d&amp;#039;assainissement. Subvention dont la variation des taux d&amp;#039;aide à l&amp;#039;investissement est exprimée en % des dépenses HT.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux 10 % (taux de base bonifiable) :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   station d&amp;#039;épuration à partir de 10.000 équivalents habitants (montant éligible des travaux établi selon un prix de référence en fonction des caractéristiques de l&amp;#039;opération, plafonné à 10 M€ HT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Taux 15 % (taux de base bonifiable) :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   station d&amp;#039;épuration de moins de 10.000 équivalents habitants (montant éligible des travaux établi selon un prix de référence en fonction des caractéristiques de l&amp;#039;opération, plafonné à 10 M€ HT)
+  &lt;/li&gt;
+  &lt;li&gt;
+   amélioration des réseaux d&amp;#039;eaux usées (montant éligible des travaux établi selon un prix de référenceau fonction des caractéristiques de l&amp;#039;opération, plafonné à 2 M€ HT)
+  &lt;/li&gt;
+  &lt;li&gt;
+   création de réseau pour un petit système d&amp;#039;assainissement collectif (prix de référence de 8.000 € par habitation à raccorder)
+  &lt;/li&gt;
+  &lt;li&gt;
+   instrumentation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Taux 25 % :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   étude de diagnostic des eaux non domestiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   assainissement non collectif (prix de référence de 10.000 € HT par habitation)
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en conformité ou création de branchements pour un système d&amp;#039;assainissement, pour les branchements publics et privés (prix de référence de 3.000 € HT par branchement en domaine privé, plafond ne s&amp;#039;appliquant pas aux bâtiments publics)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Taux 40 % :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   adaptation des ouvrages d&amp;#039;assainissement pour la contribution à la transition énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépollution extensive des eaux pluviales
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2017-04-0018 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
-Sols
-[...4 lines deleted...]
-      <c r="O139" s="1" t="inlineStr">
+Assainissement des eaux
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T139" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes, Intercommunalités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d453-depolluer-et-gerer-les-systemes-dassainisssem/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G140" s="1" t="inlineStr">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>111666</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études dans le domaine de l'eau</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...35 lines deleted...]
-      <c r="N140" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I203" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le domaine de l&amp;#039;eau : aide à la réalisation d&amp;#039;études de programmation d&amp;#039;eau potable, d&amp;#039;assainissement, d&amp;#039;eaux pluviales, d&amp;#039;inondation, de ruissellement, de gestion des rivières et zones humides, d&amp;#039;élaboration de contrat de bassin, de gestion des services ou de transfert de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;aide en % des dépenses HT :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30% pour les études de programmation, les études spécialisées eau potable/assainissement/eaux pluviales, les études pré-opérationnelles et de maîtrise d&amp;#039;oeuvre liées à l&amp;#039;élaboration d&amp;#039;un contrat de bassin.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% pour les études spécialisées inondation/ruissellement/gestion des rivières et zones humides, les études pré-opérationnelles et de maîtrise d&amp;#039;oeuvre liées au mode de gestion des services et pour le transfert de compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Délibération n°2017-04-0018 (AD du 25/09/2017)</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1625-realiser-des-etudes-dans-le-domaine-de-leau/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>111668</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les risques d'inondation</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Développement durable : Eau</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I204" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J204" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide en % des dépenses HT</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la gestion des risques d&amp;#039;inondation.
+&lt;/p&gt;
+&lt;p&gt;
+ Variation des taux d&amp;#039;aide à l&amp;#039;investissement, exprimé en % des dépenses HT.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux à 25% pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la gestion alternative des eaux pluviales liées aux bâtiments et espaces publics (selon un prix de référence de 700 € par m3).
+ &lt;/li&gt;
+&lt;/ul&gt;
+Taux à 40% pour :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études pour l&amp;#039;acquisition de données quantitatives relatives aux aléas et au fonctionnement des systèmes aquatiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les systèmes d&amp;#039;annonce de crue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création ou la restauration de zones humides d&amp;#039;expansion de crues,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention des ruissellements en amont de l&amp;#039;urbanisation (taux de base bonifiable),
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en conformité des digues et barrages classés (plafonné à 500.000 € HT).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux à 50% pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les études et travaux à vocation de gestion des inondations et de réduction de la vulnérabilité des bâtiments publics et des réseaux urbains,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la construction des documents et des démarches qui confortent l&amp;#039;organisation des actions locales en cas d&amp;#039;inondation principalement (Plans communaux de sauvegarde notamment),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dispositifs et actions de sensibilisation des populations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Délibération n°2017-04-0018 (AD du 25/09/2017)</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Risques naturels
+Bâtiments et construction
+Médias et communication
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes, Intercommunalités et Syndicats intercommunaux en Essonne.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;environnement
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc9e-prevenir-les-risques-dinondation/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I205" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
+Médias et communication
 Industrie
+Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...17 lines deleted...]
-      <c r="S140" s="1" t="inlineStr">
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T205" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G141" s="1" t="inlineStr">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>104672</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Reconquérir la ressource en eau</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Reconquête de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H141" s="1" t="inlineStr">
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I141" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K141" s="1" t="inlineStr">
+      <c r="I206" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N141" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Favoriser une approche intégrée de la ressource en mobilisant notamment le Contrat territorial Eau, outil co-porté avec l&amp;#039;Agence de l&amp;#039;eau, les Départements et les services de l&amp;#039;Etat.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien de la Région vise notamment à accompagner les changements de pratiques et l&amp;#039;amélioration de la résilience du territoire face au changement climatique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les projets éligibles relèvent notamment des domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Amélioration des connaissances et suivis
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préservation et restauration des fonctionnalités des cours d&amp;#039;eau et des zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre les pollutions diffuses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation au changement climatique et gestion durable la ressource
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication, sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration du lit de la Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection de la ressource en eau potable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation et innovation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le principal outil financier mobilisé par la Région pour soutenir les projets de reconquête de la ressource en eau est le Contrat territorial Eau (CT Eau). Ce contrat formalise pour chaque territoire, et pour une durée de 3 ans, la nature des actions ou travaux à engager, les coûts prévisionnels, le plan de financement, les calendriers de réalisation et les engagements des différents signataires. Ce contrat s&amp;#039;adosse à la stratégie du territoire et à la feuille de route définies pour une durée de 6 ans et validées par le comité de pilotage du CT eau.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;éligibilité du programme d&amp;#039;action est étudiée dans son ensemble au regard des objectifs du SDAGE, des enjeux du SAGE et des PAOT et de sa contribution à la stratégie du territoire validée par le comité de pilotage.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour l&amp;#039;ensemble du programme d&amp;#039;action, le taux moyen d&amp;#039;intervention de la Région ne peut pas dépasser 40% des dépenses éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Forêts
-[...11 lines deleted...]
-Artisanat
+Voirie et réseaux
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="S141" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lettre de demande d&amp;#039;aide signée par la personne habilitée à engager l&amp;#039;organisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document autorisant le représentant de l&amp;#039;organisme à solliciter une aide (délibération, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des courriers de demande d&amp;#039;aide déposée auprès d&amp;#039;autres collectivités ou d&amp;#039;organismes de droit public ou copie des décisions d&amp;#039;attribution d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses correspondant à la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activité de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée, précisant l&amp;#039;état des cofinancements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...33 lines deleted...]
-      <c r="AA141" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/reconquete-de-la-ressource-en-eau</t>
+        </is>
+      </c>
+      <c r="W206" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/CRBV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski : 02 28 20 54 73
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9940-reconquete-de-la-ressource-en-eau/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-[...159 lines deleted...]
-      <c r="G143" s="1" t="inlineStr">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>104687</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer le fonctionnement écologique de la Loire et de ses annexes hydrauliques</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Contrat pour la Loire et ses annexes</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
-[...11 lines deleted...]
-Eau souterraine
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la stratégie Loire 2035 et des différents plans Loire Grandeur Nature, l&amp;#039;objectif est de restaurer dans son ensemble le fonctionnement de la Loire par plusieurs type d&amp;#039;actions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  animation, suivi assurés par le Conservatoire d&amp;#039;Espace naturel pays de la Loire et le GIP Loire Estuaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux expérimentaux sur le lit de la Loire (épis,...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de restauration des boires et annexes hydrauliques de la Loire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet de rehaussement du lit mineur de la Loire à Bellevue.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets doivent s&amp;#039;inscrire dans le programme d&amp;#039;actions identifiés dans le CLA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
-Transition énergétique
-[...42 lines deleted...]
-      <c r="AA143" s="1" t="inlineStr">
+Forêts
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P207" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2015</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La lettre de demande d&amp;#039;aide doit être accompagnée des pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Délibération du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan de financement actualisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification du projet dans le CLA et notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° de Siret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis ou la cas échéant projet au stade APS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Demande de dérogation (s&amp;#039;il y a lieu)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/contrat-pour-la-loire-et-ses-annexes</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski : 02 28 20 54 73
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1435-contrat-pour-la-loire-et-ses-annexes/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="G144" s="1" t="inlineStr">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>104714</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’élaboration et à l’animation des SAGE (Schéma d’aménagement et de gestion de l’eau)</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Animation territoriale : Contrats et SAGE</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...9 lines deleted...]
-      <c r="K144" s="1" t="inlineStr">
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I208" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J208" s="1" t="inlineStr">
+        <is>
+          <t>jusqu'à 80 000€/an</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
-[...85 lines deleted...]
-      <c r="N144" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Soutenir et accompagner l&amp;#039;élaboration et la mise en œuvre des SAGE (schéma d&amp;#039;aménagement et de gestion de l&amp;#039;eau), afin de disposer de stratégies définies à l&amp;#039;échelle des bassins versants.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De même, elle souhaite favoriser la mise en œuvre opérationnelle de programmes d&amp;#039;actions à l&amp;#039;échelle des bassins versants ou de territoires hydrauliquement cohérents. Dans ce cadre, elle apportera son soutien à l&amp;#039;animation/coordination et aux études nécessaires à l&amp;#039;élaboration des programmes d&amp;#039;actions opérationnels, notamment au travers du Contrat territorial Eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles sont les charges salariales pour un équivalent temps plein (ETP) par SAGE ou Contrat et les frais de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les SAGE, par exception à cette règle, les structures porteuses de SAGE, ayant plusieurs CT Eau sur leur territoire, et assurant la coordination ET la pré-instruction des demandes d&amp;#039;engagement et de paiement liées aux actions inscrites dans ces CT Eau, pourront bénéficier d&amp;#039;un taux d&amp;#039;aide allant jusqu&amp;#039;à 40% des dépenses éligibles plafonnées à 80 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les contrats, par exception à cette règle, pour l&amp;#039;année transitoire entre deux contrats, le taux d&amp;#039;aide maximum est réduit à 10% des dépenses éligibles plafonnées à 80 000 €/an.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de dépôt du dossier complet fixe la date d&amp;#039;éligibilité des pièces justificatives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande d&amp;#039;aide devra inclure les pièces suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lettre de demande d&amp;#039;aide signée par la personne habilitée à engager l&amp;#039;organisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document autorisant le représentant de l&amp;#039;organisme à solliciter une aide (délibération, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Copie des courriers de demande d&amp;#039;aide déposée auprès d&amp;#039;autres collectivités ou d&amp;#039;organismes de droit public ou copie des décisions d&amp;#039;attribution d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  N° SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attestation justifiant le régime de TVA auquel est soumis le demandeur pour les dépenses correspondant à la demande d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programme prévisionnel du plan d&amp;#039;actions/d&amp;#039;activité de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget prévisionnel de l&amp;#039;année au titre de laquelle l&amp;#039;aide régionale est sollicitée, précisant l&amp;#039;état des cofinancements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/animation-territoriale-contrats-et-sage</t>
+        </is>
+      </c>
+      <c r="W208" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_ANIM_POLO/depot/simple</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Région Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de la transition énergétique et de l&amp;#039;environnement
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Service Eau, biodiversité et déchets
+ &lt;br /&gt;
+ Pôle Eau et Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Damien Masinski
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:Damien.Masinski&amp;#64;paysdelaloire.fr" rel="noopener" target="_blank"&gt;
+  Damien.Masinski&amp;#64;paysdelaloire.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+ 0228205473
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/307e-animation-territoriale-contrats-et-sage/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I209" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J209" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
 Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
 Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P209" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q209" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...1792 lines deleted...]
-Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G155" s="1" t="inlineStr">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>117406</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la communication environnementale</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...10 lines deleted...]
-      <c r="K155" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
-[...207 lines deleted...]
-      <c r="N156" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Faciliter la communication de la collectivité sur les actions environnementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;articles, réalisation de plaquettes thématiques, aide à la communication, proposition de modèle prêt à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convention de partenariat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document contractuel (conventions type ..)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
-Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
 Milieux humides
-Solutions d'adaptation fondées sur la nature (SafN)</t>
-[...34 lines deleted...]
-      <c r="T156" s="1" t="inlineStr">
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7119-accompagner-les-collectivites-a-la-communicat/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>117411</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour une gestion des espaces publics à contraintes : cimetières ou terrains de sport</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités vers le zéro phyto en leur proposant des solutions techniques pour se passer des produits phytosanitaires pour l&amp;#039;entretien des espaces à contraintes (projet de végétalisation de cimetières, entretien sans produit phytosanitaire des terrains de sport...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement des collectivités pour le diagnostic des espaces à contraintes notamment les cimetières avec proposition d&amp;#039;aménagement dans le cadre de la suppression des produits phyto sanitaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Santé
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb23-accompagner-les-collectivites-pour-une-gestio/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>116545</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Planifier la gestion des eaux usées et des eaux pluviales urbaines</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations visées : Toute étude visant à planifier et programmer les actions et travaux : inventaire et diagnostic territoriaux (campagne de recherche de substances dangereuses dans les effluents, régularisation des conventions de déversement, mesures de suivi du milieu marin pour les rejets de STEU, diagnostic initial des dispositifs d’assainissement non collectif, …), schéma directeur, étude de programmation pour le renouvellement des canalisations, contrat de progrès (Plan Eau DOM), stratégie de gestion des effluents non domestiques, …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont exclus les études et les schémas principalement dédiés à la prévention des inondations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W213" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0ffc-copie-07h08-realisation-de-reseaux-de-distrib/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-[...194 lines deleted...]
-      <c r="G158" s="1" t="inlineStr">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>116535</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser la ressource en eau non conventionnelle</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I158" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K158" s="1" t="inlineStr">
+      <c r="I214" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
-[...12 lines deleted...]
-Assainissement des eaux
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Réutilisation d’eaux traitées issues de station de traitement d’eaux usées, récupération de l’eau de pluie, toute opération en lien avec l’objectif, éventuellement expérimentale, à finalité fonctionnelle, ….&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Eau souterraine
-Cours d'eau / canaux / plans d'eau
-[...30 lines deleted...]
-      <c r="T158" s="1" t="inlineStr">
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T214" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bec1-copie-06h40-optimisation-des-reserves-deau/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-[...1120 lines deleted...]
-      <c r="G166" s="1" t="inlineStr">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>116534</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser les réserves d’eau</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+      <c r="I215" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="N166" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations visées : Opération d’amélioration de l’infiltration des eaux pluviales (désimperméabilisation, déconnexion aux réseaux d’eau pluviales, …), dispositif global d’économie ou de recyclage d’eau, …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont exclus les nouveaux projets d’aménagement, les fournitures seules.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/608d-copie-06h37-comprendre-le-fonctionnement-des-/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I216" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J216" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
-[...2584 lines deleted...]
-Culture et identité collective
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
 Espaces verts
 Espace public
 Friche
-Recyclage et valorisation des déchets
-[...5 lines deleted...]
-Biodiversité
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
 Equipement public
+Bâtiments et construction
 Réhabilitation
-Architecture
-Paysage
+Logement et habitat
 Accessibilité
-Appui méthodologique
-[...1 lines deleted...]
-Valorisation d'actions
+Attractivité économique
+Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone
-[...342 lines deleted...]
-      <c r="S186" s="1" t="inlineStr">
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
-[...137 lines deleted...]
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
-[...3912 lines deleted...]
-      </c>
       <c r="U216" s="1" t="inlineStr">
         <is>
-          <t>Loire-Bretagne</t>
+          <t>Haute-Marne</t>
         </is>
       </c>
       <c r="V216" s="1" t="inlineStr">
         <is>
-          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviale.html</t>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
         </is>
       </c>
       <c r="W216" s="1" t="inlineStr">
         <is>
-          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+          <t>https://e-subventions.haute-marne.fr/</t>
         </is>
       </c>
       <c r="X216" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
         </is>
       </c>
       <c r="Y216" s="1" t="inlineStr">
         <is>
-          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+          <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
       <c r="Z216" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-pour-les-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviales/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
         </is>
       </c>
       <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:27" customHeight="0">
       <c r="A217" s="1">
-        <v>165270</v>
+        <v>117484</v>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Animer et communiquer pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
-[...4 lines deleted...]
-          <t>Actions d’animation et communication pour la réduction des besoins en eau et des prélèvements dans le cadre d’opérations collectives</t>
+          <t>Etre conseillé par un cadre expert de la DGFiP au niveau local (CDL)</t>
         </is>
       </c>
       <c r="E217" s="1" t="inlineStr">
         <is>
-          <t>Agence de l'Eau Loire-Bretagne</t>
+          <t>Direction Générale des Finances Publiques (DGFiP)</t>
         </is>
       </c>
       <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...2 lines deleted...]
-Entreprise privée</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H217" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Max : 50</t>
+          <t>Ingénierie financière</t>
         </is>
       </c>
       <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L217" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;L’agence de l’eau soutient les opérations collectives visant à 
-[...5 lines deleted...]
-particuliers, afin de mieux gérer la ressource.&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseiller aux décideurs locaux (CDL)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller aux décideurs locaux (CDL) est un cadre de la Direction générale des Finances publiques (DGFiP), expert du conseil au profit des élus locaux et de leurs services financiers. Il propose une offre de conseil individualisé aux ordonnateurs pour répondre à leurs besoins sur différents sujets. Il est rattaché à la direction départementale ou régionale des Finances publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La création de cette fonction s&amp;#039;inscrit dans le cadre du nouveau réseau de proximité mis en place par la DGFiP en 2020 pour renforcer sa présence dans les territoires. Son déploiement est prévu jusqu&amp;#039;en 2023 avec l&amp;#039;objectif d&amp;#039;un CDL par EPCI.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les CDL travaillent en étroite collaboration avec les services de gestion comptable (SGC) de la DGFiP qui assurent, comme auparavant, la gestion budgétaire et comptable des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le CDL est un cadre itinérant susceptible d&amp;#039;avoir plusieurs lieux de travail. Sous réserve de l&amp;#039;accord de l&amp;#039;ordonnateur, il est installé en priorité dans les locaux de l&amp;#039;EPCI ou parfois dans une des collectivités membres de son portefeuille.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La mise en place de ce nouvel interlocuteur permet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;offrir des prestations sur mesure, adaptées au plus près des besoins de chaque collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de proposer une gratuité, une objectivité et une neutralité de la prestation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faciliter la prise de contact et une réactivité accrue grâce à un interlocuteur privilégié pour l&amp;#039;élu local.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le CDL peut être amené à dispenser plusieurs types de conseils, notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  conseil budgétaire et comptable (conseil à l&amp;#039;élaboration budgétaire, sensibilisation à la maîtrise des risques, information sur les nouveautés...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil en matière de dépenses et de recettes (promotion de la dématérialisation, restitutions du contrôle hiérarchisé de la dépense, conseil en optimisation du recouvrement, rationalisation de l&amp;#039;organisation des régies....) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil financier et fiscal (réalisation et présentation des analyses financières, recherche de solutions de cofinancement, simulations fiscales...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseil économique et patrimonial (conseil sur projet d&amp;#039;investissement, projet d&amp;#039;aménagement du territoire...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la confection d&amp;#039;un budget
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une analyse financière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de nouveaux moyens de paiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la décision en matière financière et fiscale
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Simulations fiscales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise sur la faisabilité d&amp;#039;un projet d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement le déploiement du nouveau référentiel comptable M57
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la rationalisation des régies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et gestion des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la démarche partenariale (CSCF et EP)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N217" s="1" t="inlineStr">
-        <is>
-[...2207 lines deleted...]
-      <c r="N234" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
+Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
 Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
+Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
+Logement et habitat
+Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...2 lines deleted...]
-Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...2 lines deleted...]
-Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Spectacle vivant
-[...27 lines deleted...]
-      <c r="S234" s="1" t="inlineStr">
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P217" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T234" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
+        <is>
+          <t>France hors Corse et Outre-mer</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de votre Direction départementale des Finances publiques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>cilla.le-guern@dgfip.finances.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310c-copie-10h15-etre-conseille-sur-des-sujets-com/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G235" s="1" t="inlineStr">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>117381</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre un projet d'assainissement (eaux usées et eaux pluviales) collectif ou non collectif</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="L235" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dispositif de soutien aux projets portés par les communes, intercommunalités et syndicats de Saône-et-Loire, selon des thématiques regroupées en 5 volets :
+ Définir des enjeux d&amp;#039;assainissement et des besoins pour la réalisation d&amp;#039;études ad-hoc :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Avis technique sur les besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   Elaboration de cahier des charges
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aide à la passation des marchés publics
+  &lt;/li&gt;
+  &lt;li&gt;
+   Analyse des offres, appui pour les dossiers de demandes de subventions et les prises de délibérations nécessaires
+  &lt;/li&gt;
+  &lt;li&gt;
+   Suivi d&amp;#039;étude
+  &lt;/li&gt;
+  &lt;li&gt;
+   Animation de réunions
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rédaction de notes et rapports
+  &lt;/li&gt;
+  &lt;li&gt;
+   Présence des agents du Département aux réunions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R218" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau.seine-et-marne.fr/</t>
+        </is>
+      </c>
+      <c r="W218" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed4f-mettre-en-uvre-dun-projet-dassainissement-eau/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>102937</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la recherche de financements européens</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Volet 1 : Services de proximité du quotidien et transition énergétique des bâtiments
-[...11 lines deleted...]
-  Volet 5 : Santé
+  Informer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le panel des actions accompagnées décline notamment de façon opérationnelle et transversale les orientations du Plan environnement adopté en juin 2020.
-[...5 lines deleted...]
- Attributions des aides à partir du printemps 2026.
+ La Région propose de vous informer  par l&amp;#039;intermédiaire :
+ &lt;br /&gt;
+ - du site internet dédié : www.europeid.fr,
+ &lt;br /&gt;
+ - de journées ou webinaires d&amp;#039;information
+ &lt;br /&gt;
+ - de rendez-vous individuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle propose également de vous accompagner tout au long de votre  candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
+ &lt;br /&gt;
+ - l&amp;#039;orientation vers les cellules ressources
+ &lt;br /&gt;
+ - la recherche de partenaires
+ &lt;br /&gt;
+ - la rédaction de votre candidature
+ &lt;br /&gt;
+ - sa relecture critique avant soumission
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
-Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
+Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Formation professionnelle
+Technologies numériques et numérisation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+International
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une structure francilienne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V219" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact au Conseil régional :
+&lt;/p&gt;
+&lt;p&gt;
+ europe&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>veronique.hostein@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>102583</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise habitat (juridique, études, observations, formations)</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement (art. L.366-1 et suivants du CCH). Constituées d&amp;#039;une équipe de spécialistes de  l&amp;#039;habitat (juriste, statisticien, géographe, urbaniste, travailleur social...) elles apportent un conseil neutre et une expertise auprès des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Imprégnées des besoins des ménages et des enjeux des territoires, les ADIL informent et/ou forment les acteurs locaux et participent aux instances de l&amp;#039;habitat. Elles  pilotent également des groupes de travail pour les collectivités locales et les associations d&amp;#039;usagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Formation d&amp;#039;élus et de techniciens de l&amp;#039;habitat sur l&amp;#039;ensemble des thématiques en lien avec le logement et l&amp;#039;habitat (copropriété, lutte contre l&amp;#039;habitat indigne, prévention des impayés et des expulsions, accession à la propriété, dispositifs d&amp;#039;aides à l&amp;#039;amélioration de l&amp;#039;habitat, actualités en matière de logement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition des politiques publiques par des études ou des observatoires (niveau des loyers, diagnostic préalable au Programme local de l&amp;#039;habitat , logement des jeunes, études de peuplement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de dispositifs locaux (Logement d&amp;#039;Abord, Plan Départemental d&amp;#039;Action pour le Logement et l&amp;#039;Hébergement des Personnes Défavorisées...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction d&amp;#039;aides locales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
 Espaces verts
 Espace public
+Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Famille et enfance
-[...9 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Paysage
-[...29 lines deleted...]
-      <c r="R235" s="1" t="inlineStr">
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/59a4-copie-14h47-beneficier-dune-expertise-habitat/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>102582</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Informer et conseiller les administrés du territoire sur l'habitat</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement et constituées d&amp;#039;une équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elles offrent un conseil objectif, gratuit et neutre aux usagers sur leurs droits et obligations en matière d&amp;#039;habitat, sur les solutions de logement qui leur sont adaptées (conditions d&amp;#039;accès au parc locatif, aspects juridiques et financiers de projet d&amp;#039;accession à la propriété...) à l&amp;#039;exclusion de tout acte administratif, contentieux ou commercial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ADIL interviennent tant dans la conduite d&amp;#039;un projet que dans la résolution d&amp;#039;une difficulté lié au logement : rapports locatifs, impayés de loyers, copropriété, rénovation énergétique, habitat indigne...&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Organisation de permanences de proximité : Maisons de justice et du droit, Caf, Mairie, Maisons France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence sur des salons, forum, conférences, événements (semaine de l&amp;#039;accession et de la copropriété...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02ac-copie-14h18-informer-et-conseiller-les-admini/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>101706</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Yonne (ATD 89)</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Nombre de dossiers éligibles :
+  L&amp;#039;Agence technique départementale propose ses compétences aux collectivités adhérentes pour du conseil technique et des missions d&amp;#039;ASSISTANCE A MAÎTRISE d&amp;#039;OUVRAGE (AMO) en phase pré-opérationnelle et opérationnelle, pour :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  soit 1 seul dossier relevant d&amp;#039;une des différentes thématiques de l&amp;#039;appel à projets 2026,
-[...5 lines deleted...]
-  soit 2 dossiers parmi les actions estampillées &amp;#34;Plan environnement71&amp;#34;.
+  Aider à la recherche de financements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la définition du besoin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier la faisabilité technique, réglementaire et financière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en relation les élus avec les financeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats pour la réalisation des études préalables ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir le programme de l&amp;#039;opération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats de maîtrise d&amp;#039;œuvre et suivre les études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter l&amp;#039;aide nécessaire au maître d&amp;#039;ouvrage pendant la phase de réalisation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les syndicats quant à eux ne peuvent déposer qu&amp;#039;un seul dossier.
-[...5 lines deleted...]
- Retrouvez l&amp;#039;ensemble des conditions d&amp;#039;éligibilité page 7 du règlement d&amp;#039;intervention.
+ Sur les domaines de compétence suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  VOIRIE : classement de la voirie communale ; programme pluriannuel et travaux d&amp;#039;entretien et de réparation de chaussée ; aménagement de sécurité ; entrées et traversées de bourg.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ESPACES PUBLICS : aménagement de l&amp;#039;espace ; places de village ; trottoirs ; parking ; carrefours ;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  BÂTIMENTS PUBLICS : inventaire et analyse du patrimoine immobilier ; études préalables avant travaux (levé topographique,
+  &lt;br /&gt;
+  levé géométrique, diagnostic structure, plomb, amiante, thermique,
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .) ;  opérations de construction neuve, de rénovation, ou de réhabilitation ; opérations d&amp;#039;isolation et d&amp;#039;accessibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSAINISSEMENT (EAUX USÉES &amp;amp; EAUX PLUVIALES) : schémas directeurs ; réseaux et station d&amp;#039;épuration (études et travaux) ; transfert de compétence assainissement ; marchés de prestation de service, délégation de service public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  EAU POTABLE : diagnostics réseaux et schémas directeurs ; réalisation ou réhabilitation d&amp;#039;ouvrages de production de traitement et de stockage d&amp;#039;eau potable ; renforcement, extension, réhabilitation de réseaux ; défense incendie ; délégation de service public.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;AMO :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements de sécurité routière en traversée d&amp;#039;agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de cheminements doux ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des abords des écoles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un City-parc ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de la place de la Mairie, de l&amp;#039;Église ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un centre culturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de la salle des fêtes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des ateliers municipaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une nouvelle station d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de diagnostic d&amp;#039;assainissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un contrat de prestations de service (assainissement, eau potable) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réhabilitation du réseau d&amp;#039;eaux usées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude des solutions de gestion des eaux pluviales ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de défense incendie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préfiguration de l&amp;#039;organisation des services AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement du réseau d&amp;#039;eau potable ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de bassin d&amp;#039;alimentation de captage AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S235" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="X235" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les dossiers sont à déposer en ligne sur saoneetloire.fr.&lt;br /&gt;
-[...15 lines deleted...]
-      <c r="AA235" s="1" t="inlineStr">
+ Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T222" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>Yonne</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd89.fr/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour contacter l&amp;#039;ATD 89 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:atd&amp;#64;yonne.fr" rel="noopener" target="_blank"&gt;
+  atd&amp;#64;yonne.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 10 avenue du 4° Régiment d&amp;#039;infanterie - 89 000 Auxerre
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Standard :
+ 03 86 34 61 01
+&lt;/p&gt;
+&lt;p&gt;
+ Site Internet :
+ &lt;a href="https://www.atd89.fr/" target="_self"&gt;
+  https://www.atd89.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>yvan.telpic@yonne.fr</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7cb3-apporter-une-assistance-a-maitrise-douvrage-a/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>101583</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la gestion durable de l'eau et de zones humides</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre d&amp;#039;accompagnement vous aide à mettre en place une gestion durable de l&amp;#039;eau et des zones humides, en fournissant une expertise environnementale et des solutions sur mesure pour gérer au mieux les ressources hydriques, et adapter votre territoire aux défis climatiques en conciliant les besoins économiques, agricoles et écologiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d79-mettre-en-place-une-gestion-durable-de-leau-d/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>