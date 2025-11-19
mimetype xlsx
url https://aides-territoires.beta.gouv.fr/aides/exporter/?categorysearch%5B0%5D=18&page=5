--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA237"/>
+  <dimension ref="A1:AA234"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -5206,55 +5206,50 @@
         </is>
       </c>
       <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -7527,55 +7522,50 @@
         </is>
       </c>
       <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="W28" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
@@ -7996,55 +7986,50 @@
  &lt;li&gt;
   30% maximum des dépenses éligibles HT ou TTC pour les investissements
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
  &lt;/em&gt;
  ​​​​​​
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V30" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/amenagement-et-gestion-durable-du-littoral</t>
         </is>
       </c>
       <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Site de Limoges (87, 86, 23, 19)
 Direction du tourisme : 05 55 45 00 30
   &lt;/li&gt;
   &lt;li&gt;
    Site de Poitiers (79, 86, 17, 16)
 Direction du tourisme : 05 16 01 40 55
   &lt;/li&gt;
   &lt;li&gt;
    Site de Bordeaux : Direction du tourisme : 05 57 57 83 09
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y30" s="1" t="inlineStr">
         <is>
@@ -9873,55 +9858,50 @@
         </is>
       </c>
       <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Meurthe-et-Moselle</t>
         </is>
       </c>
       <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.mmd54.org/</t>
         </is>
       </c>
-      <c r="W40" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
   mmd54&amp;#64;mmd54.org
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
 &lt;/p&gt;
 &lt;p&gt;
  Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>ccalin@mmd54.org</t>
         </is>
       </c>
       <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/abfe-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
@@ -13473,51 +13453,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/66d4-amenagements-urbains-des-petites-cites-de-car/</t>
         </is>
       </c>
       <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:27" customHeight="0">
       <c r="A61" s="1">
         <v>104710</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
@@ -16421,55 +16401,50 @@
         </is>
       </c>
       <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U73" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V73" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W73" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -17953,55 +17928,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V81" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -20731,51 +20701,51 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U98" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W98" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X98" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:27" customHeight="0">
       <c r="A99" s="1">
         <v>117550</v>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
@@ -23568,500 +23538,171 @@
       <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
       <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
       <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:27" customHeight="0">
       <c r="A111" s="1">
-        <v>121012</v>
+        <v>121339</v>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Protéger la forêt</t>
+          <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>AIDE À L’AMÉLIORATION DES FORÊTS COMMUNALES  ET À LA DÉFENSE CONTRE LES INCENDIES</t>
+          <t>Fonds national d'aménagement et de développement du territoire</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental des Bouches-du-Rhône</t>
+          <t>Préfecture de région — Hauts-de-France</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
-        <is>
-[...327 lines deleted...]
-      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espaces verts
 Accès aux services
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Equipement public
 Bâtiments et construction
 Emploi
 Attractivité économique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les champs d&amp;#039;intervention privilégiés du FNADT sont :
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
  &lt;br /&gt;
  développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
 &lt;/p&gt;
 &lt;p&gt;
  • Les actions présentant un caractère innovant ou expérimental dans le domaine de
  &lt;br /&gt;
  l&amp;#039;aménagement et du développement durable.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
  &lt;br /&gt;
  &lt;br /&gt;
  Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Mme Anne-Laure FERRY : 03 44 06 12 63 /
@@ -24149,1125 +23790,860 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Boite fonctionnelle :
  &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
   sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>lucille.dechaize@oise.gouv.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="E113" s="1" t="inlineStr">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>121475</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Abonder les aides régionales à la plantation de vergers conservatoires et de haies bocagères</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Abondement départemental aux aides régionales "Vergers de sauvegarde" et "Bocages et Paysages"</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="F112" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
-[...264 lines deleted...]
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I114" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 30</t>
         </is>
       </c>
-      <c r="J114" s="1" t="inlineStr">
+      <c r="J112" s="1" t="inlineStr">
         <is>
           <t>Complément à l'aide régionale dans la limite des subventions autorisées.</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Actif en permanence, ce dispositif d&amp;#039;abondement permet d&amp;#039;obtenir un financement supplémentaire du Département de Saône-et-Loire. Cette aide vient compléter les subventions accordées par la Région Bourgogne-Franche-Comté dans le cadre des
  &lt;span&gt;
   dispositifs « Bocages et Paysages » et « Vergers de sauvegarde ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Elle permet de
  &lt;/span&gt;
  couvrir jusqu&amp;#039;à 80 % des dépenses éligibles pour un projet de plantations situé en Saône et Loire ayant été retenu préalablement au titre des dispositifs régionaux.&lt;/p&gt;
 &lt;p&gt;
  Ces aides sont ouvertes aux particuliers, collectivités, associations, ainsi que, uniquement pour Bocages et Paysages, aux agriculteurs.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M114" s="1" t="inlineStr">
+      <c r="M112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Plantation d&amp;#039;un verger conservatoire, réalisation de haies bocagères...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères d&amp;#039;éligibilité sont définis par la Région Bourgogne-Franche-Comté au titre des dispositifs &amp;#34;Vergers de sauvegarde&amp;#34; et &amp;#34;Bocages et Paysages&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Saône-et-Loire</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://www.saoneetloire.fr/guide-des-aides/abondement-departemental-aux-aides-regionales-vergers-de-sauvegarde-et-bocages-et-paysages/</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Le porteur de projet doit déposer sa demande directement auprès de la Région Bourgogne-Franche-Comté.
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;
   Plateforme régionale de dépôt de demande pour
   &lt;a href="https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle&amp;#61;ENV-VERGER" rel="noopener" target="_blank"&gt;
    &amp;#34;Vergers de Sauvegarde&amp;#34;&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;
   Plateforme régionale de dépôt de demande pour
   &lt;a href="https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle&amp;#61;ENV-BOCAGE" rel="noopener" target="_blank"&gt;
    &amp;#34;Bocages et Paysages&amp;#34;&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
  &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Selon un principe de guichet unique, le Département de Saône et Loire récupère automatiquement les données des dossiers retenus auprès de la Région Bourgogne-Franche-Comté.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le porteur de projet n&amp;#039;a aucune démarche à faire auprès du Département.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>d.defillon@saoneetloire71.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/feb6-abonder-les-aides-regionales-a-la-plantation-/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>126132</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Etre conseillé en amont d'un projet de construction, d'aménagement, d'architecture et paysage</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Architectes Conseils</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Particulier</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Prestation gratuite, sur RDV :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vous avez un projet de construction :
   &lt;/strong&gt;
   Des architectes-conseils, missionnés par le Département, vous aident dans le choix de l&amp;#039;implantation de votre construction, sa conception, l&amp;#039;aménagement extérieur, l&amp;#039;utilisation des énergies renouvelables, les démarches administratives...
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vous souhaitez réhabiliter un bâtiment :
   &lt;/strong&gt;
   Les architectes-conseil vous orientent pour aménager un espace de vie, réaliser une extension, créer une nouvelle ouverture, rénover une toiture, une façade... Ils peuvent également vous informer sur les techniques d&amp;#039;isolation efficaces, le choix des matériaux, les normes accessibilité et sécurité, la réglementation thermique, ...
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vous désirez être orienté dans vos démarches :
   &lt;/strong&gt;
   Les architectes-conseil vous guident dans les démarches administratives (planification, des droits des sols, commande publique...), sur les étapes et les acteurs d&amp;#039;un projet de construction.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M115" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Domaine de l&amp;#039;architecture :
  &lt;/strong&gt;
  logements, écoles, cantines, équipements petites enfances, bibliothèques, pôles sportifs, églises, maisons séniors et habitat adapté...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme :
  &lt;/strong&gt;
  aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers),  valorisation des centres bourgs, stationnements...
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1313816/l-assistance-architecturale-pour-les-collectivites</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule Ingénierie et Animation territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 77 12 52 26
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f6f-etre-conseille-en-amont-dun-projet-de-constru/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>126136</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Obtenir une assistance technique en matière d'aménagement</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Assistance technique départementale Domaine Aménagement</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le diagnostic communal permet de resituer la commune dans son bassin de vie, d&amp;#039;obtenir des données qualitatives et quantitatives pour dresser un diagnostic et orienter la commune dans ses projets futurs. Des consultations citoyennes peuvent aussi être proposées dans ce cadre (questionnaires, ateliers participatifs citoyens/ élus/ societé civile, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Il est également proposé aux communes une mise à jour de leur étude d&amp;#039;aménagement global de bourg (EAGB) pour celles en ayant bénéficié.
 &lt;/p&gt;
 &lt;p&gt;
  Un accompagnement au choix d&amp;#039;un bureau d&amp;#039;étude peut également être envisagé dans le cadre de l&amp;#039;assistance technique Aménagement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seules les communes rurales dont la population n&amp;#039;excède pas 700 habitants pourront solliciter un accompagnement du Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka :
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:frederic.kostka&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   frederic.kostka&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 77 12 52 24/13
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5d10-obtenir-une-assistance-technique-en-matiere-d/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>126137</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Fond de solidarité - Enveloppes de solidarité</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I117" s="1" t="inlineStr">
+      <c r="I115" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 60</t>
         </is>
       </c>
-      <c r="J117" s="1" t="inlineStr">
+      <c r="J115" s="1" t="inlineStr">
         <is>
           <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T117" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V117" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
+      <c r="W115" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle, Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>126140</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des collectivités pour engager des travaux d'urgence suite à intempéries ou catastrophes naturelles</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Subvention exceptionnelle</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département est parfois sollicité pour des demandes de travaux d&amp;#039;urgence notamment liés à des catastrophes naturelles (en particulier sur des infrastructures routières).
 &lt;/p&gt;
 &lt;p&gt;
  Il est proposé de reconduire une enveloppe spécifique de subventions exceptionnelles selon les modalités précisées en annexe 6 sur le site du Département.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles à cette enveloppe seront soumis à l&amp;#039;approbation de la Commission permanente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W118" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle, Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b0a7-etre-solidaire-des-collectivites-pour-engager/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>126141</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -25280,165 +24656,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T119" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W119" s="1" t="inlineStr">
+      <c r="W117" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>126142</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -25450,175 +24826,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R118" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W120" s="1" t="inlineStr">
+      <c r="W118" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>126143</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -25630,2849 +25006,2605 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>126877</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M122" s="1" t="inlineStr">
+      <c r="M120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T122" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G123" s="1" t="inlineStr">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>127467</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets communautaires ou supra-communaux</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J121" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
-[...253 lines deleted...]
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
 &lt;/p&gt;
 A noter que :
 &lt;ul&gt;
  &lt;li&gt;
   Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
  &lt;/li&gt;
  &lt;li&gt;
   Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ÉTUDES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
  &lt;/li&gt;
  &lt;li&gt;
   Honoraires d&amp;#039;ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉTUDE D&amp;#039;IMPACT
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TRAVAUX
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Travaux inscrits dans la section d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ACQUISITION
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisitions foncières nécessaires à la réalisation des travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P124" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>01/01/2022</t>
         </is>
       </c>
-      <c r="Q124" s="1" t="inlineStr">
+      <c r="Q121" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligible, le demande de subvention doit suivre le processus suivant :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
  &lt;/li&gt;
  &lt;li&gt;
   Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
  &lt;/li&gt;
  &lt;li&gt;
   Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
  &lt;/li&gt;
  &lt;li&gt;
   Individualisation en Commission Permanente des subventions pour les opérations retenues.
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Vienne</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
         </is>
       </c>
-      <c r="W124" s="1" t="inlineStr">
+      <c r="W121" s="1" t="inlineStr">
         <is>
           <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact soit :
 &lt;/p&gt;
 &lt;p&gt;
  - Par mail :
  &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
   datc&amp;#64;departement86.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Par téléphone, aux numéros suivants :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
  &lt;/li&gt;
  &lt;li&gt;
   Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>datc@departement86.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>128232</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Replacer la nature au cœur des aménagements</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Ma Commune Grandeur Nature</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Eure</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 80</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un dispositif global qui accompagne techniquement et financièrement les communes et intercommunalités qui placent la nature au cœur de leurs projets et aménagements pour :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Créer ou recréer des espaces de nature en ville et centres bourgs : végétalisation, renaturation, désimperméabilisation, création d&amp;#039;ilots de fraicheur, de jardins partagés, ouvriers...
  &lt;/li&gt;
  &lt;li&gt;
   Aménager et gérer les milieux naturels des communes : restauration de mares, haies, boisements, vergers, prairies, coteaux et terrasses alluviales, zones humides, aménagement de sentiers de découverte, équipements de préservation de la faune sauvage...
  &lt;/li&gt;
  &lt;li&gt;
   Aménager des zones de transition entre les espaces urbanisés et les espaces agricoles.
  &lt;/li&gt;
  &lt;li&gt;
   Préserver la biodiversité, les rivières et les zones humides.
  &lt;/li&gt;
  &lt;li&gt;
   Intégrer les enjeux environnementaux dans les projets d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M125" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  5 types de projets sont éligibles à l&amp;#039;accompagnement proposé dans le cadre de ce dispositif :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Type de projet 1 : Végétalisation et renaturation des espaces publics
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 2 : Renaturation des espaces publics - Végétalisation des cimetières
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 3 : Création de jardins partagés et solidaires, Jardins ouvriers et familiaux
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 4 : Aménagement et gestion des milieux naturels des communes - Renaturation de mares
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 5 : Aménagement et gestion des milieux naturels des communes - Biodiversité
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Biodiversité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avant tout dépôt de dossier, une visite technique sera réalisée sur le terrain par le Département et/ou le CAUE27 afin de définir la place de la nature dans la commune. Pour organiser cette visite, contactez l&amp;#039;Agence de la ruralité.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>Eure</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://agencedelaruralite-eure.fr/</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Agence de la Ruralité du Département de l&amp;#039;Eure
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:agencedelaruralite&amp;#64;eure.fr" target="_self"&gt;
   agencedelaruralite&amp;#64;eure.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 27 34 02 27
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>deera@eure.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f2c7-replacer-la-nature-au-cur-des-amenagements/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>131002</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M126" s="1" t="inlineStr">
+      <c r="M123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R126" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W126" s="1" t="inlineStr">
+      <c r="W123" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Stéphanie GARRIDO / Thomas FOUREST
 &lt;/p&gt;
 &lt;p&gt;
  ARBE
 &lt;/p&gt;
 &lt;p&gt;
  04.42.90.90.60-54 / 04.42.90.90.66
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;a target="_self"&gt;
    ville-nature&amp;#64;arbe-regionsud.org
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>131003</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M127" s="1" t="inlineStr">
+      <c r="M124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W127" s="1" t="inlineStr">
+      <c r="W124" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bruno Dorbani
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chef du service TerritoireChef du service Territoire
 &lt;/p&gt;
 &lt;p&gt;
  Agence Régionale de la Biodiversité de Bourgogne-Franche-Comté
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   bruno.dorbani&amp;#64;arb-bfc.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a952-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>131004</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bretagne</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M128" s="1" t="inlineStr">
+      <c r="M125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W128" s="1" t="inlineStr">
+      <c r="W125" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Anne-Hélène LE DU
 &lt;/p&gt;
 &lt;p&gt;
  Responsable du Pôle ingénierie de projets
 &lt;/p&gt;
 &lt;p&gt;
  06 02 19 65 28
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   annehelene.ledu&amp;#64;biodiversite.bzh
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e4e3-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>131009</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
+      <c r="M126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W129" s="1" t="inlineStr">
+      <c r="W126" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Benjamin Virely
 &lt;/p&gt;
 &lt;p&gt;
  Agence régionale de la biodiversité Centre-Val de Loire
 &lt;/p&gt;
 &lt;p&gt;
  09 70 72 40 12
 &lt;/p&gt;
 &lt;p&gt;
  benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/df17-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>131010</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Normandie</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Normandie</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W130" s="1" t="inlineStr">
+      <c r="W127" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/rejoindre-le-programme</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Guillaume Salagnac
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission Mobilisation des collectivités - Territoires engagés pour la nature
 &lt;/p&gt;
 &lt;p&gt;
  Agence normande de la biodiversité et du développement durable
 &lt;/p&gt;
 &lt;p&gt;
  Tel. : 02 35 15 78 02
 &lt;/p&gt;
 &lt;p&gt;
  Mail : guillaume.salagnac&amp;#64;anbdd.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/62d4-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>131011</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature" - Occitanie</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M131" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W131" s="1" t="inlineStr">
+      <c r="W128" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/formulaire-de-candidature-2023-territoires-engages</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cécile BEDEL
 &lt;/p&gt;
 &lt;p&gt;
  Agence Régionale de la Biodiversité Occitanie
 &lt;/p&gt;
 &lt;p&gt;
  05 61 39 67 94
 &lt;/p&gt;
 &lt;p&gt;
  cecile.bedel&amp;#64;arb-occitanie.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/219b-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>131012</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Hauts-de-France</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Union régionale des Centres permanents d'Initiative pour l'Environnement - Hauts-de-France (CPIE)</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M132" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W129" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/hauts-de-france</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;animation régionale du dispositif par l&amp;#039;URCPIE Hauts-de-France :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr" target="_self"&gt;
   animation-ten&amp;#64;cpie-hautsdefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3266-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>131013</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"-  Grand Est</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;
 &lt;p&gt;
  « Territoires engagés pour la nature » reconnait l&amp;#039;engagement des collectivités à agir en faveur de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Aussi, il vous est demandé de placer la biodiversité au cœur de la politique de la collectivité en proposant un plan d&amp;#039;actions à réaliser sur 3 ans. Votre candidature sera analysée par un comité de sélection régional. La collectivité sera alors évaluée sur la cohérence des actions proposées au regard des enjeux de son territoire, de ses moyens et des actions déjà réalisées. L&amp;#039;objectif est de démontrer un engagement à améliorer la prise en compte de la biodiversité dans l&amp;#039;ensemble des projets / actions de la collectivité, en impliquant les acteurs du territoire et les habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Si votre collectivité est reconnue Territoire Engagé pour la Nature, vous bénéficierez d&amp;#039;un accompagnement de la cellule d&amp;#039;animation régionale et des partenaires relais (CEN, CBN...) pour faire émerger, et concrétiser vos projets. Vous pourrez aussi accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...), être orienté vers les partenaires et les financements les plus adaptés à vos projets et être orienté vers les partenaires et les financements les plus adaptés à vos projets.
 &lt;/p&gt;
 &lt;p&gt;
  Profitez par ailleurs de l&amp;#039;expérience des collectivités déjà engagées, à travers des journées d&amp;#039;échanges et retours d&amp;#039;expériences. Enfin, votre engagement se verra valorisé lors d&amp;#039;évènements nationaux et locaux, ainsi que dans des publications.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ensemble des territoires engagés sont consultables
  &lt;a href="https://engagespourlanature.ofb.fr/territoires/engagements" target="_self"&gt;
   ICI
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour aller plus loin: les
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/def2-concretiser-la-mise-en-oeuvre-daltas-de-la-bi/" target="_self"&gt;
   Atlas de la Biodiversité Communale
  &lt;/a&gt;
  , la
  &lt;a href="https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/" target="_self"&gt;
   gestion des eaux pluviales
  &lt;/a&gt;
  ou bien encore les
  &lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;
   Solutions d&amp;#039;Adaptation Fondées sur la Nature
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Alimentation
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les actions pour lesquelles vous vous engagez doivent être cohérentes avec la politique locale menée, proportionnées (l&amp;#039;attente vis-à-vis d&amp;#039;un village ou d&amp;#039;une interco n&amp;#039;est biensur pas la même !), impliquantes (on va au-delà des obligations légales) et mesurables (autrement, compliqué d&amp;#039;évaluer l&amp;#039;évolution).
  Il s&amp;#039;agit pour la collectivité de proposer des actions cohérentes avec ses moyens, ses actions passées et démontrant une marge de progression dans la prise en compte / préservation de la biodiversité.
 &lt;/p&gt;
 &lt;p&gt;
  Des spécificités régionales peuvent exister. Il est fortement conseiller de prendre contact avec l&amp;#039;animateur régional pour les connaitre avant de candidater.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires</t>
         </is>
       </c>
-      <c r="W133" s="1" t="inlineStr">
+      <c r="W130" s="1" t="inlineStr">
         <is>
           <t>https://engagespourlanature.ofb.fr/territoires/grand-est</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Région Grand Est
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nassera Deroueche
 &lt;/p&gt;
 &lt;p&gt;
  03 87 61 66 91
 &lt;/p&gt;
 &lt;p&gt;
  nassera.deroueche&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Office français de la biodiversité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  David Monnier
 &lt;/p&gt;
 &lt;p&gt;
  03 87 62 86 07
 &lt;/p&gt;
 &lt;p&gt;
  david.monnier&amp;#64;ofb.gouv.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b9d5-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>131822</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de produits à des tarifs préférentiels pour faciliter ses commandes</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Groupement de commandes</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AMV 88 propose à ses adhérents des
  &lt;strong&gt;
   produits à des prix préférentiels
  &lt;/strong&gt;
  et leur permet ainsi d&amp;#039;éviter de gérer le formalisme lié à la commande publique.
 &lt;/p&gt;
 &lt;p&gt;
  Des
  &lt;strong&gt;
   tarifs avantageux
  &lt;/strong&gt;
  pour l&amp;#039;achat de produits et bien d&amp;#039;autres atouts :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les
   &lt;strong&gt;
    économies d&amp;#039;échelles
   &lt;/strong&gt;
   en raison du volume des commandes sur les achats
  &lt;/li&gt;
  &lt;li&gt;
   La
   &lt;strong&gt;
    réduction des coûts
   &lt;/strong&gt;
   des procédures
  &lt;/li&gt;
  &lt;li&gt;
   La
   &lt;strong&gt;
    maîtrise de l&amp;#039;expertise
   &lt;/strong&gt;
   de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   La
   &lt;strong&gt;
    mutualisation des procédures
   &lt;/strong&gt;
   de marchés publics pour le compte de ses membres
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans les
  &lt;strong&gt;
   6 domaines d&amp;#039;achat
  &lt;/strong&gt;
  listés ci-dessous, des
  &lt;strong&gt;
   bons de commande
  &lt;/strong&gt;
  sont à utiliser. Ils doivent être adressés aux différents fournisseurs, conformément aux instructions précisées sur chaque document.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ramettes, enveloppes, classement
  &lt;/li&gt;
  &lt;li&gt;
   Sacs poubelles
  &lt;/li&gt;
  &lt;li&gt;
   Produits d&amp;#039;hygiène et d&amp;#039;entretien
  &lt;/li&gt;
  &lt;li&gt;
   Terreaux, paillages, engrais
  &lt;/li&gt;
  &lt;li&gt;
   Peintures routières
  &lt;/li&gt;
  &lt;li&gt;
   Compteurs d&amp;#039;eau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Commerces et services
 Consommation et production
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhérer à l&amp;#039;Association.
  &lt;/li&gt;
  &lt;li&gt;
   Pour passer commande, la collectivité doit avoir pris une délibération d&amp;#039;adhésion aux groupements de commandes et avoir signé les conventions concernées.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.maires88.asso.fr/groupements-de-commandes</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez retrouver les
  &lt;strong&gt;
   documents d&amp;#039;adhésion
  &lt;/strong&gt;
  sur le site de l&amp;#039;AMV 88.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, vous pouvez contacter Nadine CAILLOUX par téléphone au 03 29 29 88 24 ou par mail à ncailloux&amp;#64;vosges.fr
 &lt;/p&gt;
 &lt;p&gt;
  AMV 88
  &lt;br /&gt;
  Courriel :
  &lt;a target="_self"&gt;
   amv88&amp;#64;vosges.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Tél. : 03 29 29 88 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>amv88@vosges.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f6a-beneficier-des-groupements-de-commandes/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>132273</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Se former sur l'urbanisme favorable à la santé [formation]</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Module de formation sur l'urbanisme favorable à la santé</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>Agence régionale de santé (ARS) — Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le module pédagogique sur l&amp;#039;urbanisme favorable à la santé du portail e-set BFC a pour objectif de donner des clés de lecture aux collectivités territoriales pour développer, promouvoir les enjeux de l&amp;#039;urbanisme favorable à la santé dans leurs politiques d&amp;#039;aménagement.
 &lt;/p&gt;
 &lt;p&gt;
  Mais qu&amp;#039;est ce que l&amp;#039;urbanisme favorable à la santé ? Pourquoi et comment faire ?
 &lt;/p&gt;
 &lt;p&gt;
  Vous y trouverez également des retours d&amp;#039;expériences de collectivités territoriales de Bourgogne-Franche-Comté qui ont mis en place des projets urbains favorables à la santé.
 &lt;/p&gt;
 &lt;p&gt;
  Lien:
  &lt;a href="https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/" target="_self"&gt;
   https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Développement de l&amp;#039;urbanisne favorable à la santé au sein des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formation accessible à tous
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T135" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.sante-environnement-bfc.fr/capsules/urbanisme-et-cadre-de-vie-favorables-a-la-sante/#/</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Michael NGUYEN HUU, référent urbanisme favorable à la santé à l&amp;#039;ARS Bourgogne Franche Comté, michael.nguyen-huu&amp;#64;ars.sante.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>michael.nguyen-huu@ars.sante.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0f93-module-de-formation-sur-lurbanisme-favorable-/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>132278</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -28501,768 +27633,768 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W136" s="1" t="inlineStr">
+      <c r="W133" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>133055</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire de l’habitat et du foncier (OHF)</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La loi Climat et résilience du 22 août 2021 prévoit de faire évoluer les anciens dispositifs d&amp;#039;observation de l&amp;#039;habitat, en observatoires de l&amp;#039;habitat et du foncier (OHF). Ces observatoires doivent être créé au plus tard dans les trois années après la mise en place d&amp;#039;un PLH. Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. La loi climat a renforcé leur rôle ainsi que celui des EPF pour aider les collectivités dans la mise en place de ces outils.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires de l&amp;#039;habitat et du foncier (OHF) ont pour mission de suivre la conjoncture des marchés fonciers et immobiliers et d&amp;#039;identifier les disponibilités foncières. Cette analyse s&amp;#039;appuie sur le recensement des friches constructibles, des locaux vacants, des secteurs à densifier, des secteurs à enjeux et des surfaces pour la surélévation, des surfaces non imperméabilisées ou éco-aménageables et des espaces non bâtis nécessaires au maintien des continuités écologiques dans les secteurs urbanisés et sur un inventaire des zones d&amp;#039;activités économiques et sur le suivi du parc de logements (privés, sociaux, en accession à la propriété, l&amp;#039;habitat dégradé).
 &lt;/p&gt;
 &lt;p&gt;
  Les observatoires doivent rendre compte annuellement du nombre de logement construits sur des espaces déjà urbanisés et sur des zones ouvertes à l&amp;#039;urbanisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Addrn, l&amp;#039;agence d&amp;#039;urbanisme de la région de Saint-Nazaire a réalisé un Observatoire du Foncier, de l&amp;#039;habitat et économique.
   &lt;a href="https://addrn.fr/page-mosaique/foncier_habitat_economie/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Epures, l&amp;#039;agence d&amp;#039;urbanisme de la région Stéphanoise a réalisé un Observatoire des marchés fonciers de la Loire.
   &lt;a href="https://www.epures.com/index.php/publications/epures/foncier" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;Aurg, l&amp;#039;agence d&amp;#039;urbanisme de la region Grenobloise a réalisé l&amp;#039;observatoire foncier partenarial de l&amp;#039;isere (Ofpi).
   &lt;a href="https://ofpi.aurg.org/#c&amp;#61;home" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Topos, l&amp;#039;agence d&amp;#039;urbanisme des territoires de l&amp;#039;orléannais a réalisé un observatoire des copropriétés de la métropole d&amp;#039;Orléans.
   &lt;a href="https://www.topos-urba.org/publications/focus-n4-lobservatoire-des-coproprietes-un-outil-pour-prevenir-les-situations-de-fragilite/" target="_self"&gt;
    Consulter l&amp;#039;observatoire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/92de-etre-aide-pour-observer-les-territoires/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>133056</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des friches</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
   &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
    Consulter la cartographie intéractive
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
   &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
    Consulter l&amp;#039;Observatoire
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>133057</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M139" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
   &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
   &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>133058</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour réaliser un inventaire des zones d'activités économiques (ZAE)</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans un contexte de rareté du foncier, les zones d&amp;#039;activités économiques (ZAE) représentent une part importante de foncier artificialisé dont les usages sont à repenser en raison de leur perte d&amp;#039;attractivité. Sont considérés comme zone d&amp;#039;activité : « les zones d&amp;#039;activités industrielle, commerciale, tertiaire, artisanale, touristique, portuaire ou aéroportuaire ».  Pour améliorer la connaissance sur les ZAE et réfléchir sur leurs potentiels de requalification, la loi impose aux collectivités de réaliser un inventaire de leurs zones d&amp;#039;activités économiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;inventaire doit être établit par l&amp;#039;EPCI qui est l&amp;#039;autorité compétente en matière de création, d&amp;#039;aménagement et de gestion des zones d&amp;#039;activités. L&amp;#039;inventaire doit contenir trois étapes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un état parcellaire des unités foncières de la zone d&amp;#039;activité économique (qui identifie la surface de chaque unité foncière et le propriétaire) ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;identification des occupants de la zone d&amp;#039;activité économique ;
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;identification du taux de vacance de la zone d&amp;#039;activité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La vacance est définie selon trois critères :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une absence d&amp;#039;affectation de l&amp;#039;unité foncière à « une activité assujettie à la cotisation foncière des entreprises (CFE) ;
@@ -29293,239 +28425,239 @@
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Audélor, l&amp;#039;agence d&amp;#039;urbanisme, de développement économique et technopole du Pays de Lorient a réalisé un observatoire des sites d&amp;#039;activités du Pays de Lorient. L&amp;#039;observatoire est composé de tableau de bord sur le foncier économique disponible dans les zones d&amp;#039;activités et de fiches descriptives pour chacune des zones d&amp;#039;activités.
   &lt;a href="https://www.audelor.com/observatoires-et-etudes/zones-d-activites/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;agape, l&amp;#039;agence d&amp;#039;urbanisme et de développement durable Lorraine Nord a créé un outil de connaissance web cartographique de suivi des zones d&amp;#039;activités économiques.
   &lt;a href="https://www.agape-lorrainenord.eu/les-ressources/les-produits-de-donnees/actualite/occaze.html" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7c38-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>133059</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C141" s="1" t="inlineStr">
+      <c r="C138" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -29546,183 +28678,183 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T141" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>139429</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Recycler une friche</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Etablissement Public Foncier Hauts de France (EPF) a été créé pour recycler les friches. Agissant pour le compte des collectivités, l&amp;#039;EPF acquiert ces sites obsolètes et vacants et dont la configuration n&amp;#039;est plus en adéquation avec les besoins du marché.
  &lt;br /&gt;
  Il assure la gestion des déchets (amiante notamment), la déconstruction, en favorisant des démarches d&amp;#039;économie circulaire, le traitement des sources de pollution concentrées et le pré-verdissement.
  &lt;br /&gt;
  L&amp;#039;intervention de l&amp;#039;établissement permet de remettre sur le marché des biens qui en étaient sortis, de réduire les risques attachés à la dangerosité de ces sites et d&amp;#039;améliorer l&amp;#039;image et l&amp;#039;attractivité des quartiers où ils se situent. L&amp;#039;EPF prend en charge 50 à 80% du coût des études et des travaux.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Projets éligibles
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Projets visant le développement d&amp;#039;une offre de logements, le développement économique, la redynamisation des centres villes et centres bourgs, la gestion des risques, la protection/restauration de la biodiversité, la valorisation du patrimoine UNESCO, la constitution de réserves foncières
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -29740,339 +28872,339 @@
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  •    Ingénierie prise en charge à 100%
  &lt;br /&gt;
  •    Etudes préalables jusqu&amp;#039;à 80% *
  &lt;br /&gt;
  •    Travaux de déconstruction et de traitement des sources de pollution jusqu&amp;#039;à 80% *
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   * Lorsqu&amp;#039;un projet n&amp;#039;est pas défini sur le site, la prise en charge est de 50%
  &lt;/em&gt;
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M142" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Site Bricomarché, rue Gustave Delory, Caudry (Nord)
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de sa politique de renouvellement urbain, la commune de Caudry a sollicité l&amp;#039;intervention de l&amp;#039;EPF pour la reconversion d&amp;#039;un ensemble immobilier de 2 ha, composé d&amp;#039;un ancien magasin de bricolage et d&amp;#039;un entrepôt de stockage. L&amp;#039;EPF a procédé à l&amp;#039;acquisition du site et a pris en charge la maîtrise d&amp;#039;ouvrage et le financement à 100% des travaux de désamiantage et de déconstruction (3,6 M€). Le site a été ensemencé dans l&amp;#039;attente du projet qui consistera en la réalisation d&amp;#039;un programme de 60 logements.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Site Socochim, Roubaix (Nord)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce site de 2,5 ha accueillait des activités de fabrication et de stockage de produits chimiques inflammables. Il a été acquis en 2007 par l&amp;#039;EPF à la demande de la communauté urbaine de Lille pour y implanter un centre de tri des déchets. Le projet a été abandonné et l&amp;#039;entreprise OVH a ensuite investi le site pour y réaliser son extension. L&amp;#039;EPF a réalisé les travaux de déconstruction et de traitement de la pollution en tenant compte du calendrier d&amp;#039;aménagement d&amp;#039;OVH.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Friche
 Foncier
 Logement et habitat
 Paysage</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Nord, Pas-de-Calais et Somme</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://epf-hdf.fr/</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="http://www.epf-npdc.fr/lepf-pratique/contact" target="_self"&gt;
  &lt;p&gt;
   http://www.epf-npdc.fr/lepf-pratique/contact
  &lt;/p&gt;
 &lt;/a&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>n.condomines@epf-hdf.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/132e-recycler-une-friche/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>139432</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement en AMO ainsi que d'assistances et conseils techniques et administratifs</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>AMO en espaces publics, bâtiments, eau et assainissement, ouvrages d'art</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale de l'Aude (ATD 11)</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence Technique Départementale de l&amp;#039;Aude, Établissement Public Administratif géré de manière paritaire par les élus représentants du Conseil départemental et des collectivités locales.
 &lt;/p&gt;
 &lt;p&gt;
  Les prestations de l&amp;#039;ATD11 relèvent de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour des opérations d&amp;#039;aménagements d&amp;#039;espaces publics, de voirie (yc ouvrages d&amp;#039;art), bâtiments publics, eau et assainissement.
  &lt;/li&gt;
  &lt;li&gt;
   La Maîtrise d&amp;#039;Œuvre (MOE) exclusivement pour les ouvrages d&amp;#039;art.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils techniques et juridiques
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez trouver des exemples de réalisations en allant sur notre site internet :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://atd11.aude.fr/nos-realisations" target="_self"&gt;
   https://atd11.aude.fr/nos-realisations
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent à l&amp;#039;ATD11
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://atd11.aude.fr/</t>
         </is>
       </c>
-      <c r="W143" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://atd11.aude.fr/contacter</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;atd11.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>laurent.naudy@atd11.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0869-test/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>139433</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Repenser les façons d'habiter</t>
         </is>
       </c>
-      <c r="C144" s="1" t="inlineStr">
+      <c r="C141" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>LEADER</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>PETR des Communautés du pays de Saint-Malo</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous avez un projet de
  &lt;strong&gt;
   transition écologique
  &lt;/strong&gt;
  en lien avec la
  &lt;strong&gt;
   qualité de vie
  &lt;/strong&gt;
  &amp;amp; l&amp;#039;
  &lt;strong&gt;
   habitat
  &lt;/strong&gt;
  sur le
  &lt;strong&gt;
   pays de Saint-Malo
  &lt;/strong&gt;
  ? Peut-être pouvez-vous bénéficier d&amp;#039;une aide européenne au titre du programme LEADER !
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Qu&amp;#039;est-ce que LEADER ?
   &lt;/strong&gt;
@@ -30251,254 +29383,254 @@
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Des nouvelles façons d&amp;#039;habiter contribuant à la cohésion sociale et territoriale
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Anticiper et prévoir l&amp;#039;offre foncière pour maîtriser l&amp;#039;empreinte environnementale de l&amp;#039;habitat durable
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Coopération
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   - Améliorer la qualité de l&amp;#039;habitat
  &lt;/strong&gt;
  : il s&amp;#039;agit de créer des logements agréables à habiter et de qualité d&amp;#039;un point de vue environnemental, esthétique, et d&amp;#039;usage. Cela peut conduire à penser le logement ou le bâtiment comme étant modulable et évolutif (adaptation de la taille, de l&amp;#039;aménagement intérieur en fonction des besoins des occupants). Il s&amp;#039;agit aussi d&amp;#039;encourager l&amp;#039;adoption de ces nouvelles formes urbaines en changeant la perception sur l&amp;#039;habitat collectif/intermédiaire et individuel et en intégrant les occupants à la co-conception. Cet engagement des futurs habitants peut également se traduire sous la forme d&amp;#039;un accompagnement à l&amp;#039;habitat participatif.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   Adapter l&amp;#039;habitat aux publics, aux trajectoires résidentielles, aux modes de vie :
  &lt;/strong&gt;
  il s&amp;#039;agit de penser l&amp;#039;habitat pour tous en s&amp;#039;adressant aux populations aux besoins spécifiques (personnes âgées, handicapées, saisonniers, jeunes actifs, familles monoparentales, etc.) mais également en intégrant la notion de parcours résidentiel, c&amp;#039;est-à-dire à l&amp;#039;évolution dans le temps des besoins en termes de logement. Ceux-ci évoluent en fonction des changements de situation, notamment du nombre de personnes qui composent le foyer et des moyens financiers. Cela peut conduire là aussi à penser le logement ou le bâtiment comme étant modulable et évolutif mais aussi de mettre l&amp;#039;accent sur la production d&amp;#039;espaces communs (services ou usages partagés : chambre d&amp;#039;amis, buanderie, jardins partagés, etc.) et à la multifonctionnalité/mutualisation des services, des espaces, des équipements entourant l&amp;#039;habitat. Il s&amp;#039;agit également de travailler sur la mobilisation des acteurs et sur leur participation dans la conception des opérations pour assurer la compatibilité des solutions aux besoins réels.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   Ré-interroger la chaîne de production :
  &lt;/strong&gt;
  il s&amp;#039;agit de recourir à des matériaux biosourcés/éco-matériaux (bois, paille, terre crue, bauge etc.) et de renforcer les filières locales pour diminuer la pollution et les consommations énergétiques du bâtiment. Il s&amp;#039;agit aussi d&amp;#039;agir sur l&amp;#039;accessibilité financière du logement en réfléchissant à de outils d&amp;#039;ingénierie novateurs (Organismes de foncier solidaire, BRS...). C&amp;#039;est aussi repenser la participation des acteurs en mettant en place par exemple une démarche de maîtrise d&amp;#039;usage, en développant des dispositifs d&amp;#039;accompagnement à la réhabilitation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - Adapter l&amp;#039;habitat à la transition écologique :
  &lt;/strong&gt;
  l&amp;#039;habitat est lieu privilégié d&amp;#039;accompagnement à la transition écologique des habitants. Ainsi il s&amp;#039;agit de sensibiliser encore plus la population à la préservation des ressources naturelles mais aussi à l&amp;#039;adoption d&amp;#039;autres comportements tel que le recours à des modes de transport alternatifs ou encore le développement local d&amp;#039;énergies renouvelables.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Attractivité économique
 Mobilité partagée
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •	Être cohérent avec la stratégie,
 &lt;/p&gt;
 &lt;p&gt;
  •	Être localisé sur le territoire d&amp;#039;intervention,
 &lt;/p&gt;
 &lt;p&gt;
  •	Correspondre à une dépense éligible (il faut pour cela se référer aux fiches actions) ;
 &lt;/p&gt;
 &lt;p&gt;
  •	Apporter une vraie plus-value pour le territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Bretagne</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-stmalo.fr/avec-leader-repensons-les-facons-d-habiter-C270.html</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous avez un projet et vous souhaitez savoir s&amp;#039;il peut être financé par LEADER ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contacter-nous : contractualisation&amp;#64;pays-stmalo.fr  02 99 21 17 28
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   Vous bénéficierez d&amp;#039;une aide pour le montage de la demande d&amp;#039;aide LEADER, le suivi administratif et technique du projet et la mise en paiement.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>contractualisation@pays-stmalo.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4d2d-repenser-les-facons-dhabiter/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>139927</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -30544,359 +29676,359 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P145" s="1" t="inlineStr">
+      <c r="P142" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q145" s="1" t="inlineStr">
+      <c r="Q142" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>139928</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Financer vos projets relatifs au logement, au renouvellement urbain, aux travaux sur des bâtiments communaux et à la réalisation d'équipements de proximité</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Solidarité territoriale</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation
  &lt;em&gt;
   Solidarité territoriale
  &lt;/em&gt;
  concerne le financement des projets communaux relatifs au logement, au renouvellement urbain, aux travaux réalisés sur des bâtiments communaux, à la réalisation d&amp;#039;équipements de proximité tels que des commerces, des stations-services, des équipements en lien avec la santé ...
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée sur plusieurs critères : plus-value en termes d&amp;#039;attractivité du territoire et son intérêt en termes de services à la population.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche à partir de 200 000 € : 5% du solde du projet avec un plafond de subvention fixée à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière maximale sera alors de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide financière est cumulable avec les autres aides de la CCMS.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément au principe du fonds de concours, l&amp;#039;intervention financière de la CCMS est limitée à 50 % du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P146" s="1" t="inlineStr">
+      <c r="P143" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q146" s="1" t="inlineStr">
+      <c r="Q143" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R146" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeur
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  c.maitre&amp;#64;cc-massifdusancy.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/25fc-dotations-avenir-sancy-solidarite-territorial/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>141752</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>​​Accompagner l'aménagement d’une cour d’école​</t>
         </is>
       </c>
-      <c r="C147" s="1" t="inlineStr">
+      <c r="C144" s="1" t="inlineStr">
         <is>
           <t>Cités éducatives</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Aménagement d'espace (péri)scolaire</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans une démarche de co-design, s&amp;#039;appuyant sur un outil d&amp;#039;aide à la co-conception d&amp;#039;aménagement de vos espaces pédagogiques, nos équipes vous accompagnent dans la mise en place de la cour d&amp;#039;école de demain. L&amp;#039;objectif est de faciliter le travail en co-design pour qu&amp;#039;un collectif soit en mesure de créer des espaces pensés par et pour leurs utilisateurs et permettre une meilleure appropriation de ces espaces par leurs usagers pour les utiliser et les faire vivre.
 &lt;/p&gt;
 &lt;p&gt;
  Prix : sur devis
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Une collectivité souhaite rénover la cour de récréation d&amp;#039;une de ses écoles.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un projet par et pour ses utilisateurs co-piloté par l&amp;#039;Atelier Canopé de votre département.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les communautés impliquées dans le projet : les élus, les personnels de la collectivité, les personnels périscolaires, les enseignants, les parents d&amp;#039;élèves, les habitants du quartier... et bien entendu les élèves !
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un projet en quatre phases principales
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    se projeter :
   &lt;/strong&gt;
   &lt;em&gt;
@@ -30915,169 +30047,169 @@
   . Pendant une journée, entre 30 et 50 personnes se retrouveront pour construire des prototypes de réhabilitation à partir des conclusions du rapport d&amp;#039;étonnement via un hackathon. Des experts (services techniques, architectes, paysagers...) sont présents tout au long de la journée pour aider les équipes et les médiateurs Canopé accompagnent chacun des groupes. À l&amp;#039;issue de cette journée, un vote permet de faire émerger les trois projets les plus aboutis.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    finaliser
   &lt;/strong&gt;
   :
   &lt;em&gt;
    l&amp;#039;incubation
   &lt;/em&gt;
   . Les participants des trois projets retenus sont réunis pour une dernière journée de mise en commun des idées afin d&amp;#039;obtenir le projet qui sera mis en oeuvre.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    vivre
   &lt;/strong&gt;
   :
   &lt;em&gt;
    la formation et l&amp;#039;accompagnement
   &lt;/em&gt;
   . Une fois le chantier livré,  les enseignants et le service périscolaire seront accompagnés ; pour les aider à vivre et faire vivre ce nouvel espace, des ressources  et des formations adaptées aux enjeux leur seront proposées
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Transition énergétique
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette offre de service s&amp;#039;adresse à toutes les collectivités désireuses de faire travailler ensemble dans une démarche de co-design tous les partenaires impliqués et concernés par le projet de réaménagement d&amp;#039;un espace scolaire ou périscolaire au bénéfice du bien-être des élèves.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département :
  &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;
   https://www.reseau-canope.fr/nous-trouver/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>frederic.kapala@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/190f-accompagner-lamenagement-dune-cour-decole-fac/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>142229</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C148" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -31237,51 +30369,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -31291,56 +30423,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -31369,154 +30501,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>142680</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C146" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -31629,51 +30761,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -31691,56 +30823,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -31783,139 +30915,139 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>142692</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Engager une démarche de résilience sur votre territoire</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
 &lt;/p&gt;
 &lt;p&gt;
  Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic participatif et identification des priorités d&amp;#039;actions
  &lt;/li&gt;
@@ -31934,353 +31066,190 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &amp;gt; format découverte de type séminaire « tout public » en une journée,
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Evaluation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outil boussole de la résilience Cerema
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Formation :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ville de Paris (chefs de projets)
  &lt;/li&gt;
  &lt;li&gt;
   DREAL ARA et PACA (chefs de projet)
  &lt;/li&gt;
  &lt;li&gt;
   Groupe immobilier ASTRANCE (séminaire de découverte)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Assistance à la Maîtrise d&amp;#039;Ouvrage :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
  &lt;/li&gt;
  &lt;li&gt;
   Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
  &lt;/li&gt;
  &lt;li&gt;
   Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 Accessibilité
 Emploi
 Appui méthodologique
 Mobilité pour tous
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-[...163 lines deleted...]
-      <c r="A152" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>143309</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
 &lt;/p&gt;
 &lt;p&gt;
  Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elu d&amp;#039;une collectivité
@@ -32428,155 +31397,155 @@
 &lt;/ul&gt;
 &lt;p&gt;
  3. Rendre les abords sûrs et accueillants
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Développement des mobilités actives
  &lt;/li&gt;
  &lt;li&gt;
   Itinéraires sécurisés et accessibles
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;
    &lt;span&gt;👉&lt;/span&gt;
   &lt;/span&gt;
  &lt;/span&gt;
  Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
  &lt;/li&gt;
  &lt;li&gt;
   Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
  &lt;/li&gt;
  &lt;li&gt;
   Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Equipement public
 Bâtiments et construction
 Architecture
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>143315</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment bien cerner les contours de la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels critères retenir pour sélectionner un prestataire ?
@@ -32635,833 +31604,833 @@
  &lt;li&gt;
   L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
  &lt;/li&gt;
  &lt;li&gt;
   La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
  &lt;/li&gt;
  &lt;li&gt;
   Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
  &lt;/li&gt;
  &lt;li&gt;
   La détermination pertinente des enjeux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Renforcer votre autonomie
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Formation de vos équipes aux outils utiles au diagnostic.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Troyes Champagne Métropole
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Equipement public
 Bâtiments et construction
 Mers et océans
 Milieux humides
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>143348</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement pour définir et lancer un projet dans le domaine de l'aménagement (espaces publics, projets urbains…)</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière d&amp;#039;aménagement d&amp;#039;espaces publics :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pour donner des conseils de 1er niveau
  &lt;/li&gt;
  &lt;li&gt;
   pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
  &lt;/li&gt;
  &lt;li&gt;
   pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil de 1er niveau (administratifs, réglementaires et techniques)
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la définition de principes (définition du besoin, faisabilité, recherche de financement...) ou assistance à maîtrise d&amp;#039;ouvrage  (définition du besoin, faisabilité,  scénarios d&amp;#039;aménagement, appui à la consultation des prestataires..) pour l&amp;#039;aménagement de bourg ou d&amp;#039;un espace public
  &lt;/li&gt;
  &lt;li&gt;
   Appui ou assistance à maîtrise d&amp;#039;ouvrage pour l&amp;#039;élaboration d&amp;#039;un schéma directeur d&amp;#039;aménagement et de développement du bourg (définition du besoin, appui à la consultation des prestataires, suivi des études)...
  &lt;/li&gt;
  &lt;li&gt;
   Expertise  ou assistance à maitrise d&amp;#039;ouvrage autre projets
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>http://www.inge43.fr</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
   contact&amp;#64;inge43.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 71 07 41 71
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>contact@inge43.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b36-beneficier-dun-accompagnement-pour-definir-et/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>144504</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Accompagner des EPCI fragiles par le Fonds de Solidarité Intercommunal (FSI)</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le fonds est destiné à aider les communautés de communes dont la population, le niveau de vie des populations et le potentiel de ressources est faible pour qu&amp;#039;elles engagent des projets d&amp;#039;investissement répondant à leurs besoins spécifiques.
 &lt;/p&gt;
 &lt;p&gt;
  Chaque année, la liste des EPCI sera établie par la commission solidarité territoriale, au regard de critères de fragilité, et l&amp;#039;enveloppe sera répartie sur un nombre d&amp;#039;EPCI défini lors du vote du budget principal.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des aides publiques ne pourra excéder 80% du montant de chaque projet composant ce programme.
 &lt;/p&gt;
 &lt;p&gt;
  Le solde à verser pourra être ajusté, le cas échéant, au regard du plan de financement définitif des opérations soutenues dans le cadre du programme approuvé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  EPCI figurant sur la liste établie par la commission solidarité territoriale du Département.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes de subventions sont adressées à Monsieur le Président du Conseil
  &lt;br /&gt;
  Départemental des Landes.
 &lt;/p&gt;
 &lt;p&gt;
  Elles comprennent notamment :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la délibération du maître d&amp;#039;ouvrage approuvant l&amp;#039;opération et précisant son financement prévisionnel,
  &lt;/li&gt;
  &lt;li&gt;
   une note de présentation de l&amp;#039;opération,
  &lt;/li&gt;
  &lt;li&gt;
   les plans et devis, attestation de propriété, permis de construire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T151" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/644b-accompagner-des-epci-fragiles-par-le-fonds-de/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>144508</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études des démarches "Petites Villes de Demain"</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I152" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs, pourront bénéficier d&amp;#039;un soutien départemental pour la conduite d&amp;#039;études stratégiques, thématiques et pré-opérationnelles dans le cadre d&amp;#039;un partenariat établi avec la Banque des Territoires/ Caisse des dépôts et consignations.
 &lt;/p&gt;
 &lt;p&gt;
  La sélection des études sera soumise à la validation préalable de la Banque des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant maximal du financement apporté par la Caisse des dépôts au cofinancement d&amp;#039;études stratégiques, thématiques ou pré-opérationnelles est fixé à 50 % du coût réel de l&amp;#039;étude, le montant maximal du cofinancement apporté par le Département à la contribution de la Caisse des Dépôts aux études stratégiques, thématiques ou pré-opérationnelles est fixé à 30 % du coût de l&amp;#039;étude.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les études sur l&amp;#039;habitat, incluses dans les démarches « Petites villes de demain », et cofinancées par l&amp;#039;Agence nationale de l&amp;#039;habitat (ANAH), qui ne pourraient pas être retenues ou que partiellement dans la convention PVD avec la Banque des territoires, en cohérence avec le Programme départemental de l&amp;#039;habitat (PDH), le Département pourra également intervenir à hauteur de 30% maximum.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Espaces verts
 Espace public
 Friche
 Foncier
 Accès aux services
 Commerces et services
 Tiers-lieux
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Attractivité économique
 Artisanat
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide destinée aux centralités retenues dans le cadre du programme national « Petites Villes de Demain » (PVD) et non retenues par la Région Nouvelle Aquitaine « au titre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt Centres-bourgs.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention soumise à l&amp;#039;approbation du comité de régulation &amp;#34;Petites Villes de Demain&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1731-accompagner-les-etudes-des-demarches/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>144509</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Dotation de revitalisation</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J157" s="1" t="inlineStr">
+      <c r="J153" s="1" t="inlineStr">
         <is>
           <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale et engagées dans un politique de revitalisation, dynamisation ou de restructuration de leur centre-bourg ou centre-ville peuvent bénéficier d&amp;#039;un soutien départemental aux conditions et selon les modalités détaillées ci-après.
 &lt;/p&gt;
 &lt;p&gt;
  Pour solliciter l&amp;#039;aide du Département pour la revitalisation, la dynamisation ou restructuration de son centre-ville ou centre bourg, la commune devra réaliser préalablement une étude globale de son centre-ville ou centre-bourg de type « Plan de référence » qui définira un plan d&amp;#039;action global et pluriannuel.
 &lt;/p&gt;
 &lt;p&gt;
  Dotation maximum allouée au plan d&amp;#039;actions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ville moyenne : 350 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Moyens et petits pôles : 300 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Pôle de proximité : 250 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La dotation est susceptible d&amp;#039;être augmentée à hauteur de 20 % dans le cas d&amp;#039;une mise en œuvre effective d&amp;#039;un programme de logements sociaux, à loyers modérés ambitieux dans le centre-bourg. Ce programme devra être établi en cohérence avec le schéma départemental de l&amp;#039;Habitat et contribuer au plan « Bien vieillir dans les Landes » en intégrant des logements sociaux et/ ou en favorisant le maintien des personnes âgées à leur domicile.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes dont la fonction de centralité est reconnue à l&amp;#039;échelle départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus devront concerner au minimum 2 thématiques sur les 4 suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   habitat et logement,
  &lt;/li&gt;
  &lt;li&gt;
   commerce et services,
  &lt;/li&gt;
  &lt;li&gt;
   cadre de vie et l&amp;#039;environnement, notamment la transition énergétique et écologique et les espaces publics en lien avec les mobilités,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements à destination de la population.
  &lt;/li&gt;
 &lt;/ul&gt;
 Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>144547</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -33504,1268 +32473,777 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W158" s="1" t="inlineStr">
+      <c r="W154" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-[...491 lines deleted...]
-      <c r="A161" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>149106</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des commerces en centralités rurales (ACCOR)</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des commerces en ruralité pour la revitalisation des bourgs (ACCOR)</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet d&amp;#039;aménagement, de modernisation et de réhabilitation des espaces consacrés à l&amp;#039;accueil du public, des travaux de devanture commerciale ou d&amp;#039;achat d&amp;#039;équipements/mobiliers et de véhicule atelier ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Bénéficiez d&amp;#039;une aide cofinancée par la Région et la Communauté de Communes ou la commune entre 1 000 € et 12 500 € – Voir les conditions particulières auprès de votre communauté de communes.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
+      <c r="P155" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre projet se situe sur un territoire bénéficiant d&amp;#039;une convention ACCOR en cours de validité.
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une personne physique ou morale de droit privé, justifiant d&amp;#039;une inscription au registre du commerce et des sociétés ou au répertoire des métiers et remplissant les critères suivants :
   &lt;/li&gt;
   &lt;li&gt;
    Être à jour de ses obligations fiscales et sociales ;
   &lt;/li&gt;
   &lt;li&gt;
    Avoir un effectif inférieur à 10 salariés ;
   &lt;/li&gt;
   &lt;li&gt;
    Exploiter un local commercial disposant d&amp;#039;une vitrine en rez-de-chaussée ;
   &lt;/li&gt;
   &lt;li&gt;
    Disposer d&amp;#039;un chiffre d&amp;#039;affaires inférieur à 1 million d&amp;#039;euros réalisé à plus de 50 % par la vente de biens ou de services aux particuliers.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Et votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    L&amp;#039;aménagement, la modernisation et la réhabilitation des espaces consacrés à l&amp;#039;accueil du public et attenants non productifs, travaux de devanture commerciale ;
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements et mobiliers liés uniquement à l&amp;#039;activité commerciale d&amp;#039;un coût unitaire supérieur à 500 € HT (matériel d&amp;#039;occasion sous certaines conditions).
   &lt;/li&gt;
   &lt;li&gt;
    Les véhicules ateliers de tournées dont l&amp;#039;aménagement spécifique est supérieur à 3 000 € HT.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les travaux réalisés par l&amp;#039;entreprise elle-même sont exclus et l&amp;#039;investissement ne doit pas avoir été engagé ou réalisé préalablement à la demande.
  &lt;/span&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/accompagnement-commerces-ruralite-accor/</t>
         </is>
       </c>
-      <c r="W161" s="1" t="inlineStr">
+      <c r="W155" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0169/depot/simple</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre commune ou votre Communauté de Communes avant tout dépôt de demande.
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4a6a-accompagnement-des-commerces-en-centralites-r/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>149107</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité du département des Ardennes</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Aide à la rénovation du patrimoine bâti public dans les Ardennes</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € pour des travaux de rénovation de façades et toitures, et 15 000 € pour les projets de déconstruction de ruine – voir conditions particulières dans le règlement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du pacte ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti public ardennais visible de l&amp;#039;espace public.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une collectivité territoriale ou ses groupements ;
  &lt;/li&gt;
  &lt;li&gt;
   Une personne morale propriétaire d&amp;#039;un ou plusieurs bâtiments accueillant une activité incluant une mission de service public (à l&amp;#039;exception de l&amp;#039;Etat et de ses opérateurs).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et que votre projet concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un bâtiment public situé dans le département des Ardennes et visible de l&amp;#039;espace public.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et des travaux de :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénovation de façade(s) ;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de toiture(s) ;
  &lt;/li&gt;
  &lt;li&gt;
   Déconstruction d&amp;#039;un bâtiment en ruine.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Ardennes</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aide-renovation-patrimoine-public-ardennes/</t>
         </is>
       </c>
-      <c r="W162" s="1" t="inlineStr">
+      <c r="W156" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0070/depot/simple</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déposez votre dossier complet en ligne avant le 28 février 2027.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7d66-aide-a-la-renovation-du-patrimoine-bati-publi/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>149108</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l’espace public et améliorer le cadre de vie et l’attractivité</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Aide aux propriétaires privés pour la rénovation de leur patrimoine dans les Ardennes</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet pour reconquérir et valoriser le patrimoine bâti ardennais visible de l&amp;#039;espace public et améliorer le cadre de vie et l&amp;#039;attractivité du département des Ardennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 15 000 € et des dépenses remboursées jusqu&amp;#039;à 80% du montant HT / TTC de votre projet. Voir conditions particulières dans le règlement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P157" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du Pacte Ardennes, la Région Grand Est accompagne la restauration du patrimoine bâti privé ardennais visible de l&amp;#039;espace public.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une personne majeure,
  &lt;/li&gt;
  &lt;li&gt;
   propriétaire privé (personne physique ou morale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et que votre projet concerne :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Un bâtiment situé dans le département des Ardennes et visible de l&amp;#039;espace public.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Et des travaux de :
 &lt;/span&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Déconstruction d&amp;#039;un bâtiment en ruine,
  &lt;/li&gt;
  &lt;li&gt;
   Modification du clos-couvert d&amp;#039;un local économique inoccupé depuis au moins 3 ans en vue d&amp;#039;un changement d&amp;#039;usage.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/span&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aide-proprietaires-renovation-patrimoine-ardennes/</t>
         </is>
       </c>
-      <c r="W163" s="1" t="inlineStr">
+      <c r="W157" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0069/depot/simple</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déposez votre dossier complet en ligne avant le 28 février 2027
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/abbf-aide-aux-proprietaires-prives-pour-la-renovat/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>149109</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Mener à bien une étude contribuant à revitaliser votre centre bourg/ville</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Soutien aux études des Petites Villes de Demain</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien une étude contribuant à revitaliser votre centre bourg/ville ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale (via les crédits dédiés de la Banque des Territoires) pouvant aller jusqu&amp;#039;à 50% maximum du coût de l&amp;#039;étude
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P164" s="1" t="inlineStr">
+      <c r="P158" s="1" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-etudes-petites-villes/</t>
         </is>
       </c>
-      <c r="W164" s="1" t="inlineStr">
+      <c r="W158" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0170/depot/simple</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avant de déposer votre dossier en ligne, vous pouvez contacter votre interlocuteur régional (cf. rubrique « nous contacter).
 &lt;/p&gt;
 &lt;p&gt;
  Attention : tout projet démarré avant dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez le secrétariat du service Aménagement
 &lt;/p&gt;
 &lt;p&gt;
  amenagement&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 03 88 15 69 23
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5136-soutien-aux-etudes-des-petites-villes-de-dema/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>150687</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G165" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K165" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -34806,147 +33284,147 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T165" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X165" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>150688</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des communes samariennes</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Fonds d'appui aux communes</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G166" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I166" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 40</t>
         </is>
       </c>
-      <c r="K166" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de poursuivre le déploiement d&amp;#039;une politique de solidarité territoriale volontariste auprès de l&amp;#039;échelon communal, le Département met en œuvre un fonds d&amp;#039;appui mobilisable par l&amp;#039;ensemble des communes samariennes en 2025.
 &lt;/p&gt;
 &lt;p&gt;
  Son objectif est de soutenir les projets d&amp;#039;investissement des communes dans les domaines prioritaires identifiés et garantir un maillage territorial de l&amp;#039;intervention départementale en répartissant les crédits d&amp;#039;appui aux communes par canton et en fonction de la population.&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   taux de subvention maximal : 40% du coût hors taxes des dépenses éligibles,
  &lt;/li&gt;
  &lt;li&gt;
   assiette minimum des dépenses éligibles : 5 000 € HT,
  &lt;/li&gt;
  &lt;li&gt;
   possibilité de présenter un dossier constitué de plusieurs opérations,
  &lt;/li&gt;
  &lt;li&gt;
   aide plafonnée à 100 000 € par commune pour l&amp;#039;année, ­&lt;/li&gt;&lt;li&gt;participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération&lt;/li&gt;
  &lt;li&gt;
   participation minimale du maître d&amp;#039;ouvrage : 20 % du coût de l&amp;#039;opération,
@@ -34958,618 +33436,471 @@
   prise en compte des dépenses à compter du 01 janvier 2025,
  &lt;/li&gt;
  &lt;li&gt;
   date limite de dépôt des dossiers : 31 décembre 2025.&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Constitution du dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- note
 explicative du projet : contexte, objectifs poursuivis, descriptif
 détaillé des travaux,&lt;/p&gt;&lt;p&gt;- plans et
 photos (plan de situation, plan des travaux projetés, photos de l’existant…),&lt;/p&gt;&lt;p&gt;- estimation
 définitive du coût des travaux, durée d’amortissement de l’équipement à
 subventionner (indiquer le cas échéant que l’investissement n’est pas
 amortissable dans la comptabilité,&lt;/p&gt;&lt;p&gt;- calendrier
 prévisionnel de réalisation des travaux (date de démarrage et date d’achèvement
 prévisionnelles de l’opération),&lt;/p&gt;&lt;p&gt;- délibération
 du maître d’ouvrage approuvant l’opération, sollicitant l&amp;#039;accompagnement
 financier du Département et adoptant le plan de financement prévisionnel,&lt;/p&gt;&lt;p&gt;-
 certificat administratif précisant que le maître d’ouvrage n’a pas transféré sa
 compétence, pour l’opération objet de la demande de subvention,&lt;/p&gt;&lt;p&gt;- RIB du
 maître d’ouvrage.&lt;/p&gt;&lt;p&gt;Selon la
 spécificité du dossier, des pièces complémentaires pourront être demandées&lt;/p&gt;&lt;p&gt;Seuls les
 dossiers complets feront l’objet d’une instruction.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
+      <c r="M160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;&lt;p&gt;Tous les
 projets d’investissement (y
 compris les équipements mais uniquement sur l’axe complémentaire, ainsi que les
 acquisitions foncières et immobilières ayant comme objectif d’être support d’un
 projet relevant des priorités départementales).&lt;/p&gt;
 &lt;p&gt;&lt;u&gt;Dépenses
 exclues :&lt;/u&gt;
 travaux ou études réalisés en régie, réparations et entretien courant.&lt;/p&gt;&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N166" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Handicap
 Accès aux services
 Commerces et services
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P166" s="1" t="inlineStr">
+      <c r="P160" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q166" s="1" t="inlineStr">
+      <c r="Q160" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Domaines d’intervention :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.     
 &lt;u&gt;Priorités départementales&lt;/u&gt; :
 enveloppes cantonales à répartir pour des projets relevant des thématiques
 prioritaires suivantes :&lt;/p&gt;&lt;p&gt;-  La
 dynamisation des bourgs-centres,&lt;/p&gt;&lt;p&gt;-  les
 équipements culturels et de lecture publique,&lt;/p&gt;&lt;p&gt;-  la mise aux
 normes accessibilité/handicap des bâtiments, espaces publics et espaces
 naturels,&lt;/p&gt;&lt;p&gt;-  l’aménagement
 des espaces publics,&lt;/p&gt;&lt;p&gt;-  la
 restauration et la valorisation du patrimoine bâti protégé et non protégé,&lt;/p&gt;&lt;p&gt;-  les travaux
 relatifs aux bâtiments communaux.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;2.  &lt;u&gt;Axe complémentaire&lt;/u&gt; : 10 % du montant de l’autorisation
 de programme (soit 1.56€ par habitant intégré aux enveloppes cantonales) à répartir
 pour des projets relevant des priorités départementales ou sur tout autre
 projet que les Conseillers départementaux du canton jugeraient utiles pour leur
 territoire (petits équipements, enfouissement des réseaux aériens, travaux
 d’éclairage public, chemins ruraux…)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T166" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-appui-communes/</t>
         </is>
       </c>
-      <c r="W166" s="1" t="inlineStr">
+      <c r="W160" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X166" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/53cb-soutenir-les-investissements-des-communes-sam/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-[...147 lines deleted...]
-      <c r="A168" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>151703</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>152463</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Aider à la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J169" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M169" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements paysagers, espace découverte de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagement du parc paysager de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement du jardin de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création du parc paysager du Château de Villers sous Saint Leu
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un cimetière écologique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Biodiversité
 Paysage
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -35714,212 +34045,212 @@
      &lt;p&gt;
       Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
  &lt;br /&gt;
  Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W169" s="1" t="inlineStr">
+      <c r="W162" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>153399</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Développer des projets ruraux en Seine Aval</t>
         </is>
       </c>
-      <c r="C170" s="1" t="inlineStr">
+      <c r="C163" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="F170" s="1" t="inlineStr">
+      <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France
 Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I170" s="1" t="inlineStr">
+      <c r="I163" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J170" s="1" t="inlineStr">
+      <c r="J163" s="1" t="inlineStr">
         <is>
           <t>Dépend du régime d'aide qui s'applique pour le projet</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
 &lt;/p&gt;
 &lt;p&gt;
  Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
 &lt;/p&gt;
 &lt;p&gt;
  -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
 &lt;/p&gt;
 &lt;p&gt;
  -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
 &lt;/p&gt;
 &lt;p&gt;
  -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M170" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Installation d&amp;#039;un atelier de transformation
  &lt;/li&gt;
  &lt;li&gt;
   Communication autour de la valorisation des co-produits agricoles
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de points de vente de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
  &lt;/li&gt;
  &lt;li&gt;
   Financement de food-truck de produits de locaux
  &lt;/li&gt;
  &lt;li&gt;
   Plantation de haies
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de foncier forestier
@@ -35941,51 +34272,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un gîte touristique
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;aires de repos pour les randonneurs
  &lt;/li&gt;
  &lt;li&gt;
   Organisation d&amp;#039;un festival agricole
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un jardin pédagogique
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
@@ -36006,156 +34337,156 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Réduction de l'empreinte carbone
 Inclusion numérique
 Protection animale</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  A établir avec l&amp;#039;animatrice selon le projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>GAL Seine Aval</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://leaderseineaval.com/</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Margaux GROSJEAN
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   margaux.grosjean&amp;#64;safer-idf.com
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  06 37 01 89 44
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>margaux.grosjean@safer-idf.com</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>153406</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Acquérir des espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Acquisitions foncières d&amp;rsquo;espaces naturels sensibles déléguées aux communes</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I171" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le but est de favoriser l&amp;#039;acquisition par les collectivités territoriales d&amp;#039;espaces naturels sensibles (ENS). Le conseil départemental, sur les secteurs prédéfinis dans le cadre du schéma des espaces naturels sensibles, apporte aux collectivités locales qui le souhaitent les outils techniques, fonciers et financiers pour mener une politique active de maîtrise foncière.
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;aide : jusqu&amp;#039;à 50% du montant des acquisitions, hors frais notariés et aides complémentaires possibles de l&amp;#039;Agence de l&amp;#039;eau dans les zones humides.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Renseigner le dossier de demande de subvention et le transmettre au service instructeur accompagné des pièces justificatives.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -36196,173 +34527,173 @@
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La demande signée du porteur de projet ou de son représentant légal, avec nom (raison sociale), adresse, et autres coordonnées, numéro SIRET, énumérant l&amp;#039;objet du projet, son coût prévisionnel global, sa durée et le montant de la subvention sollicitée, la procédure au titre de laquelle celle-ci est demandée et les nom et coordonnées du responsable du projet.
   &lt;/li&gt;
   &lt;li&gt;
    La délibération de l&amp;#039;organe compétent de la collectivité territoriale ou de l&amp;#039;organisme public approuvant le projet d&amp;#039;investissement et le plan de financement prévisionnel précisant l&amp;#039;origine et le montant des moyens financiers.
   &lt;/li&gt;
   &lt;li&gt;
    Une notice explicative indiquant de façon précise : son objet, les objectifs poursuivis, les résultats attendus et son insertion dans la stratégie de développement local, sa durée et son calendrier (sauf s&amp;#039;ils sont suffisamment détaillés dans la demande), dans le cas d&amp;#039;un investissement physique, l&amp;#039;estimation de son coût de fonctionnement éventuel après mise en service, s&amp;#039;il y a lieu, ses conditions particulières de réalisation et la justification de son caractère fonctionnel. S&amp;#039;il s&amp;#039;agit d&amp;#039;une tranche ou d&amp;#039;une phase, leur intégration dans le projet global avec indication du déroulement de celui-ci.
   &lt;/li&gt;
   &lt;li&gt;
    Un état de coût prévisionnel détaillé par nature de dépense ; le cas échéant, les devis (ceux-ci ne sont pas produits, en particulier dans le cas où le montant de la subvention est forfaitaire du fait de l&amp;#039;application d&amp;#039;un barème).
   &lt;/li&gt;
   &lt;li&gt;
    Les autorisations préalables requises par la réglementation en vigueur et nécessaires à l&amp;#039;instruction du dossier.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Être dans les secteurs prédéfinis dans le cadre des schémas des ENS,
   &lt;/li&gt;
   &lt;li&gt;
    Engagement de la collectivité à gérer durablement les terrains dans le respect de la charte nationale des ENS.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/acquisitions-foncieres-despaces-naturels-sensibles-deleguees-aux-communes/</t>
         </is>
       </c>
-      <c r="W171" s="1" t="inlineStr">
+      <c r="W164" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d37a-acquisitions-foncieres-drsquoespaces-naturels/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>153942</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Financer des travaux de création de haies à plat ou sur talus</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Plantation de haies</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Travaux de création de haies à plat ou sur talus
 &lt;/p&gt;
 &lt;p&gt;
  La politique d&amp;#039;aide du conseil départemental à la création de haies se décline de la façon suivante :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    création de haies à plat : subvention forfaitaire de 2,80 €/mètre linéaire (ml) soit 50% du coût moyen constaté pour ce type de travaux ;
   &lt;/li&gt;
   &lt;li&gt;
    création de haies sur talus : subvention forfaitaire de 10€/mètre linéaire soit 80% du coût moyen constaté pour ce type de travaux.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Seuil minimum des projets de 100 ml sauf pour les haies sur talus si opération réalisée dans le cadre d&amp;#039;un projet global de lutte contre l&amp;#039;érosion à l&amp;#039;échelle d&amp;#039;un bassin ou sous-bassin versant.
 &lt;/p&gt;
 &lt;p&gt;
@@ -36372,230 +34703,230 @@
  Les travaux sont réalisés par des entreprises agréées dans le cadre de la charte qualité plantation du bocage (liste disponible auprès de la Chambre d&amp;#039;agriculture de la Manche).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    montage du dossier par la chambre d&amp;#039;agriculture - service boisement : 02.33.06.49.91 ;
   &lt;/li&gt;
   &lt;li&gt;
    réalisation du dossier technique et financier auprès de chaque adhérent à une ASL planteur ;
   &lt;/li&gt;
   &lt;li&gt;
    regroupement des projets par secteur par les ASL de reboisement (qui assurent la maitrise d&amp;#039;ouvrage des travaux) puis par la Fédération des Associations de Boisement de la Manche (FABM) ;
   &lt;/li&gt;
   &lt;li&gt;
    réception des chantiers de plantation conjointe services du Conseil départemental /CDAM.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Agriculture et agroalimentaire
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/plantation-de-haies/</t>
         </is>
       </c>
-      <c r="W172" s="1" t="inlineStr">
+      <c r="W165" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 06 69 21
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c411-plantation-de-haies/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>155108</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Réaménager les enclos paroissiaux et les cimetières</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Enclos paroissial et cimetières (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;enclos paroissial, autour ou contigu de l&amp;#039;église, et le cimetière sont des espaces communaux qui requièrent toute l&amp;#039;attention des élus et des citoyens. Leur entretien, le patrimoine dont ils jouissent, mais également l&amp;#039;émotion et l&amp;#039;intérêt qu&amp;#039;ils suscitent auprès des habitants sont autant d&amp;#039;enjeux pour les collectivités. Par ailleurs, l&amp;#039;évolution des pratiques funéraires, la pression urbaine et les exigences environnementales font de ces espaces, des lieux en pleine mutation.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département souhaite accompagner les collectivités qui désirent s&amp;#039;engager dans une démarche globale et durable de réaménagement de leur enclos paroissial ou cimetière.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles sont les réaménagements d&amp;#039;enclos paroissiaux ou cimetières dans l&amp;#039;objectif de favoriser leur entretien (0 phyto), de préserver et mettre en valeur leur patrimoine bâti, funéraire et arboré et de rendre accessible l&amp;#039;église aux personnes à mobilité réduite.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;extension de cimetière contiguë à l&amp;#039;existant seront éligibles si un réaménagement global de l&amp;#039;existant, selon les mêmes critères d&amp;#039;éligibilité, est envisagé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Plan d&amp;#039;aménagement détaillé
   &lt;/li&gt;
   &lt;li&gt;
    Pièces justifiant la bonification si sollicitée
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M173" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition écologique :
    &lt;/strong&gt;
    Projet réalisé avec une maitrise d&amp;#039;œuvre pluridisciplinaire dont une compétence en aménagement paysager envisageant des plantations d&amp;#039;arbres, de haies et du fleurissement favorables à la biodiversité, plan de gestion et d&amp;#039;entretien de l&amp;#039;enclos, utilisation de matériaux durables (bois, masse, plastique recyclé ...) pour les équipements, projet intégrant des fonctionnalités durables : récupération des eaux de pluies, robinet poussoir dans les points d&amp;#039;eau, gestion et valorisation des déchets, accessibilité vélo, végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition inclusive :
    &lt;/strong&gt;
    Présence d&amp;#039;équipements adaptés pour tous les publics : mobiliers urbains (bancs, point d&amp;#039;eau, poubelle), sanitaires, signalétique inclusive : visible, lisible et compréhensible par tous, association et/ou concertation avec les habitants ou associations locales sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants...
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet proposé devra répondre à la législation et à la réglementation en vigueur notamment en matière d&amp;#039;accessibilité des espaces publics, du portail de l&amp;#039;enclos au portail de l&amp;#039;église, et de prise en compte des objectifs de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  1- Le projet devra être abordé sous le prisme du maintien de la perméabilité des sols ou de la désimperméabilisation des sols via la végétalisation préférentiellement
 &lt;/p&gt;
 &lt;p&gt;
  2- Le paysagement de l&amp;#039;espace devra être envisagé pour la mise en valeur du patrimoine et son ambiance propice au recueillement tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau
 &lt;/p&gt;
 &lt;p&gt;
  Ces conditions d&amp;#039;éligibilité induisent la présentation d&amp;#039;un plan d&amp;#039;aménagement détaillé du projet qui permettra d&amp;#039;identifier les différents espaces, les revêtements choisis et les pentes.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS DE BONIFICATION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
@@ -36658,202 +34989,202 @@
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les aménagements imperméables excepté l&amp;#039;allée accessible PMR du portail à l&amp;#039;église
   &lt;/li&gt;
   &lt;li&gt;
    Le mobilier funéraire (cavurnes, colombarium, ...)
   &lt;/li&gt;
   &lt;li&gt;
    Les frais de publicité, de reproduction des dossiers.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/enclos-paroissial-et-cimetieres-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W173" s="1" t="inlineStr">
+      <c r="W166" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c4a-enclos-paroissial-et-cimetieres-politique-ter/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>155109</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition écologique :
    &lt;/strong&gt;
    présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Exemples de démarches en lien avec la transition inclusive :
    &lt;/strong&gt;
    présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espaces verts
 Espace public</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
 &lt;/p&gt;
 &lt;p&gt;
  2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
 &lt;/p&gt;
 &lt;p&gt;
  3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
  &lt;/strong&gt;
  cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
 &lt;/p&gt;
 &lt;p&gt;
@@ -36934,210 +35265,210 @@
    Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
   &lt;/li&gt;
   &lt;li&gt;
    Les frais de publicité, de reproduction des dossiers.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W174" s="1" t="inlineStr">
+      <c r="W167" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>155110</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Créer, réaménager et revitaliser des espaces publics en cœur de bourg, centre-ville ou quartier</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Espaces publics en centres bourgs et centres villes (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Création, réaménagement et revitalisation d&amp;#039;espaces publics en cœur de bourg, centre-ville ou quartier.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;espace public désigne l&amp;#039;ensemble des espaces urbanisés destinés à l&amp;#039;usage de tous, sans restriction. Il peut ainsi s&amp;#039;agir de tout espace de circulation (réseau viaire) ou de rassemblement (parc, place...). Dans la présente fiche, les projets accompagnés devront comporter a minima la fonction de rassemblement.
 &lt;/p&gt;
 &lt;p&gt;
  Les parkings dédiés un équipement public ou privé spécifique ainsi que les projets n&amp;#039;agissant que sur la sécurisation d&amp;#039;une voirie ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M175" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Exemples de démarches en lien avec la transition écologique :
   &lt;/strong&gt;
   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Exemples de démarches en lien avec la transition inclusive :
   &lt;/strong&gt;
   présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   CONDITIONS DE BONIFICATION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
@@ -37183,189 +35514,189 @@
  7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les travaux de chaussée en enrobé
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers ;
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/espaces-publics-en-centres-bourgs-et-centres-villes-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W175" s="1" t="inlineStr">
+      <c r="W168" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0e30-espaces-publics-en-centres-bourgs-et-centres-/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>155562</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Favoriser la végétalisation des cours d’écoles</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I169" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J176" s="1" t="inlineStr">
+      <c r="J169" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
  &lt;/li&gt;
  &lt;li&gt;
   Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
  &lt;/li&gt;
  &lt;li&gt;
   La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
  &lt;/li&gt;
  &lt;li&gt;
   La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
  &lt;/li&gt;
  &lt;li&gt;
   La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
  &lt;/li&gt;
  &lt;li&gt;
   La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
  &lt;/li&gt;
@@ -37405,177 +35736,177 @@
  &lt;li&gt;
   La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
  &lt;/li&gt;
  &lt;li&gt;
   Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
  &lt;/li&gt;
  &lt;li&gt;
   Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plafond de
  dépenses éligibles :
  &lt;/strong&gt;
  600.000€ HT
 &lt;/p&gt;
 &lt;p&gt;
  NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
         </is>
       </c>
-      <c r="W176" s="1" t="inlineStr">
+      <c r="W169" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>155565</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Favoriser la réduction des pollutions phytosanitaires</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>OPÉRATIONS NÉCESSAIRES À LA RÉDUCTION DES POLLUTIONS PHYTOSANITAIRES</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J177" s="1" t="inlineStr">
+      <c r="J170" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans l&amp;#039;évolution nécessaire et réglementaire des pratiques de gestion des espaces publics et l&amp;#039;abandon progressif d&amp;#039;utilisation des produits phytosanitaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités compétents (hors Métropole et communauté urbaine)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;
 &lt;p&gt;
  Les investissements nécessaires au bon déroulement de ce type de démarche, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation des audits, études, plans d&amp;#039;entretien et de gestion des espaces publics, plans et outils de communication...
  &lt;/li&gt;
  &lt;li&gt;
@@ -37585,178 +35916,178 @@
 &lt;strong&gt;
  Dépenses exclues :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le renouvellement du matériel et des consommables,
  &lt;/li&gt;
  &lt;li&gt;
   Le matériel tractant multifonctions.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Plancher/plafond :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles pour l&amp;#039;acquisition de matériel : 30.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/operation-necessaires-a-la-reduction-des-pollutions-phytosanitaires/</t>
         </is>
       </c>
-      <c r="W177" s="1" t="inlineStr">
+      <c r="W170" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d0eb-modele/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>155569</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Favoriser la mise en place d’éco-pâturage sur les espaces publics</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>MISE EN PLACE D’ÉCO-PÂTURAGE SUR LES ESPACES PUBLICS</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J178" s="1" t="inlineStr">
+      <c r="J171" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités qui souhaitent mettre en place l&amp;#039;éco-pâturage sur certains de leurs espaces verts (hors espaces naturels d&amp;#039;intérêt écologique).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation des études préalables, plans et outils de communication associés,
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de la parcelle nécessaires à l&amp;#039;accueil des animaux et à la sécurité : abris, abreuvoirs, clôtures...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
@@ -37765,180 +36096,180 @@
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition ou location d&amp;#039;animaux,
  &lt;/li&gt;
  &lt;li&gt;
   Prestation de service pour la surveillance ou la gestion des animaux,
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement des aménagements, entretien courant...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Plancher/plafond :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 30.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-place-decopaturage-sur-les-espaces-publics/</t>
         </is>
       </c>
-      <c r="W178" s="1" t="inlineStr">
+      <c r="W171" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0233-modele/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>156131</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Favoriser la préservation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J179" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères
  &lt;/li&gt;
  &lt;li&gt;
   Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
   (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
   (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
  &lt;/li&gt;
  &lt;li&gt;
   Mares :
   Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
  &lt;/li&gt;
  &lt;li&gt;
   Les aménagements favorables à la biodiversité
   en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
@@ -38013,173 +36344,173 @@
   Plafonds des dépenses subventionnables :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Mares : 8.000€ HT par mare
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements favorables à la biodiversité : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
  &lt;/li&gt;
  &lt;li&gt;
   Plantations : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Haies : 18€ HT par mètre linéaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
         </is>
       </c>
-      <c r="W179" s="1" t="inlineStr">
+      <c r="W172" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>156132</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Favoriser la création et le développement des Jardins Ouvriers et Familiaux (JOF) et des Jardins Partagés</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>JARDINS OUVRIERS ET FAMILIAUX ET JARDINS PARTAGÉS</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser la création et le développement des Jardins Ouvriers et Familiaux (JOF) et des Jardins Partagés en les accompagnant dans leurs projets d&amp;#039;investissements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Cohésion sociale et inclusion
 Alimentation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes propriétaires des terrains ou EPCI lorsque la maîtrise d&amp;#039;ouvrage n&amp;#039;est pas assurée par une association
  &lt;/li&gt;
  &lt;li&gt;
   Associations de Jardins Ouvriers et Familiaux adhérents de la Fédération des JOF de la Seine-Maritime
  &lt;/li&gt;
  &lt;li&gt;
   Associations en charge de la gestion des jardins partagés
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aménagement des terrains : allées de circulation, parkings, clôtures hors parcelles
  &lt;/li&gt;
  &lt;li&gt;
@@ -38208,176 +36539,176 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   En cas de maîtrise d&amp;#039;ouvrage communale, signature d&amp;#039;une convention tripartite entre le Département, la Commune et le JOF ou le Jardin Partagé.
  &lt;/li&gt;
  &lt;li&gt;
   Délais de trois ans entre deux demandes.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/plafond :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 5.000€ HT pour les collectivités, TTC pour les associations
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 100.000€ HT pour les collectivités, TTC pour les associations
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/jardins-ouvriers-et-familiaux-et-jardins-partages/</t>
         </is>
       </c>
-      <c r="W180" s="1" t="inlineStr">
+      <c r="W173" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f1d1-modele/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>156133</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Soutenir les petits aménagements publics extérieurs</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>PETITS AMÉNAGEMENTS EXTÉRIEURS DES COMMUNES DE MOINS DE 5 000 HABITANTS</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I181" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J181" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale.</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider aux opérations de petits aménagements publics extérieurs visant à améliorer, embellir ou végétaliser le cadre de vie, à favoriser la biodiversité et à lutter contre les îlots de chaleur.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Biodiversité</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 5.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Groupements de communes si le projet concerne une commune de moins de 5.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les dépenses d&amp;#039;investissement pour les projets
   d&amp;#039;aménagements publics, répartis dans les 3 items suivants :
 &lt;/p&gt;&lt;ul&gt;
  &lt;li&gt;
   Aménagement: petit square, places, placettes (végétalisation, maçonnerie paysagère, revêtement perméable des sols, clôture et accessibilité), canisette, création d&amp;#039;îlots de fraîcheur sur l&amp;#039;espace public, structures d&amp;#039;ombrage, matériaux poreux à faible absorption de chaleur...)
@@ -38412,816 +36743,816 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les réseaux divers et dépenses d&amp;#039;éclairage public,
  &lt;/li&gt;
  &lt;li&gt;
   Les aires de jeux, les abribus, le mobilier ornemental, les fermes pédagogiques,&lt;/li&gt;&lt;li&gt;Le renouvellement des plantations, l&amp;#039;entretien courant&lt;/li&gt;&lt;li&gt;Les plantations annuelles&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Conditions d’éligibilité :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins 2 items de dépenses, chaque item ne pouvant représenter moins de 20 % de la dépense globale,&lt;/li&gt;&lt;li&gt;Selon la nature du projet, les normes d’accessibilité PMR devront être respectées.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/plafond :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 8.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 50.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB: Les communes et EPCI peuvent déposer plusieurs dossiers dans un délai de deux ans à compter de la première décision attributive de subvention, dans la limite de 50.000 € HT de dépenses éligibles cumulées (travaux/acquisition).
 &lt;/p&gt;&lt;p&gt;L’aide n’est pas cumulable avec une autre aide du Département portant sur les mêmes objets.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/petits-amenagements-exterieurs-des-communes-de-moins-de-5-000-habitants/</t>
         </is>
       </c>
-      <c r="W181" s="1" t="inlineStr">
+      <c r="W174" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f6a9-modele/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>157095</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C175" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 EUROPE - FEDER - Fonds européen de développement régional
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 France Ruralités</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
  &lt;br /&gt;
  • trouver des pistes de financement pour les projets ;
  &lt;br /&gt;
  • monter au besoin les dossiers de subventions.
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
  &lt;br /&gt;
  Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
  &lt;br /&gt;
  Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>157101</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
 &lt;/p&gt;
 &lt;p&gt;
  MATEC assiste les collectivités par la réalisation :
  &lt;br /&gt;
  • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
  &lt;br /&gt;
  • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
  &lt;br /&gt;
  Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
  &lt;br /&gt;
  Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
  &lt;br /&gt;
  Pour les projets plus conséquents, MATEC est alors votre Assistant à Maîtrise d&amp;#039;Ouvrage, et apporte un soutien administratif, conceptuel et technique aux collectivités.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M183" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Diagnostic voirie
  &lt;br /&gt;
  •    Travaux de voirie divers et sécurité routière
  &lt;br /&gt;
  •    Terrains sportifs
  &lt;br /&gt;
  •    Aménagement paysager parcs, square, ...
  &lt;br /&gt;
  •    Aire de jeux
  &lt;br /&gt;
  •    Cours d&amp;#039;écoles
  &lt;br /&gt;
  •    Traversée de village
  &lt;br /&gt;
  •    Place
  &lt;br /&gt;
  •    Développement et aménagement pistes cyclables
  &lt;br /&gt;
  •    Accompagnement pour développer secteur habita et économique
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Revitalisation
 Equipement public
 Paysage
 Accessibilité
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
 &lt;/p&gt;
 &lt;p&gt;
  • A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Au 03.55.94.18.11
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  17 Quai Paul Wiltzer
 &lt;/p&gt;
 &lt;p&gt;
  57000 METZ
 &lt;/p&gt;
 &lt;p&gt;
  Horaires d&amp;#039;ouverture :
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>157561</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I177" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
   &lt;/li&gt;
   &lt;li&gt;
    taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
   &lt;/li&gt;
   &lt;li&gt;
    aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
   &lt;/li&gt;
   &lt;li&gt;
    seuil minimum des dépenses éligibles : 20.000€ HT :
   &lt;/li&gt;
   &lt;li&gt;
    participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
   &lt;/li&gt;
   &lt;li&gt;
    aide départementale cumulable avec d&amp;#039;autres financements publics.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les études préalables ;
   &lt;/li&gt;
   &lt;li&gt;
    les travaux d&amp;#039;entretien ;
   &lt;/li&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;équipement ;
   &lt;/li&gt;
   &lt;li&gt;
    le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Commerces et services
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>01/06/2023</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les communes « Petites villes de demain » :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les autres bourgs structurants :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
         </is>
       </c>
-      <c r="W184" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>158480</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -39253,491 +37584,491 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P185" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W185" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>159890</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière technique et de financement de projets</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Conseil technique et financement</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Apporter soutien et expertise aux collectivités en matière d&amp;#039;ingénierie publique
  &lt;/li&gt;
  &lt;li&gt;
   Assistance technique en matière d&amp;#039;urbanisme, de voirie, d&amp;#039;eau et d&amp;#039;assainissement
  &lt;/li&gt;
  &lt;li&gt;
   Expertise technique pour mener à bien tous projets d&amp;#039;équipement et d&amp;#039;aménagement public
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de projets, diagnostics des besoins et aide à la programmation
  &lt;/li&gt;
  &lt;li&gt;
   Assistance en matière d&amp;#039;étude de faisabilité technique, règlementaire et financière pour tous projets locaux
  &lt;/li&gt;
  &lt;li&gt;
   Elaboration de cahiers des charges spécifiques aux projets ( lettre de consultation, acte d&amp;#039;engagement, CCTP, CCAP, mémoire technique cadre, programme de travaux)
  &lt;/li&gt;
  &lt;li&gt;
   Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/870e-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>159891</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>conseil juridique et administratif</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M187" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
  &lt;/li&gt;
  &lt;li&gt;
   Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>159894</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
         </is>
       </c>
-      <c r="C188" s="1" t="inlineStr">
+      <c r="C181" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEDER - Fonds européen de développement régional</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F188" s="1" t="inlineStr">
+      <c r="F181" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J188" s="1" t="inlineStr">
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -39789,216 +38120,216 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
 Espaces verts
 Espace public
 Friche
 Cohésion sociale et inclusion
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P188" s="1" t="inlineStr">
+      <c r="P181" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>leader@adourchalossetursan.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>160865</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Promouvoir le territoire via l’activité touristique et écotouristique</t>
         </is>
       </c>
-      <c r="C189" s="1" t="inlineStr">
+      <c r="C182" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J189" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 30 000 euros</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Structurer le secteur touristique
  &lt;/li&gt;
  &lt;li&gt;
   Renforcer la qualité et de l&amp;#039;offre d&amp;#039;hébergement dans le secteur du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -40065,998 +38396,847 @@
  &lt;li&gt;
   Etudes
   &lt;strong&gt;
    2
   &lt;/strong&gt;
   ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Engagement dans une démarche qualité (labélisation, certification, classement supérieur) en complément de l&amp;#039;investissement matériel
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
   &lt;/strong&gt;
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espaces verts
 Innovation, créativité et recherche
 Equipement public
 Logement et habitat
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c921-1-preserver-accompagner-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>161671</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Faire vivre nos territoires ruraux entre transitions et mutations : réinventons le vivre-ensemble bourbonnais</t>
         </is>
       </c>
-      <c r="C190" s="1" t="inlineStr">
+      <c r="C183" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023/2027 des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J183" s="1" t="inlineStr">
         <is>
           <t>PLancher de subvention : 2 000€ ; Plafond de subvention : 60 000€</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Programme LEADER du GAL Auvergne-Rhône-Alpes des Terroirs Bourbonnais : LEADER (Liaison Entre Actions de Développement de l&amp;#039;Economie Rurale) est un programme européen de développement rural qui vise à soutenir le développement des territoires ruraux.&lt;/p&gt;&lt;p&gt;LEADER est une démarche ascendante, développée et administrée par les territoires et qui donne ainsi un cadre propice à l&amp;#039;émergence de projets collectifs et de qualité favorisant le développement des zones rurales. Ce programme 2023/2027 fait intervenir des acteurs issus du territoire, d&amp;#039;univers différents, publics ou privés, sur les thématiques suivantes : &lt;strong&gt;revitaliser les centres-bourgs, favoriser l&amp;#039;accès à l&amp;#039;emploi et construire une offre touristique renouvelée&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M190" s="1" t="inlineStr">
+      <c r="M183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les types d&amp;#039;opérations soutenus&lt;/strong&gt;:&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la création de nouveaux équipements et services à la population ;&lt;/li&gt;&lt;li&gt;la création, modernisation et / ou le développement de nouveaux espaces de vie et de sociabilité ;&lt;/li&gt;&lt;li&gt;l&amp;#039;accompagnement au développement de l&amp;#039;offre d&amp;#039;habitat ;&lt;/li&gt;&lt;li&gt;la mise en œuvre des modalités de travail innovantes (exemple : flex office, coworking, corpoworking, travail collaboratif, télétravail, espaces de travail virtuels, …) ;&lt;/li&gt;&lt;li&gt;la création et le développement de nouvelles pratiques de mobilité (exemple : covoiturage, autopartage, transport à la demande, vélo libre-service, transport multimodal, triporteur électrique, ...) ;&lt;/li&gt;&lt;li&gt;la création et le développement des outils et services numériques ;&lt;/li&gt;&lt;li&gt;la coordination, la mise en réseau et les collaborations entre acteurs, les structures, les entreprises, publics et privés, les organismes de formation et de recherche ;&lt;/li&gt;&lt;li&gt;les projets qui rendent nos territoires plus attractifs pour les jeunes ;&lt;/li&gt;&lt;li&gt;la protection et la mise en valeur du patrimoine naturel, paysager et bâti ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre touristique, y compris la montée en gamme et l&amp;#039;innovation des structures ;&lt;/li&gt;&lt;li&gt;le développement de l&amp;#039;offre culturelle et de l&amp;#039;offre de loisirs pour palier à un déficit du territoire ;&lt;/li&gt;&lt;li&gt;les projets de coopération (en lien avec le GAL) visant le développement touristique et patrimonial, des services en milieu rural et des structures &amp;#34;jeunesses&amp;#34;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Accès aux services
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Réhabilitation
 Logement et habitat
 Paysage
 Emploi
 Attractivité économique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P190" s="1" t="inlineStr">
+      <c r="P183" s="1" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
-      <c r="Q190" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Chaque &lt;strong&gt;appel à projet&lt;/strong&gt; dispose de conditions d&amp;#039;éligibilité, toutefois, &lt;strong&gt;il
 existe plusieurs conditions générales : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un SIRET. Les particuliers ne sont pas éligibles ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Disposer d&amp;#039;un cofinancement public OBLIGATOIRE du projet ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Autofinancement minimum obligatoire : 20% ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir un projet sur le périmètre concerné (département de l&amp;#039;Allier) ;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne pas avoir débuté son action. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;hr width="33%" size="1" align="left" /&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p id="_com_1"&gt;&lt;span&gt;&lt;a name="_msocom_1"&gt;&lt;/a&gt;&lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Allier</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://gal-aura-terroirs-bourbonnais.fr/</t>
         </is>
       </c>
-      <c r="W190" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;équipe du GAL est composée d&amp;#039;une coordinatrice, Ingrid CHARNET &lt;a target="_self"&gt;(i. charnet&amp;#64;agglo-moulins.fr&lt;/a&gt; - 04 70 48 54 63) et d&amp;#039;un pôle animation-instruction réparti sur le territoire qui sont les interlocuteurs de proximité des porteurs de projets. &lt;strong&gt;Contactez-les avant tout dépôt de dossier :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solène LEVEQUE&lt;/strong&gt;  : 04 70 05 70 70 -&lt;a target="_self"&gt;solene.leveque.vallee.montlucon&amp;#64;orange.fr&lt;/a&gt;  pour le bassin du PETR du Pays de la Vallée de Montluçon et du Cher ;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Corentin BORDE&lt;/strong&gt; : 04 70 48 14 36 - &lt;a target="_self"&gt;c.borde&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Moulins Communauté, CC Bocage Bourbonnais, et CC Entr&amp;#039;Allier Besbre et Loire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Florentin GEORGESCU&lt;/strong&gt; : 06 08 51 33 96 - &lt;a target="_self"&gt;f. georgescu&amp;#64;agglo-moulins.fr&lt;/a&gt; pour le bassin de Vichy Communauté, CC Pays de Lapalisse, CC St Pourçain Sioule Limagne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>i.charnet@agglo-moulins.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faire-vivre-nos-territoires-ruraux-entre-transitions-et-mutations-reinventons-le-vivre-ensemble-bourbonnais-leader/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>161676</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans une démarche d'identification exhaustive des subventions mobilisables</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>CONSEIL FINANCIER OPERATIONNEL</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous recherchez des subventions pour financer vos projets quelle qu&amp;#039;en soit la thématique ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie  vous propose un conseil opérationnel dans la recherche des financements institutionnels (Etat, Région, Département).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T191" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rechercher-et-mobiliser-les-subventions-selon-la-nature-du-projet/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>161677</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l'élaboration des plans de financement afin de sécuriser la faisabilité financière de votre projet</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Elaboration de plans de financement prévisionnels</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez avoir une vision affinée, pertinente et réaliste des taux d&amp;#039;intervention financière de chaque co-financeur public ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence départementale Aveyron Ingénierie vous propose de vous accompagner dans l&amp;#039;élaboration des plans de financements prévisionnels, au vu de l&amp;#039;avant projet détaillé, vous permettant d&amp;#039;avoir une projection de la faisabilité financière de votre projet en intégrant les subventions mobilisables et en calculant votre reste à charge.&lt;/p&gt;&lt;p&gt;L&amp;#039;optimisation de vos plans de financements vous permettra de réduire votre autofinancement et de maîtriser l&amp;#039;impact financier du projet dans votre budget.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Education et renforcement des compétences
 Commerces et services
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/simuler-laccompagnement-des-financeurs-pour-la-faisabilite-financiere-de-votre-projet/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>161678</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Constituer les dossiers de demandes de subventions</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Aide au montage des dossiers de demande de subvention</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez besoin d&amp;#039;être accompagné dans la constitution de vos dossiers de demandes de subventions ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans la constitution de vos dossiers de demandes de subventions :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aide à la rédaction de la notice de présentation de votre projet &lt;/li&gt;&lt;li&gt;vérification de la complétude du dossier de demande de subvention&lt;/li&gt;&lt;li&gt;relecture de votre plan de financement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Prestation tarifée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/constituer-les-dossiers-de-demandes-de-subventions/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>161680</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Impulser une dynamique d'accompagnement financier de votre projet</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>CONSEIL EN STRATEGIE DE FINANCEMENTS DE PROJETS</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez besoin d&amp;#039;un accompagnement afin d&amp;#039;identifier en amont et valoriser votre projet auprès des co-financeurs publics ?&lt;/p&gt;&lt;p&gt;La Mission Pilotage Financier de l&amp;#039;Agence Aveyron Ingénierie vous accompagne dans vos démarches de présentations de votre projet auprès des co-financeurs publics en vous proposant une mise en réseau concrète (réunion technique des financeurs potentiels) afin d&amp;#039;être en capacité de pré-identifier les subventions mobilisables pour mieux construire votre projet et consolider sa faisabilité financière.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/impulser-une-dynamique-daccompagnement-financier-de-votre-projet/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G195" s="1" t="inlineStr">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
-[...140 lines deleted...]
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
 l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
 dispositifs d’aides à l’ingénierie et de financements recensés sur la
 plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
 communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
 spécialiste des cofinancements, mais vous apportera une vision plus claire de
 la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
 recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
 de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
 territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
@@ -41068,545 +39248,545 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
 Président, vice-président, conseiller communautaire en fonction à la date de la
 formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
 portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>162247</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Se former à l'urbanisme : rôles et responsabilités du maire et des conseillers municipaux</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;En tant qu’élu (maire ou conseiller), connaissez-vous votre rôle et
 vos responsabilités en matière d’urbanisme ? Un élu propriétaire foncier
 peut-il siéger dans la commission à l’occasion de l’élaboration du document
 d’urbanisme de sa collectivité ? Quels sont les moyens dont vous disposez pour
 faire face à une construction illégale ? Connaissez-vous l’étendue de votre droit
 de visite des chantiers et ses limites ?&lt;font face="Calibri, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Positionnement de l’élu dans l’élaboration du
 document d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Les différents documents d’urbanisme (ScoT,
 PLU(i), carte communale)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les procédures d’élaboration, de modification ou de révision&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Responsabilité de l’élu au moment de la
 délivrance des autorisations&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La commune est-elle compétente ou non ?&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le choix du service instructeur&lt;/li&gt;&lt;li&gt;Le formalisme de la décision&lt;/li&gt;&lt;li&gt;Les recours contre la décision du maire&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Comment traiter les constructions illégales ?&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le droit de visite et le contrôle des travaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les délais de prescription des irrégularités&lt;/li&gt;&lt;li&gt;Le procès-verbal et les astreintes&lt;/li&gt;&lt;/ol&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Connaître les obligations de l’élu au moment
 de l’instruction du dossier et au moment du contrôle des travaux&lt;/li&gt;&lt;li&gt;Savoir faire face aux constructions illégales,
 édifiées sans permis ou qui ne respectent pas l’autorisation délivrée&lt;/li&gt;&lt;li&gt;Comprendre les responsabilités et les risques
 de conflit d’intérêt des élus en matière d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Différencier les 3 types de contentieux liés à l’urbanisme : la
 responsabilité administrative de la collectivité, la responsabilité pénale et
 personnelle du maire/adjoint&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Points forts :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une approche de terrain accessible à tous, sans être spécialiste de
 l’urbanisme&lt;/li&gt;&lt;li&gt;Beaucoup d’exemples et d’illustrations issus de cas réels notamment
 de constructions illégales&lt;/li&gt;&lt;li&gt;Format participatif &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; Être maire, adjoint, conseiller municipal en
 fonction à la date de la formation&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt; Être intéressé par le domaine de l’urbanisme et de l’aménagement du
 territoire au sens large&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-urbanisme-roles-et-responsabilites-du-maire-et-des-conseillers-municipaux/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>162511</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Soutenir la gestion durable des eaux pluviales - études préalables, travaux et acquisitions foncières</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>GESTION DURABLE DES EAUX PLUVIALES - ETUDES PREALABLES, TRAVAUX ET ACQUISITIONS FONCIERES</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
+      <c r="I190" s="1" t="inlineStr">
         <is>
           <t> Min : 30</t>
         </is>
       </c>
-      <c r="J198" s="1" t="inlineStr">
+      <c r="J190" s="1" t="inlineStr">
         <is>
           <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités pour les études préalables et les travaux favorisant une gestion à la source des eaux pluviales en soutenant des projets privilégiant l’infiltration des eaux pluviales et le recours à des solutions fondées sur la nature sur les espaces publics existants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Espaces verts
 Espace public
 Voirie et réseaux
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études préalables à la réalisation des travaux : étude de perméabilité des sols, études topographiques, géotechniques, loi sur l’eau, missions SPS, études d’ingénierie, … .&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;aménagements de surface : noues, fossés, bassins d’infiltration, aménagements avec revêtements perméables (végétalisation, matériaux poreux, … ), espaces verts inondables, arbres de pluie, reprofilage de trottoirs et arasements de bordures, …&lt;/li&gt;&lt;li&gt;Ouvrages enterrés : tranchées drainantes, chaussées à structure réservoir, Structures Alvéolaires Ultra Légères (SAUL), …&lt;/li&gt;&lt;li&gt;Essais préalables à la réception des travaux&lt;/li&gt;&lt;li&gt;Acquisitions foncières&lt;/li&gt;&lt;li&gt;Communication et sensibilisation : expositions, documents pédagogiques, etc.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Nouveaux aménagements d’urbanisation (lotissements, zones d’activités, … ),&lt;/li&gt;&lt;li&gt;Les opérations exclusives de création de réseau d’eaux pluviales,&lt;/li&gt;&lt;li&gt;Travaux d’entretien courant,&lt;/li&gt;&lt;li&gt;Réserves incendie (autre dispositif d’aide).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le choix de travaux doit être justifié par un schéma directeur d’assainissement ou un schéma de gestion des eaux pluviales de moins de 10 ans.&lt;/li&gt;&lt;li&gt;Les opérations peuvent être également préconisées par une étude spécifique (déconnexion des eaux pluviales, potentiel de désimperméabilisation).&lt;/li&gt;&lt;li&gt;Les gains hydrauliques attendus suite à la réalisation des travaux devront être estimés.&lt;/li&gt;&lt;li&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la- conception et à la mise en oeuvre des projets.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafond des dépenses subventionnables (travaux):&lt;/strong&gt; 500 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT de l’étude ou des travaux si non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T198" s="1" t="inlineStr">
+      <c r="T190" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/eau-potable-etudes-prealables-travaux-et-acquisitions-foncieres/</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
+      <c r="W190" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
 Seine-Maritime &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Direction de la Cohésion des
 Territoires &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
 &lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-gestion-durable-des-eaux-pluviales-travaux-et-acquisitions-foncieres/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>162561</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Elaborer des démarches paysagères sur les territoires landais</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J199" s="1" t="inlineStr">
+      <c r="J191" s="1" t="inlineStr">
         <is>
           <t>Taux applicable au montant TTC de l'étude. Cumulable avec l'aide des appels à projet "Plans de paysage" du Ministère</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce règlement a pour objet de définir les conditions d’attribution d’une subvention pour l’élaboration de plans de paysages, de plans de paysages transition énergétique et de plans de paysages biodiversité.&lt;br /&gt;Le plan de paysage est un outil au service des élus pour renforcer l’attractivité d’un territoire. Il permet d’appréhender le paysage comme une ressource et un levier pour le développement local. Il s’agit donc d’une démarche qui invite à repenser la manière de concevoir l’aménagement du territoire (urbanisme, transports, infrastructures, énergies renouvelables, agriculture) en remettant le paysage au cœur du processus.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Foncier
 Biodiversité
 Paysage</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=204</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W191" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/demande-subvention</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;environnement&amp;#64;landes.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/elaborer-des-demarches-paysageres-sur-les-territoires-landais/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>162563</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I200" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J200" s="1" t="inlineStr">
+      <c r="J192" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M200" s="1" t="inlineStr">
+      <c r="M192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -41645,790 +39825,790 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T200" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>162635</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Aménager des traverses d'agglomération et entretenir le patrimoine routier</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Voirie</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) des Vosges</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. La voirie et les aménagements paysagers constituent des enjeux majeurs en termes de mobilités, d&amp;#039;attractivité économique, de préservation de l&amp;#039;environnement et de l&amp;#039;amélioration du cadre de vie. Le patrimoine routier et les espaces publics nécessitent un entretien régulier et des investissements qualitatifs pour en assurer la pérennité et la maîtrise des coûts de maintenance.&lt;/p&gt;
 &lt;p&gt;Dans le domaine de la voirie nos techniciens vous accompagnent en réalisant des études de faisabilité des mission de maîtrise d&amp;#039;œuvre (opération inférieure à 90 000€ HT) ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;Les missions de maîtrise d&amp;#039;œuvre consistent à l&amp;#039;issue de la validation du projet et de son enveloppe financière de  vous accompagner pour procéder à la consultation et à la passation d&amp;#039;un marché de travaux avec une ou des entreprises de travaux. A l&amp;#039;issue de cette phase de consultation l&amp;#039;ATD assure le suivi de chantier (organisation des réunions, point d&amp;#039;avancement des travaux, suivi des décomptes, assistance durant les opérations de réceptions et de levées des réserves...)&lt;/p&gt;&lt;p&gt; L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M201" s="1" t="inlineStr">
+      <c r="M193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aménager des traverses d&amp;#039;agglomérations&lt;/p&gt;&lt;p&gt;Aménager et réhabiliter des espaces publics (aires de jeux, lieux de rencontres...)&lt;/p&gt;&lt;p&gt;Réaliser des aménagement de sécurité (rétrécissement de chaussée, ralentisseurs, chicanes, écluses....)&lt;/p&gt;&lt;p&gt;Entretenir le patrimoine routier (réfection de couches de roulement, réparations ponctuelles...)&lt;/p&gt;&lt;p&gt;Mise à jour ou élaboration de tableaux de classements&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Voirie et réseaux
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une collectivité ou un EPCI du Département des Vosges
 &lt;/p&gt;
 &lt;p&gt;
  Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://www.atd88.fr/competences/voirie/</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
 &lt;/p&gt;
 &lt;p&gt;
  Philippe Milliot - Directeur
 &lt;/p&gt;
 &lt;p&gt;
  Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>pmilliot@atd88.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rehabiliter-et-construire-des-batiments-publics/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>162642</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité / opportunité</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M202" s="1" t="inlineStr">
+      <c r="M194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>162828</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
         </is>
       </c>
-      <c r="C203" s="1" t="inlineStr">
+      <c r="C195" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I195" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J203" s="1" t="inlineStr">
+      <c r="J195" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M203" s="1" t="inlineStr">
+      <c r="M195" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Friche
 Biodiversité
 Architecture
 Paysage
 Attractivité économique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T195" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>162938</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C204" s="1" t="inlineStr">
+      <c r="C196" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P204" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>162970</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Apporter une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C197" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Projets leader contribuant au développement rural francilien</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Avec pour objectif le développement des zones rurales et périurbaines, LEADER apporte une aide à des projets de tous secteurs soutenus par les 5 Groupes d’action locale (GAL) franciliens.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;POUR QUEL TYPE DE PROJET ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles au programme LEADER, les projets doivent contribuer aux stratégies (fiches-action, AMI, AAP locaux) des 5 Groupes d’action locale (GAL) franciliens sélectionnés par la Région pour la période 2023-2027 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval porté par l’ADADSA,&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay porté par Terre et Cité,&lt;/li&gt;&lt;li&gt;GAL Gâtinais français porté par le PNR du Gâtinais français,&lt;/li&gt;&lt;li&gt;GAL SUD77 porté par Seine-et-Marne Attractivité,&lt;/li&gt;&lt;li&gt;GAL Terres de Brie également porté par Seine-et-Marne Attractivité.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;THÉMATIQUES COUVERTES :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Environnement,&lt;/li&gt;&lt;li&gt;Aménagement durable,&lt;/li&gt;&lt;li&gt;Économie circulaire,&lt;/li&gt;&lt;li&gt;Transition énergétique,&lt;/li&gt;&lt;li&gt;Forêt,&lt;/li&gt;&lt;li&gt;Alimentation et agriculture,&lt;/li&gt;&lt;li&gt;Tourisme et attractivité,&lt;/li&gt;&lt;li&gt;Développement de l’identité locale et du lien entre urbains et ruraux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs sont accompagnés par les GAL tout au long de la vie du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;QUELLE EST LA NATURE DE L&amp;#039;AIDE ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Une subvention calculée sur la base de coûts éligibles et versée sur la base des coûts effectivement acquittés par le bénéficiaire.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide publique est de 100% maximum.&lt;/p&gt;&lt;p&gt;Le taux de cofinancement LEADER est de 80% maximum, ou le taux de cofinancement fixé dans la stratégie du Groupe d’action locale (AAP, AMI, fiche-action…)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie circulaire
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R205" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;QUI PEUT EN BÉNÉFICIER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Porteurs de projets privés : TPE/PME dont les entreprises individuelles, propriétaires de forêt, agriculteurs actifs et leurs groupements, fondations, associations et leurs groupements.&lt;/p&gt;&lt;p&gt;Porteurs de projets publics : collectivités territoriales et leurs groupements, établissements publics dont les chambres consulaires, et autres personnes morales de droits publics dont les GIP.&lt;/p&gt;&lt;p&gt;Les personnes physiques sans numéro de SIRET sont inéligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/jai-un-projet/appels-a-projets/projets-leader-contribuant-au-developpement-rural-francilien</t>
         </is>
       </c>
-      <c r="W205" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-cridfprd-portail-depot-demande-aides&amp;footer=https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute demande liée à l’éligibilité de votre dossier et à son suivi administratif, veuillez contacter l’animateur du GAL concerné :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;GAL Seine-Aval : leaderseineaval&amp;#64;gmail.com&lt;/li&gt;&lt;li&gt;GAL Plateau de Saclay : leader&amp;#64;terreetcite.org&lt;/li&gt;&lt;li&gt;GAL Gâtinais français : accueil&amp;#64;parc-gatinais-francais.fr&lt;/li&gt;&lt;li&gt;GAL SUD77 : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;li&gt;GAL Terres de Brie : quentin.guinet&amp;#64;safer-idf.com&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour toute autre demande liée au dispositif, vous pouvez contacter le service instructeur de la Région Île-de-France : leader&amp;#64;iledefrance.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>amar.younes@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-leader-contribuant-au-developpement-rural-francilien/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>162974</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
 	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	aux collectivités dans la mise en œuvre de l’ingénierie sur
 	mesure proposée par l’ANCT, ...&lt;/p&gt;
 	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
 	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	et instruction des procédures environnementales des projets,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
@@ -42464,379 +40644,379 @@
 	douces,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
 	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
 	des collectivités pour la prise d’arrêtés de mise en sécurité,
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Développement
 économique et commercial&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	et accompagnement pour la réalisation de projets économiques ou
 	industriels, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Ingénierie
 financière&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
 	à la recherche de financements publics (outil aides territoires),
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M206" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 – Action
 Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
 Petites Villes de Demain (PVD) ;&lt;/p&gt;
 &lt;p&gt;– Pacte
 Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
 &lt;p&gt;– Aménagements
 d’espaces publics ;&lt;/p&gt;
 &lt;p&gt;– Renouvellement
 urbain, écoquartiers ;&lt;/p&gt;
 &lt;p&gt;– Rénovation
 thermique de bâtiments publics, production d&amp;#039;EnR ; 
 &lt;/p&gt;
 &lt;p&gt;– Agendas
 d’accessibilité programmée ;&lt;/p&gt;
 &lt;p&gt;– Diagnostics
 de sécurité routière ;&lt;/p&gt;
 &lt;p&gt;– Aires
 d’accueil des gens du voyage ;&lt;/p&gt;
 &lt;p&gt;– Plans
 communaux de sauvegarde ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
 liés aux énergies renouvelables ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
 de friches artisanales et industrielles ;&lt;/p&gt;
 &lt;p&gt;– Planification
 territoriale… .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Prévention des risques
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>162979</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Valorisation et préservation des ressources naturelles locales</t>
         </is>
       </c>
-      <c r="C207" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D207" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Fiche 2 - FEDER</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J207" s="1" t="inlineStr">
+      <c r="J199" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
 aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
 sols consommant des espaces agricoles et naturels et impactant les paysages, la
 biodiversité, les ressources naturelles (eau, …) et la production de « déchets
 ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
 territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
 paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M207" s="1" t="inlineStr">
+      <c r="M199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
 médiation des paysages, des sites naturels et des cours d’eau locaux (hors
 espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
 sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
 gestion des biodéchets : études portant sur des solutions collectives pour
 les producteurs de biodéchets intermédiaires et « assimilés » (hors
 gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Recyclage et valorisation des déchets
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P207" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q207" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R207" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>162982</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C208" s="1" t="inlineStr">
+      <c r="C200" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D208" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I208" s="1" t="inlineStr">
+      <c r="I200" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -42879,297 +41059,297 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P208" s="1" t="inlineStr">
+      <c r="P200" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q208" s="1" t="inlineStr">
+      <c r="Q200" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R208" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>163011</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Conseil et assistance au pilotage de l'opération</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M209" s="1" t="inlineStr">
+      <c r="M201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>163142</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M210" s="1" t="inlineStr">
+      <c r="M202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -43178,333 +41358,333 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W210" s="1" t="inlineStr">
+      <c r="W202" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>163167</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Renforcer les services de proximité et aménager le territoire pour un cadre de vie accueillant et dynamique</t>
         </is>
       </c>
-      <c r="C211" s="1" t="inlineStr">
+      <c r="C203" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Des services et un aménagement du territoire pour un cadre de vie accueillant et dynamique</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="F211" s="1" t="inlineStr">
+      <c r="F203" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I203" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J211" s="1" t="inlineStr">
+      <c r="J203" s="1" t="inlineStr">
         <is>
           <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays du Bessin en Virois bénéficie d&amp;#039;une qualité de vie en lien avec un
 environnement perçu comme préservé et encore peu sensible aux aléas climatiques (à
 l’exception de la zone côtière exposée aux risques de submersion marine). Il se
 structure autour de pôles dont les niveaux de services diffèrent selon les secteurs, avec
 une difficulté de certains bourgs à maintenir des services de proximité (administrations,
 commerces, soins, garde d&amp;#039;enfant, etc.). L’évolution démographique de certaines zones
 du territoire entraîne le rajeunissement, et parfois l&amp;#039;accroissement de la population.
 Cela engendre une demande d’accueil renforcée dans les écoles et établissements de la
 petite enfance. Le développement urbain se fait essentiellement sous forme de
 lotissements ce qui pose la question de la consommation des terres agricoles et de
 l’intégration des néo-ruraux. Une évolution de l’offre d&amp;#039;hébergement touristique et un
 développement des résidences secondaires limitent le parc de logements locatifs. La
 disparité du territoire entre Nord et Sud se fait également ressentir dans l’accès aux
 services de proximité. Les opérations accompagnées dans le cadre de cette fiche action
 sont en cohérence avec 13 objectifs du SRADDET, notamment l’accompagnement des
 mutations sociodémographiques, la réduction de l’artificialisation des sols et le
 renforcement des fonctions de centralité dans les villes moyennes et bourgs
 structurants. Cette fiche action prend également en compte les constats du GIEC
 normand en termes de santé, inégalité d’accès aux services de soin, adaptation aux
 changements climatiques et la pollution de l’air.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagner le développement de services de proximité pour les habitants et
 usagers d&amp;#039;un bassin de vie &lt;/li&gt;&lt;li&gt;Penser et aménager un cadre de vie accueillant prenant en compte les publics les plus
 éloignés
 &lt;/li&gt;&lt;li&gt;Encourager la mutualisation de lieux, d&amp;#039;outils et de ressources ouverts à tou.te.s
 &lt;/li&gt;&lt;li&gt;Valoriser l&amp;#039;image du territoire pour le rendre plus attractif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M211" s="1" t="inlineStr">
+      <c r="M203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouverture, extension et modernisation de lieux d’accueil et de services mutualisés ;
 &lt;/li&gt;&lt;li&gt;Création de services publics numériques (services en ligne ; services de télémédecine) ;
 &lt;/li&gt;&lt;li&gt;Animation de tiers-lieux ;
 &lt;/li&gt;&lt;li&gt;Création de nouvelles formes d&amp;#039;habitat : une offre mixte intergénérationnelle favorisant la cohésion sociale,
 l&amp;#039;appartenance, et des habitats inclusifs (mixité de logement, animation, espaces mutualisés...) ;
 &lt;/li&gt;&lt;li&gt;Création de plateformes numériques d’échange et de partage de services, d’infrastructures, de matériels ;
 &lt;/li&gt;&lt;li&gt;Actions de recensement et de valorisation des acteurs publics, associatifs et privés du territoire et plus
 particulièrement des séniors et des publics éloignés (compétences, disponibilité, expertise) ;
 &lt;/li&gt;&lt;li&gt;Actions en faveur de l’atténuation de l’impact environnemental de l’habitat&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de créer ou de renforcer un service pour les habitants et usagers d&amp;#039;un bassin de vie&lt;/li&gt;&lt;li&gt;le projet permet de rendre le cadre de vie plus accueillant et inclusif&lt;/li&gt;&lt;li&gt;le projet permet de mutualiser des lieux, outils et ressources&lt;/li&gt;&lt;li&gt;le projet permet de valoriser l&amp;#039;image du territoire et de le rendre plus attractif&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale
 (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles, &lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes, &lt;/li&gt;&lt;li&gt;Travaux effectués en régie, &lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles, &lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T203" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-services-de-proximite-et-amenager-le-territoire-pour-un-cadre-de-vie-accueillant-et-dynamique/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>163199</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C212" s="1" t="inlineStr">
+      <c r="C204" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I204" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -43541,556 +41721,551 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q204" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T204" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>163237</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C213" s="1" t="inlineStr">
+      <c r="C205" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I213" s="1" t="inlineStr">
+      <c r="I205" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J213" s="1" t="inlineStr">
+      <c r="J205" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M213" s="1" t="inlineStr">
+      <c r="M205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P213" s="1" t="inlineStr">
+      <c r="P205" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q213" s="1" t="inlineStr">
+      <c r="Q205" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T205" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>163264</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Être formé dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale (élus et personnels territoriaux)</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;OPÉRATIONS CONCERNÉES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Formation dans les domaines du paysage, de l’urbanisme, de l’aménagement, des espaces publics, de la qualité architecturale et environnementale des bâtiments, de la conduite de projets, …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;li&gt;Contact téléphonique ou mail&lt;/li&gt;
 &lt;li&gt;Rendez-vous et rencontre avec les acteurs&lt;/li&gt;
 &lt;li&gt;Echanges sur les enjeux, les partenaires à associer, les publics visés, …&lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;&lt;p&gt;&lt;strong&gt;DEUX NIVEAUX D&amp;#039;INTERVENTION  &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Soit le CAUE contribue au programme de formation:&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;aide à la définition des objectifs et du programme de formation&lt;/li&gt;
 &lt;li&gt;appui à la recherche d’intervenants et de visites&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Soit le CAUE organise le programme de formation:&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;définition des objectifs et du programme de formation&lt;/li&gt;
 &lt;li&gt;recherche d’intervenants et de visites adaptés&lt;/li&gt;
 &lt;li&gt;réalisation des supports de formation&lt;/li&gt;
 &lt;li&gt;organisation logistique&lt;/li&gt;
 &lt;li&gt;évaluation et bilan&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Formation professionnelle
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/formation-des-elus-et-des-personnels-territoriaux/</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil d’Architecture, d’Urbanisme et d’Environnement&lt;br /&gt;
 (CAUE) de la DROME&lt;br /&gt;
 04 75 79 04 03 &lt;/p&gt;
 &lt;p&gt;&lt;a href="http://caue.dromenet.org/"&gt;caue.dromenet.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-des-elus-et-des-personnels-territoriaux/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>163582</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création et la requalification d'espaces verts</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Plan Vert</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Ile-de-France Nature</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I215" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 60</t>
         </is>
       </c>
-      <c r="J215" s="1" t="inlineStr">
+      <c r="J207" s="1" t="inlineStr">
         <is>
           <t>Taux de subvention lié au taux de carence en espaces verts du territoire du projet</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le dispositif d&amp;#039;appel à projets &amp;#34;Plan Vert&amp;#34;, géré par Île-de-France Nature, soutient des projets de &lt;strong&gt;c&lt;/strong&gt;&lt;strong&gt;réation et de requalification d&amp;#039;espaces verts &lt;/strong&gt;(ouverts au public gratuitement pour une durée d&amp;#039;au moins 20 ans). L&amp;#039;objectif du Plan Vert est de décarencer l&amp;#039;Île-de-France en espaces verts. &lt;/p&gt;&lt;p&gt;Le Plan Vert soutient des travaux de création ou d&amp;#039;amélioration d’espaces verts « en pleine terre », qui favorisent la désimperméabilisation des sols et la biodiversité locale tout en s’adaptant au réchauffement climatique. &lt;/p&gt;&lt;p&gt;Le Plan Vert soutient par exemple la création ou la requalification de parcs, squares, de jardins familiaux, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M215" s="1" t="inlineStr">
+      <c r="M207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Plan Vert finance par exemple &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l&amp;#039;ouverture au public de nouveaux espaces de nature&lt;/li&gt;&lt;li&gt;la requalification de parcs vieillissants&lt;/li&gt;&lt;li&gt;la désimperméabilisation d&amp;#039;espaces urbanisés (parking, place, bâti) pour la création d&amp;#039;espaces verts&lt;/li&gt;&lt;li&gt;la création de jardins familiaux&lt;/li&gt;&lt;li&gt; ...&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Espaces verts</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;table cellpadding="0" cellspacing="0" width="767"&gt;&lt;tbody&gt;&lt;tr height="202"&gt;&lt;td height="202" width="767"&gt;&lt;font&gt;Les bénéficiaires éligibles sont :&lt;/font&gt;&lt;font&gt;&lt;br /&gt;-les collectivités territoriales et leurs groupements ;&lt;br /&gt;- les sociétés publiques locales (SPL) ;&lt;br /&gt;- les associations dont les statuts permettent la création de jardins familiaux, pédagogiques,&lt;br /&gt;partagés, collectifs ou d’insertion, ou leurs confèrent un rôle de conservatoire des espaces&lt;br /&gt;naturels ;&lt;br /&gt;- les bailleurs sociaux ;&lt;br /&gt;- les hôpitaux.&lt;br /&gt;&lt;br /&gt;Les conditions d&amp;#039;éligibilité sont : un bilan d&amp;#039;imperméabilisation nul ou négatif, une palette végétale majoritairement locale, et pas d&amp;#039;abattage d&amp;#039;arbres (ou uniquement justifiés par un diagnostic phytosanitaire).&lt;br /&gt;&lt;/font&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance-nature.fr/je-souhaite-creer-un-espace-vert-ou-renaturer-ma-ville/</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
+      <c r="W207" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/dashboard/accueil</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;adresse mail générique est : &lt;a target="_self"&gt;planvert&amp;#64;iledefrance-nature.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Pour obtenir une aide, il faut candidater sur la plateforme régionale Mes Démarches, au dispositif Plan Vert. La plateforme est toujours ouverte ; 4 à 5 commissions ont lieu par an.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>alice.plessis@iledefrance-nature.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-creation-et-la-requalification-despaces-verts/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>163767</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -44132,3541 +42307,4589 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R216" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W208" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>163815</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Mieux-vivre ensemble dans une ruralité attractive et dynamique</t>
         </is>
       </c>
-      <c r="C217" s="1" t="inlineStr">
+      <c r="C209" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Programme Leader du GAL Beauce Dunois</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>Pays Dunois
 Communauté Coeur de Beauce</t>
         </is>
       </c>
-      <c r="F217" s="1" t="inlineStr">
+      <c r="F209" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I217" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 80</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;LEADER est un programme européen de développement rural, destiné à soutenir des projets portés par les acteurs locaux.&lt;/p&gt;&lt;p&gt;Il a été attribué une enveloppe de 1,2 millions d&amp;#039;euros sur la période 2023-2027 pour financer son programme d&amp;#039;actions.&lt;/p&gt;&lt;p&gt;La stratégie se décline en trois axes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1- Vivre ensemble dans une ruralité attentive aux liens sociaux &lt;/strong&gt;(lien social et intergénérationnel citoyenneté, actions culturelles participatives)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2- Mieux vivre dans une ruralité au cadre de vie préservé &lt;/strong&gt;(transition écologique, santé)&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3- Vivre dans une ruralité attractive, accessible et aux filières dynamiques &lt;/strong&gt;(mobilité, nouvelles filières économiques, actions touristiques)&lt;/p&gt;&lt;p&gt;Les projets présentés doivent s&amp;#039;inscrire dans un ou plusieurs de ces axes et se dérouler sur le périmètre du GAL (Pays Dunois / Communauté de communes coeur de beauce) pour être éligibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M217" s="1" t="inlineStr">
+      <c r="M209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples de projets soutenus sur le précédent programme Leader :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur d&amp;#039;une solidarité territoriale : pôle multi-activités pour une association d&amp;#039;aides à domicile, habitat inclusif &lt;/li&gt;&lt;li&gt;Aménagements d&amp;#039;espaces naturels à vocation pédagogique / artistique&lt;/li&gt;&lt;li&gt;Recrutement de personnel sur des thématiques innovantes : manager de commerce, chargé de projet alimentaire&lt;/li&gt;&lt;li&gt;Développement touristique et culturel : outils de visite d&amp;#039;un musée, valorisation d&amp;#039;un itinéraire cyclotouristique, festival culturel itinérant&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Espaces verts
 Transition énergétique
 Personnes âgées
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Paysage
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les seuils d&amp;#039;éligibilité (dépenses comprises entre 7815 et 156 250 € pour un privé et entre 6250 € et 125 000 € pour un public)&lt;/li&gt;&lt;li&gt;Répondre aux critères de sélection du GAL Beauce Dunois : Caractère pilote, lien avec la stratégie, prise en compte des priorités de l&amp;#039;UE, partenariats, participation des bénéficiaires, cohérence technique et financière&lt;/li&gt;&lt;li&gt;Être auditionnés et retenus par le comité de programmation du GAL Beauce Dunois sur la base de ces critères de sélection&lt;/li&gt;&lt;li&gt;Obtenir un autre financement national (Commune, Département, Région, Etat..)&lt;/li&gt;&lt;li&gt;Ne pas avoir commencé avant le dépôt de la demande&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T217" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>GAL Beauce Dunois</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://pays-dunois.fr/</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Assistante administrative : &lt;a target="_self"&gt;secretaire&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Animatrice Leader :&lt;a target="_self"&gt;galbeaucedunois&amp;#64;pays-dunois.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 37 96 63 96&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>secretaire@pays-dunois.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mieux-vivre-ensemble-dans-une-ruralite-attractive-et-dynamique-leurope-soutient-les-projets-en-milieu-rural/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>163871</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
         </is>
       </c>
-      <c r="C218" s="1" t="inlineStr">
+      <c r="C210" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Territoires engagés pour la nature</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
-Office Français de la Biodiversité (OFB)</t>
-[...2 lines deleted...]
-      <c r="G218" s="1" t="inlineStr">
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K218" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M218" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N218" s="1" t="inlineStr">
+      <c r="M210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Revitalisation
 Biodiversité
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W210" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>163874</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Gérer l'eau et la nature dans les villes et les villages</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I219" s="1" t="inlineStr">
+      <c r="I211" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
 entraîné une artificialisation des zones urbanisées altérant durablement les
 fonctions écologiques des sols urbains, en particulier leurs fonctions
 hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
 le plus souvent par une imperméabilisation qui constitue la forme la plus
 sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
 naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
 l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
 corolaire un accroissement des ruissellements urbains, quasi-systématiquement
 gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
 inondations et des impacts plus ou moins significatifs sur la qualité des
 milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
 60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
 sont rejetés sans traitement au droit des déversoirs d’orage directement dans
 les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
 la vie présente dans ces sols et leur capacité à être supports de biodiversité,
 les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
 plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
 les capacités de stockage de carbone dans les sols sous forme de matière
 organique, facteur d’atténuation du dérèglement climatique, mais aussi de
 réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
 par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
 au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
 l’expression de leurs services écosystémiques, en repensant la place de l’eau
 et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
 constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
 Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
 Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
 première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
 titre de la présente délibération visent à impulser et accompagner la
 nécessaire transformation des modes d’aménagement urbain, de tendre vers un
 urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
 l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
 dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
 habitants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M219" s="1" t="inlineStr">
+      <c r="M211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
 en améliorant leur état initial par la création de nouveaux espaces de nature
 en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
+      <c r="P211" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q219" s="1" t="inlineStr">
+      <c r="Q211" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
+      <c r="R211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
 village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T219" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>163880</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I220" s="1" t="inlineStr">
+      <c r="I212" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M220" s="1" t="inlineStr">
+      <c r="M212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
+      <c r="P212" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q220" s="1" t="inlineStr">
+      <c r="Q212" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R220" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T220" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>163896</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G221" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K221" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M221" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N221" s="1" t="inlineStr">
+      <c r="M213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W213" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>163959</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C222" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G222" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K222" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M222" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N222" s="1" t="inlineStr">
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S222" s="1" t="inlineStr">
+      <c r="S214" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W214" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>164102</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C223" s="1" t="inlineStr">
+      <c r="C215" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G223" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H223" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I223" s="1" t="inlineStr">
+      <c r="I215" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K223" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M223" s="1" t="inlineStr">
+      <c r="M215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N223" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q223" s="1" t="inlineStr">
+      <c r="Q215" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S223" s="1" t="inlineStr">
+      <c r="S215" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T223" s="1" t="inlineStr">
+      <c r="T215" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X223" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
         <v>164111</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C224" s="1" t="inlineStr">
+      <c r="C216" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H224" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I224" s="1" t="inlineStr">
+      <c r="I216" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J224" s="1" t="inlineStr">
+      <c r="J216" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M224" s="1" t="inlineStr">
+      <c r="M216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S224" s="1" t="inlineStr">
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T224" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-      <c r="A225" s="1">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
         <v>164170</v>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C225" s="1" t="inlineStr">
+      <c r="C217" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H225" s="1" t="inlineStr">
+      <c r="H217" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I225" s="1" t="inlineStr">
+      <c r="I217" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J225" s="1" t="inlineStr">
+      <c r="J217" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O225" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q225" s="1" t="inlineStr">
+      <c r="Q217" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S225" s="1" t="inlineStr">
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T225" s="1" t="inlineStr">
+      <c r="T217" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U225" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V225" s="1" t="inlineStr">
+      <c r="V217" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X225" s="1" t="inlineStr">
+      <c r="X217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-      <c r="A226" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>164238</v>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Financer des solutions d'adaptation au changement climatique fondées sur la renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="C226" s="1" t="inlineStr">
+      <c r="C218" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F226" s="1" t="inlineStr">
+      <c r="F218" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région
 Préfectures de département
 Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I218" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La renaturation doit participer à &lt;strong&gt;l’adaptation des espaces urbanisés aux impacts du changement climatique, en réduisant leurs vulnérabilités grâce aux solutions fondées sur la nature&lt;/strong&gt; (végétalisation, régulation hydraulique ou encore aménagement de parcs et jardins).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P226" s="1" t="inlineStr">
+      <c r="P218" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q218" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R218" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur du projet ». Les porteurs de projet éligibles sont les maîtres d’ouvrage des projets de nature en ville sous réserve que leur projet respecte les règles européennes applicables aux aides d&amp;#039;Etat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des collectivités territoriales et groupements de collectivités ;&lt;/li&gt;&lt;li&gt;Des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) ; &lt;/li&gt;&lt;li&gt;Des établissements publics de l’Etat (en particulier les établissements publics d’aménagement et le conservatoire du littoral) ; &lt;/li&gt;&lt;li&gt;Des bailleurs sociaux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les concessionnaires, délégataires et mandataires peuvent également déposer un dossier de candidature, avec l’accord formalisé de la collectivité ou établissement public concerné.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire (notamment un établissement public foncier) : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets de renaturation des espaces urbanisés ciblés par cette mesure recouvrent un ensemble de dispositifs qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservent ou recréent des espaces de nature en améliorant leurs fonctionnalités écologiques ;&lt;/li&gt;&lt;li&gt;Sont situés au sein ou en continuité d’un espace urbanisé. En d’autres termes, les projets de renaturation des espaces naturels, agricoles et forestiers (ENAF), à moins qu’ils soient insérés dans l’enveloppe urbaine, ne sont pas éligibles à la mesure. En revanche, l’introduction de la nature dans les nouveaux espaces urbanisés est éligible à la mesure ;&lt;/li&gt;&lt;li&gt;Adaptent le site d’implantation et ses alentours aux impacts du changement climatique pour lesquels une vulnérabilité est identifiée localement, notamment en visant le rafraîchissement urbain ou la gestion intégrée des eaux pluviales. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les actions éligibles à la mesure doivent consister ou contribuer directement à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La renaturation des sols et espaces urbains :&lt;/strong&gt; création, restauration écologique de parcs et jardins (stabilisation et renaturation des sols, aménagements de pleine terre végétalisés et arborés, etc.), végétalisation des espaces publics (alignement et végétalisation des pieds d’arbres), projets d’agriculture urbaine favorables à la biodiversité, restauration, création de noues et de zones d’infiltration des eaux pluviales et désimperméabilisation des sols ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La présence de l’eau et des milieux aquatiques en ville :&lt;/strong&gt; restauration du réseau hydrographique (réouverture ou renaturation de cours d’eau, reméandrage, stabilisation et reprofilage de berges), des zones humides, des zones d’expansion des crues ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La végétalisation des bâtiments et équipements publics&lt;/strong&gt; (toitures et façades végétalisées). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces catégories ne doivent pas être vues comme exclusives l’une de l’autre. Pour être éligible, la renaturation proposée doit avant tout renforcer la fonctionnalité écologique, ce qui implique souvent d’agir sur les différents milieux naturels : les projets de végétalisation ne peuvent pas se faire sans travailler sur les sols ou sans prendre en compte les apports en eau dans une logique de gestion intégrée des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les projets de renaturation doivent renforcer la biodiversité locale dans son ensemble. Cela implique, par exemple, que l’introduction de plantes exotiques envahissantes qui la fragiliserait est proscrite. Les fonctionnalités écologiques de l’écosystème ainsi renforcées doivent aussi répondre à un défi d’adaptation au changement climatique. Dans ce sens, le standard mondial de l’UICN pour les solutions fondées sur la nature peut servir de base de référence pour les porteurs de projets. Précisément :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le territoire d’implantation doit identifier les&lt;strong&gt; facteurs de vulnérabilités climatiques&lt;/strong&gt; auxquels il est exposé (qualifier l’aléa climatique local : son ampleur, son échelle géographique, les enjeux humains et sociétaux en termes d’exposition, l’impact qu’il aurait sur ceux-ci sans le projet) ;&lt;/li&gt;&lt;li&gt;Le projet, par les bénéfices écosystémiques de la solution de renaturation proposée, doit &lt;strong&gt;r&lt;/strong&gt;&lt;strong&gt;éduire les vulnérabilités identifiées localement&lt;/strong&gt; (décrire les fonctionnalités écologiques attendues du projet, leurs bénéfices écosystémiques, l’échelle géographique de leurs effets et justifier que les solutions sont dimensionnées pour répondre au défi d’adaptation au changement climatique identifié, sur le temps long).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La mesure est destinée à financer : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’études de diagnostic territorial et de stratégie&lt;/strong&gt; de résilience climatique et de renaturation, qui pourront notamment s’appuyer sur l’outil « plan de paysage » ou la démarche paysagère, dans le cadre de l’élaboration des documents de planification et d’urbanisme (SRADDET, SDRIF/SRCE, SAR, PADDUC, SCOT, PLU-i, cartes communales, SRCE, SDAGE/SAGE, PCAET, PGRI, PAPI, etc.) ou des programmations urbaines (à l’échelle d’un îlot, d’un quartier ou d’un territoire). Cela inclut des diagnostics d’îlots de chaleur urbain, afin notamment d’identifier les quartiers prioritaires pour les opérations de renaturation ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’ingénierie et d’études préalables à la conception de projets &lt;/strong&gt;développant des solutions fondées sur la nature, ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’investissements&lt;/strong&gt; permettant la mise en œuvre concrète des solutions fondées sur la nature en ville. Ces demandes doivent donner des garanties de maturité : clarté des objectifs, stratégie de maîtrise du foncier, identification d’un opérateur d’aménagement et d’un gestionnaire pour l’entretien et la maintenance, anticipation du coût complet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;En outre, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles à la mesure de renaturation les opérations de simple mise en conformité à une obligation réglementaire, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. Le fonds pourra subventionner les opérations allant au-delà de ces obligations réglementaires.&lt;/p&gt;&lt;p&gt;Les dépenses qui accompagnent la renaturation sans contribuer à renforcer les fonctionnalités écologiques de l’écosystème ne sont pas éligibles (mobilier urbain, cheminement, matériel, etc.).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées . L’accusé réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S218" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T218" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V218" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Renaturation.pdf</t>
         </is>
       </c>
-      <c r="W226" s="1" t="inlineStr">
+      <c r="W218" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-renaturation</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-solutions-dadaptation-au-changement-climatique-fondees-sur-la-renaturation-des-villes-et-des-villages-2/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-      <c r="A227" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>164241</v>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Protéger et restaurer les espaces naturels</t>
         </is>
       </c>
-      <c r="C227" s="1" t="inlineStr">
+      <c r="C219" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F227" s="1" t="inlineStr">
+      <c r="F219" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G227" s="1" t="inlineStr">
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
+      <c r="H219" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K227" s="1" t="inlineStr">
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34; et de la mesure &amp;#34;Réduire les pressions sur la biodiversité de votre territoire&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2023 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Mettre en œuvre la stratégie nationale pour les aires protégées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Contribuant à la réussite de la SNB 2030, la stratégie nationale pour les aires protégées 2030 (SNAP 2030) adoptée en janvier 2021 et annoncée par le Président de la République, constitue la feuille de route de la politique nationale en matière d’aires protégées.&lt;/p&gt;&lt;p&gt;La SNAP poursuit l’objectif de &lt;strong&gt;développer un réseau d’aires protégées efficace, cohérent, résilient, intégré et pérenne, sur l’ensemble du territoire&lt;/strong&gt; (à terre comme en mer). La stratégie doit accompagner la mise en œuvre d’une gestion efficace et adaptée de ce réseau et y garantir la compatibilité des usages avec les enjeux écologiques. Elle porte encore des objectifs sur le renforcement de la coopération internationale et le rôle des aires protégées en matière de connaissance sur la biodiversité. &lt;/p&gt;&lt;p&gt;La SNAP 2030 établit la cible de&lt;strong&gt; couverture d’ici 2030 d’au moins 30% du territoire national et des eaux maritimes sous juridiction ou souveraineté par un réseau d’aires protégées et 10% par des zones de protection forte bien gérées.&lt;/strong&gt; A ce jour, 4,2% du territoire national est en protection forte, tandis que l’objectif de 30% est dépassé (33%).&lt;/p&gt;&lt;p&gt;Pour permettre l’atteinte des objectifs de la SNAP, le fonds vert soutient en particulier les projets qui permettront d’augmenter le nombre d’aires protégées reconnues en protection forte, d’étendre leur surface et de contribuer à la restauration des écosystèmes dans les aires protégées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Restaurer les écosystèmes terrestres et marins dégradés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre de &lt;strong&gt;mettre en œuvre des projets de restauration des écosystèmes terrestres et marins dégradés, en application du règlement européen Restauration, adopté en 2024.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N227" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O227" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P227" s="1" t="inlineStr">
+      <c r="P219" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q227" s="1" t="inlineStr">
+      <c r="Q219" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R227" s="1" t="inlineStr">
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales)  et des syndicats mixtes (exemple : syndicat mixte de PNR, ...) ;  &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du présent cahier ;&lt;/li&gt;&lt;li&gt;des gestionnaires de ports en outre-mer (si installation de mouillages écologiques dans les parties « naturelles » du domaine public maritime portuaire, c&amp;#039;est à dire en dehors des endigages portuaires). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution. Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S227" s="1" t="inlineStr">
+      <c r="S219" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T227" s="1" t="inlineStr">
+      <c r="T219" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U227" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V227" s="1" t="inlineStr">
+      <c r="V219" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Proteger-restaurer-les-espacesnaturels_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W227" s="1" t="inlineStr">
+      <c r="W219" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X227" s="1" t="inlineStr">
+      <c r="X219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y227" s="1" t="inlineStr">
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z227" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-et-restaurer-les-espaces-naturels-15/</t>
         </is>
       </c>
-      <c r="AA227" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-      <c r="A228" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>164243</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Prévenir les risques d'incendies de forêt et de végétation</t>
         </is>
       </c>
-      <c r="C228" s="1" t="inlineStr">
+      <c r="C220" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Prévention des risques d’incendies de forêt et de végétation</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F228" s="1" t="inlineStr">
+      <c r="F220" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H228" s="1" t="inlineStr">
+      <c r="H220" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I228" s="1" t="inlineStr">
+      <c r="I220" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K228" s="1" t="inlineStr">
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;En contribuant à l’adaptation au changement climatique, l’ambition est d’améliorer la protection des territoires situés à l’interface entre massifs boisés ou végétalisés et zones bâties, où naissent une grande partie des feux. &lt;/p&gt;&lt;p&gt;Les projets financés permettront une meilleure préparation des territoires, notamment en prévision de l’extension géographique et temporelle du risque et de son intensification dans les zones historiques et une meilleure protection des personnes et des biens contre les incendies de forêt et de végétation. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N228" s="1" t="inlineStr">
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Risques naturels</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P228" s="1" t="inlineStr">
+      <c r="P220" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q228" s="1" t="inlineStr">
+      <c r="Q220" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R228" s="1" t="inlineStr">
+      <c r="R220" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur du projet » : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les collectivités territoriales ; &lt;/li&gt;&lt;li&gt;Les établissements publics de coopération intercommunale ;&lt;/li&gt;&lt;li&gt;Les établissements publics locaux ;&lt;/li&gt;&lt;li&gt;Les associations syndicales autorisées comportant au moins une commune ;&lt;/li&gt;&lt;li&gt;Les services départementaux d’incendie et de secours (SDIS).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les actions soutenues auront pour effet d’améliorer la connaissance des risques, la prévention des feux dans les massifs forestiers, la protection des zones habitées situées dans des zones de risque sur l’ensemble du territoire national.&lt;/p&gt;&lt;p&gt;La présente mesure du fonds vert ne finance pas la création de pistes de défense de la forêt contre les incendies, l’acquisition de véhicules de première intervention de patrouilles forestières et d’engins de lutte contre les incendies de forêt. La protection défense de la forêt contre les incendies relève d’autres interventions du ministère chargé de la forêt.&lt;/p&gt;&lt;p&gt;Un projet peut consister en la réalisation de plusieurs mesures relevant des grands axes détaillés ci-dessous.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;I. - La protection et la défense des zones déjà urbanisées contre les incendies :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont uniquement éligibles des actions visant à mieux protéger des zones déjà urbanisées (et non des zones susceptibles d’être ouvertes à l’urbanisation). Relèvent notamment de cet axe I : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études et travaux de création ou de mise au gabarit de voies de desserte ou d’évacuation d’une zone exposée au danger de feu de forêt et de végétation afin, en cas de crise, de permettre simultanément l’accès des secours et l’évacuation des personnes ;&lt;/li&gt;&lt;li&gt;La réalisation de plateformes de retournement en bout de voiries existantes afin de faciliter les manœuvres des véhicules des services de secours et de lutte contre les incendies ;&lt;/li&gt;&lt;li&gt;Les études et travaux de création de points d’eau dans les zones urbanisées exposées au danger de feu de forêt et de végétation ;&lt;/li&gt;&lt;li&gt;Les études et les travaux d’adaptation de constructions et d’équipements publics existants nécessaires à la gestion de crise, afin d’en réduire la vulnérabilité en cas d’incendie de forêt ou de végétation. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;II. - L’aménagement de la forêt aux abords des zones urbanisées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif de cet axe est de mieux protéger les personnes et les biens existants en zones urbanisées, y compris dans des zones d’habitat isolé, lorsqu’elles sont susceptibles d’être touchées par des incendies liés à l’existence des massifs ou espaces boisés. Relèvent notamment de cet axe :&lt;/p&gt;&lt;p&gt;Les acquisitions foncières amiables au profit d’une commune et remembrement nécessaires à la création de zones coupe-feu, d’une largeur de 200 mètres à compter du front urbanisé et la création de ces zones coupe-feu ;&lt;/p&gt;&lt;p&gt;La création de citernes de réserve d’eau adaptées aux besoins opérationnels de la lutte, les opérations d’investissement contribuant à la stratégie d’attaque des feux naissants, la création de zones nécessaires aux camions de pompiers pour le franchissement de fossés et l’installation de panneaux signalétiques (interdiction d’accès notamment). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;III. - La vérification de la mise en œuvre des obligations légales de débroussaillement &lt;/strong&gt;par des investissements notamment dans des systèmes d’information permettant une action à l&amp;#039;échelle de chaque commune (par exemple bases de données, SIG, etc.) relatifs à l’existence et au respect d’obligations légales de débroussaillement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;IV. - La détection précoce des départs de feux, la surveillance par des investissements notamment dans des systèmes de : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Détection précoce des départs de feux (dont acquisition d’équipements de télédétection tels que des drones, des caméras ou des capteurs) ;&lt;/li&gt;&lt;li&gt;Surveillance des zones de risque (dont acquisition d’équipements de télédétection tels que des drones, des caméras ou des capteurs).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;V. - La connaissance, l’information préventive et le développement de la culture du risque grâce notamment à : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des actions de recherche, des études et de la modélisation, selon les règles de l’art, de l’aléa d’incendie de forêt et de végétation à l’échelle du territoire d’une commune, d’un département ou d’une région ;&lt;/li&gt;&lt;li&gt;Des actions d’information générale sur les risques d’incendie de forêt et de végétation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour toutes les actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Afin d’être éligibles, les projets devront être suffisamment matures (notamment la maîtrise du foncier, lorsque cela est pertinent).&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées. L’accusé de réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;&lt;p&gt;Par ailleurs, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S228" s="1" t="inlineStr">
+      <c r="S220" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T228" s="1" t="inlineStr">
+      <c r="T220" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V228" s="1" t="inlineStr">
+      <c r="V220" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Incendies.pdf</t>
         </is>
       </c>
-      <c r="W228" s="1" t="inlineStr">
+      <c r="W220" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-incendies</t>
         </is>
       </c>
-      <c r="X228" s="1" t="inlineStr">
+      <c r="X220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-risques-dincendies-de-foret-et-de-vegetation-2/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-      <c r="A229" s="1">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
         <v>164335</v>
       </c>
-      <c r="B229" s="1" t="inlineStr">
+      <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Opérations ponctuelles ou globales</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de d'eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G229" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H229" s="1" t="inlineStr">
+      <c r="H221" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I229" s="1" t="inlineStr">
+      <c r="I221" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 60</t>
         </is>
       </c>
-      <c r="J229" s="1" t="inlineStr">
+      <c r="J221" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / PAOT /</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K221" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M229" s="1" t="inlineStr">
+      <c r="M221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opérations ponctuelles 
 ou globales 
 d’aménagement mettant 
 en œuvre une gestion 
 intégrée des eaux de 
 pluie et végétalisation 
 associée&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N229" s="1" t="inlineStr">
+      <c r="N221" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Espaces verts
 Espace public
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O221" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q229" s="1" t="inlineStr">
+      <c r="Q221" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R229" s="1" t="inlineStr">
+      <c r="R221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de gestion intégrée 
 des eaux pluviales et de 
 végétalisation associée 
 situés en zone urbanisée&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S229" s="1" t="inlineStr">
+      <c r="S221" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T229" s="1" t="inlineStr">
+      <c r="T221" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U221" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
+      <c r="V221" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
         </is>
       </c>
-      <c r="X229" s="1" t="inlineStr">
+      <c r="X221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y221" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z221" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-etudes/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA221" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-      <c r="A230" s="1">
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
         <v>164336</v>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Dispositif cours d'école, bulle nature</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de d'eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E222" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
+      <c r="G222" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H230" s="1" t="inlineStr">
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I230" s="1" t="inlineStr">
+      <c r="I222" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 60</t>
         </is>
       </c>
-      <c r="J230" s="1" t="inlineStr">
+      <c r="J222" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / PAOT /</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M230" s="1" t="inlineStr">
+      <c r="M222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles :
 &lt;br /&gt;• Les travaux pour des cours d’écoles résilientes au changement climatique, perméables et végétalisées :
 désimperméabilisation, récupération d’eau de pluie, végétalisation des espaces (plantation de haies, 
 arbres, couvre-sol, …), création d’îlots de fraicheur, intégration de matériaux de couleur claire poreux, 
 jardins pédagogiques, … ;
 &lt;br /&gt;• Les actions de concertation et de communication associées. &lt;/p&gt;&lt;p&gt;Les groupes scolaires associés -périscolaires, centres éducatifs d’enfants handicapés- bénéficient également de 
 cette mesure. Les collèges, lycées ou universités et assimilés sont traités dans le cadre de l’article 4.2.1. &lt;/p&gt;&lt;p&gt;L’aide maximale aux projets de cours d’école est conditionnée à une démarche impliquant la concertation et 
 aux projets les plus ambitieux écologiquement lorsque cela est possible : déraccordement des toitures, 
 récupération d’eau de pluie, solutions surfaciques et végétalisées, création d’emprises de pleine terre.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N230" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Espaces verts
 Espace public
 Jeunesse
 Biodiversité</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q230" s="1" t="inlineStr">
+      <c r="Q222" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R230" s="1" t="inlineStr">
+      <c r="R222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de gestion intégrée 
 des eaux pluviales et de 
 végétalisation au sein des 
 écoles&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S230" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T230" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
         </is>
       </c>
-      <c r="X230" s="1" t="inlineStr">
+      <c r="X222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-operations-ponctuelles-ou-globales/</t>
         </is>
       </c>
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>164416</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="C231" s="1" t="inlineStr">
+      <c r="C223" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>AAP 4 - Coopérer pour étendre son réseau et requestionner les modes de faire</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H223" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I223" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J231" s="1" t="inlineStr">
+      <c r="J223" s="1" t="inlineStr">
         <is>
           <t>Taux maximum d’aides publiques tout financeur public confondu : • Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues • Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTION DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
 transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La mise en œuvre de projets de coopération avec d’autres territoires français, européens, voire extra-européens, est un concept clé du programme LEADER. Les actions de coopération LEADER sont des catalyseurs de dynamiques d’acteurs locaux, des accélérateurs de réalisation de projets innovants. Fort de l’expérience de la programmation précédente, le GAL Loire se laisse ainsi la possibilité d’expérimenter de nouvelles coopérations dans le domaine du textile, du patrimoine gastronomique, de la viticulture ou de la pleine nature, par exemple.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Développer de nouvelles méthodes de travail, confronter les idées, des outils, des méthodes ;&lt;/p&gt;&lt;p&gt;− Inscrire le GAL Loire dans des dynamiques plus larges de coopération (échelle européenne) ;&lt;/p&gt;&lt;p&gt;− Structurer des coopérations avec des territoires partageant des enjeux de développement complémentaires notamment autour du textile, de la gastronomie, du vin, de la revitalisation des centres-bourgs, de la pleine nature, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− La coopération sert la stratégie locale de développement structurée autour de cet enjeu ;&lt;/p&gt;&lt;p&gt;− La coopération permet de capitaliser sur les bonnes pratiques durables rencontrées sur d’autres territoires et d’expérimenter des pistes de solutions communes ;&lt;/p&gt;&lt;p&gt;− La gestion des projets de coopération se fera de manière à limiter l’empreinte écologique du GAL : co-voiturage, utilisation des transports en commun, outils collaboratifs et réunions en visioconférence, supports de communication numérisés, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour répondre au dispositif, les projets devront associer au moins un autre GAL et s’inscrire dans les thématiques travaillées à travers la stratégie locale de développement du GAL Loire :&lt;/p&gt;&lt;p&gt;− Rendre l’économie rurale plus résiliente en soutenant les activités à fort ancrage locale : alimentation, forêt et bois, textile ;&lt;/p&gt;&lt;p&gt;− Faire du tourisme une activité créatrice de valeurs, durable et accessible ;&lt;/p&gt;&lt;p&gt;− Préserver et dynamiser un maillage de centres-bourgs vivants, structure de la ruralité ligérienne.&lt;/p&gt;&lt;p&gt;Le GAL Loire aspire à accompagner au moins un projet de coopération transnationale.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire ambitionne de soutenir :&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de préparation&lt;/strong&gt; visant à explorer une piste de coopération en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions de mise en réseau ;&lt;/p&gt;&lt;p&gt;     → Les études et expertises ;&lt;/p&gt;&lt;p&gt;     → L’élaboration de diagnostic ou de plans d’actions.&lt;/p&gt;&lt;p&gt;• &lt;strong&gt;Les actions de mise en oeuvre d’activités de coopération&lt;/strong&gt; en lien avec la stratégie du GAL. A ce titre seront soutenues, plus précisément les actions suivantes :&lt;/p&gt;&lt;p&gt;     → Les actions d’animation ;&lt;/p&gt;&lt;p&gt;     → Les actions de communication ;&lt;/p&gt;&lt;p&gt;     → Les actions d’information, de sensibilisation et de formations ;&lt;/p&gt;&lt;p&gt;     → Les projets de recherche ;&lt;/p&gt;&lt;p&gt;     → L’élaboration d’outils et de plans d’actions visant la mise en oeuvre du projet de coopération ;&lt;/p&gt;&lt;p&gt;     → La réalisation des plans d’actions et d’états des lieux ;&lt;/p&gt;&lt;p&gt;     → La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;     → Les actions de création et de diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;     → Les aménagements et travaux ;&lt;/p&gt;&lt;p&gt;     → Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;     → Les actions de promotion, valorisation, commercialisation et mise en réseau.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets), une attention particulière sera portée aux projets prenant en compte les enjeux de transition écologique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL. Notamment, seront inéligibles :&lt;/p&gt;&lt;p&gt;     → Les projets de coopération éligibles aux dispositif FEADER 304 et 305 ;&lt;/p&gt;&lt;p&gt;     → Les projets partenariaux éligibles au dispositif FEADER T01.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;     → Les projets strictement éligibles aux autres AAP publiés par le GAL&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M231" s="1" t="inlineStr">
+      <c r="M223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Equipement public
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P231" s="1" t="inlineStr">
+      <c r="P223" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q231" s="1" t="inlineStr">
+      <c r="Q223" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R231" s="1" t="inlineStr">
+      <c r="R223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projet. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 habs). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour la mise en œuvre des actions de coopération, le porteur de projet devra fournir un accord de coopération entre les partenaires du projet de coopération et les GAL (ou territoires assimilés) concernés. Cet accord devra être signé au plus tard avant l’engagement juridique de la subvention.&lt;/p&gt;&lt;p&gt;• La demande d’aide devra comporter la description du ou des thèmes de coopérations pressentis, des objectifs et des partenaires envisagés pour le projet. Les thèmes de coopérations devront s’inscrire dans la stratégie locale de développement du GAL Loire (Economie rurale, Tourisme, Revitalisation des centres-bourgs).&lt;/p&gt;&lt;p&gt;• Le projet de coopération devra justifier de sa volonté d’essaimer à l’échelle du GAL Loire.&lt;/p&gt;&lt;p&gt;• La préparation d’action de coopération n’est éligible que s’il est démontré qu’un projet de coopération répondant à la stratégie locale de développement du GAL est envisagé. Le porteur de projet devra fournir les livrables justifiant la poursuite ou non du projet par la mise en oeuvre effective d’une action de coopération, ainsi que le cas échéant, les grandes étapes prévisionnelles de sa mise en œuvre.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci. Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet ;&lt;/p&gt;&lt;p&gt;- Les missions d’encadrement général et les fonctions supports (RH, gestion, entretien…) ne sont pas retenues parmi les dépenses de personnel opérationnel directement rattachées à l’opération. Elles sont inclues dans les coûts indirects.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets de coopération à l’échelle nationale&lt;/p&gt;&lt;p&gt;- 50 000 € pour les projets de coopération à l’échelle transnationale&lt;/p&gt;&lt;p&gt;Le taux d’intervention du FEADER (mesure 501 LEADER) appliqué aux projets sélectionnés est de 80% de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Taux maximum d’aides publiques tout financeur public confondu :&lt;/p&gt;&lt;p&gt;• Porteur de projet public : 100% de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;• Porteur de projet privé : 80 % de l’assiette des dépenses éligibles HT retenues&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S223" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T223" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_4_COOPERATION_Approuve-1-1.pdf</t>
         </is>
       </c>
-      <c r="W231" s="1" t="inlineStr">
+      <c r="W223" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire :&lt;/p&gt;&lt;p&gt;Coordinatrice LEADER Loire
 04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cooperer-pour-etendre-son-reseau-et-requestionner-les-modes-de-faire-1/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-      <c r="A232" s="1">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
         <v>164419</v>
       </c>
-      <c r="B232" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Ingénierie et aménagement de l’espace public et mobilité active</t>
         </is>
       </c>
-      <c r="C232" s="1" t="inlineStr">
+      <c r="C224" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Préserver et dynamiser un maillage de centres-bourgs vivants, structures de la ruralité ligérienne - AAP 3.1-2 "Ingénierie et aménagement de l’espace public et mobilité active"</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H224" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I232" s="1" t="inlineStr">
+      <c r="I224" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J232" s="1" t="inlineStr">
+      <c r="J224" s="1" t="inlineStr">
         <is>
           <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers
 la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les centres-bourgs constituent l’armature de la ruralité ligérienne. Lieux de vie, de services, d’offres culturelles et commerciales, ils permettent à la population de bénéficier d’un cadre de vie qualitatif sans être soumise à des déplacements trop longs. En effet, dans les territoires à faible densité, plus de 50% de la part de CO2 est produite par les transports (hommes et marchandises) et ce coût, sans cesse augmenté, est une source de précarité énergétique au moins aussi importante que celle du logement. L’enjeu de réduction de ces impacts se conjugue avec l’enjeu de revitalisation des centres-bourgs. Il est donc important de préserver l’actuel maillage de centres-bourgs et de le dynamiser pour réajuster la trajectoire de leur développement et tendre vers la sobriété.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la concertation publique / privée dans les projets de revitalisation des centres-bourgs&lt;/p&gt;&lt;p&gt;− Déployer des moyens d’ingénierie pour améliorer la vision prospective et concertée des projets de développement des centres-bourgs&lt;/p&gt;&lt;p&gt;− Aménager les espaces publics de manière apaisée et durable tout en protégeant la biodiver-sité et en préservant le patrimoine&lt;/p&gt;&lt;p&gt;− Développer une mobilité faiblement émettrice de GES&lt;/p&gt;&lt;p&gt;− Favoriser les expérimentations en centre-bourg&lt;/p&gt;&lt;p&gt;− &lt;strong&gt;La prise en compte des enjeux de transition écologique et énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;     * Favoriser le développement des centres-bourgs qui tendent vers la sobriété&lt;/p&gt;&lt;p&gt;     * Sensibiliser les habitants et les usagers&lt;/p&gt;&lt;p&gt;     * Adapter ou réutiliser l’existant et développer sa polyvalence&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir :&lt;/p&gt;&lt;p&gt;• Les moyens d’ingénierie en faveur des projets de revitalisation des centres-bourgs :&lt;/p&gt;&lt;p&gt;     - L’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’accompagnement pour la montée en compétences des acteurs publics et privés sur la thématique de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - La mise en place de démarches participatives, de méthodes innovantes intégrant la concertation des citoyens dans les projets de revitalisation des centres-bourgs ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets opérationnels innovants, qualitatifs et éco-responsables évitant l’étalement urbain et permettant de redensifier le centre-bourg.&lt;/p&gt;&lt;p&gt;• L’aménagement durable des espaces publics, en centre-bourg, au travers de :&lt;/p&gt;&lt;p&gt;     - La création, le développement de jardins partagés, nourriciers ;&lt;/p&gt;&lt;p&gt;     - La création, l’amélioration d’îlots de fraicheur favorisant les espèces résistantes au changement climatique et la perméabilisation des sols ;&lt;/p&gt;&lt;p&gt;     - La réflexion et l’acquisition de mobiliers urbains durables ;&lt;/p&gt;&lt;p&gt;     - La gestion collective des biodéchets ;&lt;/p&gt;&lt;p&gt;     - L’émergence de projets d’autoconsommation collective ;&lt;/p&gt;&lt;p&gt;     - Toute solution innovante contribuant à la transition écologique et énergétique.&lt;/p&gt;&lt;p&gt;• Les aménagements durables de mobilité active au travers de :&lt;/p&gt;&lt;p&gt;     - La sécurisation des cheminements de mobilité active ;&lt;/p&gt;&lt;p&gt;     - La création de stationnements de mobilité active adaptés ;&lt;/p&gt;&lt;p&gt;     - La mise en place de solutions de co-mobilité innovantes ;&lt;/p&gt;&lt;p&gt;     - La sensibilisation de la population face à l’enjeu de mobilité décarbonée.&lt;/p&gt;&lt;p&gt;Les caractères innovant, qualitatif et éco-responsable s‘apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;- Les actions d’animation ;&lt;/p&gt;&lt;p&gt;- Les actions de communication ;&lt;/p&gt;&lt;p&gt;- Les formations ;&lt;/p&gt;&lt;p&gt;- Les études ;&lt;/p&gt;&lt;p&gt;- La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;- La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;- Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;- Les opérations d’aménagement et de travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de revitalisation des centres-bourgs éligibles à l’axe 7 FEDER Massif Central ;&lt;/p&gt;&lt;p&gt;→ Les projets éligibles au dispositif 2.2.4.1 du FEDER : Solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;- Les projets de mobilité active en lien avec une activité ou itinérance touristique (éligible à l’AAP 2.1) ;&lt;/p&gt;&lt;p&gt;- Les projets portant exclusivement sur la création ou le développement de commerces ou services (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de création ou d’entretien de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les projets exclusifs de travaux de démolition et/ou de déconstruction ;&lt;/p&gt;&lt;p&gt;- Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-bourg&lt;/strong&gt; : cf. définition inscrite à l’annexe 1 du présent appel à projets.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique. Au sens de cet AAP, les projets de mobilité active devront être en corrélation avec un projet de revitalisation des centres-bourgs. Il s’agira d’accompagner des projets de mobilité entre le centre-bourg et ses périphéries ou au sein même du centre-bourg.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Solution innovante&lt;/strong&gt; : le GAL entend la notion d’innovation, dans un sens large et englobant des formes d’innovation technique et technologique, de modèle économique, organisationnelle et de gouvernance, d’information et de communication, d’usages et services, d’interaction sociales et de coopération, nouvelles ou significativement améliorées par rapport à celles précédemment élaborées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobiliers urbains durables&lt;/strong&gt; : mobiliers urbains élaborés à partir de matériaux naturels ou recyclés et dont l’origine et/ou la durabilité est garantie par le fournisseur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M232" s="1" t="inlineStr">
+      <c r="M224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N224" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Espaces verts
 Espace public
 Friche
 Recyclage et valorisation des déchets
 Accès aux services
 Citoyenneté
 Revitalisation
 Innovation, créativité et recherche
 Qualité de l'air
 Biodiversité
 Equipement public
 Réhabilitation
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O224" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P232" s="1" t="inlineStr">
+      <c r="P224" s="1" t="inlineStr">
         <is>
           <t>01/03/2025</t>
         </is>
       </c>
-      <c r="Q232" s="1" t="inlineStr">
+      <c r="Q224" s="1" t="inlineStr">
         <is>
           <t>28/02/2026</t>
         </is>
       </c>
-      <c r="R232" s="1" t="inlineStr">
+      <c r="R224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• La localisation du projet d’aménagement de l’espace public doit se situer dans la partie ag-glomérée d’une commune éligible (annexe 1). Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Les projets de mobilité active devront concerner des circuits internes au centre-bourg ou entre-le centre-bourg et ses périphéries. Un plan de localisation devra être fourni par le porteur de projet et validé par le comité de programmation.&lt;/p&gt;&lt;p&gt;• Pour les actions concernant l’élaboration de projets prospectifs, intégrés et multisectoriels de revitalisation des centres-bourgs, un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Pour le volet « voirie » des travaux, seules les dépenses de voirie perméable sont éligibles. Par conséquent, ces dépenses doivent être clairement identifiables et les choix techniques retenus devront être expliqués par le maitre d’oeuvre. Un argumentaire devra être fourni au moment du dépôt du dossier.&lt;/p&gt;&lt;p&gt;• Pour les projets d’aménagement et de mobilité active, une étude préalable est obligatoire. Le porteur de projet devra fournir le rendu définitif de l’étude au moment du dépôt de dossier.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DÉPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document « Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés », consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les études exclusives de voirie et réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les études portant exclusivement sur la création ou le développement de commerces ou services.&lt;/p&gt;&lt;p&gt;- Les diagnostics énergétiques exclusifs ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- L’acquisition de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de réseaux divers ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie en revêtements imperméables ;&lt;/p&gt;&lt;p&gt;- Les équipements connexes strictement liés à la circulation routière motorisée (automobiles, véhi-cules utilitaires légers ou lourds, deux-roues motorisés) ;&lt;/p&gt;&lt;p&gt;- Fourniture et pose de signalisation et signalétique qui ne concernent pas la mobilité active ;&lt;/p&gt;&lt;p&gt;- Les frais de personnel directs éligibles aux projets d’animation des dispositifs Petites Villes de Demain et Villages d’Avenir ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en oeuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafonds d’aide LEADER :&lt;/p&gt;&lt;p&gt;- 30 000 € pour les projets présentant majoritairement des dépenses de fonctionnement retenues après l’instruction&lt;/p&gt;&lt;p&gt;- 80 000 € pour les projets présentant majoritairement des dépenses d’investissement retenues après l’instruction&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T232" s="1" t="inlineStr">
+      <c r="T224" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
         <is>
           <t>GAL Loire AAP Revitalisation de centre-bourg</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
+      <c r="V224" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_3.1-2_RCB_Approuve.pdf</t>
         </is>
       </c>
-      <c r="W232" s="1" t="inlineStr">
+      <c r="W224" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
         </is>
       </c>
-      <c r="X232" s="1" t="inlineStr">
+      <c r="X224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question et avant tout dépôt d’une
 demande d’aide, merci de bien vouloir contacter le GAL Loire pour savoir si
 votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
 LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
 vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;• Coordinatrice LEADER Loire&lt;/p&gt;&lt;p&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
 Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
 entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
 Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
 Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
 Métropole)&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y224" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z224" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ingenierie-et-amenagement-de-lespace-public-et-mobilite-active/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-      <c r="A233" s="1">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>165104</v>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants : Coup de pouce rural</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Coup de pouce rural</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H233" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K233" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L233" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez conduire des travaux d’amélioration du quotidien de votre commune et de vos habitants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale « coup de pouce » pouvant aller : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;jusqu’à 10 000 € si vous êtes une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;jusqu’à 12 000 € si vous êtes une commune entre 501 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une commune de moins de 500 habitants&lt;/li&gt;
 &lt;li&gt;Une commune entre 500 et 1500 habitants&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre investissement concerne&lt;/strong&gt; &lt;strong&gt;en particulier des travaux de : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;réparation ou de consolidation de certaines &lt;strong&gt;parties de bâtiments publics&lt;/strong&gt;, parapublics, ou encore d’aménagements dans les &lt;strong&gt;cimetières &lt;/strong&gt;;&lt;/li&gt;
 &lt;li&gt;réparation ou de consolidation d’éléments de &lt;strong&gt;patrimoine ordinaire&lt;/strong&gt; de type toitures, fissures de murs, cloches d’églises, sols d’églises, ferronneries, lavoirs etc., et travaux de restauration ;&lt;/li&gt;
 &lt;li&gt;démolition simple pour &lt;strong&gt;désencombrement&lt;/strong&gt;, embellissement, sécurisation d’un lieu ;&lt;/li&gt;
 &lt;li&gt;aménagement des &lt;strong&gt;abords&lt;/strong&gt; de bâtiments publics ou parapublics (écoles, associations, Maison de santé, Maison des seniors, Maison de projet, petit tiers-lieu), d’églises et de cimetière (embellissement, cheminements perméables, pose de toilettes publiques et sanitaires des petites mairies, nettoyage et démoussage et travaux de mise en valeur de monuments aux morts,etc.) ;&lt;/li&gt;
 &lt;li&gt;compléments ponctuels d’aménagements, d’équipements et aménagement de &lt;strong&gt;petit mobilier d’espaces publics/d’espaces de vie existants pour faciliter la vie des habitants &lt;/strong&gt;;&lt;/li&gt;
 &lt;li&gt;interventions spécifiques à la problématique des villages-rue dégradés en vue de &lt;strong&gt;l’embellissement de la rue principale &lt;/strong&gt;et de ses abords : aménagements de fleurissements non ou peu énergivores en eau, mesures de confort des piétons et d’amélioration des points de vue sur les différents atouts du village depuis la rue principale &lt;em&gt;;&lt;/em&gt;&lt;/li&gt;
 &lt;li&gt;ou encore liés à des &lt;strong&gt;projets d’aménagement des habitants&lt;/strong&gt; identifiés dans le cadre d’un budget participatif ou d’une démarche de concertation, en lien avec un projet communal pour des projets utiles au confort de vie et à l’embellissement.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Pour une commune de moins de 500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 10 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 20 000 €.&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Pour une commune entre 500 et 1500 habitants&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 30 % du montant des dépenses retenues en € HT&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et son&lt;strong&gt; maximum est de 12 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Et le montant maximum de dépenses éligibles est de 40 000 €.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande en ligne à partir du 1er décembre 2024 avec votre délibération et votre devis travaux&lt;/strong&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N233" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Equipement public
 Réhabilitation
 Paysage</t>
         </is>
       </c>
-      <c r="O233" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P233" s="1" t="inlineStr">
+      <c r="P225" s="1" t="inlineStr">
         <is>
           <t>28/10/2024</t>
         </is>
       </c>
-      <c r="S233" s="1" t="inlineStr">
+      <c r="S225" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U233" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V233" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/coup-de-pouce-rural/</t>
         </is>
       </c>
-      <c r="W233" s="1" t="inlineStr">
+      <c r="W225" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0299/depot/simple</t>
         </is>
       </c>
-      <c r="Y233" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z233" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/coup-de-pouce-rural/</t>
         </is>
       </c>
-      <c r="AA233" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="234" spans="1:27" customHeight="0">
-      <c r="A234" s="1">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
         <v>165267</v>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Infiltrer des eaux pluviales urbaines (autres travaux)</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Autres travaux visant l’infiltration des eaux pluviales urbaines</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H234" s="1" t="inlineStr">
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I234" s="1" t="inlineStr">
+      <c r="I226" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau aide le déraccordement des eaux pluviales des réseaux 
 de collecte pour leur infiltration dans les sols au plus près de leur 
 point de chute, sur des aménagements non dédiés uniquement à l’eau. Ce 
 dispositif concerne les aménagements non majoritairement végétalisés. 
 Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
  espaces verts creux, toiture stockante végétalisée raccordée à un 
 dispositif infiltrant, trottoir ou chaussée perméables sur structure 
 stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Espaces verts
 Espace public
 Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P234" s="1" t="inlineStr">
+      <c r="P226" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q234" s="1" t="inlineStr">
+      <c r="Q226" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R234" s="1" t="inlineStr">
+      <c r="R226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
 recommandations techniques de l’agence de l’eau, avec plans de 
 nivellement montrant les réseaux et la circulation des eaux pluviales 
 avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet est dimensionné pour les pluies importantes. Il est donc 
 demandé que les aménagements d’infiltration permettant de stocker au 
 minimum 35 litres d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S234" s="1" t="inlineStr">
+      <c r="S226" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T234" s="1" t="inlineStr">
+      <c r="T226" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U234" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V234" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-autres-travaux-visant-linfiltration-des-eaux-pluviales-urba.html</t>
         </is>
       </c>
-      <c r="W234" s="1" t="inlineStr">
+      <c r="W226" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X234" s="1" t="inlineStr">
+      <c r="X226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y234" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z234" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-autres-travaux/</t>
         </is>
       </c>
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-      <c r="A235" s="1">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
         <v>165268</v>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Infiltrer des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Travaux visant l’infiltration des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G235" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
+      <c r="H227" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I235" s="1" t="inlineStr">
+      <c r="I227" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K235" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L235" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide les travaux de déraccordement 
 des eaux pluviales des réseaux de collecte pour leur infiltration dans 
 les sols au plus près de leur point de chute, sur des aménagements non 
 dédiés uniquement à l’eau. Ce dispositif concerne les projets ou l’eau 
 pluviale est géré majoritairement sur des aménagements végétalisés. 
 Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
  espaces verts creux, toiture stockante végétalisée raccordée à un 
 dispositif infiltrant, trottoir ou chaussée perméables sur structure 
 stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;
 &lt;p&gt;Les solutions en pleine terre végétalisées, plus durables et sources 
 de co-bénéfices (reconquête de la biodiversité, lutte contre les îlots 
 de chaleur, qualité de vie…) seront privilégiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Equipement public
 Milieux humides</t>
         </is>
       </c>
-      <c r="O235" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P235" s="1" t="inlineStr">
+      <c r="P227" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q235" s="1" t="inlineStr">
+      <c r="Q227" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R235" s="1" t="inlineStr">
+      <c r="R227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
 recommandations techniques de l’agence de l’eau, avec plans de 
 nivellement montrant les réseaux et la circulation des eaux pluviales 
 avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet doit être dimensionné pour les pluies importantes. Il est 
 donc demandé que les aménagements d’infiltration permettant de stocker 
 temporairement, le temps de leur infiltration, au minimum 35 litres 
 d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S235" s="1" t="inlineStr">
+      <c r="S227" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T235" s="1" t="inlineStr">
+      <c r="T227" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U235" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V235" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-travaux-visant-linfiltration-des-eaux-pluviales-urbaines-da.html</t>
         </is>
       </c>
-      <c r="W235" s="1" t="inlineStr">
+      <c r="W227" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X235" s="1" t="inlineStr">
+      <c r="X227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y235" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z235" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-majoritairement-dans-des-amenagements-de-pleine-terre/</t>
         </is>
       </c>
-      <c r="AA235" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="236" spans="1:27" customHeight="0">
-      <c r="A236" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>165269</v>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études d’aide à la décision pour infiltrer les eaux pluviales</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Études d’aide à la décision pour infiltrer les eaux pluviales</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G236" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H236" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I236" s="1" t="inlineStr">
+      <c r="I228" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 60</t>
         </is>
       </c>
-      <c r="J236" s="1" t="inlineStr">
+      <c r="J228" s="1" t="inlineStr">
         <is>
           <t>Majoration de 10 % en zone France ruralités revitalisation (FRR).</t>
         </is>
       </c>
-      <c r="K236" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L236" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;À travers des études d’aide à la décision, l&amp;#039;agence accompagne les 
 collectivités dans le choix et la conception d&amp;#039;aménagements adaptés, 
 tels que des espaces verts végétalisés ou des infrastructures 
 perméables, permettant une infiltration efficace des eaux pluviales. 
 L&amp;#039;objectif de ce dispositif est de favoriser des solutions durables qui 
 non seulement améliorent la gestion des eaux pluviales, mais contribuent
  également à la reconquête de la biodiversité et l’adaptation au 
 changement climatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N236" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Biodiversité</t>
         </is>
       </c>
-      <c r="O236" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P236" s="1" t="inlineStr">
+      <c r="P228" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q236" s="1" t="inlineStr">
+      <c r="Q228" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R236" s="1" t="inlineStr">
+      <c r="R228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’étude vise l’infiltration d’eaux pluviales actuellement captées par
  un réseau. L’étude sera réalisée par un prestataire externe.&lt;/p&gt;
 &lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
 recommandations techniques de l’agence de l’eau, avec plans de 
 nivellement montrant les réseaux et la circulation des eaux pluviales 
 avant et après travaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S236" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T236" s="1" t="inlineStr">
+      <c r="T228" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U236" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V236" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviale.html</t>
         </is>
       </c>
-      <c r="W236" s="1" t="inlineStr">
+      <c r="W228" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X236" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y236" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z236" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-pour-les-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviales/</t>
         </is>
       </c>
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="237" spans="1:27" customHeight="0">
-      <c r="A237" s="1">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
         <v>165405</v>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Agir pour un territoire inclusif et développer la qualité de vie sur le territoire</t>
         </is>
       </c>
-      <c r="C237" s="1" t="inlineStr">
+      <c r="C229" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA4</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G237" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H237" s="1" t="inlineStr">
+      <c r="H229" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I237" s="1" t="inlineStr">
+      <c r="I229" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J237" s="1" t="inlineStr">
+      <c r="J229" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le GAL (Groupe d&amp;#039;Action Locale) Via Domitia, a un territoire connaissant un solde migratoire positif (la population augmente de &amp;#43;1% par an en moyenne), ainsi qu&amp;#039;un forte saisonnalité du fait de son caractère touristique. Le développement de ce territoire doit être concomitant avec le développement et l&amp;#039;amélioration de l&amp;#039;accès aux services et infrastructures pour tous et toutes, afin de conserver et contribuer à l&amp;#039;amélioration des conditions de vie de la population, sans impacter l&amp;#039;environnement. &lt;/p&gt;&lt;p&gt;Cette fiche action a pour but de répondre aux enjeux suivants:&lt;br /&gt;Avoir une offre de services favorisant la mixité des populations et accompagnant sa mutation&lt;br /&gt;Développer un territoire inclusif&lt;br /&gt;Lutter contre l&amp;#039;utilisation du tout voiture individuelle en favorisant la mobilité douce au quotidien, accompagner la transition&lt;br /&gt;Faciliter l&amp;#039;accès à une alimentation sain et de qualité&lt;/p&gt;&lt;p&gt;Elle a donc pour objectif de favoriser un accueil de qualité sur le territoire, notamment grâce à des politiques publiques adaptées en matière d&amp;#039;urbanisme, d&amp;#039;aménagement du territoire et d&amp;#039;alimentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;br /&gt;&lt;em&gt;5 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.1 : Lutter contre la précarité énergétique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.2 : Accompagner les initiatives en faveur de l&amp;#039;inclusion sur le territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.3 : Retenir et aider au retour des jeunes sur le territoire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.3.1 : &lt;/strong&gt;Soutenir les projets coconstruits avec les jeunes et leurs accompagnants &lt;br /&gt;&lt;strong&gt;4.3.2 :&lt;/strong&gt; Soutenir les initiatives en faveur de services et offres innovantes adaptées aux jeunes populations&lt;br /&gt;&lt;strong&gt;4.3.3 :&lt;/strong&gt; Appuyer l&amp;#039;émergence et le développement de structures ou d&amp;#039;initiatives en faveur de l&amp;#039;accompagnement des jeunes&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.4 : Contribuer aux actions de solidarité et de résilience alimentaire&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.4.1 : &lt;/strong&gt;Contribuer aux initiatives d&amp;#039;éducation à l&amp;#039;alimentation &lt;br /&gt;&lt;strong&gt;4.4.2 : &lt;/strong&gt;Contribuer aux actions de lutte contre la précarité alimentaire valorisant l&amp;#039;autoproduction et l&amp;#039;autoconsommation&lt;br /&gt;&lt;strong&gt;4.4.3 : &lt;/strong&gt;Contribuer aux recensements du potentiel alimentaire communal&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 4.5 : Améliorer les conditions de mobilité douce au quotidien&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;4.5.1 :&lt;/strong&gt; Soutien aux aménagements au sein des communes&lt;br /&gt;&lt;strong&gt;4.5.2 :&lt;/strong&gt; Actions, animations et services en faveur de la mobilité douce au quotidien &lt;br /&gt;&lt;strong&gt;4.5.3 : &lt;/strong&gt;Accompagnement aux démarches de démobilité&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M237" s="1" t="inlineStr">
+      <c r="M229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Chantiers participatifs de rénovation du bâti, actions de communication, actions de sensibilisation d&amp;#039;entreprises du bâtiment, action envers les publics défavorisés en ruralité, opération de rénovation du bâti ancien en centre bourg, expérimentations d&amp;#039;adaptations des PLU des centres anciens à l&amp;#039;adaptation climatique, etc. ;&lt;/li&gt;&lt;li&gt;Animation de réseaux professionnels dédiés à des publics spécifiques, action de formation et de sensibilisations, actions de lutte contre les violences sexuelles en milieu rural, action de sensibilisation sur les minorités en milieu rural, action de formation des agents, etc. ;&lt;/li&gt;&lt;li&gt;Aménagements pour jeunes publics, maison des jeunes, &amp;#34;Campus ruraux de projets&amp;#34;, projets d&amp;#039;aménagements et animations co-construits avec les jeunes, etc. ;&lt;/li&gt;&lt;li&gt;Formation de cuisines saine, action de sensibilisation à la précarité alimentaire, expérimentation de sécurité sociale alimentaire, achat d&amp;#039;un support de communication pour une association d&amp;#039;éducation à l&amp;#039;alimentation saine et durable, formation de production potagère à destination des citoyens, projet de jardins d&amp;#039;insertion, projets de jardins familiaux, développement d&amp;#039;une application pour le partage des denrées alimentaires, achat de matériels (irrigation, petits outils) à destination de jardins collectifs, réalisation d&amp;#039;un atlas de la biodiversité comestible, diagnostic des terres au potentiel maraicher, etc .&lt;/li&gt;&lt;li&gt;Aménagements cyclables, action innovante favorisant les déplacements doux pour l&amp;#039;école, schémas directeurs cyclables, plans globaux de déplacement et toutes autres études de mobilités portées par les communes et EPCI, animation favorisant la démobilité, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N229" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Alimentation
 Formation professionnelle
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P237" s="1" t="inlineStr">
+      <c r="P229" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q237" s="1" t="inlineStr">
+      <c r="Q229" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R237" s="1" t="inlineStr">
+      <c r="R229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectifs opérationnels : TOUS&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Création, reprise, développement et implantation d&amp;#039;entreprises et de filières ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;Plafond de l&amp;#039;aide FEADER : 100 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S237" s="1" t="inlineStr">
+      <c r="S229" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T237" s="1" t="inlineStr">
+      <c r="T229" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-pour-un-territoire-inclusif-et-developper-la-qualite-de-vie-sur-le-territoire/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA229" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>165441</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Echanger avec des villes européennes sur les enjeux urbains</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>City-to-City exchanges</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I230" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif &amp;#34;City-to-City exchanges&amp;#34; de l&amp;#039;Initiative urbaine européenne permet à deux ou trois autorités urbaines de réaliser des visites de terrain sur des enjeux urbains lié au développement urbain intégré qu&amp;#039;elles partagent : l&amp;#039;une est confrontée à ce défi et l&amp;#039;autre dispose d&amp;#039;une expertise susceptible d&amp;#039;aider à le relever !&lt;/p&gt;&lt;p&gt;L&amp;#039;appel réunit : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;1 ville confrontée à un problème spécifique lié au développement durable urbain (‘la ville candidate’) &lt;/li&gt;&lt;li&gt;1 à 2 autres villes d’un autre Etat membre disposant de l&amp;#039;expertise nécessaire pour aider la ville candidate à résoudre  (‘la ville paire’) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est possible de réaliser au total 3 visites de terrain de 2 à 5 jours.&lt;/p&gt;&lt;p&gt;Les thématiques acceptées doivent concernées les enjeux liés au développement urbain au sens large.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Transport et hébergement : jusqu&amp;#039;à 6 personnes pour la ville candidate et jusqu&amp;#039;à 4 personnes pour la ville paire&lt;/li&gt;&lt;li&gt;Tarif journalier pour les coûts de personnel : seulement pour la ville paire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il s&amp;#039;agit d&amp;#039;un &lt;strong&gt;appel ouvert en continu&lt;/strong&gt; avec un processus de candidature simple et rapide. Vous pouvez candidater quand vous voulez ! L&amp;#039;évaluation au fil d’eau, avec une réponse sous 4 semaines. Une fois approuvé, la collectivité a 1 mois de phase d’initiation pour préparer les visites. Par la suite, les activités doivent se réaliser sous 5 mois. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un modérateur expert&lt;/strong&gt; est contractualisé pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous aider à trouver une ville paire&lt;/li&gt;&lt;li&gt;Vous aider à préparer les visites, en révisant avec vous l’agenda&lt;/li&gt;&lt;li&gt;Faciliter les discussions sur place&lt;/li&gt;&lt;li&gt; Vous aider à préparer le rapport final&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Son rôle : s’assurer que vous tiriez le meilleur parti de l’activité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment trouver un partenaire européen ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Via l&amp;#039;outil &lt;a href="https://portico.urban-initiative.eu/urban-matchmaker" target="_self"&gt;Urban Matchmaker&lt;/a&gt; de la plateforme Portico&lt;/li&gt;&lt;li&gt;Via votre point de contact national&lt;/li&gt;&lt;li&gt;Via l&amp;#039;expert de l&amp;#039;Initiative urbaine européenne&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pourquoi participer ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accessibilité : procédure simplifiée et rapide sans lourdeur administrative&lt;/li&gt;&lt;li&gt;Efficacité : résultats concrets et opérationnels rapidement exploitables&lt;/li&gt;&lt;li&gt;Personnalisé : le candidat priorise et exprime ses besoins et choisit lui-même son partenaire champion&lt;/li&gt;&lt;li&gt;Flexibilité : large éventail thématique lié aux enjeux urbains durables&lt;/li&gt;&lt;li&gt;Accompagnement : expertise locale de la ville partenaire et expert modérateur&lt;/li&gt;&lt;li&gt;Visite en double sens : visite d’étude chez le partenaire et visite d’appui-conseil chez le demandeur&lt;/li&gt;&lt;li&gt;Coût : participation entièrement financée (sauf coûts de personnel)&lt;/li&gt;&lt;li&gt;Visibilité : mise en réseau, rayonnement local et européen&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Métropole européenne de Lille et Turin : Transformation urbaine, reconquête des berges et création de parc&lt;/p&gt;&lt;p&gt;La Rochelle et Reggio Emilia : Améliorer les politiques et services de la petite enfance pour des villes durables et inclusives&lt;/p&gt;&lt;p&gt;Métropole de Lyon et Düsserldorf : Former différemment pour améliorer l&amp;#039;efficacité des autorités publiques en matière de développement urbain durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ouvert à toute autorité urbaine européenne, sans critère de population. &lt;/li&gt;&lt;li&gt;Ouvert aux associations d’autorités urbaines (métropole, communautés d’agglomération,…). &lt;/li&gt;&lt;li&gt;Le formulaire de candidature « approuvé » par un représentant légal de l’institution. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les critères de qualité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sujet lié aux questions de développement durable urbain.&lt;/li&gt;&lt;li&gt;Motivation des villes participantes.&lt;/li&gt;&lt;li&gt;Cohérence du choix des pairs. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.urban-initiative.eu/capacity-building/city-to-city-exchanges/call</t>
+        </is>
+      </c>
+      <c r="W230" s="1" t="inlineStr">
+        <is>
+          <t>https://connect.urban-initiative.eu/login</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Veuillez contacter le point de contact national de l&amp;#039;Initiative urbaine européenne : Lauryn PIGNARRE - lauryn.pignarre&amp;#64;anct.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>lauryn.pignarre@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-avec-des-villes-europeennes-sur-les-enjeux-urbains/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I231" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K231" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N231" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O231" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P231" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q231" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S231" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T231" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U231" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V231" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X231" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y231" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z231" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA231" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V232" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W232" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E233" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G233" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K233" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N233" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O233" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S233" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U233" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V233" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W233" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X233" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y233" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z233" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA233" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E234" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G234" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K234" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N234" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O234" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S234" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U234" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V234" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X234" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y234" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z234" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>