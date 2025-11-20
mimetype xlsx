--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -112,81 +112,81 @@
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -4713,55 +4713,50 @@
         </is>
       </c>
       <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -7030,55 +7025,50 @@
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V23" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W23" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
       <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
@@ -14802,55 +14792,50 @@
         </is>
       </c>
       <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U60" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W60" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -15312,55 +15297,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T62" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U62" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V62" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W62" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X62" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -16927,283 +16907,110 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U72" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X72" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:27" customHeight="0">
       <c r="A73" s="1">
-        <v>119707</v>
+        <v>119945</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gérer les eaux superficielles</t>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>Gestion des eaux superficielles</t>
+          <t>Dotation de soutien à l'investissement local</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Eure</t>
+          <t>Préfectures de région</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
-          <t> Max : 20</t>
-[...4 lines deleted...]
-          <t>20% du montant HT</t>
+          <t> Max : 80</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
-        <is>
-[...166 lines deleted...]
-      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La
  &lt;strong&gt;
   dotation de soutien à l&amp;#039;investissement local
  &lt;/strong&gt;
  (DSIL) a été créée en 2016 afin de soutenir l&amp;#039;investissement local des collectivités du bloc communal, d&amp;#039;accompagner et de favoriser la transformation des territoires. Les décisions d&amp;#039;attribution de la DSIL relèvent du préfet de région et les crédits de cette dotation sont destinés à financer des opérations entrant dans l&amp;#039;une des 6 thématiques fixées par l&amp;#039;article L. 2334-42 du CGCT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique, transition énergétique, développement des énergies renouvelables
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes et sécurisation des équipements publics
  &lt;/li&gt;
  &lt;li&gt;
   Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements
  &lt;/li&gt;
  &lt;li&gt;
   Développement du numérique et de la téléphonie mobile
  &lt;/li&gt;
  &lt;li&gt;
   Création, transformation et rénovation des bâtiments scolaires
  &lt;/li&gt;
  &lt;li&gt;
@@ -17234,218 +17041,218 @@
  &lt;li&gt;
   pour 35% en fonction de la  population située dans une unité urbaine de moins de 50.000 habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour la première part, est prise en compte la population municipale des régions. Pour le département de Mayotte, la population DGF du département est retenue. Pour la seconde part, la population prise en compte est la population DGF des communes, telle que définie à l&amp;#039;article L. 2334-2 du CGCT et les unités urbaines sont celles qui figurent sur la liste publiée par l&amp;#039;Institut national de la statistique et des études économiques.
 &lt;/p&gt;
 &lt;p&gt;
  Cette répartition vise à apporter un soutien privilégié aux régions dans lesquelles se concentrent les collectivités de taille modeste qui peuvent rencontrer davantage de difficultés à mobiliser les financements nécessaires à des projets structurants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Gestion déconcentrée de la DSIL :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Depuis sa création en 2016, la gestion de la dotation de soutien à l&amp;#039;investissement local a été confiée à l&amp;#039;échelon régional, ce qui signifie que les préfets de région attribuent les subventions au titre de la DSIL en concertation avec les sous-préfets d&amp;#039;arrondissement et le préfet de département. Le caractère régional de la dotation permet aux préfets de région de s&amp;#039;adapter aux spécificités de leurs territoires sans être contraints par une enveloppe départementale et de mettre en œuvre des stratégies infrarégionales de manière souple, en priorisant les territoires disposant des ressources les moins élevées pour investir.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet de loi relatif à la différenciation, la décentralisation, la déconcentration et portant diverses mesures de simplification de l&amp;#039;action publique locale (3DS) réaffirme la compétence de principe du préfet de région pour l&amp;#039;attribution des subventions. Afin de fluidifier le processus d&amp;#039;attribution, il autorise néanmoins le préfet de département à signer les actes associés à l&amp;#039;attribution des subventions, au nom et par délégation du préfet de région et dans les conditions que celui-ci fixe.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M74" s="1" t="inlineStr">
+      <c r="M73" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique des bâtiments communaux
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de la mairie
  - Sécurisation des accès à l&amp;#039;école
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une piste cyclable - aménagement d&amp;#039;un chemin piéton dans le cadre des mobilités douces
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un terrain multi-sport - aménagement d&amp;#039;équipements sportifs divers
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un groupe scolaire
  - rénovation de la cantine scolaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-      <c r="A75" s="1">
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
         <v>120298</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Réaliser des analyses environnementales (eau, air, sol)</t>
         </is>
       </c>
-      <c r="D75" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Analyses environnementales</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>La Drôme Laboratoire</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H75" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K75" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L75" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Prélèvements et analyses d&amp;#039;échantillons d&amp;#039;eau, d&amp;#039;air, de sol, dans le cadre de projets d&amp;#039;aménagement du territoire, exploitation de stations d&amp;#039;épuration, gestion des boues d&amp;#039;épuration.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -17475,240 +17282,235 @@
  &lt;/li&gt;
  &lt;li&gt;
   Analyses d&amp;#039;eau de forage ou de puits pour les demandes de permis de construire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Recherche de Substances Dangereuses dans l&amp;#039;eau et les boues pour les stations d&amp;#039;épuration (intervention payante) :
 &lt;/strong&gt;
 &lt;p&gt;
  Le laboratoire départemental de la Drôme accompagne les exploitants des stations d&amp;#039;épuration pour la recherche et analyse des substances dangereuses dans les échantillons d&amp;#039;eaux résiduaires.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostic entrée/sortie, amont/aval de la station: prélèvement, mesures de débit, analyse et rapport d&amp;#039;intervention
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation des prélèvements et analyses des boues de STEP en vue de chantiers d&amp;#039;épandage (Cf. Chambre d&amp;#039;agriculture de la Drôme)
  &lt;/li&gt;
 &lt;/ul&gt;
 Mesures Éco-toxicologiques (intervention payante) :
 &lt;p&gt;
  Évaluation de la contamination chimique et de la toxicité d&amp;#039;un milieu aquatique (rivières, plans d&amp;#039;eaux, amont/aval de station d&amp;#039;épuration) grâce à l&amp;#039;utilisation de capteurs biologiques « gammares ».
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Qualité de l'air</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R75" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats mixtes
  &lt;/li&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Privés
  &lt;/li&gt;
  &lt;li&gt;
   Industriels
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/analyses-environnementales/</t>
         </is>
       </c>
-      <c r="W75" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Drôme Laboratoire
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:laboratoire&amp;#64;ladrome.fr"&gt;
     laboratoire&amp;#64;ladrome.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04.75.81.70.70
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.ladromelaboratoire.fr/"&gt;
     www.ladromelaboratoire.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/01f6-analyses-environnementales/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-      <c r="A76" s="1">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
         <v>120459</v>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Planter sur les biens communaux et intercommunaux</t>
         </is>
       </c>
-      <c r="E76" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G76" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="J76" s="1" t="inlineStr">
+      <c r="J75" s="1" t="inlineStr">
         <is>
           <t>subvention en nature</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de son plan Vendée Biodiversité et Climat, le Département développe des actions volontaristes, innovantes et pragmatiques. C&amp;#039;est dans cet esprit que s&amp;#039;inscrit l&amp;#039;action « Planter 600 000 arbres » en collaboration avec les Communes et les Établissements Publics de Coopération Intercommunale (E.P.C.I.).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;intervention du Département porte sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la réalisation des plantations,
  &lt;/li&gt;
  &lt;li&gt;
   la période de parachèvement des plantations (de la plantation jusqu&amp;#039;au constat de reprise des végétaux, soit 1 an au maximum),
  &lt;/li&gt;
  &lt;li&gt;
   la période de confortement des plantations (c&amp;#039;est-à-dire l&amp;#039;entretien des végétaux pendant 1 an à compter du constat de reprise des végétaux), soit une période totale de deux ans maximum à compter de la réalisation des plantations jusqu&amp;#039;au transfert de leur propriété à la Collectivité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette intervention revêt le caractère d&amp;#039;une subvention en nature.
 &lt;/p&gt;
 &lt;p&gt;
  Les plantations d&amp;#039;arbres et leur entretien seront prises en charge directement par le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Espaces verts
 Foncier
 Biodiversité
 Paysage
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le soutien du Département doit permettre la réalisation de nouveaux projets qui vont au-delà de ceux déjà programmés par les Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Les plantations doivent se situer sur des parcelles appartenant à la Commune ou à l&amp;#039;Établissement Public de Coopération Intercommunale (E.P.C.I.) sans destination ou usage possible (pas de vocation agricole, difficulté d&amp;#039;entretien, délaissés de toute nature,...). Cette mesure ne concerne pas les aménagements paysagers et de loisirs.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets seront co-construits entre la Collectivité et le Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets peuvent concerner une ou plusieurs opérations de plantations qui doivent au global présenter les caractéristiques suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   constitutions de bosquets d&amp;#039;une surface minimale de 500 m2 ;
  &lt;/li&gt;
  &lt;li&gt;
   ou plantations de haies d&amp;#039;un minimum de 100 mètres linéaires ;
  &lt;/li&gt;
  &lt;li&gt;
   ne pas avoir comme finalité première la productivité et la valorisation économique (la valorisation des produits des coupes d&amp;#039;entretien réalisées dans le respect des règles est toutefois possible) ;
  &lt;/li&gt;
@@ -17763,172 +17565,172 @@
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;achat des matériaux relatifs à la plantation (paillage biodégradable, protection anti-gibier biodégradable et tuteurage),
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de préparation de terrain,
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de plantation,
  &lt;/li&gt;
  &lt;li&gt;
   la préparation ou la fourniture du paillage biodégradable,
  &lt;/li&gt;
  &lt;li&gt;
   la pose du paillage biodégradable, des protections biodégradables et du tuteurage,
  &lt;/li&gt;
  &lt;li&gt;
   la période de parachèvement puis la période de confortement des plants pour une durée maximum de 2 ans,
  &lt;/li&gt;
  &lt;li&gt;
   la remise de conseils pour la gestion des plantations.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T76" s="1" t="inlineStr">
+      <c r="T75" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
 &lt;/p&gt;
 &lt;p&gt;
  Service Agriculture et Pêche
 &lt;/p&gt;
 &lt;p&gt;
  40, rue du Maréchal Foch
 &lt;/p&gt;
 &lt;p&gt;
  85923 LA ROCHE-SUR-YON CEDEX 9
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02.28.85.86.37    Fax : 02.51.44.20.25
 &lt;/p&gt;
 &lt;p&gt;
  E-mail :
  &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
   agriculture&amp;#64;vendee.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>gaelle.daviaud@vendee.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/161d-planter-sur-les-biens-communaux-et-intercommu/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>120596</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Financer les projets structurants des communes gersoises (DDR+)</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Dotation départementale Rurale Plus (DDR+)</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Gers</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I77" s="1" t="inlineStr">
+      <c r="I76" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J77" s="1" t="inlineStr">
+      <c r="J76" s="1" t="inlineStr">
         <is>
           <t>Pas de taux fixe</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
 &lt;/p&gt;
 &lt;p&gt;
  Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -17956,66 +17758,66 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P77" s="1" t="inlineStr">
+      <c r="P76" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q77" s="1" t="inlineStr">
+      <c r="Q76" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Les projets relevant des typologies suivantes sont prioritaires :
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les opérations favorisant le développement des mobilités douces ou partagées,
  &lt;/li&gt;
  &lt;li&gt;
   les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation énergétique des logements communaux à vocation sociale,
  &lt;/li&gt;
  &lt;li&gt;
   les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
  &lt;/li&gt;
  &lt;li&gt;
   les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
@@ -18027,179 +17829,179 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
  &lt;/li&gt;
  &lt;li&gt;
   les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
  &lt;/li&gt;
  &lt;li&gt;
   les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
  &lt;/li&gt;
  &lt;li&gt;
   les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
  &lt;/li&gt;
  &lt;li&gt;
   la rénovation de structure des ouvrages d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T76" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Gers</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  E-mail :
  &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
   subventions.dmit&amp;#64;gers.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>ingenierie@gers.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
         <v>121006</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Subzen</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale vous propose
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
   l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
 &lt;/p&gt;
 &lt;p&gt;
  La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
  &lt;/li&gt;
  &lt;li&gt;
   Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
  &lt;/li&gt;
  &lt;li&gt;
   Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M78" s="1" t="inlineStr">
+      <c r="M77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -18220,1328 +18022,748 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
 &lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
 &lt;p&gt;
  Après étude et acceptation de votre dossier par La Banque Postale.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...594 lines deleted...]
-      <c r="A81" s="1">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
         <v>121461</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Eduquer au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Education au territoire et à l'environnement</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le syndicat mixte du PNR des Baronnies provençales met en relation un réseau de professionnels susceptibles d&amp;#039;intervenir dans les écoles, les collèges, les lycées et les centres de loisirs et de vacances dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement, avec les communautés pédagogiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les interventions des professionnels sont financées grâce à des subventions régionales gérées par le syndicat mixte du Parc. Les professionnels et les enseignants entrent ainsi dans un réseau de professionnels qui peut bénéficier de formations dans le champ de l&amp;#039;éducation au territoire et à l&amp;#039;environnement. Les projets sont valorisés dans plusieurs médias portés par le syndicat mixte du Parc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M81" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  À Taulignan , la classe de Quentin Sanchez est partie sur les traces du patrimoine local grâce à l&amp;#039;œil aiguisé de la photographe Anna Puig - Rosado de l&amp;#039;Atelier Bildo photo. Mêlant histoire moderne et découverte de la photographie, les élèves de CE1- CE2 ont étudié de vieilles cartes postales du village et les lieux représentés. À partir de ces prises de vue, ils se sont concrètement aperçus des changements qu&amp;#039;a connus le village : la filature est devenue salle d&amp;#039;escalade, la gare est devenue gendarmerie, etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R81" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se trouver dans le périmètre classé du Parc naturel régional des Baronnies provençales, se trouver dans une ville-porte du Parc
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>PNR des Baronnies provençales (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.baronnies-provencales.fr/publication/le-petit-baroniard-2021/</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Matthieu MORARD
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission éducation au territoire et à l&amp;#039;environnement
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  mmorard&amp;#64;baronnies-provencales.fr
 &lt;/p&gt;
 &lt;p&gt;
  04.75.26.79.03
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>eruin@baronnies-provencales.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
         <v>123492</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G82" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M82" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>Sols
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
 Foncier
 Accès aux services
 Cohésion sociale et inclusion
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
-Valorisation d'actions</t>
-[...2 lines deleted...]
-      <c r="O82" s="1" t="inlineStr">
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
-[...20 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
         <v>126877</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Être aidé pour réaliser des documents de planification (SCoT, PLUI...)</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LES OUTILS DE PLANIFICATION TERRITORIALE
  &lt;/strong&gt;
  &lt;br /&gt;
  Les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur. Dans ce contexte,
   les agences d&amp;#039;urbanisme sont nombreuses à accompagner les territoires dans l&amp;#039;élaboration de leur Scot et/ou de leur PLUI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M83" s="1" t="inlineStr">
+      <c r="M80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet...); Exemple de réalisations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/plan-local-durbanisme-intercommunal-projet-damenagement-et-de-developpement-durables-padd-communaute-de-communes-de-la-houve-et-du-pays-boulageois/" target="_self"&gt;
    Réalisation du Plan local d&amp;#039;urbanisme intercommunal par l&amp;#039;agence des agglomérations de Moselle
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/oap-et-reglement-deux-outils-au-service-de-la-mise-en-oeuvre-du-padd-concevoir-leur-doctrine-demploi-en-complementarite/" target="_self"&gt;
    OAP et règlement : deux outils au service de la mise en œuvre du PADD – Concevoir leur doctrine d&amp;#039;emploi en complémentarité
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.fnau.org/fr/publication/le-plan-local-durbanisme-intercommunal-valant-programme-local-de-lhabitat-et-plan-de-mobilite-le-plui-hd/" target="_self"&gt;
    Le plan local d&amp;#039;urbanisme intercommunal valant Programme local de l&amp;#039;habitat et Plan de mobilité : le PLUi-HD
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.aurh.fr/projets-et-actions/plui-le-havre-seine-metropole?#" target="_self"&gt;
    PLUi Le Havre Seine Métropole
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie locale et circuits courts
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T83" s="1" t="inlineStr">
+      <c r="T80" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin.
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   Consulter la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   Retrouvez les contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également contacter la fédération nationale des agences d&amp;#039;urbanisme qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/83a6-etre-aide-pour-batir-des-strategies-territori/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>132278</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -19570,565 +18792,565 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
         <v>132578</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre un aménagement foncier agricole, forestier et environnemental (AFAFE)</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Les modes d’aménagement foncier rural en secteur agricole et sylvicole</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I85" s="1" t="inlineStr">
+      <c r="I82" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J85" s="1" t="inlineStr">
+      <c r="J82" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En application du titre II du livre 1er du code rural et de la pêche maritime, différents modes d&amp;#039;aménagement foncier rural (ex-remembrements agricoles, échanges et cessions amiables de parcelles forestières) peuvent être mis en œuvre et accompagnés par le Département, selon le règlement d&amp;#039;intervention et de financement accessible en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Agriculture et agroalimentaire
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S82" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T82" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2024/01/CD52_231215_01_rglt_amgt-foncier-rural.pdf</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e7eb-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
         <v>133056</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des friches</t>
         </is>
       </c>
-      <c r="C86" s="1" t="inlineStr">
+      <c r="C83" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M86" s="1" t="inlineStr">
+      <c r="M83" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
   &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
    Consulter la cartographie intéractive
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
   &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
    Consulter l&amp;#039;Observatoire
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V83" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X83" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
         <v>133059</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C87" s="1" t="inlineStr">
+      <c r="C84" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M87" s="1" t="inlineStr">
+      <c r="M84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -20149,384 +19371,384 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>139926</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Financer des projets vertueux en termes d'environnement (dont les projets de transitions énergétiques)</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Transition écologique</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Avenir Sancy - Transition écologique concerne le financement des projets vertueux en termes d&amp;#039;environnement, dont les projets de transitions énergétiques.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide financière sera réalisée selon plusieurs critères : la plus-value en termes d&amp;#039;utilité sociale et environnementale engendrée par le projet et son ambition en matière de transition écologique.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 100 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 20 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 100 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 15 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche, soit à partir de 200 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 15 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière maximale de la CCMS sera donc de 50 000 € pour un projet dont les dépenses subventionnables dépassent 200 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides de la CCMS.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément au principe du fonds de concours, l&amp;#039;intervention de la CCMS est limitée à 50% du reste à charge, cofinancements déduits.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Biodiversité
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P88" s="1" t="inlineStr">
+      <c r="P85" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q88" s="1" t="inlineStr">
+      <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  c.maitre&amp;#64;cc-massifdusancy.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d74a-dotations-avenir-sancy-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>139927</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -20572,187 +19794,187 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P89" s="1" t="inlineStr">
+      <c r="P86" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q89" s="1" t="inlineStr">
+      <c r="Q86" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-      <c r="A90" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>141752</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>​​Accompagner l'aménagement d’une cour d’école​</t>
         </is>
       </c>
-      <c r="C90" s="1" t="inlineStr">
+      <c r="C87" s="1" t="inlineStr">
         <is>
           <t>Cités éducatives</t>
         </is>
       </c>
-      <c r="D90" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Aménagement d'espace (péri)scolaire</t>
         </is>
       </c>
-      <c r="E90" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
-      <c r="G90" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans une démarche de co-design, s&amp;#039;appuyant sur un outil d&amp;#039;aide à la co-conception d&amp;#039;aménagement de vos espaces pédagogiques, nos équipes vous accompagnent dans la mise en place de la cour d&amp;#039;école de demain. L&amp;#039;objectif est de faciliter le travail en co-design pour qu&amp;#039;un collectif soit en mesure de créer des espaces pensés par et pour leurs utilisateurs et permettre une meilleure appropriation de ces espaces par leurs usagers pour les utiliser et les faire vivre.
 &lt;/p&gt;
 &lt;p&gt;
  Prix : sur devis
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M90" s="1" t="inlineStr">
+      <c r="M87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Une collectivité souhaite rénover la cour de récréation d&amp;#039;une de ses écoles.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un projet par et pour ses utilisateurs co-piloté par l&amp;#039;Atelier Canopé de votre département.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les communautés impliquées dans le projet : les élus, les personnels de la collectivité, les personnels périscolaires, les enseignants, les parents d&amp;#039;élèves, les habitants du quartier... et bien entendu les élèves !
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Un projet en quatre phases principales
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    se projeter :
   &lt;/strong&gt;
   &lt;em&gt;
@@ -20771,169 +19993,169 @@
   . Pendant une journée, entre 30 et 50 personnes se retrouveront pour construire des prototypes de réhabilitation à partir des conclusions du rapport d&amp;#039;étonnement via un hackathon. Des experts (services techniques, architectes, paysagers...) sont présents tout au long de la journée pour aider les équipes et les médiateurs Canopé accompagnent chacun des groupes. À l&amp;#039;issue de cette journée, un vote permet de faire émerger les trois projets les plus aboutis.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    finaliser
   &lt;/strong&gt;
   :
   &lt;em&gt;
    l&amp;#039;incubation
   &lt;/em&gt;
   . Les participants des trois projets retenus sont réunis pour une dernière journée de mise en commun des idées afin d&amp;#039;obtenir le projet qui sera mis en oeuvre.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    vivre
   &lt;/strong&gt;
   :
   &lt;em&gt;
    la formation et l&amp;#039;accompagnement
   &lt;/em&gt;
   . Une fois le chantier livré,  les enseignants et le service périscolaire seront accompagnés ; pour les aider à vivre et faire vivre ce nouvel espace, des ressources  et des formations adaptées aux enjeux leur seront proposées
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Transition énergétique
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O90" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cette offre de service s&amp;#039;adresse à toutes les collectivités désireuses de faire travailler ensemble dans une démarche de co-design tous les partenaires impliqués et concernés par le projet de réaménagement d&amp;#039;un espace scolaire ou périscolaire au bénéfice du bien-être des élèves.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
         </is>
       </c>
-      <c r="X90" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département :
  &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;
   https://www.reseau-canope.fr/nous-trouver/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y90" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>frederic.kapala@reseau-canope.fr</t>
         </is>
       </c>
-      <c r="Z90" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/190f-accompagner-lamenagement-dune-cour-decole-fac/</t>
         </is>
       </c>
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-      <c r="A91" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>142229</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
+      <c r="C88" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D91" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E91" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G91" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -21093,51 +20315,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N91" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -21147,56 +20369,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O91" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R91" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -21225,154 +20447,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S91" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X91" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y91" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z91" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-      <c r="A92" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>142680</v>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C92" s="1" t="inlineStr">
+      <c r="C89" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D92" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E92" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G92" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H92" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K92" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -21485,51 +20707,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N92" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -21547,56 +20769,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O92" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R92" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -21639,150 +20861,150 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S92" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T92" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U92" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V92" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X92" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z92" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-      <c r="A93" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>142764</v>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Rassembler tous les acteurs volontaires pour produire des ressources ouvertes</t>
         </is>
       </c>
-      <c r="D93" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Sobriété et Résilience des Territoires </t>
         </is>
       </c>
-      <c r="E93" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G93" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H93" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L93" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;appel à communs est un mode d&amp;#039;intervention dont l&amp;#039;entrée collaborative, dès la phase d&amp;#039;idéation du projet, est au cœur du dispositif.
  &lt;br /&gt;
  &lt;strong&gt;
   Attention :
  &lt;/strong&gt;
  les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir) :
  &lt;br /&gt;
  https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
 &lt;/p&gt;
 &lt;p&gt;
  Les projets éligibles répondent aux quatre critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   ils sont développés en licences ouvertes ;
  &lt;/li&gt;
  &lt;li&gt;
   ils intègrent des communautés d&amp;#039;utilisateurs et de contributeurs ;
  &lt;/li&gt;
  &lt;li&gt;
   ils sont documentés sur le support public de l&amp;#039;appel à communs (le Wiki) ;
@@ -21817,147 +21039,142 @@
  &lt;li&gt;
   un accompagnement de l&amp;#039;équipe      conseil externe, spécialiste des communs (licence, gouvernance, modèle      économique, communautés) ;
  &lt;/li&gt;
  &lt;li&gt;
   un financement de l&amp;#039;ADEME ne      pouvant pas dépasser 70 % du montant éligible. Le taux d&amp;#039;aide appliqué est      fixé par l&amp;#039;ADEME lors de l&amp;#039;instruction du dossier en fonction du système      d&amp;#039;aide dont le dossier dépendra.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les candidatures doivent être déposées sur le Wiki (seuls les communs lauréats déposeront sur Agir)
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  https://wiki.resilience-territoire.ademe.fr/wiki/Accueil
 &lt;/p&gt;
 &lt;p&gt;
  Le site de l&amp;#039;appel à communs :
  &lt;br /&gt;
  https://resilience-territoire.ademe.fr/
 &lt;/p&gt;
 &lt;p&gt;
  1 https://librairie.ademe.fr/urbanisme-et-batiment/6149-retour-d-experience-du-1er-appel-a-commun-de-l-ademe.html
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230418/sobriete-resilience-territoires</t>
         </is>
       </c>
-      <c r="W93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
          sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cbf3-sobriete-et-resilience-des-territoires/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-      <c r="A94" s="1">
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
         <v>143273</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Accompagner pour réaliser des études géotechniques</t>
         </is>
       </c>
-      <c r="E94" s="1" t="inlineStr">
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G94" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K94" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réalisation de reconnaissances, essais, études et suivi dans le domaine géotechnique
  &lt;/strong&gt;
  est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela, vous cherchez  un appui technique et une expertise géotechnique pointue notamment pour
  &lt;strong&gt;
   les terrassements et pour les ouvrages construits dans des environnements techniques défavorables notamment souterrains.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -21977,135 +21194,135 @@
  &lt;/li&gt;
  &lt;li&gt;
   Reconnaissances et essais en place : prélèvement de sols, pose de piézomètres, essais pressiométriques Ménard, essais perméabilité ; pénétromètre dynamique, diagraphies de la radioactivité naturelle ;
  &lt;/li&gt;
  &lt;li&gt;
   Essais de laboratoires ;
  &lt;/li&gt;
  &lt;li&gt;
   Utilisation des bases de données historiques : études géotechniques, sondages ;
  &lt;/li&gt;
  &lt;li&gt;
   Modélisation en mécanique des sols ;
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;études géologiques et géotechniques ;
  &lt;/li&gt;
  &lt;li&gt;
   Contrôles extérieur des travaux géotechniques ;
  &lt;/li&gt;
  &lt;li&gt;
   Suivi de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O94" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/etudes-geotechniques</t>
         </is>
       </c>
-      <c r="X94" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acda-accompagner-pour-realiser-des-etudes-geotechn/</t>
         </is>
       </c>
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-      <c r="A95" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>143277</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Accompagner les citadins dans leur besoin de nature : la canopée urbaine !</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L95" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Collectivités, vous recherchez des conseils pour intégrer la nature en ville et renaturer les espaces urbanisés ?
 &lt;/p&gt;
 &lt;p&gt;
  Un projet de canopée urbaine peut vous aider :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   A une échelle globale, à planifier des actions pour améliorer l&amp;#039;ambiance urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   A l&amp;#039;échelle de chaque projet concret, à déployer des solutions fondées sur la nature.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
   &lt;br /&gt;
@@ -22138,291 +21355,286 @@
  &lt;li&gt;
   Réhabiliter les friches pour limiter l&amp;#039;étalement urbain et lutter contre l&amp;#039;artificialisation des sols
  &lt;/li&gt;
  &lt;li&gt;
   Contribuer à l&amp;#039;amélioration du cadre de vie.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Formation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sensibilisation des agents territoriaux aux enjeux de la nature en ville et du paysage urbain
  &lt;/li&gt;
  &lt;li&gt;
   Webinaires sur les enjeux de la nature en ville et de l&amp;#039;adaptation au changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   Webinaires sur la dés-imperméabilisation des cours d&amp;#039;écoles.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M95" s="1" t="inlineStr">
+      <c r="M92" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Choisir de manière pertinente les espèces à planter en fonction des services souhaités, avec l&amp;#039;outil innovant SESAME - Services EcoSystémiques rendus par les Arbres, Modulés selon l&amp;#039;Essence – pour la ville de Metz et Metz Métropole
  &lt;/li&gt;
  &lt;li&gt;
   Adapter la ville aux îlots de chaleur urbains, avec l&amp;#039;outil de diagnostic climatique urbain Diaclimap pour la Métropole Européenne de Lille et Clermont Auvergne Métropole
  &lt;/li&gt;
  &lt;li&gt;
   Explorer des solutions pour la ville de demain avec la renaturation des sols pour les bureaux d&amp;#039;études et collectivités d&amp;#039;Ile-de-France
  &lt;/li&gt;
  &lt;li&gt;
   Optimiser l&amp;#039;évapotranspiration de la végétation sur le futur village des athlètes Paris 2024 et son impact sur le microclimat pour la Société de livraison des ouvrages olympiques (SOLIDEO).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Biodiversité
 Appui méthodologique
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/accompagner-citadins-leur-besoin-nature-canopee-urbaine</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aed3-accompagner-les-citadins-dans-leur-besoin-de-/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>143374</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Recenser et cartographier les cavités souterraines</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
  &lt;br /&gt;
  La sécurisation de votre domaine public est au cœur de vos préoccupations et vous souhaitez faire les meilleurs choix en matière d&amp;#039;aménagement du territoire.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour cela, vous cherchez des solutions efficaces pour connaître les risques d&amp;#039;effondrement et proposer des solutions de prévention ou de remédiation notamment pour limiter ou réduire la vulnérabilité des personnes et des biens soumis aux risques d&amp;#039;effondrement du sol.
  &lt;br /&gt;
  La réponse du Cerema
  &lt;br /&gt;
  &lt;br /&gt;
  Le Cerema vous accompagne sur ces problématiques de mouvements de terrain et d&amp;#039;effondrement en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Dans ce cadre nous intervenons sur :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Définition de programmes de reconnaissances spécifiques pour recherche de cavités souterraines ;
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de cartes informatives, caractérisation et zonage d&amp;#039;aléas ;
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostics tels que karstogénèse et ses facteurs d&amp;#039;évolution, stabilité de carrières souterraines, ... ;
  &lt;/li&gt;
  &lt;li&gt;
   Instrumentation in-situ pour surveillance - télémesures ;
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de modèles géomécaniques ;
  &lt;/li&gt;
  &lt;li&gt;
   Assistance et proposition de solutions techniques (parades actives et passives) ;
  &lt;/li&gt;
  &lt;li&gt;
   Dimensionnement de confortements – Calculs de fondations spéciales (superficielles ou profondes) et traitement des vides (comblement – injection) ;
  &lt;/li&gt;
  &lt;li&gt;
   Suivi de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/gestion-cavites-souterraines</t>
         </is>
       </c>
-      <c r="W96" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/98ec-recenser-et-cartographier-les-cavites-souterr/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-      <c r="A97" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>143406</v>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Former pour elaborer le zonage pluvial, un outil essentiel pour votre territoire (Formation)</t>
         </is>
       </c>
-      <c r="E97" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G97" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H97" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K97" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L97" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;urbanisation et l&amp;#039;imperméabilisation croissante des sols engendrent et accentuent les phénomènes d&amp;#039;inondations et de pollutions des milieux aquatiques. Le changement climatique renforce les risques liés à ces phénomènes.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La collectivité compétente doit définir la politique de gestion des eaux pluviales qu&amp;#039;elle souhaite porter, afin que l&amp;#039;urbanisation (actuelle et future) ait un impact le plus faible possible sur le cycle naturel de l&amp;#039;eau, l&amp;#039;environnement au sens large et indirectement sur les finances de la collectivité .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;article L.2224-10 du code général des collectivités territoriales prévoit que les communes (ou leurs groupements compétents) délimitent un zonage pluvial adapté à leur territoire en répondant aux enjeux actuels.
 &lt;/p&gt;
 &lt;p&gt;
  Pour la collectivité compétente, l&amp;#039;élaboration du zonage pluvial constitue une obligation pour les territoires à enjeu qui s&amp;#039;inscrit dans une politique plus globale d&amp;#039;amélioration du cadre de vie et de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Une démarche propre à chaque territoire doit être élaborée, cette formation proposera une méthodologie décomposée en plusieurs étapes pour l&amp;#039;élaboration du document.
 &lt;/p&gt;
 &lt;p&gt;
  En référence, un guide méthodologique a été publié par le Cerema pour aider et accompagner les acteurs dans cette démarche, en s&amp;#039;appuyant sur des exemples de mise en en place et de mise en œuvre d&amp;#039;un zonage pluvial.
 &lt;/p&gt;
 &lt;p&gt;
  Cette formation s&amp;#039;appuie sur les préconisations du guide zonage pluvial et du P&amp;#039;tit Essentiel associé.
 &lt;/p&gt;
 &lt;h3&gt;
@@ -22563,508 +21775,508 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;évaluation
 &lt;/h4&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;h4&gt;
  Accessibilité de nos formations aux personnes en situation de handicap
 &lt;/h4&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap : naima.ait-el-hadj&amp;#64;cerema.fr
 &lt;/p&gt;
 &lt;h4&gt;
  Délais d&amp;#039;accès
 &lt;/h4&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N97" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Education et renforcement des compétences
 Risques naturels
 Biodiversité
 Appui méthodologique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O97" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S97" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U97" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V97" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-elaborer-zonage-pluvial-outil-essentiel-votre</t>
         </is>
       </c>
-      <c r="X97" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z97" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/71ec-former-pour-elaborer-le-zonage-pluvial-un-out/</t>
         </is>
       </c>
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="98" spans="1:27" customHeight="0">
-      <c r="A98" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>143860</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les acteurs de vos territoires et créer des projets collectifs résilients, durables et ancrés localement !</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Accompagnement de collectivités dans la transformation de leurs territoires</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Makesense</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H98" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les transitions ne s&amp;#039;inventent pas seul, dans un bureau, elles s&amp;#039;expérimentent et se vivent sur le terrain avec celles et ceux qui composent les territoires : les habitant·es, les élu·es, les acteurs économiques et associatifs... Créer des rencontres, orchestrer des collaborations, favoriser les approches transverses font émerger des projets résilients, durables et ancrés dans leur territoire. On vous accompagne ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Mobilisez les parties prenantes autour de vos politiques publiques
  &lt;/strong&gt;
  : Vous voulez co-construire des projets et des politiques publiques qui font sens sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons et vous formons à la mobilisation de votre écosystème grâce à des expériences de contribution active : diagnostics participatifs, animation d&amp;#039;ateliers d&amp;#039;intelligence collective, animation de collectifs dans la durée, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   2) Lancez des dynamiques collaboratives sur vos problématiques prioritaires :
  &lt;/strong&gt;
  Transition énergétique, alimentaire, mobilité douce, vous avez identifié des sujets prioritaires qui ne pourront se résoudre que si des actions coordonnées se mettent en place sur le territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous aidons à lancer et à implémenter des coalitions d&amp;#039;acteurs : diagnostic et cartographie, identification des acteurs clés, animations d&amp;#039;ateliers collaboratifs (collaborathons), animation de groupes de travail, développement des projets dans le temps par des collectifs, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3) Faites émerger des projets impactants sur votre territoire :
  &lt;/strong&gt;
  Vous avez identifié des problématiques qui nécessitent la création de nouvelles solutions à l&amp;#039;échelle de votre territoire ?
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous accompagnons à faire émerger et à développer des projets à impact social tout en vous formant à de nouveaux outils d&amp;#039;accompagnement : identification des problématiques, atelier d&amp;#039;émergences d&amp;#039;idées, design de parcours, sourcing de potentiels entrepreneurs et porteurs de solutions, accompagnement pour viabiliser les projets dans le temps, etc. Voir nos
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   références&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M98" s="1" t="inlineStr">
+      <c r="M95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous trouverez des exemples
  &lt;a href="https://france.makesense.org/wp-content/uploads/sites/6/2023/01/makesense-banque-de-cas-territoires.pdf" target="_self"&gt;
   ici
 &lt;/a&gt;ou encore :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Evry-Courcouronnes : Depuis 2022, une dynamique collective a été enclenchée à Evry-Courcouronnes. Un comité de la ville apprenante a rassemblé les acteurs représentatifs du territoire autour de la science au service du bien commun. Un forum réunissant plusieurs dizaines de personnes a été organisé pour décider collectivement des projets à adresser en 2023 autour de l&amp;#039;alimentation et la santé, les discriminations, la promotion du langage et de la lecture, etc. &lt;/li&gt;&lt;li&gt;Métropole de Rouen x WWF : Les collaborathons organisés à Rouen avec WWF suite à la COP21 locale pour faire baisser les émissions carbone de la métropole ont permis de rassembler environ 90 entreprises locales et 30 porteurs de solutions afin de collaborer sur des enjeux de mobilité douce, l&amp;#039;éco-renovation, l&amp;#039;énergie solaire, ou encore le 0 déchet.&lt;/li&gt;&lt;li&gt;Parc naturel régional de la haute vallée de Chevreuse : Le
  &lt;a href="https://france.makesense.org/media/parc-naturel-regional-de-la-haute-vallee-de-chevreuse-quand-linnovation-sociale-fait-battre-le-coeur-du-territoire/" target="_self"&gt;
   programme
  &lt;/a&gt;
  a permis de former 9 agents du Parc naturel régional et de faire émerger 19 projets sur des enjeux clés du territoire, comme Nos Toits Solaires, un regroupement d&amp;#039;installations solaires photovoltaïques individuelles conçu pour être géré entre voisins à l&amp;#039;échelle d&amp;#039;un quartier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si vous vous reconnaissez dans ces expériences qui guident nos projets :
 &lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;
  Une expérience contributive : Les expériences que nous proposons à travers nos différents accompagnements permettent à chacune et chacun de prendre conscience de ses capacités de contribution et de prendre part activement au projet. Les agents d&amp;#039;Evry-Courcouronnes ont été parties prenantes actives dans la conception et l&amp;#039;animation du nouveau comité multi-acteurs pour le territoire.
  &lt;/li&gt;&lt;li&gt;
  Une expérience de mise en action : Nous mettons en mouvement les acteurs et leur donnons outils et méthodes pour atteindre les ambitions de leurs projets à fort impact. En travaillant aux côtés de Saint-Quentin-En-Yvelines dans la mobilisation des acteurs privés du territoire, des projets communs ont pu émerger.
 &lt;/li&gt;&lt;li&gt;
  Une expérience formatrice : Nous formons et outillons durablement nos interlocuteurs aux méthodes de collaboration et d&amp;#039;innovation sociale : animation de communauté, outils d&amp;#039;intelligence collective, gestion de projet agile, collaboration écosystème, accompagnement de projets à impact, etc. Les agents du PNR de la Haute Vallée de Chevreuse ont été formés aux outils de design thinking et d&amp;#039;accompagnement de projets à impact pour pouvoir, à terme, reprendre la gestion du programme.
  &lt;/li&gt;&lt;li&gt;
  Une expérience partenariale : Nous ne sommes pas un cabinet de conseil mais un partenaire de confiance pour penser et expérimenter des projets sur le territoire. Nous appliquons toujours la même charte pour créer de vraies relations de confiance : transparence, valorisation des expertises, accessibilité, expérimentation et bienveillance. Nos partenaires sont invités aux évènements makesense et deviennent parties prenantes de la communauté.
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://france.makesense.org/organisations/collectivites/</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvia Garzon : &lt;a href="mailto:sylvia.garzon&amp;#64;makesense.org" target="_self"&gt;sylvia.garzon&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Gabriel Boccara : &lt;a href="mailto:gabriel.boccara&amp;#64;makesense.org" target="_self"&gt;gabriel.boccara&amp;#64;makesense.org&lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>sylvia.garzon@makesense.org</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8bcf-mobilisez-les-acteurs-de-vos-territoires-et-c/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>144505</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Participer au financement des études structurantes des territoires de projets</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I99" s="1" t="inlineStr">
+      <c r="I96" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J99" s="1" t="inlineStr">
+      <c r="J96" s="1" t="inlineStr">
         <is>
           <t>Plafond de dépense subventionnable : 100.000€ HT</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études structurantes des territoires portées à l’échelle d’un EPCI, d’un PETR ou d’un groupement d’EPCI peuvent être subventionnées lorsqu’elles répondent à :&lt;br /&gt;- des objectifs de cohésion et de développement des territoires,&lt;br /&gt;- la mise en œuvre de la territorialisation de stratégies départementales (hors études relevant de règlements sectoriels - tourisme, la mobilité, le transport, et les schémas directeurs cyclables éligibles…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espace public
 Voirie et réseaux
 Recyclage et valorisation des déchets
 Accès aux services
 Risques naturels
 Equipement public
 Accessibilité
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes reconnues comme structurantes dépassant le cadre d&amp;#039;un seul EPCI ou engagées à l&amp;#039;échelle d&amp;#039;un CRTE.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/partage-documentaire</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
  Secrétariat : 05 58 05 40 22
 &lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d6f-participer-au-financement-des-etudes-structur/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>144547</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M100" s="1" t="inlineStr">
+      <c r="M97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -23107,862 +22319,371 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R100" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W100" s="1" t="inlineStr">
+      <c r="W97" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-[...491 lines deleted...]
-      <c r="A103" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>147706</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C103" s="1" t="inlineStr">
+      <c r="C98" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I103" s="1" t="inlineStr">
+      <c r="I98" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P103" s="1" t="inlineStr">
+      <c r="P98" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q103" s="1" t="inlineStr">
+      <c r="Q98" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>150687</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -24003,552 +22724,547 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R104" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>151212</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Accompagner les innovations dans le secteur de l’eau pour permettre d’accélérer les futures mises en marché de solutions</t>
         </is>
       </c>
-      <c r="D105" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>Innov Eau</t>
         </is>
       </c>
-      <c r="E105" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H105" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cet appel à projet ambitionne d&amp;#039;anticiper la transition hydrique en intégrant l&amp;#039;enjeu « eau » dans France 2030, et il contribuera à soutenir l&amp;#039;innovation en France suivant les axes suivants :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Agir en amont sur la gestion de la ressource naturelle dans un contexte de changement climatique
   &lt;/strong&gt;
   , par exemple en déployant des solutions basées sur la sobriété et sur la nature ou en développant des solutions de gestion des eaux pluviales à la source.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Économiser la ressource : sécuriser l&amp;#039;acheminement en limitant efficacement les pertes hydriques et agir sur les usages de l&amp;#039;eau,
   &lt;/strong&gt;
   notamment en promouvant des solutions pour une meilleure gestion et maintenance des réseaux d&amp;#039;eau, ou en soutenant les nouveaux outils favorisant la sobriété et conçus pour une gestion optimisée de la ressource chez les particuliers, dans l&amp;#039;industrie et dans l&amp;#039;agriculture (réutilisation des eaux usées traitées, changement de process etc.).
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Renforcer le traitement pour améliorer durablement la qualité de l&amp;#039;eau et des milieux
   &lt;/strong&gt;
   , notamment en innovant dans les procédés de traitement des eaux usées domestiques et industrielles, en innovant dans la phytoépuration et les solutions dites de remédiation.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développer le numérique et la donnée
   &lt;/strong&gt;
   au service de la gestion de la ressource, notamment des projets permettant l&amp;#039;acquisition, la compilation et l&amp;#039;analyse de données pour piloter la gestion des volumes et de la qualité de la ressource, le développement de suivi et pilotage des consommations d&amp;#039;eau, d&amp;#039;outils d&amp;#039;aide à la décision.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Il est possible de répondre soit à l&amp;#039;une de ces priorités thématiques, soit à plusieurs de ces priorités dans un même projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T105" s="1" t="inlineStr">
+      <c r="T100" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20230710/innov-eau</t>
         </is>
       </c>
-      <c r="W105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X105" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer
          sur le lien vers le descriptif complet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c2c4-innov-eau/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-      <c r="A106" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>151703</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>152459</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>GESTION INTEGRÉE DES EAUX PLUVIALES ET DISPOSITIFS DE LUTTE CONTRE LES INONDATIONS ET LE RUISSELLEMENT</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I102" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 57</t>
         </is>
       </c>
-      <c r="J107" s="1" t="inlineStr">
+      <c r="J102" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 15 %)</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales et qui visent à limiter et retarder l&amp;#039;écoulement des eaux pluviales notamment dans les réseaux de collecte, tout en favorisant l&amp;#039;épuration naturelle, la recharge des nappes et la création de nouvelles trames vertes lorsque cela est possible.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux et solutions éligibles devront viser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   retarder les écoulements de manière à limiter les débits et les débordements de réseau, et donc les inondations urbaines et de contenir les crues ;
  &lt;/li&gt;
  &lt;li&gt;
   infiltrer les eaux pluviales au plus près de leur point de chute, ce qui permet de soulager les réseaux de collecte et d&amp;#039;éviter la concentration des flux de pollution. La faible quantité de polluants des eaux avant ruissellement peut alors souvent être épurée par le sol lors de l&amp;#039;infiltration. Ce principe participe aussi à la recharge des nappes phréatiques ;
  &lt;/li&gt;
  &lt;li&gt;
   récupérer l&amp;#039;eau pour des usages qui ne nécessitent pas d&amp;#039;utiliser de l&amp;#039;eau potable (arrosage, nettoyage...), ce qui conduit alors à des économies d&amp;#039;eau.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M107" s="1" t="inlineStr">
+      <c r="M102" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Désimperméabilisation des trottoirs rue des Sources (VC)
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement des berges du Ru d&amp;#039;Orval à Cannectancourt
  &lt;/li&gt;
  &lt;li&gt;
   Protection contre les coulées de boue à la rue d&amp;#039;Annel
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement hydraulique des eaux pluviales dans la rue du Val (RD 607)
  &lt;/li&gt;
  &lt;li&gt;
   Études relatives à la gestion des eaux pluviales et aux coulées de boue
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de maîtrise des ruissellements à l&amp;#039;échelle des sous-bassins-versant de Pontpoint
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la berge du Ru Soyer à Passel
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un parking végétalisé à Villers-sous-Saint-Leu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espace public
 Prévention des risques</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;strong&gt;
        Dépenses éligibles
       &lt;/strong&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;strong&gt;
        Taux de financement
       &lt;/strong&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;strong&gt;
        Observations
       &lt;/strong&gt;
      &lt;/p&gt;
@@ -24675,181 +23391,181 @@
       (&amp;#43; 15 %)
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       Dépense subventionnable plafonnée à 700 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W107" s="1" t="inlineStr">
+      <c r="W102" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1921-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>154989</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d’auscultation et de confortement des cavités souterraines en domaine public</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D103" s="1" t="inlineStr">
         <is>
           <t>AUSCULTATION ET CONFORTEMENT DES CAVITÉS SOUTERRAINES EN DOMAINE PUBLIC</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I108" s="1" t="inlineStr">
+      <c r="I103" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J108" s="1" t="inlineStr">
+      <c r="J103" s="1" t="inlineStr">
         <is>
           <t>- Ramené à 35 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participer au financement des opérations d&amp;#039;auscultation et de confortement des cavités souterraines.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Recherche et auscultation de cavités souterraines suivies par un géologue expert :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - Investigations par méthodes géotechniques (sondages tricônes avec enregistrement des paramètres, passage caméra...),
 &lt;/p&gt;
 &lt;p&gt;
  - Décapages à la pelle mécanique,
 &lt;/p&gt;
 &lt;p&gt;
  - Intervention de puisatiers pour déboucher, le cas échéant, les puits d&amp;#039;accès aux cavités,
 &lt;/p&gt;
 &lt;p&gt;
  - Visite et expertise des cavités souterraines.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
@@ -24868,194 +23584,194 @@
  &lt;li&gt;
   Les études préalables à la construction de bâtiments ou d&amp;#039;équipements publics (notamment dans le cadre de la délivrance de permis de construire),
  &lt;/li&gt;
  &lt;li&gt;
   Les études destinées à confirmer l&amp;#039;absence de risque sur des zones où aucun indice n&amp;#039;a été recensé.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions d&amp;#039;éligibilité :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;intervention du Département se limite aux cas où la présence de vides représente un risque avéré pour le public ou pour la stabilité des édifices communaux ou intercommunaux existants accessibles au public (école, mairie, équipements sportifs, etc.).
  &lt;/li&gt;
  &lt;li&gt;
   Localisation : les équipements ou voiries doivent être localisés dans le périmètre de sécurité de l&amp;#039;indice concerné et les travaux sous maîtrise d&amp;#039;ouvrage publique doivent être réalisés en domaine public. Toutefois, si pour des raisons techniques, sécuritaires ou économiques dûment justifiées, les investigations doivent avoir lieu hors domaine public, la commission permanente pourra se prononcer au cas par cas, sur l&amp;#039;attribution des subventions correspondantes.
  &lt;/li&gt;
  &lt;li&gt;
   Démarrage des opérations : les maîtres d&amp;#039;ouvrage sont autorisés, en cas de danger grave et imminent, ainsi que suite à la prise d&amp;#039;un arrêté de péril correspondant, à engager les investigations (sondages géotechniques, auscultations, etc.), ainsi que les confortements et ce avant accord de subvention.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/auscultation-et-confortement-des-cavites-souterraines-en-domaine-public/</t>
         </is>
       </c>
-      <c r="W108" s="1" t="inlineStr">
+      <c r="W103" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc41-aider-au-maintien-et-au-developpement-des-bat/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>155562</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Favoriser la végétalisation des cours d’écoles</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D104" s="1" t="inlineStr">
         <is>
           <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I109" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J109" s="1" t="inlineStr">
+      <c r="J104" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
  &lt;/li&gt;
  &lt;li&gt;
   Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
  &lt;/li&gt;
  &lt;li&gt;
   La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
  &lt;/li&gt;
  &lt;li&gt;
   La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
  &lt;/li&gt;
  &lt;li&gt;
   La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
  &lt;/li&gt;
  &lt;li&gt;
   La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
  &lt;/li&gt;
@@ -25095,177 +23811,177 @@
  &lt;li&gt;
   La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
  &lt;/li&gt;
  &lt;li&gt;
   Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
  &lt;/li&gt;
  &lt;li&gt;
   Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plafond de
  dépenses éligibles :
  &lt;/strong&gt;
  600.000€ HT
 &lt;/p&gt;
 &lt;p&gt;
  NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
         </is>
       </c>
-      <c r="W109" s="1" t="inlineStr">
+      <c r="W104" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>155565</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Favoriser la réduction des pollutions phytosanitaires</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D105" s="1" t="inlineStr">
         <is>
           <t>OPÉRATIONS NÉCESSAIRES À LA RÉDUCTION DES POLLUTIONS PHYTOSANITAIRES</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I110" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J110" s="1" t="inlineStr">
+      <c r="J105" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans l&amp;#039;évolution nécessaire et réglementaire des pratiques de gestion des espaces publics et l&amp;#039;abandon progressif d&amp;#039;utilisation des produits phytosanitaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités compétents (hors Métropole et communauté urbaine)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;
 &lt;p&gt;
  Les investissements nécessaires au bon déroulement de ce type de démarche, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation des audits, études, plans d&amp;#039;entretien et de gestion des espaces publics, plans et outils de communication...
  &lt;/li&gt;
  &lt;li&gt;
@@ -25275,177 +23991,177 @@
 &lt;strong&gt;
  Dépenses exclues :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le renouvellement du matériel et des consommables,
  &lt;/li&gt;
  &lt;li&gt;
   Le matériel tractant multifonctions.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Plancher/plafond :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles pour l&amp;#039;acquisition de matériel : 30.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/operation-necessaires-a-la-reduction-des-pollutions-phytosanitaires/</t>
         </is>
       </c>
-      <c r="W110" s="1" t="inlineStr">
+      <c r="W105" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d0eb-modele/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>155568</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Soutenir la végétalisation et l'aménagement des cimetières existants</t>
         </is>
       </c>
-      <c r="D111" s="1" t="inlineStr">
+      <c r="D106" s="1" t="inlineStr">
         <is>
           <t>VÉGÉTALISATION ET AMÉNAGEMENT DES CIMETIÈRES EXISTANTS</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I111" s="1" t="inlineStr">
+      <c r="I106" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J111" s="1" t="inlineStr">
+      <c r="J106" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités dans l&amp;#039;évolution des pratiques de gestion et d&amp;#039;entretien des cimetières existants afin de faciliter, sur ces espaces, l&amp;#039;arrêt d&amp;#039;utilisation de produits phytosanitaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Sols
 Biodiversité
 Equipement public
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R111" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités compétents (hors Métropole et communauté urbaine)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les investissements (études préalables et travaux), sur tout ou partie des cimetières existants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Végétalisation (ex : plantations, semis...)
@@ -25459,178 +24175,178 @@
 &lt;/ul&gt;
 &lt;p&gt;
  NB: Pour les projets de végétalisation des cimetières, les espèces  végétales devront être préalablement validées par les services du Département.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses exclues :
  &lt;/strong&gt;
  Création, agrandissement de cimetières, mise en accessibilité, travaux horticoles ponctuels, renouvellement des plantations, entretien...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/plafond :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 30.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-et-amenagement-des-cimetieres-existants/</t>
         </is>
       </c>
-      <c r="W111" s="1" t="inlineStr">
+      <c r="W106" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ef3c-modele/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>155569</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Favoriser la mise en place d’éco-pâturage sur les espaces publics</t>
         </is>
       </c>
-      <c r="D112" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>MISE EN PLACE D’ÉCO-PÂTURAGE SUR LES ESPACES PUBLICS</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I112" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J112" s="1" t="inlineStr">
+      <c r="J107" s="1" t="inlineStr">
         <is>
           <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les collectivités qui souhaitent mettre en place l&amp;#039;éco-pâturage sur certains de leurs espaces verts (hors espaces naturels d&amp;#039;intérêt écologique).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R112" s="1" t="inlineStr">
+      <c r="R107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Réalisation des études préalables, plans et outils de communication associés,
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de la parcelle nécessaires à l&amp;#039;accueil des animaux et à la sécurité : abris, abreuvoirs, clôtures...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
@@ -25639,180 +24355,180 @@
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition ou location d&amp;#039;animaux,
  &lt;/li&gt;
  &lt;li&gt;
   Prestation de service pour la surveillance ou la gestion des animaux,
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement des aménagements, entretien courant...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
  Plancher/plafond :
 &lt;/strong&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 30.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/mise-en-place-decopaturage-sur-les-espaces-publics/</t>
         </is>
       </c>
-      <c r="W112" s="1" t="inlineStr">
+      <c r="W107" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0233-modele/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>156131</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Favoriser la préservation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D108" s="1" t="inlineStr">
         <is>
           <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I113" s="1" t="inlineStr">
+      <c r="I108" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J113" s="1" t="inlineStr">
+      <c r="J108" s="1" t="inlineStr">
         <is>
           <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères
  &lt;/li&gt;
  &lt;li&gt;
   Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
   (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
   (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
  &lt;/li&gt;
  &lt;li&gt;
   Mares :
   Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
  &lt;/li&gt;
  &lt;li&gt;
   Les aménagements favorables à la biodiversité
   en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
@@ -25887,711 +24603,711 @@
   Plafonds des dépenses subventionnables :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Mares : 8.000€ HT par mare
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements favorables à la biodiversité : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
  &lt;/li&gt;
  &lt;li&gt;
   Plantations : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Haies : 18€ HT par mètre linéaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T108" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
         </is>
       </c>
-      <c r="W113" s="1" t="inlineStr">
+      <c r="W108" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>156149</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Favoriser les recensements des indices de cavités souterraines ainsi que leurs mises à jour</t>
         </is>
       </c>
-      <c r="D114" s="1" t="inlineStr">
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>RECENSEMENT DES INDICES DE CAVITÉS SOUTERRAINES</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I114" s="1" t="inlineStr">
+      <c r="I109" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Subventionner les recensements des indices de cavités souterraines ainsi que leurs mises à jour menés par des bureaux d&amp;#039;études spécialisés, notamment dans le cadre de l&amp;#039;élaboration ou de la révision des documents d&amp;#039;urbanisme (PLU, carte communale, schéma directeur...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R114" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le cahier des charges de l&amp;#039;étude doit intégrer les éléments suivants :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collecte et exploitation des documents d&amp;#039;archives et des cartes anciennes disponibles auprès des organismes publics (DDE, BRGM, CEREMA...) et des collectivités territoriales.
  &lt;/li&gt;
  &lt;li&gt;
   Analyse par photo-interprétation des missions aériennes de l&amp;#039;Institut Géographique National.
  &lt;/li&gt;
  &lt;li&gt;
   Enquête de terrain pour valider et rechercher de nouveaux indices. Les carrières les plus anciennes ne sont souvent connues que par ouï-dire, les informations s&amp;#039;étant
   transmises de génération en génération. Aussi, une enquête auprès des personnes âgées permet souvent d&amp;#039;obtenir des renseignements sur l&amp;#039;existence possible de cavités souterraines.
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une fiche signalétique pour chaque indice recensé. Le chargé d&amp;#039;études devra indiquer sur chaque fiche le type d&amp;#039;investigation à mener pour identifier l&amp;#039;indice et, le cas échéant, les travaux nécessaires à la mise en sécurité de la cavité souterraine.
  &lt;/li&gt;
  &lt;li&gt;
   Positionnement précis et report des indices sur planches
    cadastrales
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plafond des dépenses subventionnables :
  &lt;/strong&gt;
  11.000€ HT
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T114" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/recensement-des-indices-de-cavites-souterraines/</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
+      <c r="W109" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e674-modele/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>157101</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L115" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
 &lt;/p&gt;
 &lt;p&gt;
  MATEC assiste les collectivités par la réalisation :
  &lt;br /&gt;
  • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
  &lt;br /&gt;
  • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
  &lt;br /&gt;
  Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
  &lt;br /&gt;
  Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
  &lt;br /&gt;
  &lt;br /&gt;
  Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
  &lt;br /&gt;
  Pour les projets plus conséquents, MATEC est alors votre Assistant à Maîtrise d&amp;#039;Ouvrage, et apporte un soutien administratif, conceptuel et technique aux collectivités.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M115" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Diagnostic voirie
  &lt;br /&gt;
  •    Travaux de voirie divers et sécurité routière
  &lt;br /&gt;
  •    Terrains sportifs
  &lt;br /&gt;
  •    Aménagement paysager parcs, square, ...
  &lt;br /&gt;
  •    Aire de jeux
  &lt;br /&gt;
  •    Cours d&amp;#039;écoles
  &lt;br /&gt;
  •    Traversée de village
  &lt;br /&gt;
  •    Place
  &lt;br /&gt;
  •    Développement et aménagement pistes cyclables
  &lt;br /&gt;
  •    Accompagnement pour développer secteur habita et économique
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Revitalisation
 Equipement public
 Paysage
 Accessibilité
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R115" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T115" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
 &lt;/p&gt;
 &lt;p&gt;
  • A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Au 03.55.94.18.11
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  17 Quai Paul Wiltzer
 &lt;/p&gt;
 &lt;p&gt;
  57000 METZ
 &lt;/p&gt;
 &lt;p&gt;
  Horaires d&amp;#039;ouverture :
 &lt;/p&gt;
 &lt;p&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-      <c r="A116" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>157557</v>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Aider les collectivités samariennes lors d'évènements climatiques majeurs</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Fonds catastrophes naturelles</t>
         </is>
       </c>
-      <c r="E116" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Somme</t>
         </is>
       </c>
-      <c r="G116" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H116" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I116" s="1" t="inlineStr">
+      <c r="I111" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 30</t>
         </is>
       </c>
-      <c r="K116" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L116" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au regard de la fréquence accrue des aléas climatiques dans la Somme, un dispositif de soutien départemental aux collectivités concernées est mis en oeuvre.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 250.000€ sur 6 ans et le dispositif est décliné selon les modalités suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    taux de subvention : 30% du coût hors taxes des dépenses éligibles, déduction faite le cas échéant des indemnités d&amp;#039;assurance
   &lt;/li&gt;
   &lt;li&gt;
    aide financière plafonnée à 80.000€ par dossier
   &lt;/li&gt;
   &lt;li&gt;
    participation minimale du maître d&amp;#039;ouvrage : 20% du coût de l&amp;#039;opération
   &lt;/li&gt;
   &lt;li&gt;
    aide départementale cumulable avec d&amp;#039;autres financements publics
   &lt;/li&gt;
   &lt;li&gt;
    prise en compte des dépenses à compter de la date de survenue des dommages.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M116" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    réparation des voiries,
   &lt;/li&gt;
   &lt;li&gt;
    espaces publics et ouvrages endommagés (études et travaux d&amp;#039;investissement).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N116" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Voirie et réseaux
 Risques naturels
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O116" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P116" s="1" t="inlineStr">
+      <c r="P111" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q116" s="1" t="inlineStr">
+      <c r="Q111" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R116" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lors, de vote du budget primitif 2023, l&amp;#039;assemblée départementale a pérennisé et élargi l&amp;#039;accès à ce dispositif à tous les évènements climatiques exceptionnels sans que l&amp;#039;état de catastrophe naturelle ne soit nécessairement reconnu. Les bénéficiaires sont donc les communes de la Somme (et leurs groupements) dont l&amp;#039;état de catastrophe naturelle a été reconnu par arrêté ministériel
  &lt;strong&gt;
   ou attestant du caractère exceptionnel d&amp;#039;un évènement climatique.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S116" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T116" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U116" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V116" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-catastrophes-naturelles/</t>
         </is>
       </c>
-      <c r="W116" s="1" t="inlineStr">
+      <c r="W111" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X116" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y116" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z116" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/be56-soutenir-les-collectivites-samariennes-lors-d/</t>
         </is>
       </c>
-      <c r="AA116" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="117" spans="1:27" customHeight="0">
-      <c r="A117" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>158480</v>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D117" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E117" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G117" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H117" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K117" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L117" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N117" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -26623,1584 +25339,1398 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O117" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P117" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R117" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S117" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U117" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W117" s="1" t="inlineStr">
+      <c r="W112" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X117" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z117" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA117" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="118" spans="1:27" customHeight="0">
-      <c r="A118" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>159890</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière technique et de financement de projets</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Conseil technique et financement</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines techniques et de financement de projet pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M118" s="1" t="inlineStr">
+      <c r="M113" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Apporter soutien et expertise aux collectivités en matière d&amp;#039;ingénierie publique
  &lt;/li&gt;
  &lt;li&gt;
   Assistance technique en matière d&amp;#039;urbanisme, de voirie, d&amp;#039;eau et d&amp;#039;assainissement
  &lt;/li&gt;
  &lt;li&gt;
   Expertise technique pour mener à bien tous projets d&amp;#039;équipement et d&amp;#039;aménagement public
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement de projets, diagnostics des besoins et aide à la programmation
  &lt;/li&gt;
  &lt;li&gt;
   Assistance en matière d&amp;#039;étude de faisabilité technique, règlementaire et financière pour tous projets locaux
  &lt;/li&gt;
  &lt;li&gt;
   Elaboration de cahiers des charges spécifiques aux projets ( lettre de consultation, acte d&amp;#039;engagement, CCTP, CCAP, mémoire technique cadre, programme de travaux)
  &lt;/li&gt;
  &lt;li&gt;
   Assistance pour la recherche de financement, élaboration de tableaux de financements, calcul du reste à charge potentiel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R118" s="1" t="inlineStr">
+      <c r="R113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/870e-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>159891</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>conseil juridique et administratif</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M119" s="1" t="inlineStr">
+      <c r="M114" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
  &lt;/li&gt;
  &lt;li&gt;
   Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-[...146 lines deleted...]
-      <c r="A121" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>161700</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide pour les projets de Recherche, Développement ou Innovation (RDI)</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Projets de Recherche, Développement ou Innovation (RDI)</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet pour faire avancer la recherche en appui à la Transition énergétique et environnementale ?     Notre dispositif peut vous aider. &lt;strong&gt;Il s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’ADEME finance des projets de RDI qui lui sont directement soumis hors appels à projet, dans la mesure où &lt;strong&gt;les recherches ciblées par ces projets ne couvrent pas des fronts de science relevant d’appels à projets compétitifs proposés par l’ADEME ou d’autres financeurs de la recherche&lt;/strong&gt; (retrouvez la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr"&gt;appels à projets de recherche en France&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;L’éligibilité de vos  projets, hors appels à projets compétitifs, est jugée au cas par cas.&lt;/p&gt;&lt;p&gt;Les objectifs de      l’ADEME sont de bien &lt;strong&gt;qualifier leur pertinence&lt;/strong&gt; au regard des priorités de recherche et innovation inscrites dans sa stratégie RD 2021-2027, et de s’assurer de la &lt;strong&gt;qualité scientifique&lt;/strong&gt; de la proposition afin d’évaluer l’aide financière qui pourrait être apportée.&lt;/p&gt;&lt;p&gt;Veuillez prendre contact avec l’ADEME avant tout dépôt de dossier.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V115" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/projets-recherche-developpement-innovation-rdi</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-developpement-ou-innovation-rdi/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-      <c r="A122" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>161703</v>
       </c>
-      <c r="B122" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de reconversion de friches par le financement d’études et de travaux de dépollution, dans le respect de la méthodologie nationale de gestion des sites et sols</t>
         </is>
       </c>
-      <c r="D122" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>Études et travaux de dépollution d'une friche - Fonds vert</t>
         </is>
       </c>
-      <c r="E122" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G122" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H122" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K122" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L122" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La reconquête des friches est essentielle pour concilier aménagement des villes et des territoires et trajectoire de Zéro Artificialisation Nette (ZAN). Elle nécessite un besoin de connaissance et d’anticipation à toute les échelles du projet. Pour cela, l’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées, ou à risque de pollution, grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études pour l’intégration des friches dans les démarches territoriales&lt;/li&gt;&lt;li&gt;Études et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;Études pour l&amp;#039;&lt;strong&gt;intégration des friches dans les démarches territoriales&lt;/strong&gt;&lt;br /&gt;Pour &lt;strong&gt;anticiper la prise en compte des risques de pollution&lt;/strong&gt;, l’ADEME soutient des études pour&lt;strong&gt; inventorier&lt;/strong&gt; les friches, &lt;strong&gt;identifier le risque&lt;/strong&gt; de pollution, &lt;strong&gt;déterminer les potentiels de mutabilité&lt;/strong&gt; et &lt;strong&gt;planifier les reconversions&lt;/strong&gt; à l’échelle du territoire.&lt;/li&gt;&lt;li&gt;Études et travaux de &lt;strong&gt;dépollution d’une friche - Fonds vert&lt;/strong&gt;&lt;br /&gt;Le processus de reconversion d’une friche implique un préalable fondamental de connaissance de l’état de pollution, afin de &lt;strong&gt;définir des stratégies de gestion de la pollution adaptées&lt;/strong&gt; à l’usage et au projet prévu, conformément à la méthodologie nationale de gestion des sites et sols pollués. L’ADEME soutient la réalisation de ces études, qui font l’objet de prestations codifiées par la norme NF X 31-620, et d’un référentiel de certifications des bureaux d’études (LNE SSP). Pour vous aider dans la définition de votre besoin d’études et la commande des prestations associées, l’ADEME vous propose des recommandations, que vous retrouverez dans un document téléchargeable à la rubrique « Aide aux études - Cahier des charges ».&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME soutient également la &lt;strong&gt;mise en œuvre des mesures de gestion&lt;/strong&gt; (dépollution, mise en place de dispositions constructives, etc.) retenues à l’issue des phases d’étude décrites ci-dessus. Ce soutien s’inscrit dans le cadre du fonds vert et &lt;strong&gt;concerne uniquement les friches issues d’anciens site ICPE&lt;/strong&gt; (Installations classées pour la protection de l&amp;#039;environnement) &lt;strong&gt;ou relevant du Code minier&lt;/strong&gt;. Selon les besoins opérationnels, les &lt;strong&gt;travaux de déconstruction et désamiantage&lt;/strong&gt; de bâtiments, et de &lt;strong&gt;restauration écologique des sols&lt;/strong&gt; peuvent également être soutenus.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N122" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O122" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S122" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V122" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-travaux-depollution-dune-friche-fonds-vert</t>
         </is>
       </c>
-      <c r="W122" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X122" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y122" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z122" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-de-depollution-dune-friche-fonds-vert/</t>
         </is>
       </c>
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-      <c r="A123" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>161740</v>
       </c>
-      <c r="B123" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
         </is>
       </c>
-      <c r="D123" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Aides aux actions ponctuelles</t>
         </is>
       </c>
-      <c r="E123" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G123" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K123" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L123" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N123" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O123" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S123" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U123" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="V123" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-actions-ponctuelles</t>
         </is>
       </c>
-      <c r="W123" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X123" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y123" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z123" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles/</t>
         </is>
       </c>
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-      <c r="A124" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>161743</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Soutenir le financement d'études pour inventorier les friches industrielles, identifier le risque de pollution, déterminer les potentiels de mutabilité</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Études pour l'intégration des friches dans les démarches territoriales</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La reconquête des friches est essentielle pour l’aménagement durable des territoires et pour tendre vers l’objectif de Zéro Artificialisation Nette (ZAN). La mise en œuvre de cette reconquête des friches nécessite un &lt;strong&gt;besoin de connaissance et d’anticipation&lt;/strong&gt; à toutes les étapes du projet.&lt;/p&gt;&lt;p&gt;L’ADEME accompagne les acteurs publics et privés dans les démarches territoriales et dans la conduite de projet de reconversion de friches polluées grâce à deux dispositifs financiers :&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Études pour l’intégration des friches dans les démarches territoriales (ce dispositif)&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Études préalables et travaux de dépollution d’une friche - Fonds vert&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME accompagne en premier lieu  les collectivités territoriales en charge de la planification territoriale qui ont l’ambition d’intégrer les friches à risque de pollution ou polluées dans leur projet de territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Selon votre besoin, les prestations éligibles peuvent être :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;démarches d&amp;#039;inventaire&lt;/strong&gt; dont Inventaire Historique Urbain (IHU) pour identifier et localiser les anciens sites industriels à risque de pollution à l&amp;#039;échelle des territoires, ou des quartiers pour par exemple les intégrer dans les documents d&amp;#039;urbanisme.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;création d’un observatoire&lt;/strong&gt; des friches pour mieux connaître les fonciers à risque de pollution, les caractériser dans leurs contextes, mettre en place une stratégie foncière, prioriser les projets de reconversion pour les remettre sur le marché.&lt;/li&gt;&lt;li&gt;La détermination des potentiels de mutabilité pour&lt;strong&gt; évaluer les possibles changements d&amp;#039;usages.&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;La réalisation du &lt;strong&gt;fond pédo-géochimique&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;études dont l&amp;#039;objectif est d&amp;#039;intégrer la multifonctionnalité des sols&lt;/strong&gt; dans les démarches territoriales.&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;études écologiques et paysagères&lt;/strong&gt; (hors études d&amp;#039;impacts réglementaire) sur les périmètres des zones protégées et zones de continuités écologiques.&lt;/li&gt;&lt;li&gt;Les études historiques, documentaires et de vulnérabilité afin d’élaborer un schéma conceptuel et, le cas échéant, un programme prévisionnel d’investigations (&lt;strong&gt;prestations INFOS codification selon la norme NF X31-620-2).&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Les études pour savoir si un site relève ou non de la méthodologie nationale de gestion des sites et sols pollués (prestations &lt;strong&gt;LEVE codification selon la norme NF X31-620-2).&lt;br /&gt;Les études pour caractériser les pollutions (substances, concentrations, profondeurs, étendues,...) (prestations D&lt;strong&gt;IAG codification selon la norme NF X31-620-2)&lt;/strong&gt;.&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En savoir plus sur les &lt;a target="_blank" href="https://ssp-infoterre.brgm.fr/fr/guide/donneur-ordre"&gt;prestations normalisées&lt;/a&gt; et sur la &lt;a target="_blank" href="https://www.ecologie.gouv.fr/sites-et-sols-pollues"&gt;politique publique de gestion des sites pollués&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-lintegration-friches-demarches-territoriales</t>
         </is>
       </c>
-      <c r="W124" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudes-pour-lintegration-des-friches-dans-les-demarches-territoriales/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>161751</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Demander une contribution au financement de postes de chargés de mission, pour des projets d’envergure et structurants pour les territoires</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>Aides aux relais</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets structurants pour le territoire &lt;/strong&gt;! Voici des exemples de profils de postes : animateur filière Bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur Biodéchets, animateur filière Méthanisation, animateur alimentation durable, relai Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Le cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Conseillers France rénov&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/aides-relais</t>
         </is>
       </c>
-      <c r="W125" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>161752</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d’un diagnostic des consommations d’énergie et des émissions de gaz à effet de serre des secteurs agricole et forestier</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Démarches ClimAgri® : diagnostic et animation</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La prestation de diagnostic doit être réalisée par un expert ClimAgri®. Les projets portant uniquement sur un seul des deux volets de la démarche, le diagnostic ClimAgri® ou l’animation, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Les démarches ClimAgri déjà démarrées ne peuvent pas être accompagnées dans le cadre ci-présent.&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent intégrer les critères suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Démarche réalisée à une &lt;strong&gt;échelle territoriale&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Diagnostic réalisé par un expert ClimAgri®&lt;/strong&gt; reconnu par l’ADEME (il dispose d’une licence d’expert ClimAgri® signée par l’ADEME).&lt;/li&gt;&lt;li&gt;Démarche incluant à la fois le &lt;strong&gt;diagnostic ClimAgri®&lt;/strong&gt; et la &lt;strong&gt;démarche d’animation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette aide s’adresse aux &lt;strong&gt;acteurs avec une dimension territoriale&lt;/strong&gt;, en particulier les collectivités : région, département, communauté d’agglomération, communauté de communes, parc naturel régional, ou encore coopérative, schéma de cohérence territoriale (SCoT), pôle d’équilibre territorial et rural (PETR)…&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>regions_11_24_32_44_93</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/demarches-climagrir-diagnostic-animation</t>
         </is>
       </c>
-      <c r="W126" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/demarches-climagri-r-diagnostic-et-animation/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>161761</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Demander un soutien financier dans votre installation de méthanisation après une étude de faisabilité favorable</t>
         </is>
       </c>
-      <c r="D127" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Réalisation d’installations de méthanisation (injection, cogénération, chaleur)</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide de l’ADEME est apportée principalement sous forme de &lt;strong&gt;forfait de subvention par unité de capacité de production annuelle (€/MWh) :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;110 €/MWh PCI (pouvoir calorifique inférieur) pour la cogénération, avec une aide plafonnée à 250 000 €.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;45 €/MWh PCS ( pouvoir calorifique supérieur) pour l’injection, avec une aide plafonnée à 700 000 €.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets atypiques et innovants et les projets de station d’épuration urbaine, d’autres modalités de calcul de l’aide sont utilisées.&lt;/p&gt;&lt;p&gt;Les équipements soutenus par l’ADEME sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Unités de méthanisation avec cogénération (&amp;lt;500 kWe) ou injection de biométhane :&lt;br /&gt;&lt;ul&gt;&lt;li&gt;Production de biogaz.&lt;/li&gt;&lt;li&gt;Valorisation énergétique du biogaz : production de chaleur seule, cogénération d’électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;Stations d’épuration urbaines (STEU) : &lt;ul&gt;&lt;li&gt;Valorisation énergétique du biogaz comprenant l’épuration en biométhane et l’injection dans le réseau public.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Recyclage et valorisation des déchets
 Alimentation
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_24_27_32_52_75_76_84_93_94</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-methanisation-injection-cogeneration-chaleur</t>
         </is>
       </c>
-      <c r="W127" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>161852</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
         </is>
       </c>
-      <c r="C128" s="1" t="inlineStr">
+      <c r="C122" s="1" t="inlineStr">
         <is>
           <t>Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>Biodiversité au fil de l'eau</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I128" s="1" t="inlineStr">
+      <c r="I122" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T122" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V128" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>camille.charvolen@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>162219</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Soutenir des projets d’investissements industriels structurants et aux impacts positifs importants</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Territoires d’industrie en transition écologique</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets éligibles au fonds vert sont :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet 1 : à titre principal, &lt;strong&gt;des projets d’investissements industriels structurants et ambitieux sur le plan environnemental&lt;/strong&gt; (par exemple : projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, etc.) qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (cf. liste d’exemples ci-après).&lt;/p&gt;&lt;p&gt;Volet 2 : à titre auxiliaire, &lt;strong&gt;des projets d’investissements contribuant au développement des compétences&lt;/strong&gt; (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/p&gt;&lt;p&gt;Volet 3 : à titre exceptionnel, &lt;strong&gt;un soutien spécifique et renforcé aux projets d’investissements industriels structurants et ambitieux&lt;/strong&gt; sur le plan environnemental, tels que définis aux volets 1 et 2 qui contribuent à la redynamisation de territoires « rebond industriel » (territoires confrontés à de fortes difficultés industrielles ou des restructurations importantes de chaînes de valeur, qui bénéficient spécifiquement d’un accompagnement en ingénierie par l’Agence Nationale de la Cohésion des Territoires (ANCT) dans une limite de 3 territoires par an).&lt;/p&gt;&lt;p&gt;Pour candidater &lt;a target="_blank" href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie"&gt;rendez-vous sur le site démarche simplifiée&lt;/a&gt;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/fonds-vert-territoires-dindustrie-transition-ecologique</t>
         </is>
       </c>
-      <c r="W129" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>162242</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Se former à comment subventionner ses projets</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
 l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
 dispositifs d’aides à l’ingénierie et de financements recensés sur la
 plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
 communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
 spécialiste des cofinancements, mais vous apportera une vision plus claire de
 la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
 recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
 de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
 territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
@@ -28212,619 +26742,619 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
 Président, vice-président, conseiller communautaire en fonction à la date de la
 formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
 portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>162247</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Se former à l'urbanisme : rôles et responsabilités du maire et des conseillers municipaux</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;En tant qu’élu (maire ou conseiller), connaissez-vous votre rôle et
 vos responsabilités en matière d’urbanisme ? Un élu propriétaire foncier
 peut-il siéger dans la commission à l’occasion de l’élaboration du document
 d’urbanisme de sa collectivité ? Quels sont les moyens dont vous disposez pour
 faire face à une construction illégale ? Connaissez-vous l’étendue de votre droit
 de visite des chantiers et ses limites ?&lt;font face="Calibri, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Positionnement de l’élu dans l’élaboration du
 document d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Les différents documents d’urbanisme (ScoT,
 PLU(i), carte communale)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les procédures d’élaboration, de modification ou de révision&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Responsabilité de l’élu au moment de la
 délivrance des autorisations&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La commune est-elle compétente ou non ?&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Le choix du service instructeur&lt;/li&gt;&lt;li&gt;Le formalisme de la décision&lt;/li&gt;&lt;li&gt;Les recours contre la décision du maire&lt;/li&gt;&lt;/ol&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Comment traiter les constructions illégales ?&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le droit de visite et le contrôle des travaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les délais de prescription des irrégularités&lt;/li&gt;&lt;li&gt;Le procès-verbal et les astreintes&lt;/li&gt;&lt;/ol&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Connaître les obligations de l’élu au moment
 de l’instruction du dossier et au moment du contrôle des travaux&lt;/li&gt;&lt;li&gt;Savoir faire face aux constructions illégales,
 édifiées sans permis ou qui ne respectent pas l’autorisation délivrée&lt;/li&gt;&lt;li&gt;Comprendre les responsabilités et les risques
 de conflit d’intérêt des élus en matière d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Différencier les 3 types de contentieux liés à l’urbanisme : la
 responsabilité administrative de la collectivité, la responsabilité pénale et
 personnelle du maire/adjoint&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Points forts :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Une approche de terrain accessible à tous, sans être spécialiste de
 l’urbanisme&lt;/li&gt;&lt;li&gt;Beaucoup d’exemples et d’illustrations issus de cas réels notamment
 de constructions illégales&lt;/li&gt;&lt;li&gt;Format participatif &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Logistique urbaine</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R131" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; Être maire, adjoint, conseiller municipal en
 fonction à la date de la formation&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt; Être intéressé par le domaine de l’urbanisme et de l’aménagement du
 territoire au sens large&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-urbanisme-roles-et-responsabilites-du-maire-et-des-conseillers-municipaux/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>162526</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets favorables à la transition écologique</t>
         </is>
       </c>
-      <c r="C132" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Un territoire résilient face au changement climatique</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F132" s="1" t="inlineStr">
+      <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I126" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Sols
 Economie circulaire
 Qualité de l'air
 Biodiversité</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P132" s="1" t="inlineStr">
+      <c r="P126" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q132" s="1" t="inlineStr">
+      <c r="Q126" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-      <c r="A133" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>162529</v>
       </c>
-      <c r="B133" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Dynamiser et accompagner l'agricultutre et l'alimentation locales</t>
         </is>
       </c>
-      <c r="C133" s="1" t="inlineStr">
+      <c r="C127" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D133" s="1" t="inlineStr">
+      <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E133" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F133" s="1" t="inlineStr">
+      <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G133" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I133" s="1" t="inlineStr">
+      <c r="I127" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J133" s="1" t="inlineStr">
+      <c r="J127" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K133" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L133" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M133" s="1" t="inlineStr">
+      <c r="M127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;a) Alimentation et autonomie : développer les
 filières locales et les circuits-courts de production, de transformation et de
 commercialisation des aliments et des produits, notamment ceux issus de
 l’agriculture biologique.&lt;/p&gt;&lt;p&gt;b) Foncier et bocage : connaître et protéger le
 foncier agricole par le biais d’outils, d’ingénierie, de formation ou de
 travaux &lt;/p&gt;&lt;p&gt;c) Les actions de pédagogie et de communication
 visant à améliorer l’image du monde agricole, lorsqu’il est en accord avec les
 problématiques environnementales actuelles et dans un objectif d’attractivité
 des métiers.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;d) Pratiques agricoles : adapter les
 pratiques au changement climatique et accompagner les changements de modèles
 agricoles lorsque ces actions ne sont pas éligibles aux dispositifs régionaux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N133" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Sols
 Transition énergétique
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O133" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P133" s="1" t="inlineStr">
+      <c r="P127" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q133" s="1" t="inlineStr">
+      <c r="Q127" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R133" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’agriculture contribue au façonnement des paysages et à l’aménagement du
 territoire. Elle représente un poids important dans l’économie locale.
 Cependant elle subit la diminution de son foncier (au profit de
 l’urbanisation) et fait face à la difficulté à trouver de la main d’œuvre ou des
 repreneurs. Dynamiser l’agriculture locale pour la rendre plus attractive et
 répondre à la problématique de transmission des installations est vitale.&lt;/p&gt;&lt;p&gt;En
 parallèle, les pratiques agricoles doivent être adaptées pour prendre en compte
 la préservation de la biodiversité et de la qualité des sols et de l’eau. La
 modification des pratiques agricole vise à diminuer l’impact sur le changement
 climatique et contribue à l’adaptation au changement climatique.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Soutenir la transformation des productions et encourager la consommation
 de produits locaux, contribue au développement d&amp;#039;une économie locale et augmente la résilience alimentaire du
 territoire.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S133" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T133" s="1" t="inlineStr">
+      <c r="T127" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U133" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V133" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X133" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y133" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>c.guerard@communaute-coutances.fr</t>
         </is>
       </c>
-      <c r="Z133" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-solutions-de-mobilite-durable-fiche-action-2/</t>
         </is>
       </c>
-      <c r="AA133" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="134" spans="1:27" customHeight="0">
-      <c r="A134" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>162563</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I134" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J134" s="1" t="inlineStr">
+      <c r="J128" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M134" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -28863,715 +27393,710 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>162642</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité / opportunité</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M135" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V135" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>162938</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C136" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I136" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P136" s="1" t="inlineStr">
+      <c r="P130" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q136" s="1" t="inlineStr">
+      <c r="Q130" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>162966</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>AQACIA 2024 - Gérer les pollutions à l’ozone et sectorielles</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1. Présentation générale du programme AQACIA&lt;br /&gt;&lt;/strong&gt;Le programme « Amélioration de la Qualité de l’Air : Comprendre, Innover, Agir » (AQACIA) vise à promouvoir des projets de R&amp;amp;D pour comprendre et améliorer la qualité de l’air intérieur et extérieur.&lt;br /&gt;Cet appel à propositions de recherche (APR) du programme AQACIA est divisé en deux volets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Premier volet : Pollution à l’ozone&lt;/strong&gt; (son évolution, ses impacts et sa gestion en lien avec le changement climatique. Si les processus liés à l’ozone (O₃) ont été étudiés de longue date, la gestion de la pollution à l’ozone et de ses impacts reste difficile à appréhender par les pouvoirs publics et peu identifiée par les populations).&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Anticiper l’évolution des niveaux d’ozone et leur mesure en air extérieur dans un contexte de transition écologique, énergétique et climatique.&lt;/li&gt;&lt;li&gt;Évaluer les impacts sur la santé humaine, animale et végétale, sur la dégradation des bâtiments/matériaux et sur la qualité de l’air intérieur.&lt;/li&gt;&lt;li&gt;Rechercher des stratégies d’atténuation ou d’adaptation, y compris pour définir l&amp;#039;échelle d&amp;#039;action appropriée.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Second volet : &lt;/strong&gt;Une meilleure &lt;strong&gt;maîtrise de certaines problématiques de pollution de l’air extérieur ou intérieur &lt;/strong&gt;pour améliorer leur gestion à court et moyen terme.&lt;br /&gt;Objectifs :&lt;ul&gt;&lt;li&gt;Améliorer les connaissances sur des polluants spécifiques (PFAS (Per- et polyfluoroalkylées), PUF (Particules ultrafines), BC (Black Carbon), AOS (Aérosols organiques secondaires)), l’exposition à la pollution et les impacts sanitaires induits.&lt;/li&gt;&lt;li&gt;Améliorer les connaissances sur les émissions de polluants et les solutions de réduction / gestion dans les secteurs de la combustion de biomasse, du traitement des déchets, des transports et mobilité, de l’agriculture, et dans les environnements intérieurs.&lt;/li&gt;&lt;li&gt;Évaluer les solutions d’amélioration de la qualité de l’air.&lt;/li&gt;&lt;li&gt;Analyser les politiques publiques et leur mise en œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le secteur de l’industrie n’est pas couvert par le programme AQACIA (hors installations de combustion de biomasse dans le secteur industriel et sites de traitement des déchets).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Disciplines concernées :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sciences humaines&lt;/strong&gt; (économie, sociologie, psychologie…), &lt;strong&gt;sciences physiques &lt;/strong&gt;(métrologie, chimie, météorologie…), &lt;strong&gt;mathématiques &lt;/strong&gt;(modélisation, statistiques), &lt;strong&gt;sciences de la vie &lt;/strong&gt;(biologie, épidémiologie, écologie…) et &lt;strong&gt;sciences de l’ingénieur &lt;/strong&gt;(conception, plan d’expériences, évaluation…). Les approches interdisciplinaires sont fortement encouragées.&lt;/p&gt;&lt;p&gt;Les projets soumis devront être des &lt;strong&gt;projets de recherche finalisée en appui aux politiques publiques&lt;/strong&gt; dont les résultats sont de nature à améliorer la compréhension des pollutions de l’air intérieur et extérieur et de leurs impacts, et à développer/évaluer des solutions/innovations opérationnelles et efficaces de réduction de ces pollutions.&lt;/p&gt;&lt;p&gt;Les résultats escomptés devront répondre aux attentes sociétales en allant jusqu’au développement de connaissances, d’outils ou de recommandations utiles aux acteurs et/ou décideurs. Ainsi, les solutions devront autant que possible être &lt;strong&gt;élaborées et évaluées avec et pour les territoires, avec et pour les acteurs/décideurs&lt;/strong&gt;. L’association des bénéficiaires finaux des résultats du projet à sa préparation, à son déroulé et/ou à son suivi, dans une optique de recherche collaborative, est ainsi fortement encouragée.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. &lt;/strong&gt;&lt;strong&gt;Montant de l’aide financière&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;À titre indicatif, le montant moyen de l’aide attribuable par projet est de 150-250 k€ par projet pour une durée comprise entre 24 et 36 mois. Par exception, pour les projets de développement expérimental proches de la démonstration dans le secteur du transport maritime/fluvial l’aide maximale attribuable pourra aller jusqu’à 500 k€.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Calendrier prévisionnel&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dépôt des projets : avant le 18/11/2024 à 12h00&lt;/li&gt;&lt;li&gt;Expertise des projets : de décembre 2024 à mars 2025&lt;/li&gt;&lt;li&gt;Annonce des lauréats : fin avril 2025&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;5. Contact&lt;/strong&gt;&lt;br /&gt;La Cellule AQACIA est à votre disposition pour répondre à vos questions à l&amp;#039;adresse : &lt;a href="mailto:aqacia&amp;#64;ademe.fr"&gt;aqacia&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240606/aqacia-2024-gerer-pollutions-a-lozone-sectorielles</t>
         </is>
       </c>
-      <c r="W137" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aqacia-2024-gerer-les-pollutions-a-lozone-et-sectorielles/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>162979</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Valorisation et préservation des ressources naturelles locales</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C132" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D132" s="1" t="inlineStr">
         <is>
           <t>Fiche 2 - FEDER</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I132" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J138" s="1" t="inlineStr">
+      <c r="J132" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
 aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
 sols consommant des espaces agricoles et naturels et impactant les paysages, la
 biodiversité, les ressources naturelles (eau, …) et la production de « déchets
 ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
 territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
 paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M138" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
 médiation des paysages, des sites naturels et des cours d’eau locaux (hors
 espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
 sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
 gestion des biodéchets : études portant sur des solutions collectives pour
 les producteurs de biodéchets intermédiaires et « assimilés » (hors
 gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Recyclage et valorisation des déchets
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P138" s="1" t="inlineStr">
+      <c r="P132" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q138" s="1" t="inlineStr">
+      <c r="Q132" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T132" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-      <c r="A139" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>162982</v>
       </c>
-      <c r="B139" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C139" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D139" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E139" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G139" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H139" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I139" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K139" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L139" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N139" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -29614,889 +28139,889 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O139" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P139" s="1" t="inlineStr">
+      <c r="P133" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q139" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R139" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S139" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T139" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U139" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V139" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X139" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y139" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z139" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA139" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="140" spans="1:27" customHeight="0">
-      <c r="A140" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>162986</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’adaptation et la mutation du foncier agricole</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Fiche 9 - FEADER</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J140" s="1" t="inlineStr">
+      <c r="J134" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sur le Cœur Entre-deux-Mers le rythme d’artificialisation des sols est
 élevé notamment du fait du développement du logement individuel et des infrastructures
 (routes, zones d’activités, …) au détriment des surfaces foncières agricoles.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le modèle de l’habitat pavillonnaire majoritaire induit de potentiels
 conflits de voisinages avec le monde agricole.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;La loi climat et résilience et la mise en place du Zéro Artificialisation
 Nette ZAN à l’horizon 2050 vont venir impacter le modèle actuel pour le faire
 évoluer vers des pratiques plus durables et moins consommatrices de foncier
 agricole, naturel et forestier.&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;Par ailleurs ce foncier agricole est aussi touché en partie par de
 l’enfrichement, des phénomènes de rétention foncière et l’arrêt d’activités
 agricoles (départ à la retraite, non transmission, difficultés économiques dans
 certaines filières).&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette situation risque de s’accélérer dans les années à venir du fait du
 départ à la retraite d’une importante génération d’agriculteurs aujourd’hui
 âgée de plus de 55 ans.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Densifier l’urbanisation pour y développer les usages&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prévenir et limiter les conflits d’intérêts potentiels entre les
 différents usagers du foncier (propriétaire, habitants, agriculteurs,
 collectivités, …)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M140" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Expérimentation pour
 la mise en place de solutions et dispositifs pour accompagner la démarche de
 Zéro Artificialisation Nette (ZAN)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser l’aménagement
 des espaces agricoles et naturels hors zones Natura 2000 et hors MAEC&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Anticiper et
 accompagner les mouvements de foncier agricole pour dynamiser l’économie
 agricole&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maintenir, préserver
 et dynamiser le foncier agricole&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Sols
 Friche
 Foncier
 Alimentation
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P140" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q140" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 3 - Agriculture et alimentation durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-1/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>163011</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D141" s="1" t="inlineStr">
+      <c r="D135" s="1" t="inlineStr">
         <is>
           <t>Conseil et assistance au pilotage de l'opération</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M141" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>163041</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C142" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F142" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I142" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M142" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Santé
 Education et renforcement des compétences
 Biodiversité
 Mers et océans
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T142" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>163091</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Financer des actions en faveur de la santé environnementale</t>
         </is>
       </c>
-      <c r="C143" s="1" t="inlineStr">
+      <c r="C137" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Fiche action 7 - Santé environnementale</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F143" s="1" t="inlineStr">
+      <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I137" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J143" s="1" t="inlineStr">
+      <c r="J137" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P143" s="1" t="inlineStr">
+      <c r="P137" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q143" s="1" t="inlineStr">
+      <c r="Q137" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T137" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W143" s="1" t="inlineStr">
+      <c r="W137" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>163141</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Désimperméabilisation d'espaces publics</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
 des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
 un enjeu dans un contexte de changement climatique. Elle cible une gestion
 intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
 limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
 (infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
 recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
 place par les services départementaux et leurs partenaires, un accompagnement
 adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
 du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
 général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
 la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
 de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
 l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
 avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
 sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
 que référent elle sera en charge de la coordination des acteurs et la
 répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
 abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
 le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
 compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
 création de schéma d’intention et la prise en compte de l’accessibilité, SEME
 sur La sensibilisation aux enjeux environnementaux des différents acteurs et
 l’intégration d’une biodiversité dans les projets et la Direction des Routes
 sur les dépendances de la route.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Culture et identité collective
 Sols
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Santé
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
 du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
 commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
         </is>
       </c>
-      <c r="W144" s="1" t="inlineStr">
+      <c r="W138" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>163142</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D145" s="1" t="inlineStr">
+      <c r="D139" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M145" s="1" t="inlineStr">
+      <c r="M139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -30505,556 +29030,556 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W145" s="1" t="inlineStr">
+      <c r="W139" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>163146</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I146" s="1" t="inlineStr">
+      <c r="I140" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J146" s="1" t="inlineStr">
+      <c r="J140" s="1" t="inlineStr">
         <is>
           <t>Plafond de 100 000 euros pour les études / 200 000 euros pour les travaux / 50 000 euros pour les autres opérations</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Subvention minimum de 1 000 €, pour la restauration et préservation des milieux naturels et la gestion des eaux pluviales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M146" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes stratégiques&lt;/li&gt;&lt;li&gt;Etudes et travaux d&amp;#039;aménagement et des gestion des bassins-versants en vue de réguler les ruissellements, freiner l&amp;#039;érosion des sols et les inondations, de renaturation, restauration d&amp;#039;espaces de mobilité, réduction de section d&amp;#039;écoulement, remise en fond de talweg, de restauration sélective de la ripisylve, plantations, aménagement de clôtures et d&amp;#039;abreuvoirs, lutte contre les espèces invasives, aménagement de berges, de reconnexion d&amp;#039;annexes hydrauliques aux cours d&amp;#039;eau, restauration de milieux et habitats d&amp;#039;espèces, préservation de zones humides, de restauration de la continuité écologique des cours d&amp;#039;eau, de reconstitution de milieux naturels, de gestion des milieux par éco-pâturage&lt;/li&gt;&lt;li&gt;Acquisitions de données et suivis scientifiques&lt;/li&gt;&lt;li&gt;Acquisitions de parcelles présentant un intérêt de préservation pour le patrimoine naturel, permettant de faciliter la réalisation de projets de restauration de continuité écologique, l&amp;#039;expansion de crues ou la reconquête de la ressource en eau dans les bassins d&amp;#039;alimentation d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Communication et valorisation&lt;/li&gt;&lt;li&gt;L&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, les études préalables, les études stratégiques, les études de projet, les études complémentaires nécessaires&lt;/li&gt;&lt;li&gt;Les dépenses liées aux procédures réglementaires&lt;/li&gt;&lt;li&gt;Les dépenses diverses liées aux travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Bonification possible jusqu&amp;#039;à 60%.&lt;/p&gt;&lt;p&gt;Pour les acquisitions foncières, le plafond subventionnable en milieu rural est de 15 000 €/ha (soit 1.50 €/m) et en milieu urbanisé de&lt;span&gt; &lt;/span&gt;&lt;span&gt;30 000 €/ha (soit 3 €/m).&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W146" s="1" t="inlineStr">
+      <c r="W140" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-cadre-de-vie/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>163148</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
         </is>
       </c>
-      <c r="D147" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I147" s="1" t="inlineStr">
+      <c r="I141" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J147" s="1" t="inlineStr">
+      <c r="J141" s="1" t="inlineStr">
         <is>
           <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espace public
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R147" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T147" s="1" t="inlineStr">
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W147" s="1" t="inlineStr">
+      <c r="W141" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr/</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>163171</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Mobiliser le territoire face aux enjeux écologiques</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D142" s="1" t="inlineStr">
         <is>
           <t>Face aux enjeux écologique : un territoire mobilisé, sobre et plus autonome</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F148" s="1" t="inlineStr">
+      <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I148" s="1" t="inlineStr">
+      <c r="I142" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="J148" s="1" t="inlineStr">
+      <c r="J142" s="1" t="inlineStr">
         <is>
           <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les acteurs du territoire se mobilisent autour des plans climat-air-énergie territoriaux et
 des initiatives se développent sur la gestion des impacts du changement climatique
 (ressource en eau, submersion marine).
 Cependant la transition écologique est un défi pour le territoire du Pays du Bessin au
 Virois.
 Répondant à 11 objectifs prioritaires du SRADDET et prenant en considération les
 constats et préconisations scientifiques du GIEC normand, cette fiche vise accompagner
 la transition écologique du territoire, afin qu&amp;#039;il puisse réduire ses impacts
 environnementaux, l’adaptation des populations au changement climatique ainsi que des
 actions pour l’atténuer et renforcer son autonomie énergétique et alimentaire.
 Le retrait du trait de côte, la préservation de l’environnement, la protection d’espaces
 naturels et de la biodiversité, la préservation des ressources et le réemploi, sont autant
 de thématiques qui pourront être développée via les projets accompagnés cette fiche-action.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver les ressources du territoire (eau, énergie, matières premières) et réduire les
 externalités (déchets, pollutions, gaz à effet de serre).&lt;/li&gt;&lt;li&gt;Développer l&amp;#039;autonomie et les circuits courts alimentaires.&lt;/li&gt;&lt;li&gt;Sensibiliser les citoyens, collectivités et entreprises aux enjeux du développement
 durable.&lt;/li&gt;&lt;li&gt;Modifier les comportements des acteurs du territoire. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création de communications adaptées et ciblées sur le développement durable, selon le principe de
 &amp;#34;l&amp;#039;accompagnement au changement&amp;#34; ;&lt;/li&gt;&lt;li&gt;Organisation d’animations et d&amp;#039;ateliers de sensibilisation participatifs, notamment auprès du jeune public ;
 &lt;/li&gt;&lt;li&gt;Animation et accompagnement de projets de transition, notamment pour soutenir les initiatives citoyennes ; et les
 projets visant à atténuer l’incidence des changements climatiques
 &lt;/li&gt;&lt;li&gt;Réalisation d’observatoires territoriaux participatifs, permettant d&amp;#039;identifier les acteurs locaux de l&amp;#039;éducation à
 l&amp;#039;environnement et de la gestion des ressources ;
 &lt;/li&gt;&lt;li&gt;Développement et accompagnement de projets permettant de favoriser la réparation et le réemploi ;
 &lt;/li&gt;&lt;li&gt;Création d&amp;#039;espaces de partage et de valorisation d&amp;#039;expériences ;
 &lt;/li&gt;&lt;li&gt;Etudes visant à la création de filières courtes de production / distribution alimentaire et action favorisant
 l’approvisionnement local des cantines scolaires ;
 - Développement de projets de jardins partagés, encadrés et écologiques ;
 &lt;/li&gt;&lt;li&gt;Soutien à la rénovation thermique des bâtiments publics (études) et à leurs projets d’autoconsommation ;
 &lt;/li&gt;&lt;li&gt;Accompagnement et développement de solutions innovantes de production d&amp;#039;énergie dites &amp;#34;low-tech&amp;#34; ;&lt;/li&gt;&lt;li&gt;Développement de dispositifs de récupération et de gestion des eaux par les collectivités, les associations et les
 entreprises ;
 &lt;/li&gt;&lt;li&gt;Actions de préservation de la biodiversité ;
 &lt;/li&gt;&lt;li&gt;Actions visant à développer le tri et le réemploi des déchets ;&lt;/li&gt;&lt;li&gt;Actions d’atténuation de l’impact environnemental de l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Economie locale et circuits courts
 Biodiversité
 Valorisation d'actions
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet de préserver les ressources du territoire et/ou de réduire les externalités&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet permet de développer l&amp;#039;autonomie et les circuits courts&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet permet de sensibiliser les citoyens, les collectivités et entreprises aux enjeux du développement durable&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet d&amp;#039;encourager les changements de comportements des acteurs du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature,&lt;/li&gt;&lt;li&gt;Contrat de crédit-bail, &lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>GAL Pays du Bessin au Virois</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>leader.bessinvirois@calvados.fr</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-le-territoire-face-aux-enjeux-ecologiques/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>163199</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H143" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I143" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -31091,8306 +29616,9443 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q143" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T143" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>163216</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Favoriser la reconstruction du patrimoine naturel et de la biodiversité par la plantation de végétaux (haies, bosquets, plantes messicoles et mellifères)</t>
         </is>
       </c>
-      <c r="D150" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J150" s="1" t="inlineStr">
+      <c r="J144" s="1" t="inlineStr">
         <is>
           <t>Maximum de 60% de l'opération et plafond de 2€ à 2.50€/m pour la plantation de haies, bosquets / Maximum 30% de l'opération et plafond de 1 600 euros/ha pour les plantes messicoles et mellifères</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plantation de haies et bosquets&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de plants ou de semences,&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;tuteurs et protections&lt;/li&gt;&lt;li&gt;installations de toiles de paillage biodégradables et compostables&lt;/li&gt;&lt;li&gt;travaux de réalisation&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plantation de plantes messicoles et mellifères&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de mélanges de semence&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;le semis sur la base de 20kg/ha&lt;/li&gt;&lt;li&gt;la fauche tardive&lt;/li&gt;&lt;li&gt;la location des terres (150€/ha maximum)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Sols
 Biodiversité</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;li&gt;Exploitations agricoles (tout statut juridique)&lt;/li&gt;&lt;li&gt;Associations portant des projets innovants intégrant les trois piliers du développement durable&lt;/li&gt;&lt;li&gt;Associations locales après avis de la Fédération de rattachement (pêche, chasse) pour les plantes messicoles et mellifères&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W150" s="1" t="inlineStr">
+      <c r="W144" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes-1/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>163237</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C145" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I151" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J145" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P151" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q151" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>163238</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J146" s="1" t="inlineStr">
         <is>
           <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 Aujourd’hui, l’adaptation des
 territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
 des espaces et des activités humaines. C’est pourquoi, le
 Département souhaite faciliter l’émergence de projets locaux par
 la mobilisation de moyens techniques et financiers adaptés aux
 attentes des territoires sur les thématiques liées à la transition
 écologique (restauration et préservation des milieux naturels et
 aquatiques, plantations de végétaux, gestion des eaux pluviales) et
 aux mobilités douces (plan départemental des itinéraires de
 promenade et de randonnée, développement de la mobilité à
 vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
 départemental des Itinéraires de Promenade et de Randonnée.
 Représentant une offre de plus de 220 circuits (pédestre, équestre
 et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
 nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
 	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
 	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
 		d’arbres sur le tracé, travaux de terrassement, de protection ou
 		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Travaux et aménagements visant la
 	protection de la biodiversité et des paysages aux abords du
 	sentier (restauration des continuités
 		écologiques, mise en valeur et requalification
 		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
 		dont la pollution lumineuse, désartificialisation, remplacement des
 		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
 	ou travaux nécessaires à la continuité ou à la sécurité du
 	cheminement, autres que l’entretien courant : réouverture de
 	chemin, passerelles, caillebotis, mains courantes, aménagements
 	permettant l’adaptation pour l’accès aux personnes à mobilité
 	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Fourniture et pose de balisage et/ou
 	signalétique : poteau, lame, bagues, panneau danger, panneau
 	d’information départs…&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Mobilier
 	d’accueil du public : bancs, tables de pique-nique, totem de
 	départ …,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Communication
 	et valorisation du patrimoine à proximité, présent le long de
 	l’itinéraire : fourniture et pose de table d’orientation,
 	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
 	Acquisition foncière nécessaire à la
 	création, l’amélioration ou le maintien de la continuité d’un
 	itinéraire de randonnée et/ou à la réalisation d’aménagements
 	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Modes actifs : vélo, marche et aménagements associés
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font face="Arial, serif"&gt;Les opérations finançables doivent
 permettre de développer la pratique de la randonnée (pédestre,
 équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
 &lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
 cela, elles feront l’objet d’une étude et/ou d’un travail de
 concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
 &lt;font face="Arial, serif"&gt;et le référent randonnées du
 Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
 conseiller et apporter un appui technique pour préciser et affiner
 le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
 projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
 inscrire au Plan départemental des Itinéraires de promenade et de
 randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
 affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="justify"&gt;
 &lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
 subvention qui pourra être accordée, le Conseil départemental
 préconise de se référer aux guides nationaux et/ou recommandations
 des partenaires locaux experts des différentes pratiques (CDRP 28
 pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T152" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W146" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>163581</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C153" s="1" t="inlineStr">
+      <c r="C147" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Financement européen LEADER</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>GAL du Plateau de Saclay</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous avez un projet sur le Plateau de Saclay ?&lt;/p&gt;&lt;p&gt;Le programme LEADER, un dispositif de l&amp;#039;Union européenne, vise à soutenir financièrement des initiatives locales sur le Plateau de Saclay pour la période 2023-2027. Le Groupe d&amp;#039;Action Locale (GAL) du Plateau de Saclay dispose d’une enveloppe de 1,4 million d’euros pour encourager le développement territorial à travers des thématiques variées : agriculture, recherche, pédagogie, innovation, environnement, etc.&lt;/p&gt;&lt;p&gt;Que vous soyez un acteur public ou privé (élus, collectivités, chambres consulaires, entreprises, associations, etc.), vous pouvez bénéficier d’un financement LEADER si votre projet se situe, en tout ou partie, sur le Plateau de Saclay.&lt;/p&gt;&lt;p&gt;Les projets éligibles sont examinés par un comité de programmation, qui se réunit 3 à 4 fois par an. Ce comité, composé d’élus et d’acteurs locaux, sélectionne les projets à soutenir.&lt;/p&gt;&lt;p&gt;Pour plus d’informations ou pour soumettre votre idée, n’hésitez pas à contacter l’équipe du programme LEADER.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;blockquote&gt;&lt;p&gt;Voici quelques exemples de thématique accompagnés par le GAL du Plateau de Saclay :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1er thématique : Préserver les espaces agricoles et ruraux, essentiels pour l&amp;#039;équilibre territorial &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;- Sensibilisation aux enjeux de l&amp;#039;agriculture et à son fonctionnement en contexte périurbain&lt;/blockquote&gt;&lt;blockquote&gt;- Accompagnement et aménagement de l&amp;#039;espace pour maintenir et faciliter l&amp;#039;activité agricole&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;2e thématique : Accompagner l&amp;#039;évolution de l&amp;#039;agriculture et des filières pour une alimentation locale, saine, de qualité et accessible à tous &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- Installation, transmission et développement de nouvelles productions agricoles locales &lt;/span&gt;&lt;/blockquote&gt;&lt;blockquote&gt;- Transformation alimentaire de produits locaux et réduction du gaspillage &lt;/blockquote&gt;&lt;blockquote&gt;- Soutien à la structuration de filières et des circuits de distribution et de consommation des produits locaux&lt;/blockquote&gt;&lt;blockquote&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;3e thématique : Accompagner la transition pour répondre aux grands enjeux environnementaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Valoriser et accompagner l&amp;#039;utilisation des espaces agricoles, naturels et forestiers dans la lutte contre le changement climatique&lt;/p&gt;&lt;p&gt;- Développer l&amp;#039;économie circulaire et le recyclage de la matière organique&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;4e thématique : Soutenir l&amp;#039;émergence de projets innovants qui répondent aux enjeux sociétaux en mobilisant la dynamique Paris-Saclay &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- Nourrir les synergies entre acteurs&lt;/p&gt;&lt;p&gt;- Construire de nouveaux espaces expérimentaux &lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;- Soutenir aux projets de recherche appliquée&lt;/p&gt;&lt;/blockquote&gt;&lt;p&gt;Ces thématiques montrent la diversité des initiatives soutenues, toutes centrées sur le développement local du Plateau de Saclay.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Forêts
 Sols
 Economie circulaire
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P153" s="1" t="inlineStr">
+      <c r="P147" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q153" s="1" t="inlineStr">
+      <c r="Q147" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R153" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La réalisation des dépenses de mon projet doit se situer sur le territoire du GAL, sauf cas exceptionnel ou projet de coopération.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mes dépenses prévisionnelles s’inscrivent dans la liste des coûts éligibles et je fais partie de la liste des bénéficiaires potentiels (voir page suivante).&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;J’ai au moins un autre cofinancement public. En effet, le soutien financier de l’Union Européenne vient en complément des aides nationales, régionales et locales.&lt;/li&gt;&lt;li&gt;Je n’ai pas commencé à engager le projet: factures payées, devis signés...&lt;/li&gt;&lt;li&gt;Mon projet n’est pas finançable par d’autresmesures ou dispositifs de subvention du FEADER* (contacter l’équipe technique pour plus d’informations).&lt;/li&gt;&lt;li&gt;Je dispose d’une trésorerie suffisante dans l’attente du versement de la subvention à la fin du projet sur présentation des factures acquittée.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>GAL Plateau de Saclay</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://terreetcite.org/concretiser-projets/avec-le-programme-leader/</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a target="_self"&gt;leader&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank"&gt;sterenn.benoit&amp;#64;terreetcite.org&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>sterenn.benoit@terreetcite.org</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-liaison-entre-actions-de-developpement-de-leconomie-rurale/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>163792</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser des espèces et des espaces naturels</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Conseil Départemental des Pyrénées Orientales</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;A travers 
 son Schéma Départemental des Espaces Naturels (SDEN) le Département des Pyrénées Orientales a 
 identifié un réseau d’une centaine d’espaces naturels protégés, ou non, 
 par la réglementation, permettant de cibler les écosystèmes et enjeux 
 prioritaires. Cette démarche de conservation de la nature s’inscrit 
 également en faveur de certaines espèces de faune et de flore 
 emblématique du territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Montant de l’aide défini selon le type de projet au cas par cas.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M154" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département intervient pour soutenir des projets permettant de valoriser les atouts du territoire au
  niveau écologique et du paysage. &lt;/p&gt;&lt;p&gt;→ Améliorer la connaissance, 
 restaurer des milieux naturels, reconnecter des corridors écologiques, 
 pérenniser à long terme la qualité des écosystèmes par des équipements 
 adaptés et une gestion différenciée de l’espace. &lt;/p&gt;&lt;p&gt;Les opérations doivent 
 également permettre une ouverture au public pour faciliter la découverte
  du patrimoine naturel.&lt;/p&gt;&lt;p&gt;Les projets doivent cibler les espèces et des milieux naturels prioritaires du SDEN, selon 5 orientations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Inventaires et études (plan de gestion…)&lt;/li&gt;&lt;li&gt;Animation et acquisitions foncières (vieilles forêts, zones humides…)&lt;/li&gt;&lt;li&gt;Travaux de restauration (reconstitution de mares, de corridors écologiques)&lt;/li&gt;&lt;li&gt;Aménagement à des fins de protection (infrastructures écologiques, équipement et matériel, accueil du public dans le 
 respect du milieu)&lt;/li&gt;&lt;li&gt;Gestion d’espaces naturels (ouverture de milieux…)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Foncier
 Santé
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aides ouvertes aux communes, EPCI, associations de préservation de l’environnement, syndicats mixtes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Orientales</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://portail-collectivites66.fr/aap/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable Mission Biodiversité&lt;/p&gt;&lt;p&gt;Département des Pyrénées Orientales&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>vanessa.amiel@cd66.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-especes-et-des-espaces-naturels/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>163793</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Préserver les zones humides</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Conseil Départemental des Pyrénées Orientales</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;De part 
 les nombreuses fonctions qu’elles assurent, les zones humides se 
 trouvent à la croisée des enjeux liés à la protection de la ressource en
  eau et des espaces naturels. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Afin de préserver ces milieux fragiles et 
 sous pression, le Département des Pyrénées-Orientales peut financer des études ou plans de 
 gestion, des travaux de protection ou restauration et des opérations 
 d’acquisitions foncières. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour faciliter ces dernières, il peut 
 également mettre à disposition des collectivités son outil foncier relatif aux Zones de préemption au titre des espaces naturels sensibles (ZPENS).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M155" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études, travaux, outils de communication/sensibilisation, acquisitions foncières.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Sols
 Biodiversité
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;EPCI, communes, associations, fondations reconnues d’utilité publique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Orientales</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://portail-collectivites66.fr/aap/politique-departementale-en-matiere-de-preservation-des-zones-humides/</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable mission Biodiversité&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>vanessa.amiel@cd66.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-zones-humides/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>163869</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine domestique</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les pollutions d'origine domestique</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Avance récupérable</t>
         </is>
       </c>
-      <c r="I156" s="1" t="inlineStr">
+      <c r="I150" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans un contexte où l&amp;#039;imperméabilisation des surfaces urbanisées a été
 croissante ces dernières décennies provoquant l&amp;#039;augmentation des volumes d&amp;#039;eaux
 pluviales à gérer et un impact parfois significatif sur la qualité des milieux
 naturels récepteurs, la gestion efficace de ces eaux constitue un enjeu
 crucial, particulièrement dans un contexte d&amp;#039;adaptation au changement
 climatique et de préservation de la biodiversité. &lt;/p&gt;&lt;p&gt;L&amp;#039;augmentation de la performance environnementale des systèmes
 d&amp;#039;assainissement collectif représente un autre enjeu majeur. Dans cette
 perspective, l&amp;#039;Agence de l&amp;#039;Eau soutient principalement les actions visant à
 améliorer la performance des unités d&amp;#039;épuration, à maîtriser les déversements
 des réseaux d&amp;#039;assainissement dans le milieu naturel, à mettre à niveau les
 raccordements en domaine privé et à réhabiliter les installations
 d&amp;#039;assainissement non collectif situées dans des zones sensibles.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les interventions de l&amp;#039;Agence de l&amp;#039;Eau en matière de lutte
 contre les pollutions d&amp;#039;origine domestique visent ainsi à atteindre les
 objectifs fixés par la Directive Cadre sur l&amp;#039;Eau, la Directive Eaux Résiduaires
 Urbaines et la Directive Eaux de Baignades, telles que mentionnées dans le
 Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux. Elles visent à atteindre
 le bon état des masses d&amp;#039;eau et à réduire ou éliminer les rejets de polluants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M156" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;    Les dispositifs d’autosurveillance des
 installations&lt;/li&gt;&lt;li&gt;    Les travaux de réhabilitation de réseaux
 d’assainissement d’eaux usées séparatifs ou unitaires sans redimensionnement
 hydraulique à la hausse (dépose/repose, chemisage continu ou ponctuel…)&lt;/li&gt;&lt;li&gt;    La mise en service d’un réseau de collecte neuf
 ou d’un tronçon de réseau de collecte réhabilité ;&lt;/li&gt;&lt;li&gt;    Etudes ou des travaux qui contribuent à réduire
 l’impact des rejets des installations d’assainissement non collectif pour
 préserver l’environnement et la santé des personnes&lt;/li&gt;&lt;li&gt;    Réalisation de missions d’assistance technique
 auprès des collectivités dans le domaine de l’assainissement collectif.&lt;/li&gt;&lt;li&gt;    Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Sols
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P156" s="1" t="inlineStr">
+      <c r="P150" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q156" s="1" t="inlineStr">
+      <c r="Q150" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les ouvrages d’épuration&lt;/li&gt;&lt;li&gt;Les réseaux d’assainissement et de gestion des
 eaux pluviales&lt;/li&gt;&lt;li&gt;Le raccordement au réseau public de collecte des
 eaux usées&lt;/li&gt;&lt;li&gt;L’assainissement non collectif&lt;/li&gt;&lt;li&gt;L’assistance technique départementale&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T156" s="1" t="inlineStr">
+      <c r="T150" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V150" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_blank"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_blank"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE - &lt;a target="_blank"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-domestique/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>163871</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
         </is>
       </c>
-      <c r="C157" s="1" t="inlineStr">
+      <c r="C151" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D157" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Territoires engagés pour la nature</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
-Office Français de la Biodiversité (OFB)</t>
-[...2 lines deleted...]
-      <c r="G157" s="1" t="inlineStr">
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K157" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N157" s="1" t="inlineStr">
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Revitalisation
 Biodiversité
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>163874</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Gérer l'eau et la nature dans les villes et les villages</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G158" s="1" t="inlineStr">
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H158" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I158" s="1" t="inlineStr">
+      <c r="I152" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 70</t>
         </is>
       </c>
-      <c r="K158" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement urbain et industriel, héritage du passé, a
 entraîné une artificialisation des zones urbanisées altérant durablement les
 fonctions écologiques des sols urbains, en particulier leurs fonctions
 hydriques, biologiques et climatiques. Cette artificialisation s’est traduite
 le plus souvent par une imperméabilisation qui constitue la forme la plus
 sévère de dégradation des sols. Elle a notamment eu pour effet :&lt;/p&gt;&lt;p&gt;- Sur les fonctions hydriques, de déséquilibrer le cycle
 naturel de l’eau en asséchant les sols urbains avec une diminution drastique de
 l’infiltration des eaux pluviales, seule source de notre eau potable, avec pour
 corolaire un accroissement des ruissellements urbains, quasi-systématiquement
 gérés via des réseaux d’assainissement unitaires et/ou pluviaux, engendrant des
 inondations et des impacts plus ou moins significatifs sur la qualité des
 milieux aquatiques récepteurs. Sur le bassin, c’est ainsi en moyenne annuelle
 60 millions de m3 d’effluents (mélange d’eaux usées et d’eaux pluviales) qui
 sont rejetés sans traitement au droit des déversoirs d’orage directement dans
 les milieux aquatiques ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions biologiques, de réduire considérablement
 la vie présente dans ces sols et leur capacité à être supports de biodiversité,
 les quelques espaces de pleine terre végétalisés en zone urbanisée étant le
 plus souvent déconnectés entre eux, sans continuité écologique ;&lt;/p&gt;&lt;p&gt;- Sur les fonctions climatiques, de réduire considérablement
 les capacités de stockage de carbone dans les sols sous forme de matière
 organique, facteur d’atténuation du dérèglement climatique, mais aussi de
 réduire les capacités de stockage d’eau dans les sols et d’évapotranspiration
 par les végétaux permettant le rafraîchissement de l’air, facteur d’adaptation
 au dérèglement climatique des milieux urbanisés.&lt;/p&gt;&lt;p&gt;Réactiver les fonctions écologiques des sols et favoriser
 l’expression de leurs services écosystémiques, en repensant la place de l’eau
 et de la nature en milieu urbain pour les placer au cœur de l’aménagement,
 constitue aujourd’hui un levier incontournable pour répondre aux enjeux du
 Schéma Directeur d’Aménagement et de Gestion des Eaux, du Plan d’Adaptation au
 Changement Climatique et de la Stratégie Nationale Biodiversité.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;A ce titre, la désimperméabilisation des sols constitue la
 première étape de cette réactivation. Les interventions de l’Agence de l’Eau au
 titre de la présente délibération visent à impulser et accompagner la
 nécessaire transformation des modes d’aménagement urbain, de tendre vers un
 urbanisme durable, plus respectueux du cycle naturel de l’eau permettant
 l’atteinte du bon état des masses d’eau, plus résilient face aux effets du
 dérèglement climatique, plus bénéfique pour la biodiversité et le cadre de vie des
 habitants.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restaurer les fonctionnalités écologiques des sols urbains
 en améliorant leur état initial par la création de nouveaux espaces de nature
 en ville ;&lt;/li&gt;&lt;li&gt;L’acquisition de matériel spécifique d’entretien.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N158" s="1" t="inlineStr">
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P158" s="1" t="inlineStr">
+      <c r="P152" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q158" s="1" t="inlineStr">
+      <c r="Q152" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité sont
 précisées dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;      Les études&lt;/li&gt;&lt;li&gt;      Travaux de renouvellement urbain&lt;/li&gt;&lt;li&gt;      Entretien des espaces de nature en ville et
 village &lt;/li&gt;&lt;li&gt;      Animation et ingénierie mutulisé&lt;/li&gt;&lt;li&gt;      Action de communication&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T158" s="1" t="inlineStr">
+      <c r="T152" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
+      <c r="V152" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X158" s="1" t="inlineStr">
+      <c r="X152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI - &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-leau-et-la-nature-dans-les-villes-et-les-villages/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>163875</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Lutte les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I159" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
 masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
 gérer les crues et préserver la biodiversité, dans un contexte de changement
 climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
 agroécologique et privilégie les pratiques ou les changements à l’échelle du
 système d’exploitation, tels que l’agriculture biologique, l’agriculture de
 conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
 l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
 spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
 particulièrement dans les aires d’alimentation des captages prioritaires où
 l’agence privilégie les projets de territoires portés par les collectivités et
 soutient des actions concourant à réduire ou maitriser les pressions à un
 niveau compatible avec l’état de la ressource en eau et les enjeux de santé
 publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
 en zones humides qui poursuit un objectif de maintien des surfaces et à
 démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
 sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
 climatique pour lesquelles il est visé une stabilisation des prélèvements à des
 fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
 réserve utile du sol, la résistance des plantes et la réduction de la
 consommation d’eau ; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
 pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
 favoriser le retour au sol agricole des matières organiques en créant les
 conditions de la confiance.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M159" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
 changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
 filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
 micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
 ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
 (CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P159" s="1" t="inlineStr">
+      <c r="P153" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q159" s="1" t="inlineStr">
+      <c r="Q153" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux personnes morales de droit public ou privé
 réalisant des opérations visant à lutter contre les pressions d’origine
 agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
 principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
 la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
 zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
 large. Il est tenu compte de la délibération d’intervention portant sur les
 zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
 particulier les aires d’alimentation des captages prioritaires définis dans le
 SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
 l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
 » ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
 quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
 programme global de lutte contre l’érosion des sols reconnu par l’Agence de
 l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
 conservation des sols, programme global d’aménagements hydrauliques issu d’une
 étude préalable) sont également des territoires à enjeux pour l’Agence de
 l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
 précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
 la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
 transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
 leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
 l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
 agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>163876</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Aménager le territoire avec et pour l'eau</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>Politique territoriale</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette délibération présente les principes d’intervention et les
 objectifs de l’Agence en matière de politiques territoriales : restaurer l’état
 ou le potentiel des masses d’eau de surface à travers un contrat territorial
 dénommé « contrat de masse d’eau », soutenir le travail réalisé par les
 commissions locales de l’eau et les structures porteuses des schémas
 d’aménagement et de gestion des eaux (SAGE) et intégrer les enjeux de l’eau
 dans les politiques d’urbanisme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’élaboration et la mise en œuvre des contrats
 de masse d’eau&lt;/li&gt;&lt;li&gt;La mise en œuvre des pactes de gouvernance
 qu’elle a conclus avec les schémas d’aménagement et de gestion des eaux (SAGE)&lt;/li&gt;&lt;li&gt;Les études liées à la révision ou la mise en
 œuvre des plans d’action des SAGE (études juridiques, dossiers réglementaires,
 dispositif de consultation du public…)&lt;/li&gt;&lt;li&gt;Elaboration des documents d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P160" s="1" t="inlineStr">
+      <c r="P154" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q160" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières et l’éligibilité des coûts 
 sont précisées plus en détail dans la délibération :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats de masse d’eau&lt;/li&gt;&lt;li&gt;Pacte de gouvernance avec les schémas d’aménagement et de gestion des eaux (SAGE)&lt;/li&gt;&lt;li&gt;Intégration des enjeux de l’eau dans les
 politiques de planification territoriale et d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-avec-et-pour-leau/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>163877</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Protection de la ressource en eau et alimentation en eau potable</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
+      <c r="I155" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
 potable par une eau de qualité satisfaisante et en quantité suffisante est un
 enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
 d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
 d’utilisé publique visant la protection contre les pollutions accidentelles et
 ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
 des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
 prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
 Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
 métabolites en augmentation tendancielle, voire en dépassement des valeurs
 limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
 origines, et leur résolution appelle une mobilisation large des dispositifs du
 programme d’intervention de l’Agence de l’Eau en conformité avec les
 orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
 mars 2023, la mise en place de démarches préventives doit être prioritairement
 recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
 sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
 place des solutions curatives qui s’avèreraient nécessaires, ou des projets
 d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
 l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
 d’ouvrage à mettre en place des actions de protection de la ressource en eau,
 principalement à travers des actions de réduction des pollutions qui s’exercent
 sur les aires d’alimentation des captages afin de reconquérir à terme la
 qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
 tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
 la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
 les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
 forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
 indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
 au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
 liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
 travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
 faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
 différentes solutions de sécurisation (nouveau forage, raccordement,
 interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
 sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
 fort et définis dans un document d’urbanisme en lien avec un plan de prévention
 des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Risques naturels
 Biodiversité
 Equipement public
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
+      <c r="P155" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q161" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
 quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
 sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>163878</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 délibération présente les principes d’intervention et les objectifs de l’Agence
 dans le domaine de la restauration écologique des milieux naturels et du
 littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
 d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
 une approche globale à l’échelle du cycle de l’eau, tenant compte du
 fonctionnement écologique des milieux naturels. Les actions conduites ont pour
 ambition notamment d’améliorer l’état écologique des eaux de surface et de
 contribuer à la préservation et la restauration de la biodiversité. L’approche
 vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
 physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
 d’eau, milieux humides et non humides) et leur biodiversité, et le
 rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
 (ruissellement et gestion des eaux pluviales « à la source », débordement de
 cours d’eau, limitation des flux de matières en suspension et du colmatage des
 cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
 Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
 la Biodiversité », l’objectif visé est également de faciliter la prise en
 compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
 les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
 d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
 de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
 riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
 accompagner les maîtrises d’ouvrage des opérations de rétablissement des
 continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
 écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
 d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
 végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
 douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
 milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q156" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau est susceptible
 d’attribuer une participation financière aux opérations respectant les
 conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
 qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
 écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
 déclarées et respectent les prescriptions administratives afférentes ou, à
 défaut, le dossier visant à l’obtention de ces éléments est en cours
 d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
 plus précisément les conditions particulières sont précisées en détail dans la
 délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
 cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
 colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
 d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
 d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>163880</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M163" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P157" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>163882</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Lutter contre la pollutions des activités économiques hors agricole</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Lutte contre la pollution des activités économique hors agricole</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I164" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les activités économiques hors agricoles existantes et leur
 développement peuvent impliquer des pressions sur la ressource en eau et les
 milieux aquatiques. L’Agence de l’Eau en tient compte dans son programme
 d’intervention et accompagne les acteurs économiques hors agricoles dans une
 logique d’approche globale de la gestion de l’eau à l’échelle de leur site,
 afin de réduire leur impact sur la ressource en eau et les milieux aquatiques.&lt;/p&gt;&lt;p&gt;Cette délibération présente les principes d’intervention et
 les objectifs de l’Agence en matière d’activités économiques hors agricole :
 approche globale de la gestion de l’eau sur les sites économiques visant à
 réduire les pollutions et les prélèvements d’eau, gérer les eaux pluviales et,
 le cas échéant, rétablir les continuités écologiques des cours d’eau. Plus
 particulièrement la partie elle fixe des objectifs spécifiques aux titres : &lt;/p&gt;&lt;p&gt;-de la lutte contre les pollutions : l’Agence de l’Eau
 favorise dans ce cadre les solutions de techniques propres de changement de
 procédés visant à réduire les pollutions à la source, en adéquation avec les
 objectifs environnementaux du Schéma Directeur d’Aménagement et de Gestion des
 Eaux 2022 – 2027 (SDAGE).&lt;/p&gt;&lt;p&gt;-de la réduction des prélèvements en eau : l’Agence de
 l’Eau privilégie dans ce cadre les logiques de réduction des consommations,
 puis de réutilisation et/ou de recyclage des eaux industrielles ou des eaux
 pluviales de la gestion des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les interventions de l’Agence de l’Eau visent l’atteinte des
 objectifs du Schéma Directeur d’Aménagement et de Gestion des Eaux via :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la réduction ou la suppression des eaux de
 ruissellement admises dans les réseaux d’assainissement ou rejetées au milieu
 naturel superficiel&lt;/li&gt;&lt;li&gt;le rétablissement des continuités écologiques
 des cours d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;La politique de l’Agence de l’Eau favorise les solutions
 basées sur l’arasement des seuils faisant obstacle à la continuité écologique
 des cours d’eau.&lt;u&gt;&lt;/u&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 restauration de la continuité écologique et les travaux associés&lt;/li&gt;&lt;li&gt;Les travaux d’économie d’eau (changement de
 procédés, réutilisation d’eau de process, recyclage des eaux pluviales ou des
 eaux usées traitées…)&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Les modifications de circuits internes
 d&amp;#039;utilisation d&amp;#039;eau, en particulier dans le but de réduire les débits ou les
 sous-produits à traiter&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P164" s="1" t="inlineStr">
+      <c r="P158" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q164" s="1" t="inlineStr">
+      <c r="Q158" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux maîtres d’ouvrage des activités économiques
 hors agricoles suivants : - Entreprises immatriculées au registre du commerce
 et des sociétés, - Chambres consulaires ou tout autre organisme représentatif
 d’une activité économique industrielle, commerciale ou artisanale, -
 Collectivités territoriales et associations, pour les projets qu’elles portent
 dès lors qu’ils répondent aux principes d’intervention définis dans la présente
 délibération. Sont éligibles aux aides de l’Agence de l’Eau les opérations qui
 permettent aux entreprises d’aller au-delà des normes de portée européenne ou
 nationale en vigueur, et d’améliorer la protection de l’environnement par
 rapport à l’état initial.&lt;/p&gt;&lt;p&gt;Les opérations réunissant au moins
 l’un des critères suivants ne sont pas éligibles aux aides de l’Agence de l’Eau
 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises en difficulté, sauf si l’aide de
 l’Agence de l’Eau est apportée dans le cadre du régime de minimis&lt;/li&gt;&lt;li&gt;Renouvellement à l’identique des ouvrages&lt;/li&gt;&lt;li&gt;Existence d’une mise en demeure réglementaire au
 titre de la police de l’eau ou des installations classées pour la protection de
 l’environnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au titre de cas particulier, les
 transferts d’activités existantes sur un autre site du bassin sont éligibles
 aux aides de l’Agence de l’Eau pour la part des travaux permettant d’aller
 au-delà des normes de portée européenne ou française en vigueur. L’Agence de
 l’Eau peut aider l’implantation de nouvelles activités dans le bassin, si ces
 installations sont réalisées sur des sites déjà artificialisés, et pour la part
 des travaux se rapportant à la gestion des eaux pluviales. L’Agence de l’Eau
 peut aider les travaux accompagnant une augmentation de capacité de production
 dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les flux de pollution nouveaux à éliminer seront
 pris en compte dans les dépenses finançables, dans la limite de 150% des flux
 de pollution initiaux ;&lt;/li&gt;&lt;li&gt;Les volumes d’eau économisés seront pris en
 compte dans les dépenses finançables pour la part correspondant aux économies
 d’eau se rapportant à la production initiale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau peut aider les
 opérations collectives si elles sont portées par les chambres consulaires ou
 tout autre organisme représentatif d’une activité économique industrielle,
 commerciale ou artisanale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-la-pollutions-des-activites-economiques-hors-agricole/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>163894</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C159" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
+Nouveaux lieux, nouveaux liens
 ÉcoQuartier
-Renaturation des villes</t>
-[...2 lines deleted...]
-      <c r="D165" s="1" t="inlineStr">
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G165" s="1" t="inlineStr">
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K165" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
-[...17 lines deleted...]
-&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>163896</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G166" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N166" s="1" t="inlineStr">
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W160" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>163918</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Faire émerger des projets de R&amp;D afin d’améliorer les connaissances et développer des techniques ou de nouveaux outils dans les domaines du traitement des sols</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Recherche pour la GEStion Intégrée des sites POLlués (GESIPOL)</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G167" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K167" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les enjeux techniques et scientifiques centraux de l&amp;#039;édition 2025 de l&amp;#039;appel à projets de recherche (APR) GESIPOL sont constitués de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’amélioration des techniques de traitement des pollutions des sols et des eaux souterraines&lt;/strong&gt;, ainsi que des méthodes et outils de dimensionnement, de pilotage et de suivi de ces traitements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’avancement des techniques de réhabilitation écologique&lt;/strong&gt; des friches polluées.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’optimisation des conceptions des projets d’aménagement&lt;/strong&gt; (orientations et objectifs) dans des contextes de friches polluées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les propositions de recherche devront autant que possible &lt;strong&gt;servir une dynamique d’innovation et être portées par les acteurs économiques&lt;/strong&gt; eux-mêmes.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans une démarche scientifique bien circonscrite reposant sur un questionnement pertinent, basé sur la connaissance des contextes, enjeux et états de l’art scientifiques, et sur une méthodologie de réponse prédéfinis et comportant un volume substantiel de travail expérimental et/ou d’enquêtes.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N167" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241119/recherche-gestion-integree-sites-pollues-gesipol</t>
         </is>
       </c>
-      <c r="W167" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X167" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/recherche-pour-la-gestion-integree-des-sites-pollues-gesipol/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>163959</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C168" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G168" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K168" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M168" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N168" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W162" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>163965</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Leyton</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M169" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Emploi
 Attractivité économique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>pdeniau@leyton.com</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>163977</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Identifier des actions concrètes d'amélioration de la qualité de l’air extérieur et intérieur</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Aide à l’action des collectivités territoriales en faveur de la qualité de l’air (AACT-AIR)</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets AACT-AIR est ouvert à &lt;strong&gt;toute collectivité territoriale souhaitant réaliser une étude pour agir sur la qualité de l’air extérieur ou intérieur&lt;/strong&gt;. Attention, l’ADEME ne soutient pas les études obligées par des réglementations (PCAET (Plan climat-air-énergie territorial), constitution d’une ZFE pour les territoires obligés, etc.).&lt;/p&gt;&lt;p&gt;L’objectif de l’étude est de &lt;strong&gt;définir et caractériser des actions pertinentes à déployer sur le territoire pour améliorer la qualité de l&amp;#039;air.&lt;/strong&gt;&lt;br /&gt;Le sujet de l&amp;#039;étude peut être &lt;strong&gt;transversal&lt;/strong&gt; (étude stratégique, de mobilisation citoyenne, d&amp;#039;impact sanitaire…). Cette année, AACT-Air soutient de façon prioritaire l’élaboration de programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée sur la qualité de l’air ambiant.&lt;br /&gt; Le sujet d’étude peut également être &lt;strong&gt;thématique&lt;/strong&gt;, avec deux axes prioritaires : urbanisme, qualité de l’air intérieur, et les autres sujets suivants : combustion de biomasse, chantiers du BTP, agriculture ou encore mobilité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Vous pouvez bénéficier :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;D&amp;#039;une&lt;strong&gt; aide financière&lt;/strong&gt; : un financement vous est octroyé sous la forme d&amp;#039;une subvention. L’intensité de l’aide de l’ADEME n’excède pas 70 % des dépenses éligibles.&lt;br /&gt;Le montant de l’aide ADEME est limité :&lt;ul&gt;&lt;li&gt;À 150 000 € pour les programmes d’action pour atteindre les objectifs fixés d’ici 2030 par la Directive révisée « Air ambiant ».&lt;/li&gt;&lt;li&gt;À 100 000 pour toutes les autres études.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;D&amp;#039;un &lt;strong&gt;accompagnement technique&lt;/strong&gt; : des agents ADEME spécialistes de la qualité de l&amp;#039;air et des problématiques rencontrées par les collectivités vous accompagnent dans la réalisation et la valorisation de votre étude.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans la rubrique qui suit « Préparez votre dossier - 2. Rassemblez l’ensemble des documents », les pièces requises au dépôt de dossier sont identiques quel que soit l’objet de projet que vous sélectionnerez, « Assistance à Maîtrise d’Ouvrage » ou « Études Générales ». Il reviendra à l’ADEME de déterminer quel type sera le plus approprié en fonction de la nature de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le dépôt des candidatures a lieu au plus tard le jeudi 15 mai 2025, à 15h.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://agir.ademe.fr/aides-financieres/aap/aide-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair</t>
         </is>
       </c>
-      <c r="W170" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-laction-des-collectivites-territoriales-en-faveur-de-la-qualite-de-lair-aact-air-1/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>164017</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de la transition écologique : l'aide aux actions ponctuelles d’animation, de communication et/ou de formation</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Aides aux actions ponctuelles</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux actions ponctuelles&lt;/strong&gt; pourront financer vos &lt;strong&gt;actions ponctuelles d’animation, de communication et/ou de formation&lt;/strong&gt;. Voici quelques exemples d’actions :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formation/sensibilisation&lt;/strong&gt; : analyse des besoins, conception de modules, animation de sessions.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Communication&lt;/strong&gt; : réalisation d’outils, diffusion d’info, création de sites internet, organisation d’événements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Animation&lt;/strong&gt; : mobilisation d’une cible, dissémination de solutions, structuration d’une filière, organisation de Trophées/labels.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P171" s="1" t="inlineStr">
+      <c r="P165" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q171" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_984_986_987_988_989</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X171" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-aux-actions-ponctuelles</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-actions-ponctuelles-1/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>164024</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Financer des postes de chargés de missions</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Aides aux relais</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vous souhaitez contribuer au déploiement des politiques de l’ADEME ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;aides aux relais&lt;/strong&gt; pourront vous permettre de recruter un poste de chargé de mission pour des &lt;strong&gt;projets d&amp;#039;envergure et structurants pour le territoire &lt;/strong&gt;! &lt;/p&gt;&lt;p&gt;Voici des exemples de profils de postes : animateur filière bois-énergie, chargé de mission EnR, animateur solaire thermique, chargé de mission qualité de l&amp;#039;air, animateur biodéchets, animateur filière méthanisation, animateur alimentation durable, relais Agri-énergie, chargé de mission EIT, etc.&lt;/p&gt;&lt;p&gt;Les cas de certains profils de relais sont exclus du présent dispositif :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;conseillers en Énergie Partagés (CEP) : ces profils sont traités dans un &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/soutien-a-creation-postes-conseil-energie-partage-cep"&gt;dispositif spécifique&lt;/a&gt;,&lt;/li&gt;&lt;li&gt;conseillers France rénov.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Merci de contacter l&amp;#039;ADEME avant de déposer vos projets sur la plateforme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P172" s="1" t="inlineStr">
+      <c r="P166" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q166" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_93_94_975_977_978_987_988_989</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X172" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/aides-aux-relais</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aides-aux-relais-1/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>164031</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Financer des Projets de Recherche et Développement</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Projets de Recherche et Développement</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’ADEME peut financer avec ce dispositif des projets de R&amp;amp;D qui ne relèvent pas des thématiques couvertes par les &lt;a href="https://recherche.ademe.fr/financer-ma-recherche/appels-projets-de-recherche"&gt;appels à projets de recherche de l&amp;#039;ADEME&lt;/a&gt; ou par le programme France 2030. &lt;/p&gt;&lt;p&gt;Ce dispositif s’adresse aux organismes de recherche, entreprises, associations et partenaire potentiel d’un projet de R&amp;amp;D. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’éligibilité de votre projet est jugée sur sa pertinence quant à la mise en œuvre des priorités de recherche inscrites dans la stratégie RD 2021-2027 de l&amp;#039;ADEME et sur sa qualité scientifique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Votre projet ne doit pas pouvoir s&amp;#039;inscrire dans un des appels à projets de recherche de l&amp;#039;ADEME &lt;/strong&gt; et concerne essentiellement des projets/programmes de type Chaire, GIS, etc. Consultez les &lt;a href="https://recherche.ademe.fr/financer-ma-recherche/appels-projets-de-recherche"&gt;appels à projets de recherche de l&amp;#039;ADEME&lt;/a&gt; et la majorité des &lt;a target="_blank" href="https://www.appelsprojetsrecherche.fr/"&gt;appels à projets de recherche en France&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les aides de ce dispositif sont plafonnées à 300 000 € par projet.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P173" s="1" t="inlineStr">
+      <c r="P167" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q167" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X173" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/projets-de-recherche-et-developpement</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-de-recherche-et-developpement/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>164065</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Financer des installations de méthanisation (injection, cogénération, chaleur)</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Réalisation d’installations de méthanisation (injection, cogénération, chaleur)</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’aide de l’ADEME est apportée principalement sous forme de &lt;strong&gt;forfait de subvention par unité de capacité de production annuelle (€/MWh) :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;110 €/MWh PCI (pouvoir calorifique inférieur) pour la cogénération, avec une aide plafonnée à 250 000 € ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;45 €/MWh PCS ( pouvoir calorifique supérieur) pour l’injection, avec une aide plafonnée à 700 000 €.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les projets atypiques et innovants et les projets de station d’épuration urbaine, d’autres modalités de calcul de l’aide sont utilisées.&lt;/p&gt;&lt;p&gt;Les &lt;strong&gt;équipements soutenus par l’ADEME&lt;/strong&gt; sont les suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;unités de méthanisation avec cogénération (&amp;lt;500 kWe) ou injection de biométhane :&lt;br /&gt;&lt;ol&gt;&lt;li&gt;production de biogaz ;&lt;/li&gt;&lt;li&gt;valorisation énergétique du biogaz : production de chaleur seule, cogénération d’électricité et de chaleur, épuration du biogaz en biométhane, injection dans le réseau public ;&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;stations d’épuration urbaines (STEU) : &lt;ol&gt;&lt;li&gt;valorisation énergétique du biogaz comprenant l’épuration en biométhane et l’injection dans le réseau public.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour en savoir plus sur les opérations éligibles dans chaque territoire, vous pouvez consulter les &lt;a href="https://prod-r2da.ademe-dri.fr/projects/1ef80bb5-4ab0-6f8c-a403-a97911663d89/general-data/file:///Users/audejouanne/Downloads/Maquette%20ADEME-Regions-M%C3%A9tha_2024_V1.pdf"&gt;dispositifs régionaux de soutien à la méthanisation&lt;/a&gt; (PDF - 869 ko).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Recyclage et valorisation des déchets
 Alimentation
 Agriculture et agroalimentaire
 Biodiversité</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P174" s="1" t="inlineStr">
+      <c r="P168" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>regions_01_02_03_04_11_24_27_28_32_52_75_76_84_94</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X174" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realisation-dinstallations-de-methanisation-injection-cogeneration-chaleur-1/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>164066</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Réaliser un diagnostic des consommations d’énergie et des émissions de gaz à effet de serre des secteurs agricole et forestier</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Démarches ClimAgri® : diagnostic et animation</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La prestation de diagnostic doit être réalisée par un expert ClimAgri®. Les projets portant uniquement sur un seul des deux volets de la démarche, le diagnostic ClimAgri® ou l’animation, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Les démarches ClimAgri® déjà démarrées ne peuvent pas être accompagnées dans le cadre ci-présent.&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent intégrer les critères suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;démarche réalisée à une &lt;strong&gt;échelle territoriale&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;&lt;strong&gt;diagnostic réalisé par un expert ClimAgri®&lt;/strong&gt; reconnu par l’ADEME (il dispose d’une licence d’expert ClimAgri® signée par l’ADEME),&lt;/li&gt;&lt;li&gt;démarche incluant à la fois le &lt;strong&gt;diagnostic ClimAgri®&lt;/strong&gt; et la &lt;strong&gt;démarche d’animation&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cette aide s’adresse aux &lt;strong&gt;acteurs avec une dimension territoriale&lt;/strong&gt;, en particulier les collectivités : région, département, communauté d’agglomération, communauté de communes, parc naturel régional, ou encore coopérative, schéma de cohérence territoriale (SCoT), pôle d’équilibre territorial et rural (PETR)…&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P175" s="1" t="inlineStr">
+      <c r="P169" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q175" s="1" t="inlineStr">
+      <c r="Q169" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>regions_44_75_93</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X175" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2025/demarches-climagrir-diagnostic-et-animation</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/demarches-climagri-r-diagnostic-et-animation-1/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>164102</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C176" s="1" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M176" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q176" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>164111</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C177" s="1" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J177" s="1" t="inlineStr">
+      <c r="J171" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>164170</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C178" s="1" t="inlineStr">
+      <c r="C172" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J178" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q178" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>164216</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Apporter un conseil et un accompagnement à l'instruction des actes</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Pôle ADS (Application du droit des sols)</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) INGENIERIE70</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financé par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70 propose depuis 2015 ses
 compétences aux collectivités adhérentes (CC de plus de 10 000 habitants)
 l’instruction des actes d’urbanisme de plus de 190 communes.&lt;/p&gt;&lt;p&gt;NIVEAU
 D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS &lt;/p&gt;&lt;p&gt;·       
 Instruire les demandes d&amp;#039;urbanisme déposées
 auprès de la Collectivité (certificat d’urbanisme a et b, déclaration préalable,
 permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;·       
 Accompagner les Collectivités dans la mise en place
 des saisies par voie électronique&lt;/p&gt;&lt;p&gt;·       
 Former et accompagner les agents des Collectivités
 sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;·       
 Informer et conseiller les élus et les usagers&lt;/p&gt;&lt;p&gt;·       
 Accompagnement des contentieux&lt;/p&gt;&lt;p&gt;·       
 Conseil au pétitionnaire en amont des projets&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;ul type="disc"&gt;
  &lt;li&gt;Accompagner
      les démarches d&amp;#039;élaboration et de révision des PLUi&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Construction
 d’une maison individuelle, Installation de panneaux photovoltaïques/panneaux solaires
 sur les toits et façades, changement des fenêtres/portes, acquisition d&amp;#039;une
 parcelle, construction de bâtiment agricole/industriel, démolition, lotissement&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Foncier
 Risques naturels
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il est nécessaire d&amp;#039;adhérer au pôle concerné de l’agence départementale. Toutes les communes dont la CC est &amp;gt; à 10 000 habitants.&lt;/p&gt;&lt;p&gt;Engagement à transmettre tous les actes (DP, PC, CUB, PD, CUB (sauf CUA))&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/apporter-un-conseil-et-un-accompagnement-instruction-des-actes/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>164227</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Études</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J180" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M180" s="1" t="inlineStr">
+      <c r="M174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études préalables, permettant la définition, l’évaluation et le suivi, nécessaires à la mise en œuvre d’un projet 
 de lutte contre les pollutions de la ressource en eau issues des activités agricoles sont éligibles.
 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, pour justifier la cohérence et la pérennité des solutions retenues, les études préalables s’appuieront 
 sur des critères de coût-efficacité pour comparer différents scenarii proposés. &lt;/p&gt;&lt;p&gt;La réalisation d’une étude préalable, d’évaluation, de suivi des opérations peut être une condition d’aide pour 
 certaines actions. &lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :
 &lt;br /&gt;• Les études et expérimentations concernant les organismes génétiquement modifiés et les variétés 
 tolérantes aux herbicides et autres pesticides ;
 • Les études et expérimentations ne visant que la substitution d’un produit phytosanitaire par un autre.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q180" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études nécessaires à la mise en 
 œuvre et au suivi d’un projet de 
 lutte contre les pollutions de la 
 ressource issues des activités 
 agricoles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le taux de référence de l’aide pour les études est fixé à 70 %.
 Il peut être optimisé jusqu’à une valeur maximale de 80 % pour les études et maîtrises d’œuvre liées aux projets 
 relatifs au développement de filières agricoles sans ou à très bas niveau d’impact sur la ressource en eau et aux 
 opérations foncières concourant à l’atteinte des objectifs de reconquête et de préservation de la ressource en 
 eau&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-consultation-du-public/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>164238</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Financer des solutions d'adaptation au changement climatique fondées sur la renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="C181" s="1" t="inlineStr">
+      <c r="C175" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>[AXE 2] Renaturation des villes et des villages</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F181" s="1" t="inlineStr">
+      <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région
 Préfectures de département
 Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I181" s="1" t="inlineStr">
+      <c r="I175" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La renaturation doit participer à &lt;strong&gt;l’adaptation des espaces urbanisés aux impacts du changement climatique, en réduisant leurs vulnérabilités grâce aux solutions fondées sur la nature&lt;/strong&gt; (végétalisation, régulation hydraulique ou encore aménagement de parcs et jardins).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P181" s="1" t="inlineStr">
+      <c r="P175" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q181" s="1" t="inlineStr">
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Porteurs de projets éligibles&lt;/h4&gt;&lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;La candidature est portée par une personne morale appelée « porteur du projet ». Les porteurs de projet éligibles sont les maîtres d’ouvrage des projets de nature en ville sous réserve que leur projet respecte les règles européennes applicables aux aides d&amp;#039;Etat :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des collectivités territoriales et groupements de collectivités ;&lt;/li&gt;&lt;li&gt;Des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) ; &lt;/li&gt;&lt;li&gt;Des établissements publics de l’Etat (en particulier les établissements publics d’aménagement et le conservatoire du littoral) ; &lt;/li&gt;&lt;li&gt;Des bailleurs sociaux.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les concessionnaires, délégataires et mandataires peuvent également déposer un dossier de candidature, avec l’accord formalisé de la collectivité ou établissement public concerné.&lt;/p&gt;&lt;p&gt;Le porteur de projet peut mentionner dans son dossier un « co-portage » avec un partenaire (notamment un établissement public foncier) : dans ce cas, les relations conventionnelles ou contractuelles seront détaillées ainsi que toutes les informations utiles à l’établissement de la convention financière si le co-porteur est susceptible de percevoir directement des subventions.&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les projets de renaturation des espaces urbanisés ciblés par cette mesure recouvrent un ensemble de dispositifs qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préservent ou recréent des espaces de nature en améliorant leurs fonctionnalités écologiques ;&lt;/li&gt;&lt;li&gt;Sont situés au sein ou en continuité d’un espace urbanisé. En d’autres termes, les projets de renaturation des espaces naturels, agricoles et forestiers (ENAF), à moins qu’ils soient insérés dans l’enveloppe urbaine, ne sont pas éligibles à la mesure. En revanche, l’introduction de la nature dans les nouveaux espaces urbanisés est éligible à la mesure ;&lt;/li&gt;&lt;li&gt;Adaptent le site d’implantation et ses alentours aux impacts du changement climatique pour lesquels une vulnérabilité est identifiée localement, notamment en visant le rafraîchissement urbain ou la gestion intégrée des eaux pluviales. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les actions éligibles à la mesure doivent consister ou contribuer directement à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;La renaturation des sols et espaces urbains :&lt;/strong&gt; création, restauration écologique de parcs et jardins (stabilisation et renaturation des sols, aménagements de pleine terre végétalisés et arborés, etc.), végétalisation des espaces publics (alignement et végétalisation des pieds d’arbres), projets d’agriculture urbaine favorables à la biodiversité, restauration, création de noues et de zones d’infiltration des eaux pluviales et désimperméabilisation des sols ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La présence de l’eau et des milieux aquatiques en ville :&lt;/strong&gt; restauration du réseau hydrographique (réouverture ou renaturation de cours d’eau, reméandrage, stabilisation et reprofilage de berges), des zones humides, des zones d’expansion des crues ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;La végétalisation des bâtiments et équipements publics&lt;/strong&gt; (toitures et façades végétalisées). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Ces catégories ne doivent pas être vues comme exclusives l’une de l’autre. Pour être éligible, la renaturation proposée doit avant tout renforcer la fonctionnalité écologique, ce qui implique souvent d’agir sur les différents milieux naturels : les projets de végétalisation ne peuvent pas se faire sans travailler sur les sols ou sans prendre en compte les apports en eau dans une logique de gestion intégrée des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les projets de renaturation doivent renforcer la biodiversité locale dans son ensemble. Cela implique, par exemple, que l’introduction de plantes exotiques envahissantes qui la fragiliserait est proscrite. Les fonctionnalités écologiques de l’écosystème ainsi renforcées doivent aussi répondre à un défi d’adaptation au changement climatique. Dans ce sens, le standard mondial de l’UICN pour les solutions fondées sur la nature peut servir de base de référence pour les porteurs de projets. Précisément :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le territoire d’implantation doit identifier les&lt;strong&gt; facteurs de vulnérabilités climatiques&lt;/strong&gt; auxquels il est exposé (qualifier l’aléa climatique local : son ampleur, son échelle géographique, les enjeux humains et sociétaux en termes d’exposition, l’impact qu’il aurait sur ceux-ci sans le projet) ;&lt;/li&gt;&lt;li&gt;Le projet, par les bénéfices écosystémiques de la solution de renaturation proposée, doit &lt;strong&gt;r&lt;/strong&gt;&lt;strong&gt;éduire les vulnérabilités identifiées localement&lt;/strong&gt; (décrire les fonctionnalités écologiques attendues du projet, leurs bénéfices écosystémiques, l’échelle géographique de leurs effets et justifier que les solutions sont dimensionnées pour répondre au défi d’adaptation au changement climatique identifié, sur le temps long).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;La mesure est destinée à financer : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’études de diagnostic territorial et de stratégie&lt;/strong&gt; de résilience climatique et de renaturation, qui pourront notamment s’appuyer sur l’outil « plan de paysage » ou la démarche paysagère, dans le cadre de l’élaboration des documents de planification et d’urbanisme (SRADDET, SDRIF/SRCE, SAR, PADDUC, SCOT, PLU-i, cartes communales, SRCE, SDAGE/SAGE, PCAET, PGRI, PAPI, etc.) ou des programmations urbaines (à l’échelle d’un îlot, d’un quartier ou d’un territoire). Cela inclut des diagnostics d’îlots de chaleur urbain, afin notamment d’identifier les quartiers prioritaires pour les opérations de renaturation ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’ingénierie et d’études préalables à la conception de projets &lt;/strong&gt;développant des solutions fondées sur la nature, ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Des subventions d’investissements&lt;/strong&gt; permettant la mise en œuvre concrète des solutions fondées sur la nature en ville. Ces demandes doivent donner des garanties de maturité : clarté des objectifs, stratégie de maîtrise du foncier, identification d’un opérateur d’aménagement et d’un gestionnaire pour l’entretien et la maintenance, anticipation du coût complet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;En outre, le fonds vert peut aider les collectivités à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie. La mobilisation de cette enveloppe se fait via une demande complémentaire dans le cadre de la mesure « ingénierie » du fonds vert.&lt;/p&gt;&lt;p&gt;Sont également éligibles les investissements dans des projets développant ou intégrant des systèmes d’intelligence artificielle (IA) visant à favoriser l’émergence ou la mise en œuvre de solutions d’adaptation au changement climatique en lien avec la mesure du présent cahier.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles à la mesure de renaturation les opérations de simple mise en conformité à une obligation réglementaire, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. Le fonds pourra subventionner les opérations allant au-delà de ces obligations réglementaires.&lt;/p&gt;&lt;p&gt;Les dépenses qui accompagnent la renaturation sans contribuer à renforcer les fonctionnalités écologiques de l’écosystème ne sont pas éligibles (mobilier urbain, cheminement, matériel, etc.).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées . L’accusé réception reçu suite au dépôt de la demande permet de commencer les travaux concernés, sans préjuger toutefois de l’obtention d’une éventuelle subvention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/Cahier%20accompagnement_Axe2_Renaturation.pdf</t>
         </is>
       </c>
-      <c r="W181" s="1" t="inlineStr">
+      <c r="W175" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-2-renaturation</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-solutions-dadaptation-au-changement-climatique-fondees-sur-la-renaturation-des-villes-et-des-villages-2/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>164241</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Protéger et restaurer les espaces naturels</t>
         </is>
       </c>
-      <c r="C182" s="1" t="inlineStr">
+      <c r="C176" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F182" s="1" t="inlineStr">
+      <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34; et de la mesure &amp;#34;Réduire les pressions sur la biodiversité de votre territoire&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2023 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Mettre en œuvre la stratégie nationale pour les aires protégées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Contribuant à la réussite de la SNB 2030, la stratégie nationale pour les aires protégées 2030 (SNAP 2030) adoptée en janvier 2021 et annoncée par le Président de la République, constitue la feuille de route de la politique nationale en matière d’aires protégées.&lt;/p&gt;&lt;p&gt;La SNAP poursuit l’objectif de &lt;strong&gt;développer un réseau d’aires protégées efficace, cohérent, résilient, intégré et pérenne, sur l’ensemble du territoire&lt;/strong&gt; (à terre comme en mer). La stratégie doit accompagner la mise en œuvre d’une gestion efficace et adaptée de ce réseau et y garantir la compatibilité des usages avec les enjeux écologiques. Elle porte encore des objectifs sur le renforcement de la coopération internationale et le rôle des aires protégées en matière de connaissance sur la biodiversité. &lt;/p&gt;&lt;p&gt;La SNAP 2030 établit la cible de&lt;strong&gt; couverture d’ici 2030 d’au moins 30% du territoire national et des eaux maritimes sous juridiction ou souveraineté par un réseau d’aires protégées et 10% par des zones de protection forte bien gérées.&lt;/strong&gt; A ce jour, 4,2% du territoire national est en protection forte, tandis que l’objectif de 30% est dépassé (33%).&lt;/p&gt;&lt;p&gt;Pour permettre l’atteinte des objectifs de la SNAP, le fonds vert soutient en particulier les projets qui permettront d’augmenter le nombre d’aires protégées reconnues en protection forte, d’étendre leur surface et de contribuer à la restauration des écosystèmes dans les aires protégées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Restaurer les écosystèmes terrestres et marins dégradés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre de &lt;strong&gt;mettre en œuvre des projets de restauration des écosystèmes terrestres et marins dégradés, en application du règlement européen Restauration, adopté en 2024.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P182" s="1" t="inlineStr">
+      <c r="P176" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales)  et des syndicats mixtes (exemple : syndicat mixte de PNR, ...) ;  &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du présent cahier ;&lt;/li&gt;&lt;li&gt;des gestionnaires de ports en outre-mer (si installation de mouillages écologiques dans les parties « naturelles » du domaine public maritime portuaire, c&amp;#039;est à dire en dehors des endigages portuaires). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution. Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Proteger-restaurer-les-espacesnaturels_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W182" s="1" t="inlineStr">
+      <c r="W176" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-et-restaurer-les-espaces-naturels-15/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>164246</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Réduire les pressions sur la biodiversité de votre territoire</t>
         </is>
       </c>
-      <c r="C183" s="1" t="inlineStr">
+      <c r="C177" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F183" s="1" t="inlineStr">
+      <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Protéger et restaurer les espaces naturels&amp;#34; et de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2025 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;Cette ambition écologique générale se décline de la manière suivante :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Plans nationaux d&amp;#039;action (PNA) en faveur des espèces menacées et plans assimilés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En matière de protection des espèces, cette ambition se traduit par l’objectif de maintien ou de rétablissement dans un état de conservation favorable des populations des espèces de faune et de flore sauvages menacées, en particulier des plus rares ou des plus remarquables, qui sont visées par des Plans nationaux d’action (PNA) ou des plans assimilés. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Rétablir les continuités écologiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre d’accélérer la mise en œuvre de l’objectif national de résorption de la totalité des points noirs prioritaires identifiés par chaque région d’ici 2030.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Protection des insectes pollinisateurs &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier du fonds vert doit permettre d’augmenter de manière significative le linéaire de dépendances vertes pour contribuer au doublement des surfaces des sites favorables aux insectes pollinisateurs. Le fonds vert intervient en complémentarité des crédits prévus par le Pacte Haies, en ciblant en priorité les linéaires de dépendances vertes hors terres agricoles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Lutte contre les espèces exotiques envahissantes &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif est d’atténuer, et si possible de supprimer les impacts (sur la biodiversité, de nature socio-économique et sanitaire) des espèces exotiques envahissantes, à travers des opérations de gestion des populations animales et végétales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P183" s="1" t="inlineStr">
+      <c r="P177" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q183" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) et des syndicats mixtes (exemple : syndicat mixte de PNR, ...)  ; &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des gestionnaires d’infrastructures de transport y compris les services de l’Etat, pour le rétablissement des continuités écologiques (trame verte et bleue) en tant que gestionnaire d&amp;#039;infrastructure (transport, domaine public fluvial en outre-mer ou transfrontalier), hors autoroutes concédées ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du cahier d&amp;#039;accompagnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution.  Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Reduire-les-pressions-sur-la-biodiversite_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W183" s="1" t="inlineStr">
+      <c r="W177" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-pressions-sur-la-biodiversite-de-votre-territoire-10/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>164249</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C184" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D178" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F184" s="1" t="inlineStr">
+      <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I178" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M178" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P184" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W184" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>164288</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Accompagner dans la transition environnementale et énergétique</t>
         </is>
       </c>
-      <c r="C185" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D179" s="1" t="inlineStr">
         <is>
           <t>Accompagner le territoire dans la transition environnementale et énergétique</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I179" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;4.1  
 Soutenir des pratiques agricoles durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.1.1  Accompagner les productions et les filières locales
 &lt;/p&gt;&lt;p&gt;4.1.2  Accompagner l’installation dans le cadre d’une
 démarche collective&lt;/p&gt;&lt;p&gt;4.1.3  Promouvoir une alimentation saine et durable&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.2  
 Préserver la biodiversité &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;4.2.1  Valoriser les haies&lt;/p&gt;&lt;p&gt;4.2.2  Restaurer les milieux naturels et renaturer
 certains espaces artificialisés &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3  
 Encourager les projets contribuant à une
 plus grande sobri&lt;/strong&gt;été&lt;/p&gt;&lt;p&gt;4.3.1 Aider les actions expérimentales et/ou innovantes
 visant à réduire les consommations en énergies, en eau et en matières&lt;/p&gt;&lt;p&gt;4.3.2  Favoriser le recyclage et le réemploi&lt;/p&gt;&lt;p&gt;4.3.3  Accompagner l’offre de mobilité douce&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.4  
 Développer les énergies renouvelables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.5  
 Informer, sensibiliser, éduquer à
 l’environnement et au développement durable et impliquer les citoyens&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M185" s="1" t="inlineStr">
+      <c r="M179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;-   Regroupements
 fonciers, sensibilisation propriétaires fonciers, espaces tests agricoles, cuisine pédagogique, rencontres de
 producteurs, etc. ;&lt;/p&gt;&lt;p&gt;-   Réimplantation
 de haies, renaturation,
 inventaire milieux dégradés, etc. ; &lt;/p&gt;&lt;p&gt;-  Plans
 de sobriété, réutilisation des eaux usées, actions de partage
 d’infrastructures, d’équipements, de services, de matières, création de liaisons avec les voies
 vertes, liaisons piétonnes, pédibus, etc. ;&lt;/p&gt;&lt;p&gt;-  Cartographie
 multicritères, cadastre solaire, accompagnement des collectivités, projets photovoltaïques citoyens, etc. ;&lt;/p&gt;&lt;p&gt;-   Journées grand public,
 création lieu d’exposition, exposition itinérante, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Sols
 Foncier
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Alimentation
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Biodiversité
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q185" s="1" t="inlineStr">
+      <c r="Q179" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Cécile PLEIMPON&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Coordination du programme et animation sur les territoires
 des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc,
 Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:cpleimpon&amp;#64;grandquercy.fr"&gt;cpleimpon&amp;#64;grandquercy.fr&lt;/a&gt;
 - 07 86 54 57 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Jean-François HESSEL&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes
 Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du
 PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:jfhessel&amp;#64;parc-causses-du-quercy.org"&gt;jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/a&gt;
 - 05 65 24 20 50&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Anne-Catherine JACOBS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;a href="mailto:acjacobs&amp;#64;grandquercy.fr"&gt;acjacobs&amp;#64;grandquercy.fr&lt;/a&gt;
 - 05 65 30 64 29 - 06 78 11 33 97&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-transition-environnementale-et-energetique/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>164289</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Investissements</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J186" s="1" t="inlineStr">
+      <c r="J180" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M186" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides peuvent concerner l’ensemble des dispositifs permettant d’accompagner la mise en œuvre de 
 systèmes, d’assolements et de pratiques réduisant significativement, voire supprimant, les pollutions d’origine 
 agricole. Peuvent être éligibles à l’aide de l’Agence de l’eau, selon leur pertinence, les dispositifs permettant de 
 favoriser le développement :
 &lt;br /&gt;• De l’herbe ;
 &lt;br /&gt;• De l’agriculture biologique ;
 &lt;br /&gt;• De l’agroforesterie ;
 &lt;br /&gt;• De cultures sans ou à très bas niveau d’impact sur la ressource en eau associé, le cas échéant, à un critère 
 « bas besoin en eau » sur les secteurs en tension quantitative sur la ressource en eau ;
 &lt;br /&gt;• De techniques culturales limitant les intrants et les transferts de nitrates et/ou de pesticides vers la 
 ressource en eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une liste d’investissements éligibles répondant aux objectifs de la politique d’interventions sera établie par 
 l’Agence de l’eau et comportera notamment les matériels de désherbage alternatifs à l’utilisation de pesticides, 
 de compostage, de gestion de précision des effluents d’élevage de type I (C/N &amp;gt;8) et de destruction des CIPAN 
 (Cultures Intermédiaires Pièges A Nitrates). &lt;/p&gt;&lt;p&gt;Spécifiquement, sur les aires d’alimentation des captages et ponctuellement certaines zones à enjeux de 
 maintien des prairies (territoires où sont déployés des Plans Herbe), seront éligibles différents types de matériels 
 de prairies permettant l’entretien, la récolte, le séchage spécifique de l’herbe ou le pâturage. &lt;/p&gt;&lt;p&gt;Les listes de matériels éligibles et les conditions d’accès aux aides seront définies dans le cadre de la gouvernance 
 régionale. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-etudes/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>164290</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - MAEC</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I187" s="1" t="inlineStr">
+      <c r="I181" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J187" s="1" t="inlineStr">
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M187" s="1" t="inlineStr">
+      <c r="M181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau pourra soutenir les projets agro-environnementaux et climatiques au sein des territoires 
 prioritaires tels que définis à l’article 1 pour la conversion à l‘agriculture biologique, la mise en herbe et des 
 mesures d’arrêt des pesticides. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau fixera les règles d’application de ce dispositif à la fois en termes de mesures éligibles et de 
 secteurs où celles-ci pourront être mises en œuvre. Elle soutiendra particulièrement le portage de ces opérations 
 par des collectivités. Chaque programme, ciblé sur un projet territorial, fixera des objectifs de résultats en 
 fonction des problèmes existants et des indicateurs permettant d’en suivre l’efficacité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q187" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-investissements/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>164291</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - PSE</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I188" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J188" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M188" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau pourra soutenir les projets de paiements pour services environnementaux au sein des 
 territoires prioritaires tels que définies à l’article 1 pour le maintien et le développement des surfaces en herbe, 
 de cultures biologiques et de cultures à bas niveau d’impact sur les ressources en eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau fixera les règles d’application de ce dispositif à la fois en termes d’indicateurs permettant de 
 caractériser les services environnementaux rendus et de secteurs où ceux-ci pourront être mis en œuvre. &lt;/p&gt;&lt;p&gt;Elle soutiendra le portage de ces opérations par des collectivités compétentes pour l’enjeu environnemental 
 identifié. Chaque programme identifiera, pour un territoire donné, et en fonction des services 
 environnementaux visés, une liste d’indicateurs qui permettra annuellement d’évaluer les services rendus.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-maec/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>164292</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Aides aux changement de systèmes, assolements, pratiques - Autres dispositifs</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J189" s="1" t="inlineStr">
+      <c r="J183" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Des aides, concernant des projets de mise en œuvre collective de pratiques agricoles respectueuses de la 
 ressource en eau, peuvent être accordées (notamment sous forme de prestation agro-environnementale). Dans 
 ce cadre, l’ensemble des dispositifs répondant aux objectifs de la politique d’intervention sont susceptibles 
 d’être rendu éligibles. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau pourra, par ailleurs, utiliser d’autres dispositifs, conformes aux réglementations en vigueur, 
 permettant de protéger la ressource, en particulier les captages d’eau potable, contre les pollutions d’origine 
 agricole. &lt;/p&gt;&lt;p&gt;Le portage de ces opérations par des collectivités sera recherché et privilégié&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q189" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une 
 valeur maximale de 60 % avec l’application de bonifications permis par l’encadrement communautaire, 
 intégrant notamment la prime « jeune agriculteur », la prime « agriculture biologique » ou encore pour 
 la mise en œuvre de projets collectifs ; &lt;/p&gt;&lt;p&gt;• Le taux de référence de l’aide pour les paiements pour services environnementaux est fixé à 80 %.
 Il peut être optimisé jusqu’à :
 &lt;br /&gt;o Une valeur maximale de 90 % pour les maitres d’ouvrages de taille moyenne (de l’ordre de 
 80 000 habitants) ;
 &lt;br /&gt;o Une valeur maximale de 100 %, spécifiquement sur les aires d’alimentation de captages, pour 
 les paiements pour services environnementaux visant le « soutien aux agriculteurs engagés dans 
 l’agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-pse/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>164293</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Réduction des pollutions ponctuelles</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M190" s="1" t="inlineStr">
+      <c r="M184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides de l’Agence de l’eau seront mises en œuvre dans le cadre des dispositifs notifiés à la Commission 
 européenne. &lt;/p&gt;&lt;p&gt;Les aides accordées par l’Agence de l’eau seront conformes aux montants plafonds et zonages définis par 
 l’autorité administrative de gestion de ce dispositif. 
 Le cas échéant, l’Agence de l’eau pourra cibler ses aides à la gestion des effluents d’élevage dans certaines zones 
 prioritaires spécifiques.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q190" s="1" t="inlineStr">
+      <c r="Q184" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux de référence de l’aide pour les investissements est fixé à 40 %. Il peut être optimisé jusqu’à une valeur 
 de 60 % avec l’application de bonifications permis par l’encadrement communautaire, intégrant notamment la 
 prime « jeune agriculteur » ou la prime « agriculture biologique ».&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-aides-aux-changement-de-systemes-assolements-pratiques-autres-dispositifs/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>164294</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Réduction des transferts vers la ressource en eau - Mise en place de zones tampons</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I191" s="1" t="inlineStr">
+      <c r="I185" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J191" s="1" t="inlineStr">
+      <c r="J185" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M191" s="1" t="inlineStr">
+      <c r="M185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides peuvent concerner la limitation des pollutions par l’aménagement du territoire, par la mise en place 
 de zones tampons, de type dispositifs de remédiation, boisement des zones à risques, talus, haies, etc. Une mise 
 en cohérence des enjeux de préservation des milieux naturels et de réduction des pollutions diffuses sera 
 recherchée. Les aides pour la mise en place de zones tampons en vue de réduire les transferts vers la ressource 
 en eau sont conditionnées à la réalisation d’une étude préalable. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q191" s="1" t="inlineStr">
+      <c r="Q185" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Est éligible la mise en place de 
 zones tampons, telles que les 
 bandes enherbées, les haies, les 
 talus permettant d’assurer une 
 fonction d’interception des 
 transferts de contaminant 
 d’origine agricole vers les milieux 
 aquatiques&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T191" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-pollutions-ponctuelles/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>164295</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Réduction des transferts vers la ressource en eau - système irrigué</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I186" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J186" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M192" s="1" t="inlineStr">
+      <c r="M186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau pourra accompagner la mise en place de démarches hydro-économes permettant de limiter 
 les transferts de polluants agricoles dans le respect des conditions mentionnées dans la fiche thématique relative 
 aux aides en matière de gestion quantitative de la ressource en eau et dans le cadre d’appels à projet spécifiques 
 dédiés. &lt;/p&gt;&lt;p&gt;Les aides de l’Agence de l’eau pourront concerner la mise en œuvre d’expérimentations favorisant une irrigation 
 sobre et raisonnée visant à réduire les excès et pertes d’eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q186" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les projets 
 d’expérimentations favorisant 
 une irrigation sobre et 
 raisonnée. &lt;/p&gt;&lt;p&gt;Sont éligibles les investissements 
 liés au pilotage et à la régulation 
 de l’irrigation et les 
 investissements économes en 
 eau (sous certaines conditions)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-transferts-vers-la-ressource-en-eau/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>164296</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Filières agricoles</t>
         </is>
       </c>
-      <c r="D193" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I193" s="1" t="inlineStr">
+      <c r="I187" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J193" s="1" t="inlineStr">
+      <c r="J187" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M193" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’intervention de l’Agence de l’eau sur des projets relatifs aux « filières agricoles » est conditionnée à :
 &lt;br /&gt;• L’existence d’un lien avec les territoires prioritaires définis à l’article 1, notamment les aires 
 d’alimentation de captages sensibles et/ou stratégiques à préserver, les bassins versants de cours d’eau 
 fortement impactées par les pollutions agricoles, les milieux humides, les zones à enjeux érosion, … ;
 &lt;br /&gt;• La garantie de leur efficacité sur la ressource en eau ciblant la valorisation de cultures et systèmes à bas 
 niveau d’impact sur la ressource en eau, de par une absence ou une utilisation très limitée des intrants 
 agricoles de synthèse (fertilisants, produits phytosanitaires) mais aussi une réduction des besoins en eau 
 des cultures ;
 &lt;br /&gt;• L’assurance d’une pérennisation des changements de pratiques, voire de pratiques existantes.
 Une étude de faisabilité technique et économique intégrant l’évaluation du gain environnemental sur la 
 ressource en eau sera réalisée et conditionnera l’attribution de l’aide. &lt;/p&gt;&lt;p&gt;Les aides peuvent concerner l’appui au développement de filières agricoles en lien avec la protection de la 
 ressource en eau, les différentes étapes nécessaires pour conforter et garantir la solidité de la filière, de 
 l’exploitation à la transformation des produits issus de filières respectueuses de la ressource en eau, et leur 
 promotion via des études, animation et investissements. &lt;/p&gt;&lt;p&gt;L’intervention de l’Agence de l’eau sur ce volet n’est en aucun cas une aide économique à une production 
 agricole mais bien une aide à un projet environnemental intégrant cette dimension « filière ». &lt;/p&gt;&lt;p&gt;Le principe d’intervention privilégié est celui de l’appel à projets avec un co-portage avec la Région Grand Est.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q187" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les projets liés au 
 développement de filières 
 favorable à la protection et à la 
 restauration de la ressource en 
 eau, telles que l’herbe, 
 l’agriculture biologique, les 
 cultures sans ou à très bas 
 niveau d’impact sur la ressource 
 en eau associé, le cas échéant, à 
 un critère « bas besoin en eau » 
 sur les secteurs en tension 
 quantitative sur la ressource.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-reduction-des-transferts-vers-la-ressource-en-eau-mise-en-place-de-zones-tampons/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>164297</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pollutions d'origine agricole - Opérations foncières</t>
         </is>
       </c>
-      <c r="D194" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de lutte contre les pollutions d'origine agricole</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Agriculteur</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I194" s="1" t="inlineStr">
+      <c r="I188" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J194" s="1" t="inlineStr">
+      <c r="J188" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Protéger et préserver les ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Prévenir la dégradation de la qualité des eaux superficielles et souterraines par les pollutions d&amp;#039;origine agricole et réduire ces pollutions&lt;/p&gt;&lt;p&gt;Intensifier les actions permettant une adaptation ou une atténuation du changement climatique&lt;/p&gt;&lt;p&gt;Contribuer à la mise en œuvre de stratégies mixtes visant une gestion efficace et durable des coulées de boues&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M194" s="1" t="inlineStr">
+      <c r="M188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets fonciers concourant à l’atteinte des objectifs de reconquête et de préservation de la ressource en 
 eau sont éligibles. Il peut s’agir d’acquisition de terrain ou de toute autre opération permettant la gestion ou la 
 maîtrise du foncier jugée pertinente pour lutter contre les pollutions agricoles ou contre l’érosion voire dans une 
 perspective de reconstitution des milieux naturels (selon les modalités inscrites dans la fiche thématique 
 « milieux naturels »), notamment les échanges parcellaires et le portage du foncier. Une maîtrise d’ouvrage par 
 les collectivités sera à privilégier. &lt;/p&gt;&lt;p&gt;Ces opérations foncières peuvent concerner l’achat de terrains, la mise en place d‘Obligations Réelles 
 Environnementales (ORE) ou de Baux Ruraux Environnementaux (BRE), l’ensemble des frais associés (bornage, 
 frais SAFER, frais de portage), … &lt;/p&gt;&lt;p&gt;Les aides relatives aux opérations foncières sont conditionnées à la mise en œuvre pérenne de pratiques 
 générant peu ou pas de pollution sur les terrains considérés&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux de référence de l’aide pour les opérations foncières s’intégrant dans des démarches de protection de 
 captages est fixé à 80 %&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_-_Lutte_contre_les_pollutions_d%E2%80%99origine_agricole.pdf?Archive=263812408109&amp;File=Fiche_thematique___Lutte_contre_les_pollutions_d%E2%80%99origine_agricole_pdf</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pollutions-dorigine-agricole-filieres-agricoles/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E195" s="1" t="inlineStr">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>164815</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert - Territoires d’industrie en transition écologique</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="H195" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
-[...105 lines deleted...]
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les projets éligibles au fonds vert sont :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Volet 1 &lt;/strong&gt;: à titre principal, des projets d’investissements industriels structurants et ambitieux sur le plan environnemental (par exemple, projet exemplaire en matière de protection de l’environnement et de gestion des ressources, de décarbonation, recours à des matériaux biosourcés, etc.), qui contribuent à l’émergence, au renforcement et/ou à la réindustrialisation de chaînes de valeur industrielles clés pour la transition écologique (voir la liste d’exemples ci-après).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Volet 2 :&lt;/strong&gt; à titre auxiliaire, des projets d’investissements contribuant au développement des compétences (école de production, centre de formation, plateau technique, etc.) nécessaires à l’émergence, au renforcement et/ou à la réindustrialisation de ces chaînes de valeur industrielles clés pour la transition écologique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets éligibles doivent être : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;situés dans le périmètre      géographique d’un Territoire d’industrie 2023-2027 ;&lt;/li&gt;&lt;li&gt;soutenus par le ou les      Territoires d’industrie concernés, du fait de leur cohérence avec la      stratégie industrielle du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présenteront une assiette minimale de dépenses de 400 000 €. Le Préfet pourra retenir un montant d’assiette moins élevé pour les projets situés sur les territoires de la collectivité de Corse ou des départements et régions d’outre-mer.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour candidater et retrouver l’ensemble des pièces à déposer, veuillez vous rendre impérativement sur &lt;/strong&gt;&lt;a href="https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-territoires-industrie" target="_blank"&gt;&lt;strong&gt;le site démarches simplifiées&lt;/strong&gt;&lt;/a&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Transition énergétique
 Agriculture et agroalimentaire
 Qualité de l'air
 Bâtiments et construction
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P196" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X196" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/fonds-vert-territoires-dindustrie-en-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fonds-vert-territoires-dindustrie-en-transition-ecologique-1/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>165181</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Acquérir du matériel et équipement agricole : investissements agro-environnementaux productifs</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Acquisition de matériel et équipement agricole : investissements agro-environnementaux productifs</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I197" s="1" t="inlineStr">
+      <c r="I190" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objet de ces dispositifs d’aide est d’accompagner les agriculteurs 
 dans des changements de pratiques et de systèmes efficaces et durables 
 en cofinançant l’acquisition de matériel et équipement agricole ayant 
 pour objectifs de réduire les usages (fertilisation, produits 
 phytosanitaires, …), les transferts vers le milieu ou les sources 
 ponctuelles de pollution.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Milieux humides</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P197" s="1" t="inlineStr">
+      <c r="P190" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q197" s="1" t="inlineStr">
+      <c r="Q190" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T190" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-acquisition-de-materiel-et-equipement-agricole--investissem.html</t>
         </is>
       </c>
-      <c r="W197" s="1" t="inlineStr">
+      <c r="W190" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-du-materiel-et-equipement-agricole-investissements-agro-environnementaux-productifs/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>165197</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études pour la gestion et la restauration des champs d'expansion de crues</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Études pour la gestion et la restauration des champs d'expansion de crues</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement du bassin versant passe également par la préservation 
 et la restauration des zones d’expansion de crues qui représentent une 
 solution naturelle et efficace pour diminuer et réguler l’impact des 
 inondations.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Risques naturels
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P198" s="1" t="inlineStr">
+      <c r="P191" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
+      <c r="Q191" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R198" s="1" t="inlineStr">
+      <c r="R191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études pour la gestion et la restauration des champs d’expansion de 
 crues sont financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau, sur les masses d’eau en risque de non atteinte du bon
  état et/ou sur les têtes de bassins versants identifiés par les Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T198" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-la-gestion-et-la-restauration-des-champs-dexpans.html</t>
         </is>
       </c>
-      <c r="W198" s="1" t="inlineStr">
+      <c r="W191" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-pour-la-gestion-et-la-restauration-des-champs-dexpansion-de-crues/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>165198</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Aménager des dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Aménagement de dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I199" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
 (épuration, limitation des transferts, …), hydrologie (effet tampon, 
 soutien d’étiage, …), atténuation des effets du dérèglement climatique 
 (ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
 pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P199" s="1" t="inlineStr">
+      <c r="P192" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q192" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-dans-le-cadre-du-disposit.html</t>
         </is>
       </c>
-      <c r="W199" s="1" t="inlineStr">
+      <c r="W192" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-dans-le-cadre-du-dispositif-investissements-agroenvironnementaux-non-productifs-du-plan-strategique-national-psn/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>165199</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Aménager des dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Aménagement de dispositifs tampons sous maitrise d’ouvrage publique ou associations</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I200" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
 (épuration, limitation des transferts, …), hydrologie (effet tampon, 
 soutien d’étiage, …), atténuation des effets du dérèglement climatique 
 (ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
 pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Réseaux de chaleur
 Agriculture et agroalimentaire
 Biodiversité
 Prévention des risques
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P200" s="1" t="inlineStr">
+      <c r="P193" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q200" s="1" t="inlineStr">
+      <c r="Q193" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R200" s="1" t="inlineStr">
+      <c r="R193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T200" s="1" t="inlineStr">
+      <c r="T193" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-sous-maitrise-douvrage-pu.html</t>
         </is>
       </c>
-      <c r="W200" s="1" t="inlineStr">
+      <c r="W193" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-sous-maitrise-douvrage-publique-ou-associations/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>165200</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Aménager des bassins versants (études)</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Études pour l'aménagement de bassins versants</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I201" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur la 
 nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur. L’aménagement des bassins répond à la fois aux enjeux de
  qualité (épuration, limitation des transferts, …), hydrologie (effet 
 tampon, soutien d’étiage, …), atténuation des effets du dérèglement 
 climatique (ombrage, effet brise vent, ...), biodiversité (préservation 
 d’habitat pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Réseaux de chaleur
 Agriculture et agroalimentaire
 Biodiversité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P201" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q201" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R201" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueu. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T201" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-lamenagement-de-bassins-versant.html</t>
         </is>
       </c>
-      <c r="W201" s="1" t="inlineStr">
+      <c r="W194" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-bassins-versants-etudes/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>165269</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études d’aide à la décision pour infiltrer les eaux pluviales</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Études d’aide à la décision pour infiltrer les eaux pluviales</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I202" s="1" t="inlineStr">
+      <c r="I195" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 60</t>
         </is>
       </c>
-      <c r="J202" s="1" t="inlineStr">
+      <c r="J195" s="1" t="inlineStr">
         <is>
           <t>Majoration de 10 % en zone France ruralités revitalisation (FRR).</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;À travers des études d’aide à la décision, l&amp;#039;agence accompagne les 
 collectivités dans le choix et la conception d&amp;#039;aménagements adaptés, 
 tels que des espaces verts végétalisés ou des infrastructures 
 perméables, permettant une infiltration efficace des eaux pluviales. 
 L&amp;#039;objectif de ce dispositif est de favoriser des solutions durables qui 
 non seulement améliorent la gestion des eaux pluviales, mais contribuent
  également à la reconquête de la biodiversité et l’adaptation au 
 changement climatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Biodiversité</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P202" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q202" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R202" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’étude vise l’infiltration d’eaux pluviales actuellement captées par
  un réseau. L’étude sera réalisée par un prestataire externe.&lt;/p&gt;
 &lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
 recommandations techniques de l’agence de l’eau, avec plans de 
 nivellement montrant les réseaux et la circulation des eaux pluviales 
 avant et après travaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T195" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviale.html</t>
         </is>
       </c>
-      <c r="W202" s="1" t="inlineStr">
+      <c r="W195" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-pour-les-etudes-daide-a-la-decision-pour-infiltrer-les-eaux-pluviales/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>165327</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Obtenir un paiement pour service environnementaux</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>AMI Paiement pour service environnementaux</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I203" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J203" s="1" t="inlineStr">
+      <c r="J196" s="1" t="inlineStr">
         <is>
           <t>70 % pour la phase d’émergence et pour la phase de déploiement du projet PSE, 80% pour la rémunération des services environnementaux rendus par les exploitations agricoles.</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de son 12e programme
 Sauvons l’eau 2025-2030, l’agence de l’eau a lancé le 1er juillet 2025 un appel
 à manifestation d’intérêt doté d’une enveloppe de 50 M€. Ce dispositif vise à
 déployer, sur des territoires volontaires, des paiements pour services
 environnementaux à destination des exploitations agricoles, de manière à
 initier, à l’échelle de leur système, la transition agroécologique et la mise
 en œuvre de changement de pratiques agricoles favorables à la gestion de la
 ressource en eau (qualité et sobriété), des milieux humides et de la
 biodiversité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M203" s="1" t="inlineStr">
+      <c r="M196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets PSE attendus devront concourir à 1 voire 2 des objectifs suivants :&lt;br /&gt;o    sobriété en eau,&lt;br /&gt;o    reconquête de la biodiversité,&lt;br /&gt;o    restauration de la qualité de l’eau,&lt;br /&gt;o    amélioration du fonctionnement des zones humides,&lt;br /&gt;o    amélioration de l’infiltration de l’eau dans les sols.&lt;br /&gt;Ces projets doivent être ambitieux pour la transition agroécologique et présenter à ce titre un certain nombre d’éléments qui seront traduits en critères d’éligibilité et de priorisation lors de la sélection des dossiers. Il est également attendu des territoires ayant déjà bénéficié d’une première expérimentation PSE un niveau d’ambition plus élevé.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P203" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>01/07/2025</t>
         </is>
       </c>
-      <c r="Q203" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>30/04/2027</t>
         </is>
       </c>
-      <c r="R203" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;voir conditions dans les fiches aides et dans les conditions générales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_131791/fr/appel-a-manifestation-d-interet-experimentation-de-paiements-pour-services-environnementaux-pse</t>
         </is>
       </c>
-      <c r="W203" s="1" t="inlineStr">
+      <c r="W196" s="1" t="inlineStr">
         <is>
           <t>https://aides.eaurmc.fr/Tsa/#/login</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;pse&amp;#64;eaurmc.fr &lt;br /&gt;ou &lt;br /&gt;- Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;- Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;- Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;- Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>nicolas.champseix@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-paiement-pour-service-environnementaux/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>165344</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Prévenir des risques d'inondation et gérer les milieux aquatiques</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Prévention des risques d'inondation et gestion des milieux aquatiques</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;apporter une animation technique aux collectivités maîtres d&amp;#039;ouvrage sur la prise en compte et la gestion des risques d&amp;#039;inondation par débordement et ruissellement, la restauration des milieux aquatiques et de la continuité écologique et l&amp;#039;accompagnement à l&amp;#039;élaboration des PICS.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation de prédiagnostic du risque d&amp;#039;inondation par ruissellement ou débordement sur les territoires communaux&lt;/li&gt;&lt;li&gt;Facilitation de l&amp;#039;émergence des études de bassin versant et accompagnement technique des maîtres d&amp;#039;ouvrage pour la réalisation de ces études (établissement du cahier des charges, aides aux démarches administratives, juridiques, financières, suivi des études et participation aux choix des travaux à entreprendre)&lt;/li&gt;&lt;li&gt;Accompagnement administratif des Communes dans les actions d’identification et de préservation des milieux humides afin de préserver les zones naturelles d’expansion des crues&lt;/li&gt;&lt;li&gt;Assistance aux collectivités pour la réalisation d&amp;#039;opération d&amp;#039;investissement de rétablissement de la continuité écologique et de renaturation des cours d&amp;#039;eau : aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, aide à la rédaction de marché, aide au choix du prestataire)&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration de PICS : mise en relation avec les acteurs compétents, accompagnement au lancement de la démarche, proposition d&amp;#039;une méthodologie, suivi du projet et relecture des documents.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Risques naturels
 Appui méthodologique
 Animation et mise en réseau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr</t>
         </is>
       </c>
-      <c r="W204" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie, Directrice ID77&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-des-risques-dinondation-et-gerer-les-milieux-aquatiques/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>165359</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser les communs pour la Transition écologique</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://wiki.resilience-territoire.ademe.fr/wiki/D%C3%A9couvrir_les_communs" target="_blank"&gt;Définition des communs&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conditions de candidature&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour faciliter la coopération entre acteurs, principe fondateur de l’AAC (Appel à communs), il est attendu d’un projet de commun qu’il réponde aux quatre critères suivants :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Être      mené par des porteurs et porteuses qui adoptent une &lt;strong&gt;posture collaborative&lt;/strong&gt; avec la      volonté d’intégrer des communautés d&amp;#039;utilisateurs et de contributeur.&lt;/li&gt;&lt;li&gt;Être      développé en &lt;strong&gt;licences ouvertes&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Être      &lt;strong&gt;documenté sur les supports numériques&lt;/strong&gt; mis à disposition dans le cadre de      l’AAC.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Répondre      à l&amp;#039;un ou plusieurs des défis&lt;/strong&gt; de l&amp;#039;AAC.&lt;/li&gt;&lt;li&gt;Les      projets de commun sont &lt;strong&gt;éligibles à tous les stades de maturité&lt;/strong&gt;.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les 5 défis&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;5 défis sont proposés :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Alimentation &amp;amp; forêts&lt;/li&gt;&lt;li&gt;Bâtiment, habitat &amp;amp; aménagement urbain.&lt;/li&gt;&lt;li&gt;Mobilité &amp;amp; logistique&lt;/li&gt;&lt;li&gt;Recyclage matière&lt;/li&gt;&lt;li&gt;Évaluation environnementale pour l&amp;#039;écoconception numérique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’ADEME subventionne tous types de lauréats publics et privés : entreprises, associations, collectivités, universités, laboratoires…Pour cette 3ᵉ édition de l’AAC, seuls les projets de communs numériques sont éligibles pour un accompagnement de l’ADEME.&lt;/p&gt;&lt;p&gt;La Fondation MACIF subventionne uniquement les lauréats issus de structures éligibles au mécénat, type association qui candidatent aux deux défis Mobilités &amp;amp; logistique et/ou Bâtiment, habitat &amp;amp; aménagement urbain. Ces défis sont ouverts à des communs non numériques, les candidats pourront proposer une innovation de produit, de procédé, organisationnelle, marketing, de modèle économique ou sociale, l’objectif étant in fine de provoquer un changement de comportement positif pour la transition écologique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Partenaires associés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour cette 3ᵉ édition de l’AAC, la Fondation Macif, France Tiers Lieux et l’IGN (Institut national de l&amp;#039;information géographique et forestière) se sont associés à l’ADEME.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Financement et accompagnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si sélectionné par le jury de l’AAC, le projet de commun bénéficiera d’un soutien financier de l’ADEME et/ou de la Fondation Macif et sera mis en œuvre de la manière suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’ADEME et*/ou la Fondation MACIF établira avec les projets lauréats, &lt;strong&gt;un contrat distinct et selon ses propres règles&lt;/strong&gt;. L’ADEME établira un contrat de financement avec les porteurs de projet et la Fondation Macif établira un contrat de partenariat avec les porteurs de projets.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;durée des projets présentés&lt;/strong&gt; sera de 18 mois maximum.&lt;/li&gt;&lt;li&gt;Le&lt;strong&gt; taux d’aide appliqué sera fixé par chaque structure aidante&lt;/strong&gt; (ADEME et/ou Fondation Macif), lors de l’instruction du dossier. Ce taux d’aide sera de 70 % maximum des dépenses éligibles pour une limite maximum de 80 000 euros d’aide par projet. La moyenne des aides accordées par commun étant de 50 000 euros et le minimum étant de 10 000 euros. Le taux d’aide appliqué est fixé selon les termes du système d’aide à la Connaissance et les Règles générales d’attribution des aides de l’ADEME en vigueur.&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement par une équipe conseil spécialisée sur les communs&lt;/strong&gt; et sélectionnée par l’ADEME pour guider les porteurs : sélection de la licence ouverte adaptée, structuration de la gouvernance, définition du modèle économique, animation de la communauté formée autour du commun…&lt;/li&gt;&lt;li&gt;Un &lt;strong&gt;accompagnement technique de l’ADEME&lt;/strong&gt; et, en fonction des thématiques traitées de ses partenaires l’IGN et/ou la Fondation Macif.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;participation à la communauté de communs&lt;/strong&gt; et son animation via des journées et des ateliers.&lt;/li&gt;&lt;li&gt;La &lt;strong&gt;valorisation des communs&lt;/strong&gt; via les supports de l’ADEME et de ses partenaires.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel de cette 3ᵉ édition de l’AAC s’organise autour de 2 vagues de sélection de projets de communs, d’une phase d’expertise, de sélection et d’annonce des lauréats :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;5 mai 2025 : ouverture des candidatures&lt;/li&gt;&lt;li&gt;20 juin 2025 à 18h : premier relevé de candidatures&lt;/li&gt;&lt;li&gt;10 juillet 2025 : comité de sélection du 1ᵉʳ relevé.&lt;/li&gt;&lt;li&gt;30 septembre 2025 à 18h : deuxième relevé de candidatures&lt;/li&gt;&lt;li&gt;6 novembre 2025 : comité de sélection du 2ⁿᵈ relevé.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour participer, les candidatures doivent être déposées sur la &lt;a href="https://www.innoverpourlatransitionecologique.fr/fr/challenges/appel-a-communs-1" target="_blank"&gt;Plateforme Innover pour la Transition écologique&lt;/a&gt; &lt;strong&gt;et non sur Agir&lt;/strong&gt;. Cette page Agir &lt;strong&gt;s&amp;#039;adresse uniquement aux communs sélectionnés pour la contractualisation&lt;/strong&gt; avec l&amp;#039;ADEME.&lt;/p&gt;&lt;p&gt;À noter : cette rubrique résume le règlement de l&amp;#039;AAC qui est à &lt;strong&gt;télécharger dans son entièreté dans la rubrique Éligibilité&lt;/strong&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Transition énergétique
+Agriculture et agroalimentaire
+Qualité de l'air
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P198" s="1" t="inlineStr">
+        <is>
+          <t>11/07/2025</t>
+        </is>
+      </c>
+      <c r="Q198" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/mobiliser-les-communs-pour-la-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W198" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=0b7b2757-738f-42b1-8c8a-79f915794281&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=a04490cb-bccc-4d87-8359-ce9bd791c307&amp;code_challenge=obPzPUHeazmOxsoVZUzgXuzQnkAnAXWxWz0mkrfJ0OE&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-communs-pour-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>165398</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Soutenir le territoire pour la transition écologique et énergétique</t>
         </is>
       </c>
-      <c r="C205" s="1" t="inlineStr">
+      <c r="C199" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D205" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA1</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J205" s="1" t="inlineStr">
+      <c r="J199" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le territoire est marqué par la présence de nombreuses entreprises et d&amp;#039;une dynamique d&amp;#039;installation d&amp;#039;activités économiques élevée. Le profil de ces entreprises est principalement composé de petites entreprises locale, TPE et PME, dans des secteurs variés. Le principal secteur d&amp;#039;emploi sur le territoire est celui du commerce, transports et services divers. Des structures d&amp;#039;accompagnement et d&amp;#039;hébergement de ces entreprises sont présentes au sein du Grand Narbonne et de La Domitienne, pour accompagner les porteurs de projets dans la création d&amp;#039;activités pérennes, viables économiquement.&lt;/p&gt;&lt;p&gt;Dans le contexte d&amp;#039;accélération du dérèglement climatique où la nécessité d&amp;#039;action se fait toujours plus pressante, l&amp;#039;enjeu est de pouvoir accompagner des structures diverses dans des démarches de transition écologique, d&amp;#039;économie d&amp;#039;énergie et d&amp;#039;efficacité énergétique.&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de cette action est de promouvoir des actions de transition écologique d&amp;#039;entreprises et d&amp;#039;associations, avec une réflexion autour de leur impact sur notre environnement et des leviers d&amp;#039;amélioration sur lesquels il est possible d&amp;#039;agir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;em&gt;&lt;br /&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 1.1 : Soutenir les aménagements et investissements durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectif opérationnel 1.2 : Inciter les acteurs du territoire à un changement de pratiques&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1.2.1 : &lt;/strong&gt;&lt;span&gt;Soutien aux études et diagnostics d&amp;#039;impacts&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;1.2.2 : &lt;/strong&gt;&lt;span&gt;Soutien aux initiatives de formation, éducation, sensibilisation&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M205" s="1" t="inlineStr">
+      <c r="M199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Achat de nouveaux matériels économes, gestion de l&amp;#039;énergie d&amp;#039;un bâtiment, etc.;&lt;/li&gt;&lt;li&gt;Etude d&amp;#039;impact, actions de formation / sensibilisation aux changements climatiques, à la transition écologique, études et diagnostics énergétiques, sourçage d&amp;#039;approvisionnements locaux, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Risques naturels
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P205" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q205" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R205" s="1" t="inlineStr">
+      <c r="R199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectif opérationnel 1.1 :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Objectif opérationnel 1.2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Entreprises autres que leurs collectivités et leurs groupements dont le chiffre d&amp;#039;affaires est de plus de 1 million d&amp;#039;euros et de plus de 10 employés, sur la base du bilan N-1 au moment du dépôt de la demande d&amp;#039;aide;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;&lt;span&gt;Plafond de l&amp;#039;aide FEADER : &lt;/span&gt;50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>GAL Via Domitia</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>j.cotxet@pnrnm.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>165417</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Évaluation des impacts environnementaux, sanitaires et socio-économiques des polluants et des activités anthropiques sur le vivant</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Évaluation des impacts environnementaux, sanitaires et socio-économiques des polluants et des activités anthropiques sur le vivant</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; StartFragment &lt;/p&gt;&lt;p&gt;Cette 4ᵉ édition de l’Appel à Projets de Recherche (APR) « IMPACT : Évaluation des impacts environnementaux, sanitaires et socio-économiques des polluants et des activités anthropiques sur le vivant », vise à soutenir des projets pour&lt;strong&gt; mieux évaluer et prendre en compte les impacts environnementaux, dont climatiques, sanitaires et socio-économiques des polluants et des activités anthropiques&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’objectif de cet APR est d’améliorer les connaissances afin de réaliser le déploiement de la transition écologique en limitant les impacts environnementaux, socio-économiques et sanitaires à moyen et long-terme, en proposant des méthodes et des outils pour évaluer ces impacts de façon systémique, en appui à la prise de décision.&lt;/p&gt;&lt;p&gt;Celui-ci s&amp;#039;intéresse plus précisément à 5 axes de recherche : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l&amp;#039;effets sur le vivant d’une exposition aux pollutions des sols ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;l&amp;#039;économie      circulaire ;&lt;/li&gt;&lt;li&gt;l&amp;#039;évaluation systémique et territorialisée des impacts des pollutions multiples ; &lt;/li&gt;&lt;li&gt;les méthodes d’évaluation environnementale systémique&lt;/li&gt;&lt;li&gt;les données de référence, méthodes et outils pour l’évaluation dans le secteur du Transport. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant d’aide de 200 k€ max. par projet sera évalué par rapport à la complexité des projets.&lt;/p&gt;&lt;p&gt;Pour ces axes, sont éligibles les projets :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;déposés par des acteurs publics ou privés de la recherche&lt;/strong&gt;. Un partenariat avec des entreprises et/ou des acteurs locaux (régionaux ou autres) est encouragé ;&lt;/li&gt;&lt;li&gt;entrant dans le champ de l’appel à projets ;&lt;/li&gt;&lt;li&gt;d’une &lt;strong&gt;durée inférieure à 36 mois&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Le processus de sélection&lt;/strong&gt; aura lieu en &lt;strong&gt;deux phases&lt;/strong&gt;. Il est assuré par l’ADEME, avec le support d’expertises externes et d’un comité scientifique et technique (CST) constitué de personnalités qualifiées. L’ADEME, les membres du CST, les experts sont tenus à une stricte confidentialité.&lt;/p&gt;&lt;p&gt;Plus d&amp;#039;informations sur le programme IMPACTS sur le site &lt;a href="https://recherche.ademe.fr/evaluation-des-impacts-environnementaux-sanitaires-et-socio-economiques-des-polluants-et-des" target="_blank"&gt;Recherche ADEME&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel est le suivant :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier (phase 1) :&lt;/strong&gt; les candidats sont invités à déposer leur dossier uniquement sous forme électronique via la plateforme de dépôt et de suivi de l’ADEME, avant le &lt;strong&gt;4 décembre 2025 à 12h&lt;/strong&gt;.&lt;br /&gt;Note aux porteurs : l’analyse des projets se fera à partir du « modèle de pré-projet », en complément du remplissage des formulaires sur la plateforme AGIR. Vous pouvez y copier/coller des éléments de contexte et d’objectif (données non conservées pour la Phase 2). À ce stade, il est essentiel de décrire la composition et l’intérêt du consortium, ainsi que le rôle des partenaires sans les saisir sur la plateforme afin d’éviter une validation formelle prématurée.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le retour des résultats d’évaluation&lt;/strong&gt; des préprojets aux porteurs de ceux-ci sera annoncé en &lt;strong&gt;janvier 2026&lt;/strong&gt;. Ces retours seront éventuellement accompagnés de recommandations à prendre en compte pour la constitution du projet complet. Elles concerneront :&lt;ol&gt;&lt;li&gt;des      modifications ou des précisions sur le dossier complet, sur la composition      de leur consortium ;&lt;/li&gt;&lt;li&gt;la      révision à la baisse d’une proposition dont le montant serait jugé      excessif au regard de son enjeu ;&lt;/li&gt;&lt;li&gt;des      suggestions de regroupements de projets dont les enjeux sont proches /      similaires afin d’amplifier la portée des projets et leurs retombées      positives.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier complet avant le 8 avril 2026&lt;/strong&gt; &lt;strong&gt;à 12h &lt;/strong&gt;via la plateforme informatique de l&amp;#039;ADEME (la phase 2 sera ouverte uniquement aux dossiers présélectionnés lors de la phase 1.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Évaluation externe des dossiers &lt;/strong&gt;réalisée par des experts thématiques venant compléter l’expertise faite par l’ADEME. Puis sur la base de ces expertises présentation et discussion au sein du comité scientifique et technique rassemblant des experts académiques et des membres des ministères, d’agences et de l’ADEME qui formuleront en &lt;strong&gt;juin 2026 un classement des projets reçus&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Retours définitifs&lt;/strong&gt; aux équipes au plus tard &lt;strong&gt;fin juin 2026&lt;/strong&gt;.&lt;br /&gt;La décision de financement sera in fine prise par l’ADEME. Elle sera fondée sur la proposition du comité de sélection et sur le budget disponible.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P200" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2025</t>
+        </is>
+      </c>
+      <c r="Q200" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2025</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/evaluation-des-impacts-environnementaux-sanitaires-et-socio-economiques-des-polluants-et-des-activites-anthropiques-sur-le-vivant</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=48fab44d-884d-4864-9807-4fffd0568387&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=5854924d-447c-454e-8426-aa625e65825a&amp;code_challenge=z_LqIYHUc4l51zoEUfEKvAUBCw4Os96d8WQPCTVYKeA&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/evaluation-des-impacts-environnementaux-sanitaires-et-socio-economiques-des-polluants-et-des-activites-anthropiques-sur-le-vivant/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>165512</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer les impacts environnementaux, sanitaires et socio-économiques des polluants et des activités anthropiques sur le vivant</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Évaluation des impacts environnementaux, sanitaires et socio-économiques des polluants et des activités anthropiques sur le vivant</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette 4ᵉ édition de l’appel à projets de recherche (APR) « IMPACTS – Évaluation des impacts environnementaux, sanitaires et socio-économiques des polluants et des activités anthropiques sur le vivant », vise à soutenir des projets pour&lt;strong&gt; mieux évaluer et prendre en compte les impacts environnementaux, dont climatiques, sanitaires et socio-économiques des polluants et des activités anthropiques&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’objectif de cet APR est d’améliorer les connaissances afin de réaliser le déploiement de la transition écologique en limitant les impacts environnementaux, socio-économiques et sanitaires à moyen et long terme, en proposant des méthodes et des outils pour évaluer ces impacts de façon systémique, en appui à la prise de décision.&lt;/p&gt;&lt;p&gt;L’APR couvre de nombreuses disciplines scientifiques. La recherche peut s’appuyer sur les connaissances locales des acteurs de terrain. Un partenariat avec des acteurs locaux est encouragé pour favoriser la prise en compte des caractéristiques environnementales du territoire. Des projets de recherche à visée opérationnelle sont attendus, impliquant des acteurs économiques, académiques ou publics.&lt;/p&gt;&lt;p&gt;L’APR s’intéresse plus précisément à 5 axes de recherche : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;l’effet sur le vivant d’une exposition aux pollutions des sols ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;l’économie circulaire ;&lt;/li&gt;&lt;li&gt;l’évaluation systémique et territorialisée des impacts des pollutions multiples ; &lt;/li&gt;&lt;li&gt;les méthodes d’évaluation environnementale systémique ;&lt;/li&gt;&lt;li&gt;les données de référence, méthodes et outils pour l’évaluation dans le secteur du transport.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le montant d’aide de 200 k€ max. par projet sera évalué par rapport à la complexité des projets.&lt;/p&gt;&lt;p&gt;Pour ces axes, sont éligibles les projets :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;&lt;strong&gt;déposés par des acteurs publics ou privés de la recherche&lt;/strong&gt;, un partenariat avec des entreprises et/ou des acteurs locaux (régionaux ou autres) est encouragé ;&lt;/li&gt;&lt;li&gt;entrant dans le champ de l’appel à projets ;&lt;/li&gt;&lt;li&gt;d’une &lt;strong&gt;durée inférieure à 36 mois&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Le processus de sélection&lt;/strong&gt; aura lieu en &lt;strong&gt;deux phases&lt;/strong&gt;. Il est assuré par l’ADEME, avec le support d’expertises externes et d’un comité scientifique et technique (CST) constitué de personnalités qualifiées. L’ADEME, les membres du CST et les experts sont tenus à une stricte confidentialité.&lt;/p&gt;&lt;p&gt;Plus d’informations sur le programme IMPACTS sur le site &lt;a href="https://recherche.ademe.fr/evaluation-des-impacts-environnementaux-sanitaires-et-socio-economiques-des-polluants-et-des" target="_blank"&gt;Recherche ADEME&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le calendrier prévisionnel est le suivant :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier (phase 1) :&lt;/strong&gt; les candidats sont invités à déposer leur dossier uniquement sous forme électronique via la plateforme de dépôt et de suivi de l’ADEME, avant le &lt;strong&gt;4 décembre 2025 à 12h&lt;/strong&gt;.&lt;br /&gt;Note aux porteurs : l’analyse des projets se fera à partir du « modèle de pré-projet », en complément du remplissage des formulaires sur la plateforme AGIR. Vous pouvez y copier/coller des éléments de contexte et d’objectif (données non conservées pour la phase 2). À ce stade, il est essentiel de décrire la composition et l’intérêt du consortium, ainsi que le rôle des partenaires sans les saisir sur la plateforme afin d’éviter une validation formelle prématurée.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le retour des résultats d’évaluation&lt;/strong&gt; des pré-projets aux porteurs de ceux-ci sera annoncé en &lt;strong&gt;janvier 2026&lt;/strong&gt;. Ces retours seront éventuellement accompagnés de recommandations à prendre en compte pour la constitution du projet complet. Elles concerneront :&lt;ol&gt;&lt;li&gt;des      modifications ou des précisions sur le dossier complet, sur la composition      de leur consortium ;&lt;/li&gt;&lt;li&gt;la      révision à la baisse d’une proposition dont le montant serait jugé      excessif au regard de son enjeu ;&lt;/li&gt;&lt;li&gt;des      suggestions de regroupements de projets dont les enjeux sont proches /      similaires afin d’amplifier la portée des projets et leurs retombées      positives.&lt;/li&gt;&lt;/ol&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Dépôt du dossier complet avant le 8 avril 2026&lt;/strong&gt; &lt;strong&gt;à 12h &lt;/strong&gt;via la plateforme informatique de l’ADEME (la phase 2 sera ouverte uniquement aux dossiers présélectionnés lors de la phase 1).&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Évaluation externe des dossiers &lt;/strong&gt;réalisée par des experts thématiques venant compléter l’expertise faite par l’ADEME. Puis, sur la base de ces expertises, présentation et discussion au sein du comité scientifique et technique rassemblant des experts académiques et des membres des ministères, d’agences et de l’ADEME, qui formuleront en &lt;strong&gt;juin 2026 un classement des projets reçus&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Retours définitifs&lt;/strong&gt; aux équipes au plus tard &lt;strong&gt;fin juin 2026&lt;/strong&gt;. La décision de financement sera in fine prise par l’ADEME. Elle sera fondée sur la proposition du comité de sélection et sur le budget disponible.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P201" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2025</t>
+        </is>
+      </c>
+      <c r="Q201" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2025</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il s’adresse aux acteurs publics/privés de recherche et aux entreprises, notamment des domaines suivants :&lt;/p&gt;&lt;p&gt;gestion des sites et sols pollués, évaluation de la contamination diffuse des sols urbains, traitement des déchets, secteur des transports et équipementiers ;&lt;/p&gt;&lt;p&gt;acteurs impliqués dans l’évaluation des risques sanitaires, écotoxicologiques, socio-économiques, dans l’évaluation environnementale systémique et celle des filières économiques. Il s’adresse aussi aux acteurs travaillant plus généralement sur l’évaluation multicritère et aux acteurs des sciences économiques, sociales et humaines.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/aap/evaluation-des-impacts-environnementaux-sanitaires-et-socio-economiques-des-polluants-et-des-activites-anthropiques-sur-le-vivant-0</t>
+        </is>
+      </c>
+      <c r="W201" s="1" t="inlineStr">
+        <is>
+          <t>https://moncompte.ademe.fr/auth/realms/master/protocol/openid-connect/auth?client_id=opale&amp;redirect_uri=https%3A%2F%2Fvosaides.ademe.fr%2Flogin&amp;state=5286616c-28e6-422b-87de-65937138a63d&amp;response_mode=fragment&amp;response_type=code&amp;scope=openid&amp;nonce=aaa1e42e-3cae-44d4-8d4e-90361c2810c2&amp;code_challenge=GXjyl4GXzlwnGh49yAVTbkizOkFqcW9US_SsKzn_YLU&amp;code_challenge_method=S256</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/evaluation-des-impacts-environnementaux-sanitaires-et-socio-economiques-des-polluants-et-des-activites-anthropiques-sur-le-vivant-1/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>165514</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>EU Coopérer à une échelle interterritoriale et/ou transnationale</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;&lt;strong&gt;Priorité stratégique :&lt;/strong&gt;&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    Renforcer la coopération entre le GAL de l’Anjou
+Bleu et les autres territoires en France et en Europe.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Mener des projets de coopération en France
+(coopération interterritoriale dans une ou plusieurs régions) ;&lt;/p&gt;&lt;p&gt;-    Mener des projets entre territoires d’autres
+Etats membres ou non de l’Union européenne (coopération transnationale).&lt;/p&gt;&lt;p&gt;&lt;u&gt;Effets attendus :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     La création de liens avec les territoires de
+coopération et de partenariats ;&lt;/p&gt;&lt;p&gt;-     La fédération des acteurs publics et privés du
+territoire autour de projets menés en coopérations avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des territoires plus ouverts et avec un plus
+grand rayonnement ;&lt;/p&gt;&lt;p&gt;-    Des actions communes avec d’autres
+territoires ;&lt;/p&gt;&lt;p&gt;-    Des échanges d’expériences plus nombreux&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-     Soutien préparatoire : aide à la
+préparation et à la définition du projet ;&lt;/p&gt;&lt;p&gt;-     Mise en place d’un réseau d’échanges et de
+partenariat aussi bien entre les bénéficiaires, qu’entre les GAL en lien avec
+la stratégie du territoire ;&lt;/p&gt;&lt;p&gt;-     Mise en œuvre d’actions communes en lien avec la
+stratégie du GAL ;&lt;/p&gt;&lt;p&gt;-     Animation et gestion des projets de
+coopération ;&lt;/p&gt;&lt;p&gt;-     Communication et évaluation des projets de
+coopération.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P202" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q202" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;    &lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;·         &lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;-    -  Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;br /&gt; &lt;br /&gt;-   Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/p&gt;&lt;p&gt;     &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion ;&lt;/li&gt;&lt;li&gt; Les coûts d’amortissement ;&lt;/li&gt;&lt;li&gt; Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;/li&gt;&lt;li&gt;  Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;  Les frais de change ;&lt;/li&gt;&lt;li&gt;  Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;       &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;-   -  Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais     directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...) &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;   -  La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -    Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     -   Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/p&gt;&lt;p&gt;   &lt;/p&gt;&lt;p&gt;     -   Les dépenses de salaires des apprentis, personnel en contrat aidé et gratifications des stagiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>PETR DE L'ANJOU BLEU</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://anjoubleu.com/wp-content/uploads/2024/12/Brochure-LEADER-A4.pdf</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL de l&amp;#039;Anjou bleu&lt;/p&gt;&lt;p&gt;2 rue Gillier&lt;/p&gt;&lt;p&gt;49500 SEGRE EN ANJOU BLEU&lt;/p&gt;&lt;p&gt;leader&amp;#64;anjoubleu.com&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>leader@anjoubleu.com</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu-cooperer-a-une-echelle-interterritoriale-et-ou-transnationale/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W203" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W204" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
       <c r="U205" s="1" t="inlineStr">
         <is>
-          <t>GAL Via Domitia</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V205" s="1" t="inlineStr">
         <is>
-          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
         </is>
       </c>
       <c r="W205" s="1" t="inlineStr">
         <is>
-          <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
       <c r="X205" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y205" s="1" t="inlineStr">
         <is>
-          <t>j.cotxet@pnrnm.fr</t>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
       <c r="Z205" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
         </is>
       </c>
       <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>