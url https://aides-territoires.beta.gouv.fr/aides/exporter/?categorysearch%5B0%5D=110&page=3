--- v0 (2025-11-20)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA85"/>
+  <dimension ref="A1:AA82"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,557 +228,5506 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>52290</v>
+        <v>120365</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Financer vos budgets d'investissement</t>
-[...5 lines deleted...]
-Actions pour la Relance (complémentaires à France Relance)</t>
+          <t>Déployer la vidéo protection aux abords des collèges et dans les villages et petites villes</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>AM2 - VIDEOPROTECTION AUX ABORDS DES COLLEGES ET DANS LES VILLAGES ET PETITES VILLES</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>AFL, la banque des collectivités locales</t>
+          <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour répondre aux besoins des communes drômoises, l&amp;#039;intervention du Département portera sur l&amp;#039;ensemble des dépenses d&amp;#039;investissement de vidéo-protection.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Primo installation et extension
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   acquisition, installation, raccordement jusqu&amp;#039;aux équipements de restitutions des images
+  &lt;/li&gt;
+  &lt;li&gt;
+   caméras fixes
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les opérations éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Aux abords des collèges
+   &lt;/strong&gt;
+   &lt;span&gt;
+    : Les caméras des systèmes de vidéo protection implantés aux abords des collèges (parvis, pôle d&amp;#039;échange de bus, parking, cheminement) autorisés par le Préfet (cités dans l&amp;#039;audit de sûreté ou validés par la commission vidéo protection).
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Pour les villes et villages
+   &lt;/strong&gt;
+   &lt;span&gt;
+    :
+   &lt;/span&gt;
+   Primo installation et extension : acquisition, installation, raccordement jusqu&amp;#039;aux équipements de restitutions des images
+ – caméras fixes
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aux abords des collèges
+ &lt;/strong&gt;
+ :L&amp;#039;intervention du Conseil départemental sera de 40 à 60 %, en complément de l&amp;#039;aide du Fonds Interministériel de Prévention de la Délinquance (FIPD), dans la limite de 80 % de financement public, en excluant les dépenses de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les villes et villages
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ – 30 % pour les communes ayant moins de 5 000 habitants,
+ &lt;br /&gt;
+ – 20 % pour les communes dont la population est comprise entre 5 000 et 10 000 habitants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ – 100 000 € HT de dépenses éligibles pour une 1ère demande
+ &lt;br /&gt;
+ – 50 000 € HT de dépenses éligibles pour une demande d&amp;#039;extension
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ L &amp;#039;avis de la Direction de l&amp;#039;Enseignement sera requis, pour un  rapprochement si nécessaire avec l&amp;#039;établissement pour établir la  concordance avec les diagnostics de sécurité établis par les  établissements.
+ &lt;br /&gt;
+ -délibération
+ &lt;br /&gt;
+ -devis détaillé.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers/Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Les dossiers devront être déposés en ligne via la plateforme
+ &lt;strong&gt;
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   Drôme Démat&amp;#039;.
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   TELESERVICE
+  &lt;/strong&gt;
+  : Aménagement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DISPOSITIF
+  &lt;/strong&gt;
+  : Vidéoprotection
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La décision du Conseil départemental interviendra a posteriori de celle de financement du FIPD.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 21 NOVEMBRE 2022 : « Aides aux territoires ».
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Accessibilité
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les bénéficiaires sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les communes qui doivent disposer ou envisager la mise en place d&amp;#039;un réseau de supervision urbaine sur leur territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les communes concernées devront avoir réalisé un audit de sûreté et être équipées ou raccordées à un centre de supervision urbaine.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes de moins de 10 000 habitants
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études techniques préalables, les dépenses de génie civil, raccordement réseau, fonctionnement et équipement des centres de supervision urbaine (mobilier, personnel, équipement de traitement des images, etc) et le renouvellement du matériel ne seront pas subventionnés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les villes et villages : renouvellement de matériel, dépenses de fonctionnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/am2-videoprotection-aux-abords-des-colleges-et-dans-les-villages-et-petites-villes/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Politiques Territoriales-Service des Relations avec les Collectivités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord  –
+  Tél : 04 75 79 26 65
+ &lt;br /&gt;
+ Christel MORIN, Coordonnatrice zone sud  –
+  Tél : 04 75 79 26 31
+ &lt;br /&gt;
+ Aurore MERMET, Coordonnatrice de zone –
+  Tél : 04 75 79 82 29
+ &lt;br /&gt;
+ Laurence ROCHER, Chef de Service, Coordonnatrice  zone ouest  – Tél : 04 75 79 26 67
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b5ad-video-protection-aux-abords-des-colleges-et-d/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>133544</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner les aménagements liés à la sécurité routière</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Répartition du produit des amendes de police</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>500 € / abribus - limité à 3/an ou 800 € abribus+éclairage - limité à 3/an</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à subventionner les collectivités dans le cadre d&amp;#039;aménagement à la sécurité routière (arrêté de la Préfecture) dans le respect des normes en vigueur et notamment des règles d&amp;#039;accessibilité (Code la Route, conseils des guides du CERTU, Règlement Départemental de voirie).
+&lt;/p&gt;
+&lt;p&gt;
+ Et pour tous travaux sur le domaine public routier départemental : dépôt d&amp;#039;une demande d&amp;#039;autorisation de voirie auprès de la subdivision concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention des équipements de première catégorie :  Aménagement d&amp;#039;abribus dans la limite de 3/an (500 € ou 800 € si abribus avec éclairage).
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention des équipements de deuxième catégorie :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etude et mise en œuvre de plans de circulation
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création de parcs de stationnement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements de carrefours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Différenciation du trafic
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux commandés par les exigences de la sécurité routière relevant de la police de circulation du maire, c&amp;#039;est-à-dire en agglomération, aussi bien sur les routes nationales que départementales ou communales (aménagement de zones 30, de passages surélevés, d&amp;#039;îlots directionnels, pose de miroirs, voies piétonnes le long de routes dangereuses...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sécurisation des cheminements piétons
+  &lt;/li&gt;
+  &lt;li&gt;
+   Piste cyclable/piétonne – voie douce le long de RD à forte circulation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Équipements de première catégorie :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Subvention forfaitaire de 500€ par abribus dans la limite de 3 abribus par an
+   &lt;/li&gt;
+   &lt;li&gt;
+    Subvention forfaitaire de 800€ par abribus dans la limite de 3 abribus par an si un éclairage de sécurité est installé en même temps
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;p&gt;
+  Équipements de deuxième catégorie :
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Montant minimum de la subvention : 1.000€
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les communes, les Communautés de communes, les syndicats de moins de 10 000 habitants : avoir conservé la compétence correspondant aux travaux pour lesquels la subvention est demandée.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout dossier réputé non complet un mois après l&amp;#039;envoi d&amp;#039;un courrier à la collectivité concernée réclamant les pièces manquantes sera classé sans suite et renvoyé à la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles : Installation et signalisation du chantier, terrassement, stabilisé, enduits, bordures de trottoirs et de caniveaux, trottoirs, mobilier urbain pour les zones 30, éventuellement quelques plantation, installation de signaux lumineux, signalisation horizontale, éclairage de sécurité, radar pédagogique si l&amp;#039;aménagement le justifie, études de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Exclusions : Travaux de voirie d&amp;#039;entretien courant, nouvel axe routier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lavienne86.fr/les-aides/guide-des-aides/repartition-du-produit-des-amendes-de-police-16702</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vienne
+ &lt;br /&gt;
+ DGAAT2D - Direction des Routes
+ &lt;br /&gt;
+ Téléport 1 - Immeuble AROBASE 3
+ &lt;br /&gt;
+ Avenue du Futuroscope
+ &lt;br /&gt;
+ 86960 CHASSENEUIL DU POITOU
+ &lt;br /&gt;
+ Ligne directe : 05 49 62 91 12
+ &lt;br /&gt;
+ Accueil : 05 49 62 91 33
+ &lt;br /&gt;
+ Email :
+ &lt;a href="mailto:samartin&amp;#64;departement86.fr" target="_self"&gt;
+  samartin&amp;#64;departement86.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>datc@departement86.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05b9-subventionner-les-amenagements-lies-a-la-secu/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>139939</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour la mise en conformité aux exigences du RGPD</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Mission RGPD-DPO</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;une convention, Cantal Ingénierie &amp;amp; Territoires (CIT) accompagne les collectivités et les établissements publics qui le souhaitent, dans la mise en conformité aux exigences du Règlement Général sur la Protection des données (RGPD). La réalisation de ce travail permet de désigner Cantal Ingénierie &amp;amp; Territoires en tant que DPO (délégué à la protection des données) auprès de la CNIL.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réaliser un état des lieux des traitements de données à caractère personnel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Vérifier la conformité aux exigences du RGPD,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Constituer et mettre à jour le registre des activités de traitement de données à caractère personnel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rédiger un rapport avec des préconisations et des suggestions d&amp;#039;améliorations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assurer le rôle de DPO,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseiller et accompagner pour répondre aux demandes et sollicitations au sujet des droits des personnes sur leurs données personnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la réalisation des AIPD (Analyse d&amp;#039;Impact sur la Protection des Données),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fournir une base documentaire avec des protocoles et des « outils » (formulaire-type).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etre adhérent à CIT
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conventionnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;
+&lt;p&gt;
+ dpocit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9619-beneficier-dun-accompagnement-pour-la-mise-en/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>165373</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Assurer la sécurité routière dans votre commune (radars pédagogiques)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Énergie Orne</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Radars pédagogiques&lt;/h4&gt;&lt;p&gt;Véritable outil de prévention, le radar pédagogique permet à la commune de récolter des indications grâce à une analyse de données. &lt;/p&gt;&lt;p&gt;Il aide à établir un lien entre la règlementation locale et le comportement de l&amp;#039;usager sur la route.&lt;/p&gt;&lt;p&gt;À l&amp;#039;achat ou la location, ce dispositif favorise la réduction de vitesse dans les agglomérations.&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/radars-peda-6894762cb1566.png" alt /&gt;&lt;/p&gt;&lt;p&gt;Le forfait &amp;#34;entretien maintenance&amp;#34; concerne exclusivement les radars du Te61.&lt;/p&gt;&lt;p&gt;Coût de la maîtrise d&amp;#039;œuvre : un taux de 7 % est appliqué.&lt;/p&gt;&lt;p&gt;La collectivité et le Territoire d’Énergie Orne signent une
+convention individuelle qui comprend :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Le
+     conseil et l’étude d’impact ;&lt;/li&gt;
+ &lt;li&gt;La
+     maîtrise d’œuvre ;&lt;/li&gt;
+ &lt;li&gt;Une
+     expertise sur le matériel et la pose selon les besoins (alimentation
+     solaire, alimentation batterie, personnalisation du radar…) ;&lt;/li&gt;
+ &lt;li&gt;Une
+     analyse précise des données synchronisées sur l&amp;#039;ensemble du patrimoine départemental : vitesse, nombre de passages, nombre d’excès ;&lt;/li&gt;
+ &lt;li&gt;Une
+     installation temporaire ou définitive ;&lt;/li&gt;
+ &lt;li&gt;Des possibilités de mise en place d’achat mutualisé.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/rapport-de-donnees-radars-689477ba8d88c.png" alt /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Prévention des risques
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://te61.fr/eclairage-public/radars-pedagogiques/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;Damien Danguy  - chargé d&amp;#039;affaires radars pédagogiques - signalisation&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;https://te61.fr/&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te61.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-le-risque-radars-pedagogiques/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>103338</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les victimes d'infractions pénales</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Mieux protéger les victimes</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>La Région soutient les associations apportant aux victimes d&amp;#039;infractions pénales un soutien psychologique, des informations juridiques, un accompagnement durant la procédure pénale.
+&lt;br /&gt;
+&lt;p&gt;
+ La Région privilégie les actions menées à destination des :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Femmes victimes de viol, harcèlement, violences conjugales ou intra-familiales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Victimes d&amp;#039;attentats,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Victimes de délits routiers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Membres de forces de sécurité et de secours blessés dans l&amp;#039;exercice de leurs missions,
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La Région soutient le dispositif Téléprotection Grave Danger (TGD) depuis 2017. À la suite d&amp;#039;une évolution émanant du ministère de la Justice, elle poursuit son action en subventionnant les associations référentes des Départements franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  S&amp;#039;adresser à un public résidant sur le territoire francilien,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concerner une action sur la totalité de l&amp;#039;année civile ou scolaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prendre en compte la situation sociale des bénéficiaires en proposant des services gratuits, ou à des tarifs peu élevés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Affecter aux actions un personnel, y compris bénévole, qui soit diplômé et/ou qualifié pour la conduite des actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme
+&lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+ mesdemarches.iledefrance.fr
+&lt;/a&gt;
+&lt;strong&gt;
+ à partir du 1er avril 2021.
+&lt;/strong&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>Le budget de l&amp;#039;action doit comporter exclusivement des dépenses de fonctionnement affectées à la réalisation du projet.
+&lt;br /&gt;
+&lt;br /&gt;
+La base des dépenses subventionnables exclut les dotations aux amortissements et provisions, les frais financiers et crédits bancaires divers, les impôts et taxes non strictement liés au projet, les contributions volontaires (personnel bénévole, locaux, mobilier, immobilier, en nature...).
+&lt;br /&gt;
+&lt;br /&gt;
+Le taux de financement régional ne peut excéder
+&lt;strong&gt;
+ 50% du coût prévisionnel de la dépense subventionnable, dans la limite d&amp;#039;un plafond de subvention fixé à 60.000€ TTC.
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+La Région ne peut être l&amp;#039;unique financeur d&amp;#039;une action :
+&lt;strong&gt;
+ le budget prévisionnel doit comporter un cofinancement public.
+&lt;/strong&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2021</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/mieux-proteger-les-victimes</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>Pôle des politiques sportives, de santé, de solidarité et de modernisation
+&lt;br /&gt;
+Service sécurité et aide aux victimes
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bruno Tellier
+&lt;/strong&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 57 32 (départements 77, 78, 91, 92, 94)
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Michel Mora
+&lt;/strong&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 79 28 (départements 75, 93, 95)
+&lt;br /&gt;
+&lt;br /&gt;
+Mail :
+&lt;a href="mailto:SSP&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ SSP&amp;#64;iledefrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/53fb-mieux-proteger-les-victimes/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>94793</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement à la mise en oeuvre du RGPD</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...5 lines deleted...]
-          <t>Prêt
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;agence vous assiste également dans la mise en œuvre du Règlement Général sur la Protection des Données au sein de votre collectivité et vous accompagne dans le suivi des pratiques.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Assurer le rôle de Délégué à la Protection des Données (DPO)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer un audit initial de mise en conformité et rédaction d&amp;#039;un registre de traitement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseiller et accompagner dans la réponse aux demandes émanant des administrés (droit d&amp;#039;accès, droit à l&amp;#039;oubli...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner en cas de fuite ou de perte de données personnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivre et mettre à jour du registre de traitement et des évolutions des pratiques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser des élus et agents (réunions, capsules de formation...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répondre à toute question concernant la protection des données personnelles
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, option RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maëva Sabouraud - Responsable du service juridique et financier
+ -
+  &lt;a rel="noopener" target="_blank"&gt;
+   juriste&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8ff7-copie-15h06-beneficier-dune-assistance-juridi/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>105356</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets liés aux centres d'incendie et de secours</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Centre d'incendie et de secours</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 30</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...18 lines deleted...]
- :
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des travaux portant sur les centres d&amp;#039;incendie et de secours.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépôt de la demande avant le démarrage des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;
+  sat&amp;#64;morbihan.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a78b-copie-11h09-soutenir-les-projets-de-renforcem/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>103498</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir dans le cadre du « Bouclier de sécurité », la modernisation des forces de police municipale d’Île-de-France et participer à la sécurisation des espaces publics</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’équipement des forces de sécurité et à la sécurisation des équipements publics</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient, dans le cadre du « Bouclier de sécurité », la modernisation des forces de police municipale d&amp;#039;Île-de-France et participe à la sécurisation des espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des équipements éligibles à l&amp;#039;aide régionale sont les suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1. En matière d&amp;#039;équipements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   armement prévu aux articles R 511-12 et suivants du code de sécurité intérieure (autorisation préfectorale requise)
+  &lt;/li&gt;
+  &lt;li&gt;
+   gilets pare-balles
+  &lt;/li&gt;
+  &lt;li&gt;
+   terminaux portatifs de radiocommunication
+  &lt;/li&gt;
+  &lt;li&gt;
+   caméras-piétons
+  &lt;/li&gt;
+  &lt;li&gt;
+   véhicules
+  &lt;/li&gt;
+  &lt;li&gt;
+   véhicules avec caméras embarquées
+  &lt;/li&gt;
+  &lt;li&gt;
+   caméras embarquées
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2. En matière de dispositifs de sécurisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   barrières, bornes, plots
+  &lt;/li&gt;
+  &lt;li&gt;
+   portiques
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3. À titre exceptionnel, en matière d&amp;#039;équipements immobiliers des services ou locaux de police municipale :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   construction ou rénovation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>La subvention régionale est fixée à 30% max. du coût HT des équipements et véhicules, ce taux étant porté à 35% max. pour les territoires ZSP.</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>05/10/2021</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/soutien-lequipement-des-forces-de-securite-et-la-securisation-des-equipements-publics</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pôle des politiques sportives, de santé, de solidarité et de modernisation
+&lt;/p&gt;
+&lt;p&gt;
+ Service sécurité et aide aux victimes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Bruno Tellier
+   &lt;br /&gt;
+   Tél. : 01 53 85 57 32 (départements 77, 92, 93, 94)
+   &lt;br /&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Michel Mora
+   &lt;br /&gt;
+   Tél. : 01 53 85 79 28 (départements 75, 78, 91, 95)
+   &lt;br /&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mail :
+   &lt;a href="mailto:SSP&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+    SSP&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2850-soutien-a-lequipement-des-forces-de-securite-/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>152467</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’équipement en vidéoprotection</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>VIDEOPROTECTION DES ESPACES PUBLICS</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 52</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié (+10%)</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;équipement en vidéoprotection pour la sécurisation des espaces et bâtiments publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un système de vidéoprotection pour les zones de loisirs de la commune : 6 caméras
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension du dispositif de vidéoprotection pour couvrir les rues principales et les abords de l&amp;#039;école : 10 caméras
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement de matériel de vidéoprotection obsolète (plus de 5 ans) : 12 caméras
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des bâtiments publics : installation de caméras à la mairie, à la salle des fêtes et à la poste : 7 caméras
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Etudes diagnostic et techniques préalables à l&amp;#039;installation
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense éligible plafonnée à
+      &lt;br /&gt;
+      50 000 € HT
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Projets de création, d&amp;#039;extension ou de renouvellement des systèmes de vidéoprotection : caméras &amp;#43; matériel lié : support, unité de stockage, serveurs d&amp;#039;images, ordinateurs, logiciels liés, terminaux de sécurité mobiles..., y compris frais d&amp;#039;installation liés et panneaux d&amp;#039;information sur la présence d&amp;#039;un système de vidéoprotection
+     &lt;/p&gt;
+     &lt;p&gt;
+      Renouvellement de matériel de plus de 5 ans
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal bonifié
+      &lt;br /&gt;
+      (&amp;#43; 10 %)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Cumul possible avec le FIPD dans la limite légale des plafonds de cumul d&amp;#039;aides publiques
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DEPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts relevant du fonctionnement (formation et coût de maintenance de l&amp;#039;équipement...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ceb5-aider-a-la-creation-des-maisons-de-sante-plur/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>111767</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la gestion de la Défense Extérieure Contre l'Incendie (DECI)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assurer la gestion de la compétence service public DECI à moindre coût : création, entretien, maintenance des Points d&amp;#039;eaux Incendie (PEI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D &amp;#039;ACCOMPAGNEMENT
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &amp;#34;
-[...6 lines deleted...]
-  &amp;#34;
+  Etat des lieux du patrimoine existant et mise en ligne sur un outil cartographique (SIG) pour suivi par le service DECI et consultation gratuite par la commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle réglementaire des Points d&amp;#039;Eau Incendie lorsque celui-ci n&amp;#039;est pas assuré par le SDIS
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre des travaux de création ou de réparation des Points d&amp;#039;Eau Incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echanges avec le SDIS et avec le service public de l&amp;#039;eau compétent pour évaluer la faisabilité d&amp;#039;implantation ou d&amp;#039;évolution des PEI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune dans la rédaction d&amp;#039;un schéma communal de défense extérieur contre l&amp;#039;incendie pour dresser l&amp;#039;état des lieux de la DECI existante, fixer des objectifs permettant d&amp;#039;améliorer cette défense et planifier la mise en place d&amp;#039;équipements supplémentaires.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Sa mission
-[...1 lines deleted...]
- :
+  LIVRABLES
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Soutenir l&amp;#039;investissement public local
-  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+  Réunions et contacts réguliers pour le suivi des différents travaux à effectuer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport annuel du patrimoine : travaux, résultat des contrôles et propositions d&amp;#039;amélioration
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avis réglementaire fourni sous 72h dans le cadre des demandes d&amp;#039;Autorisations du Droit du Sols (ADS) non soumises à avis du SDIS : ADS pour maisons individuelles ou construction de 2 lots maximum par exemple
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma communal de défense extérieur contre l&amp;#039;incendie accompagné des cartes de couverture des risques et des aspects prospectifs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Risques naturels
+Equipement public
+Prévention des risques
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Délibération de transfert de compétence temporaire (6 ans)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission d&amp;#039;un arrêté du maire listant les PEI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à l&amp;#039;ensemble des tarifs négociés pour les travaux et la maintenance et gratuité de consultation en ligne du patrimoine DECI et instruction des ADS
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/defense-exterieure-contre-l-incendie/281-le-service-deci.html</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Luc DIEU
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de service
+&lt;/p&gt;
+&lt;p&gt;
+ 05.56.16.44.87
+&lt;/p&gt;
+&lt;p&gt;
+ s.deci&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8fcf-accompagner-la-gestion-de-la-defense-exterieu/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>111762</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la qualité de l’air intérieur</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Répondre à la réglementation appliquée aux bâtiments publics en matière de qualité de l&amp;#039;air intérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagner pour évaluer et améliorer la qualité de l&amp;#039;air intérieur de votre patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Evaluer la qualité de l&amp;#039;air intérieur par un diagnostic réglementaire (moyens d&amp;#039;aération, système de ventilation ...)
+&lt;/p&gt;
+&lt;p&gt;
+ Définition d&amp;#039;un plan d&amp;#039;actions d&amp;#039;amélioration de la qualité de l&amp;#039;air
+&lt;/p&gt;
+&lt;p&gt;
+ Renouvellement du dispositif tous les 7 ans
+&lt;/p&gt;
+&lt;p&gt;
+ LIVRABLES :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;AFL repose sur des principes de
-[...14 lines deleted...]
-  .
+  Rapport d&amp;#039;évaluation des moyens d&amp;#039;aération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Campagne de mesure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic et plan d&amp;#039;actions d&amp;#039;amélioration de la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Affichage dans les établissements
  &lt;/li&gt;
 &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Santé
+Qualité de l'air
+Equipement public
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service
+ &lt;/li&gt;
+ &lt;li&gt;
+  Validation du devis d&amp;#039;intervention proposé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/maitrise-de-la-demande-en-energie-mde-prestations-d-efficacite-energetique-etudes-suivi-cee/314-qualite-de-l-air-interieur-qai.html</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  William RAVAILLE&lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0ffb-ameliorer-la-qualite-de-lair-interieur/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>152451</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'équipement des policiers municipaux</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>EQUIPEMENT DES POLICIERS MUNICIPAUX</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier équipement à l&amp;#039;armement des policiers municipaux et des gardes-champêtres.
+ &lt;br /&gt;
+ S&amp;#039;agissant de l&amp;#039;armement en armes de poing, l&amp;#039;aide est réservée aux communes mettant en place l&amp;#039;armement de leur police municipale à l&amp;#039;exclusion de toutes les communes dont l&amp;#039;armement de la police municipale est déjà effectif au moment de la création de cette aide (15 juillet 2015).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;armes de poing et de gilets pare-balles pour la Police Municipale de &amp;#34;Ville-aux-Bois&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Première acquisition d&amp;#039;armement pour la Police Municipale de &amp;#34;Cité Soleil&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de caméras piétons et de gilets pare-balles pour les gardes-champêtres de &amp;#34;Montagne-sur-Loire&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un véhicule et d&amp;#039;armes de service pour la Police Municipale de &amp;#34;Porte des Prés&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipement des policiers municipaux en cinémomètres et radios portatives à &amp;#34;La Corniche&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition de motocyclettes et d&amp;#039;armes de poing pour la Police Municipale de &amp;#34;Champs de Mars&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition d&amp;#039;un véhicule et de gilets pare-balles pour la Police Municipale de &amp;#34;Cœur de Ville&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de véhicules et de tonfas pour la Police Municipale de &amp;#34;Centre Historique&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipement des policiers municipaux en cinémomètres et caméras piétons à &amp;#34;Les Hauts&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;acquisition de véhicules et d&amp;#039;armes de poing pour la Police Municipale de &amp;#34;Val Fleuri&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Equipements des policiers municipaux et des gardes-champêtres (premier équipement uniquement)  :
+      &lt;/strong&gt;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - armement (selon les conditions de l&amp;#039;article R511-12 du code de la sécurité intérieure : armes de poing, tonfas, tasers...), y compris éléments d&amp;#039;armes et munitions ;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - les gilets pare-balles ;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - les systèmes de radiocommunication ;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - les cinémomètres ;
+     &lt;/p&gt;
+     &lt;p&gt;
+      - les caméras piétons ;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50%
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Cumul possible avec le FIPD ou autres aides de l&amp;#039;Etat dans la limite légale des plafonds de cumul d&amp;#039;aides publiques.
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Aide à l&amp;#039;acquisition de véhicules (voiture, VTT, motocyclette,...) y compris les équipements liés à la fonction dudit véhicule (gyrophares, sérigraphie, ...)
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      50%
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Plafond de dépense éligible de 25 000 € HT par véhicule (équipements compris)
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b17-aider-a-lamelioration-de-la-distribution-dele/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>111685</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Aider en matière de délinquance, de sécurité et de sûreté</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : sécurité</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Aide en expertise et ingénierie technique. Pas d'aide financière.</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil départemental de l&amp;#039;Essonne, ayant adopté en 2018 le Schéma directeur de sécurité et de prévention de la délinquance, apporte :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   expertise et appui méthodologique auprès des Conseils Locaux de Sécurité et de Prévention de la Délinquance (CLSPD), des Conseils Intercommunaux de Sécurité et de Prévention de la Délinquance (CISPD) et des cellules de veilles de suivi individuel ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la lutte contre : les violences intrafamiliale, les violences faites aux femmes, la prostitution, les violences sexistes et sexuelles (conférences thématiques) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   expertise pour la sécurisation d&amp;#039;évènements festifs partenariaux pour lesquels le Département de l&amp;#039;Essonne est organisateur ou co-organisateur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   appui à l&amp;#039;élaboration des Plans Communaux de Sauvegarde (PCS) par les communes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2018-01-0056 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la sécurité et de la prévention
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 91 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/97ae-aider-en-matiere-de-delinquance-de-securite-e/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>111633</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir la délinquance</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Sécurité</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>80% maximum des dépenses du projet</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds départemental de prévention de la délinquance. L&amp;#039;aide doit contribuer à la mise en oeuvre de projets transversaux à destination de publics sensibles, sur des thématiques telles que la prévention : de la récidive, du décrochage scolaire, des phénomènes de bandes, des rixes inter-quartiers ou de la radicalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-01-0056 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la sécurité et de la prévention
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 91 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9bff-prevenir-la-delinquance/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>111634</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Equiper la police municipale en vidéoprotection et portiques de sécurité</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Sécurité</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne
+Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>20% maximum des dépenses / Plafond de 50.000€ maximum par projet</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds d&amp;#039;abondement du dispositif régional &amp;#34;Bouclier de sécurité&amp;#34;. Le Département soutien les collectivités dans leur démarche de sécurisation du territoire et abonde le dispositif régional à hauteur de 20% du projet d&amp;#039;équipement des polices municipales en vidéoprotection et en portiques de sécurité.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune demande à formuler : les projets sont transmis directement au Département de l&amp;#039;Essonne par la Région Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles présentées à la Région Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-01-0056 (AD du 19/11/2018 et AD du 03/02/2020)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet déposé auprès de la Région Ile-de-France au titre du dispositif &amp;#34;Bouclier de sécurité&amp;#34;.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la sécurité et de la prévention
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 91 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c01-equiper-la-police-municipale-en-videoprotecti/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>111632</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la sécurité routière</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et déplacements : Sécurité routière</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Aide définie annuellement dans le cadre du document général d'orientation</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les actions de sécurité routière du Plan Départemental d&amp;#039;Actions de Sécurité Routière (PDASR), fixant annuellement les enjeux de sécurité routière à l&amp;#039;échelle départementale, en cohérence avec les orientations du Document Général d&amp;#039;Orientation : actions de sécurité routière à destination de la population essonnienne organisées par les communes et les intercommunalités.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°017-DTMO-009 (AD du 19/06/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Limiter les déplacements subis
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des infrastructures et de la voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abf7-ameliorer-la-securite-routiere/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>162465</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Développer ou poursuivre un projet dans le domaine de la prévention et la lutte contre les violences intrafamiliales, conjugales, sexistes ou sexuelles</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets &amp;#8211; Violences intra familiales 2025 &amp;#8211;  prévention et lutte contre les violences conjugales, les violences sexuelles et sexistes</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DE L&amp;#039;AIDE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si vous souhaitez développer ou poursuivre un projet dans le domaine de la prévention et la lutte contre les violences intrafamiliales, conjugales, sexistes ou sexuelles, vous pouvez candidater à cet appel à projet du Département de la Manche par le biais du site demarches-simplifiees.fr.&lt;/p&gt;&lt;p&gt;L’appel à projets a pour objectif de mettre en œuvre des projets à l’échelle locale ou départementale ayant des effets concrets et mesurables sur la réduction et la prise en charge des VIF dans la Manche.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;COMMENT BÉNÉFICIER DE L&amp;#039;AIDE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande devra être déposé sur la plateforme demarches-simplifiees.fr avant le 24 mai 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIÈCES À FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pièces à joindre pour toute structure :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Attestation sur l&amp;#039;honneur.&lt;/li&gt;&lt;li&gt;RIB / IBAN.&lt;/li&gt;&lt;li&gt;Dernier rapport d&amp;#039;activité.&lt;/li&gt;&lt;li&gt;Le dernier bilan, compte de résultat et annexe, approuvés, et rapport éventuel du commissaire aux comptes (obligatoire pour les associations ayant reçu un montant global de subvention supérieur à 153 000 €).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pièces à fournir en plus pour les associations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Statuts déclarés de l&amp;#039;association.&lt;/li&gt;&lt;li&gt;Copie de la publication au JO ou du récépissé de déclaration à la préfecture.&lt;/li&gt;&lt;li&gt;Attestation cotisation URSSAF&lt;/li&gt;&lt;li&gt;Le contrat d’engagement républicain, conformément à la loi du 24 août 2021.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Pièces à fournir en plus pour les entreprises :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Extrait du K bis&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Pièce supplémentaire à fournir pour les porteurs extérieurs au Département de la Manche :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Attestation de partenariat avec des acteurs locaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Accès aux services
+Santé
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets déposés doivent cibler une ou plusieurs des priorités suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;prévenir les violences intra familiales induites par les stéréotypes sexistes ;&lt;/li&gt;&lt;li&gt;protéger les personnes face aux violences subies, dans le respect de leurs choix de vie individuel : soutien au dépôt de plainte, mise à l’abri d’urgence en cas de besoin, soutien à l’organisation d’un départ… ;&lt;/li&gt;&lt;li&gt;réduire les impacts et les risques sur les enfants confrontés aux violences intra familiales : prévention primaire (évitement de risque) ou secondaire (limitation du risque) par des modalités sécurisées d’exercice des relations familiales, d’accompagnement des publics… ;&lt;/li&gt;&lt;li&gt;agir en prévention primaire et/ou secondaire et promotion de la santé auprès des personnes victimes, auteures et de leur entourage par des prises en charge individuelles ou collectives : campagne d’information ou de repérage lors de suivis individuels ou d’évènements collectifs, festifs par exemple ; réduction des facteurs de risques associés ; prise en charge des conséquences sur la santé des violences conjugales et intrafamiliales ;&lt;/li&gt;&lt;li&gt;permettre aux personnes victimes sorties des violences intra familiales d’enclencher un processus de réparation ;&lt;/li&gt;&lt;li&gt;favoriser la désistance des personnes auteures pour prévenir la réitération de comportements violents ;&lt;/li&gt;&lt;li&gt;formations-actions pour expérimenter des solutions à des phénomènes de violences spécifiques, des actions de prévention globale ou des prises en charge ciblées tant des personnes victimes et/ou des personnes auteures.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présentés pourront cibler :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des mineurs comme des majeurs ;&lt;/li&gt;&lt;li&gt;des personnes individuelles comme des groupes ;&lt;/li&gt;&lt;li&gt;des couples, familles ;&lt;/li&gt;&lt;li&gt;les personnes victimes de violences et leurs proches, incluant les personnes en situation de handicap ou en perte d’autonomie ;&lt;/li&gt;&lt;li&gt;les personnes auteures de violences et leur entourage, incluant les personnes en situation de handicap ou de perte d’autonomie ;&lt;/li&gt;&lt;li&gt;des professionnels.&lt;/li&gt;&lt;/ul&gt;Le périmètre géographique du projet proposé devra être précisé et argumenté du point de vue de la coordination avec les actions et dispositifs préexistants et d’un partenariat en lien avec les services du département. &lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Note à l&amp;#039;attention des porteurs éligibles : une coquille est apparue dans la précédente diffusion concernant les porteurs de projets éligibles. Les collectivités territoriales et les EPCI sont désormais éligibles. Cette coquille sera régularisée en commission permanente du Département du 19 avril 2024. Si vous êtes concernés par ces deux catégories, vous pouvez d&amp;#039;ores et déjà déposer votre dossier sur la plateforme &amp;#34;démarches simplifiées&amp;#34;.&lt;/p&gt;&lt;p&gt;L’appel à projets s’adresse :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aux associations loi 1901 ;&lt;/li&gt;&lt;li&gt;aux collectivités territoriales ;&lt;/li&gt;&lt;li&gt;aux établissements publics de coopération intercommunale ;&lt;/li&gt;&lt;li&gt;aux établissements publics ;&lt;/li&gt;&lt;li&gt;aux groupements d’intérêts publics souhaitant obtenir une subvention de fonctionnement exclusivement imputable au projet présenté. Les dépenses sont entendues au sens comptable des collectivités ;&lt;/li&gt;&lt;li&gt;aux services de l’administration pénitentiaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les porteurs de projets extérieurs au département, un partenariat formalisé avec un acteur manchois est demandé et un rapprochement préalable avec un ou des territoires de solidarité est nécessaire. Les porteurs de projets pourront par ailleurs assurer la réalisation de leurs actions dans le cadre de partenariats existants ou établis pour ce projet.&lt;/p&gt;&lt;p&gt;Projets non éligibles :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;dossiers de candidature incomplets sur le plan administratif ;&lt;/li&gt;&lt;li&gt;offres similaires à des actions existantes sur le même territoire et auprès des mêmes bénéficiaires ;&lt;/li&gt;&lt;li&gt;projets éligibles à la politique contractuelle du Département de la Manche.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/appel-a-projets-violences-intra-familiales-2025/</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aap-2025-violences-intrafamiliales-cd50</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lecler Lara - Direction de projets et des territoires de solidarité &lt;/p&gt;&lt;p&gt;Formulaire de contact : &lt;a target="_self"&gt;https://www.manche.fr/contacter-le-departement/  0233881987 - 0625796053&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projets-8211-violences-intra-familiales-2024/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>117146</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Approfondir la connaissance du territoire par un diagnostic territorial partagé</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans la connaissance de leur territoire à travers la réalisation d&amp;#039;un diagnostic territorial transversal et multidisciplinaire, partagé avec les acteurs locaux :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un diagnostic territorial sur toutes les thématiques intéressant les collectivités (aménagement, culture, sport, solidarité, développement économique, tourisme, santé, environnement, transport...)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
-[...2 lines deleted...]
-  Dispositif cumulable/compatible avec le fonds vert
+  Réunion de travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission d&amp;#039;un diagnostic territorial sous format numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/20f8-approfondir-la-connaissance-du-territoire-par/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>117373</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration du projet de territoire, d’un programme d’actions et de la mise en œuvre de ce dernier</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’élaboration du projet de territoire et à sa mise en œuvre</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à une collectivité,sur la base du diagnostic (réalisable dans ID77), de construire et d&amp;#039;élaborer un projet de territoire et le programme d&amp;#039;actions qui en découle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département met à disposition ses connaissances et ses compétences techniques au service de la collectivité pour aboutir à la constitution d&amp;#039;un programme
+ &lt;br /&gt;
+ d&amp;#039;actions prévisionnel qui pourrait être mis en œuvre et sur l&amp;#039;identification des financements potentiels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appui méthodologique (remise de documents méthodologiques, échanges avec la collectivité)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement/Conseil amont (à un PLU par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;ateliers thématiques à la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au montage de projet (recherche de financement par exemple)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Accès aux services
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail :
+&lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+ id77&amp;#64;departement77.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db38-accompagner-les-collectivites-dans-lelaborati/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>103271</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Equiper ma collectivité en vidéoprotection</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'équipement en vidéoprotection</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+La Région soutient, dans le cadre du « Bouclier de sécurité », le développement de la vidéoprotection pour lutter contre la délinquance de voie publique, et notamment les cambriolages.
+&lt;br /&gt;
+&lt;p&gt;
+ Sur
+ &lt;a href="https://mesdemarches.iledefrance.fr" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr,
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ les pièces à fournir sont obligatoires. Elles sont indiquées comme « facultatives » pour éviter de bloquer techniquement la validation de votre demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet doit être mené sur le territoire francilien. Il doit respecter les dispositions législatives et réglementaires existantes en matière de vidéoprotection, et notamment l&amp;#039;article L251-2 du Code de la sécurité intérieure. Il doit être justifié par un diagnostic de sécurité précisant les besoins à couvrir en termes de sécurité et de prévention de la délinquance sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes et leurs groupements ZSP pour tout ou partie sont prioritaires.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La subvention régionale est calculée sur la base du coût HT d&amp;#039;achat et pose des équipements de vidéoprotection selon les modalités suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour l&amp;#039;extension d&amp;#039;une installation, le taux est de 30% (autres territoires) ; ou 40% (ZSP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour la création d&amp;#039;une installation, le taux est de 35% (autres territoires) ; ou 50% (ZSP),
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;agissant de l&amp;#039;installation de caméras, l&amp;#039;assiette de subvention est plafonnée à 15.000€ par caméra, pose comprise.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- :
+&lt;br /&gt;
+L&amp;#039;achat et la pose de caméras sur l&amp;#039;espace public, les écrans de contrôle et le raccordement aux bâtiments de supervision.
+&lt;br /&gt;
+&lt;br /&gt;
+Pour bénéficier de cette aide, vous devez déposer un dossier sur la plateforme
+&lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+ mesdemarches.iledefrance.fr
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-lequipement-en-videoprotection</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>Pôle des politiques sportives, de santé, de solidarité et de modernisation
+&lt;br /&gt;
+Service sécurité et aide aux victimes
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bruno Tellier
+&lt;/strong&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 57 32 (départements 77, 92, 93, 94)
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Michel Mora
+&lt;/strong&gt;
+&lt;br /&gt;
+Tél. : 01 53 85 79 28 (départements 75, 78, 91, 95)
+&lt;br /&gt;
+&lt;br /&gt;
+Mail :
+&lt;a href="mailto:SSP&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ SSP&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feda-soutien-a-lequipement-en-videoprotection/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>156135</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'installation de systèmes de vidéoprotection dans les communes</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>INSTALLATION DES SYSTÈMES DE VIDÉOPROTECTION</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider au financement des études et installations des systèmes de vidéoprotection des communes afin de favoriser la sécurisation des espaces et des bâtiments publics.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
-[...11 lines deleted...]
-  Plus gros crédit : 50 millions €
+  Études et diagnostics préalables à l&amp;#039;installation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses nécessaires à la réalisation des projets de création, extension ou de renouvellement des systèmes de vidéoprotection (caméras, support, unités de stockage, matériel informatique, logiciels dédiés, terminaux de sécurité...) y compris les frais d&amp;#039;installation liés et les panneaux d&amp;#039;information indiquant la présence d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement de matériel de plus de 5 ans
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Son accompagnement
-[...2 lines deleted...]
-&lt;/p&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+ Les dépenses liées à la maintenance de l&amp;#039;équipement et à la formation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond des
+  dépenses éligibles :
+ &lt;/strong&gt;
+ 80.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Les communes sont limitées à une subvention par an sur ce dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/installation-des-systemes-de-videoprotection/</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1a9-modele/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>143405</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Former sur les diagnostics de sécurité des passages à niveau - en distanciel (Formation)</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Recherche</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les passages à niveaux (PN) sont les points de rencontre entre une voie ferrée et une route dont la gestion relève de mode très différents et représentent en conséquence des zones à forts risques.
+&lt;/p&gt;
+&lt;p&gt;
+ La circulaire du 11 juillet 2008 relative à la sécurité des PN a permis le lancement d&amp;#039;une campagne de diagnostics de sécurité dans le but d&amp;#039;évaluer les risques et d&amp;#039;étudier des pistes d&amp;#039;amélioration pour la sécurité au niveau des passages à niveau.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3 mai 2019 un plan d&amp;#039;action national de la sécurisation des passages à niveau a été émis par la Ministre des transports (plan Borne).
+&lt;/p&gt;
+&lt;p&gt;
+ Le 24 décembre 2019, la LOM (loi d&amp;#039;orientation des mobilités) impose la réalisation par le gestionnaire de voirie, en coordination avec le gestionnaire ferroviaire, du diagnostic de sécurité routière des passages à niveau.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour compléter ces changements, dans le but de répondre à la demande indiquée dans le plan d&amp;#039;action national, le document de diagnostic et sa méthodologie ont été mis en place à travers le décret du 6 avril 2021 puis de l&amp;#039;arrêté du 3 mai 2021.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+&lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
-[...2 lines deleted...]
-  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+  Renseigner le document de diagnostic de sécurité des PN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et évaluer les informations liées à la sécurité routière au niveau du PN (visibilité, lisibilité, prises en compte des modes actifs, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pouvoir émettre des propositions de pistes d&amp;#039;actions en réponse aux défauts constatés
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
- &lt;br /&gt;
+&lt;h4&gt;
+ Programme
+&lt;/h4&gt;
+&lt;h3&gt;
+ Jour 1
+&lt;/h3&gt;
+&lt;p&gt;
+ 9h00. Accueil, présentation des participants et programme de la formation
+&lt;/p&gt;
+&lt;p&gt;
+ 9h20. Eléments de cadrage, enjeux et problématique
+&lt;/p&gt;
+&lt;p&gt;
+ 10h15. Pause
+&lt;/p&gt;
+&lt;p&gt;
+ 10h20. Présentation de la grille de diagnostic
+&lt;/p&gt;
+&lt;p&gt;
+ 12h00. Fin première session
+&lt;/p&gt;
+&lt;h3&gt;
+ Jour 2
+&lt;/h3&gt;
+&lt;p&gt;
+ 9h00. Présentation virtuelle d&amp;#039;un PN (PN 9 : Aix les Milles) vidéo, image
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30. Echanges sur l&amp;#039;inspection PN
+&lt;/p&gt;
+&lt;p&gt;
+ 10h00. Pause
+&lt;/p&gt;
+&lt;p&gt;
+ 10h05. Restitution du diagnostic PN
+&lt;/p&gt;
+&lt;p&gt;
+ 12h00. Fin seconde session
+&lt;/p&gt;
+&lt;h3&gt;
+ Jour 3
+&lt;/h3&gt;
+&lt;p&gt;
+ 9h00. Introduction aux pistes d&amp;#039;actions
+&lt;/p&gt;
+&lt;p&gt;
+ 10h15. Pause
+&lt;/p&gt;
+&lt;p&gt;
+ 10h20. Introduction aux pistes d&amp;#039;actions (suite)
+&lt;/p&gt;
+&lt;p&gt;
+ 10h40 Exemple spécifique sur le PN inspecté virtuellement
+&lt;/p&gt;
+&lt;p&gt;
+ 11h30. Bilan de la formation
+&lt;/p&gt;
+&lt;p&gt;
+ 12h00. Fin de la formation
+&lt;/p&gt;
+&lt;h3&gt;
+ PUBLIC
+&lt;/h3&gt;
+&lt;p&gt;
+ Auditeurs chargés d&amp;#039;effectuer des diagnostics de sécurité au niveau des passages à niveau. Il peut s&amp;#039;agir des gestionnaires de voiries au niveau des collectivités ou agglomérations mais aussi des bureaux d&amp;#039;études pouvant effectuer ces diagnostics.
+&lt;/p&gt;
+&lt;h3&gt;
+ Niveau pré-requis
+&lt;/h3&gt;
+&lt;p&gt;
+ Connaissances ou expériences routières au niveau de la règlementation, de la géométrie, de la signalisation, de la sécurité routière...
+&lt;/p&gt;
+&lt;h3&gt;
+ Outils pédagogiques
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inspection virtuelle d&amp;#039;un PN
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M2" s="0" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Education et renforcement des compétences
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-diagnostics-securite-passages-niveau-distanciel</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d3f-former-sur-les-diagnostics-de-securite-des-pa/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>139937</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Informer sur la mise en œuvre des usages numériques. Accompagner pour le développement du numérique éducatif. Proposer un accès gratuit à des plateformes de dématérialisation.</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Usages numériques</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires propose des prestations d&amp;#039;accompagnement, d&amp;#039;AMO, de conseil dans le domaine du numérique. L&amp;#039;agence propose également des outils mutualisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...36 lines deleted...]
- &lt;br /&gt;
+  Ecoles numériques du Cantal : ENT (environnements numérique de travail),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mission de maintenance et assistance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et expertise sur le volet équipements et réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation de la commande publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation des flux vers les services de l&amp;#039;État (contrôle de légalité, hélios...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Appui méthodologique
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre adhérent à CIT
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;essentiel des services sont accessibles  gratuitement sous condition d&amp;#039;adhésion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrat de maintenance et AMO: services payants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/85ea-informer-sur-la-mise-en-uvre-des-usages-numer/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>163142</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
+mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
+territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
+au profit des collectivités seine-et-marnaises pour un accompagnement dans la
+mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
+orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
+un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
+Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
+potentialités offertes pour poursuivre son développement, tout en conservant
+ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
+réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
+l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
+initiatrice de la demande, puis auprès des communes volontaires si elles en
+estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
+pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
+leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
+collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
-[...3 lines deleted...]
-Sports et loisirs
 Tourisme
-Forêts
-Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>160868</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la coopération des acteurs du territoire</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 5</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 40 000 euros</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ La coopération peut prendre les formes suivantes :
+ &lt;br /&gt;
+ &lt;strong&gt;
+  - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La mise en œuvre d&amp;#039;actions de coopération doit constituer un levier pour répondre à l&amp;#039;ensemble de la stratégie LEADER. Aussi, les projets de coopération seront en lien avec les thématiques inhérentes à cette stratégie développée dans le plan d&amp;#039;action.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Seront soutenues :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Friche
+Foncier
+Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
-Risques naturels
-Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
-Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
+Prévention des risques
 Artisanat
-Information voyageur, billettique multimodale
-Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
-Industrie
-[...1 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
-[...5 lines deleted...]
- est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>165158</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l'innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>HORIZON EUROPE - EURATOM - Prix de l&amp;apos;innovation SOFT - 2026</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Horizon Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;100,000 euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 100,000 euros  &lt;ul&gt;    &lt;li&gt;Pour le 1er prix : 50,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 2ème prix : 30,000 euros&lt;/li&gt;    &lt;li&gt;Pour le 3ème prix : 20,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d’un appel à propositions.&lt;/p&gt;  &lt;strong&gt;Différentes catégories de projets sont éligibles :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire ;&lt;/li&gt;    &lt;li&gt;IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D ;&lt;/li&gt;    &lt;li&gt;CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche ;&lt;/li&gt;    &lt;li&gt;MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;De même, les appels précisent les bénéficiaires attendus :&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Projets collaboratifs, composés d’un coordinateur et des partenaires (consortium) ;&lt;/li&gt;    &lt;li&gt;Projets mono-bénéficiaires, impliquant une seule organisation ;&lt;/li&gt;    &lt;li&gt;Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement.&lt;/li&gt;  &lt;/ul&gt;  &lt;u&gt;TOPICS&lt;/u&gt; :   A venir  &lt;ul&gt;    &lt;li&gt;EURATOM-2026-SOFT-PRIZE : Prix de l&amp;#039;innovation SOFT&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Contact : RTD-FUSION&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/euratom/wp-call/2023-2025/roc_euratom-2026-soft-prize_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/EURATOM-2026-SOFT-PRIZE?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;EURATOM-2026-SOFT-PRIZE&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a href="https://rea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/euratom-research-and-training-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+International
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2025</t>
+        </is>
+      </c>
+      <c r="Q27" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/horizon-europe-euratom-prix-de-linnovation-soft-2026/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>142692</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Engager une démarche de résilience sur votre territoire</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable territorial, vous souhaitez engager vos services, les entreprises et les habitants autour d&amp;#039;une prise de conscience des vulnérabilités locales. Vous souhaitez anticiper collectivement toute forme de risques pour éviter les situations critiques et complexes. Vous souhaitez co-construire avec eux un plan d&amp;#039;actions pour agir et vous adapter en conséquence.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez une expertise de confiance qui vous permettra d&amp;#039;obtenir des résultats concrets : un territoire plus fort, plus solidaire, plus sobre, plus apte à se relever à moindre coût après des épisodes météorologiques atypiques, de fortes variations des marchés, des catastrophes naturelles, industrielles, financières, sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema propose une offre intégrée d&amp;#039;accompagnement sur-mesure de vos projets en privilégiant les approches collectives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;strong&gt;
-[...26 lines deleted...]
-  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+  Diagnostic participatif et identification des priorités d&amp;#039;actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des vulnérabilités actuelles et futures, compréhension des inter-dépendances, approches prospectives, inspiration d&amp;#039;autres territoires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de votre plan d&amp;#039;actions résilience avec l&amp;#039;outil « boussole de la résilience » du Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertises ponctuelles pour évaluer des dynamiques de résilience, enrichir des plans d&amp;#039;actions, recalibrer des projets en amont, intégrer ces questions dans les exercices budgétaires...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation à la résilience de votre territoire :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+ &amp;gt; format découverte de type séminaire « tout public » en une journée,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; format approfondissement pour les chefs de projet (formation / action pour définir et mettre en place le projet territorial) en deux jours.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Suivi de la démarche, évaluation de l&amp;#039;impact des mesures.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Outil boussole de la résilience Cerema
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La boussole de la résilience est un outil proposant une série de leviers. Issu de l&amp;#039;expérience de terrain du Cerema, il permet de consolider ou d&amp;#039;évaluer votre plan d&amp;#039;actions.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Formation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris (chefs de projets)
+ &lt;/li&gt;
+ &lt;li&gt;
+  DREAL ARA et PACA (chefs de projet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupe immobilier ASTRANCE (séminaire de découverte)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;Ouvrage :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle d&amp;#039;Equilibre des Territoires Ruraux de Montluçon : stratégie de résilience globale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Département de la Nièvre : stratégie d&amp;#039;adaptation et de résilience climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole de Lyon : accompagnement dans la dynamique de résilience des services, évaluation de politiques publiques et de projets, création d&amp;#039;une communauté d&amp;#039;acteurs de la résilience à l&amp;#039;échelle de la métropole
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Biodiversité
+Equipement public
+Réhabilitation
+Accessibilité
+Emploi
+Appui méthodologique
+Mobilité pour tous
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/engager-demarche-resilience-votre-territoire</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a9e3-engager-une-demarche-de-resilience-sur-votre-/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>112041</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Offrir une heure par mois pour une action citoyenne et solidaire</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Voisins Solidaires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;association « Voisins Solidaires » est à l&amp;#039;origine de la Fête des Voisins (10 millions de participants en France).  Elle développe tout au long de l&amp;#039;année un programme d&amp;#039;actions pour développer les solidarités de proximité, en complément des solidarités institutionnelles et familiales. Mettre en place une stratégie de mobilisation pour rendre les habitants plus solidaires entre eux et l&amp;#039;intégrer au cœur des politiques publiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La crise sanitaire et le premier confinement ont révélé les gisements de générosité dont nos territoires disposent. Pour relancer cette dynamique et venir palier à la crise du bénévolat, l&amp;#039;association propose aux élus de lancer un appel à la mobilisation solidaire et d&amp;#039;inviter leurs administrés à donner une heure par mois pour une action citoyenne ou solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Une heure par mois ? Chacun d&amp;#039;entre nous peut le faire !
+&lt;/p&gt;
+&lt;p&gt;
+ Le rythme de vie de tous ne permet pas toujours de nous engager dans la durée. C&amp;#039;est pourquoi, nous avons imaginé lheurecivique.fr. Simple, près de chez soi et sans contrainte, les habitants peuvent choisir les gestes de solidarité qui leurs conviennent ! L&amp;#039;essentiel est de renforcer le lien, notre bien le plus précieux... Que ce soit pour aider les plus démunis, faire des courses pour des voisins ou encore aider dans des démarches administratives, chacun a de la valeur et peut être utile à l&amp;#039;autre. !
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Heure Civique propose aux élus, de participer, en tant que fondateurs, au lancement d&amp;#039;un Appel à la Mobilisation Solidaire et de mettre sa ville ou son village à l&amp;#039;Heure Civique. Vous proposez à chaque habitant de donner une heure par mois pour une action de solidarité de proximité. Deux façons d&amp;#039;agir :
+&lt;/p&gt;
+&lt;p&gt;
+ -	soit de manière organisée en soutien aux besoins de la mairie ou de vos associations,
+&lt;/p&gt;
+&lt;p&gt;
+ -	soit de manière informelle vis-à-vis de son voisinage.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous pourrons, en mutualisant les moyens et en partageant les bonnes pratiques, créer une dynamique nationale et faciliter la mobilisation locale, à l&amp;#039;instar de la Fête des Voisins (10 millions de participants en France) ou du « Kit Coronavirus : et si on s&amp;#039;organisait entre voisins » (plus d&amp;#039;1 million de téléchargements, 41 reportages TV). Plus nous serons nombreux, plus la dynamique sera forte : quatre départements et une soixantaine de villes ont commencé à tester ce dispositif expérimental avec des résultats étonnants. Les élus découvrent des habitants qui ne sont pas engagés dans les associations, des actifs, des jeunes...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vidéo illustrative du concept :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;NCqFbAAjLKY" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;NCqFbAAjLKY
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site de Charente-Maritime :
+ &lt;a href="https://lheurecivique.charente-maritime.fr/" rel="noopener" target="_blank"&gt;
+  https://lheurecivique.charente-maritime.fr/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vidéo d&amp;#039;appel à participation au dispositif par le  Président du Conseil Départemental de la Somme :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;O9rBBarPFyY" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;O9rBBarPFyY
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://lheurecivique.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ecrivez à l&amp;#039;Association « Voisins solidaires » :
+ &lt;a rel="noopener" target="_blank"&gt;
+  contact&amp;#64;voisinssolidaires.fr
+ &lt;/a&gt;
+ / 01.42.12.72.72 ou
+ &lt;a rel="noopener" target="_blank"&gt;
+  aperifan&amp;#64;voisinssolidaires.fr
+ &lt;/a&gt;
+ 06.20.63.34.10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f72a-offrir-une-heure-par-mois-pour-une-action-cit/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>142703</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des réseaux de télécommunication et des systèmes de vidéoprotections</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez développer vos systèmes d&amp;#039;information relatifs aux réseaux routiers et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour mettre en place de réseaux de télécommunications, et de systèmes de vidéoprotections en veillant à leur sécurisation notamment informatique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;architecture, de sécurisation ou d&amp;#039;évolution de réseaux haut-débit plus particulièrement à destination des gestionnaires de réseaux de transports
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique aux maîtres d&amp;#039;ouvrage pour le déploiement et la configuration de réseaux, serveurs, d&amp;#039;outils de pilotage, de connexions d&amp;#039;équipements, de systèmes numériques de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits et expertises de sécurisation de réseaux et systèmes d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche et Développement dans le domaine des équipements réseaux, de la sécurisation des systèmes d&amp;#039;information, de la vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualification et tests d&amp;#039;équipement réseaux, informatiques et vidéos.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études préalables et d&amp;#039;avant-projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des installations réseaux (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audits ou expertises techniques des systèmes d&amp;#039;information et réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation sur les réseaux, la sécurité informatique et la vidéoprotection.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Connaissance de la mobilité
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/mettre-place-reseaux-telecommunication-systemes-video</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b9d-mettre-en-place-des-reseaux-de-telecommunicat/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>92049</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer les SPL contribuant à la relance par  des quasi-fonds propres</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Découvrez nos offres pour les Entreprises publiques locales</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions de financement pour les Sociétés publiques locales (SPL) et leurs projets qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participent au plan de relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentent des impacts extra-financiers importants et sont en capacité de les suivre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ont un modèle économique équilibré et affichent des perspectives de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ont besoin d&amp;#039;un apport en fonds propre d&amp;#039;au moins 200 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut participer à votre financement de haut de bilan par des quasi-fonds propres de plusieurs manières :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prêts subordonnés ou super subordonnés à intérêts fixes ou variables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligations subordonnées ou super subordonnées à intérêts fixes ou variables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Sols
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
-[...32 lines deleted...]
- &lt;/em&gt;
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/entreprises-publiques-locales?mtm_campaign=Aides_Territoires&amp;mtm_kwd=EPL&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_spl_at</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a29b-obtenir-un-apport-en-quasi-fonds-propres-pour/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>143315</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment bien cerner les contours de la Gemapi ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels critères retenir pour sélectionner un prestataire ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des capacités d&amp;#039;accompagnement à chaque étape : phases amont, diagnostic, aval, suivi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise reconnue en matière d&amp;#039;ouvrages hydrauliques (développement de méthodologies d&amp;#039;évaluation de la sécurité des ouvrages) et d&amp;#039;analyse du fonctionnement des milieux aquatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes au plus près des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une vision pluridisciplinaire et intégrée de la Gemapi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une participation active aux côtés des pouvoirs publics, à l&amp;#039;élaboration de méthodologies de référence dans ce domaine
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner la préparation du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration du plan de phasage des études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du cahier des charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la maîtrise d&amp;#039;ouvrage lors de la réalisation des études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Effectuer (tout ou partie) de votre diagnostic concernant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La détermination pertinente des enjeux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Renforcer votre autonomie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Formation de vos équipes aux outils utiles au diagnostic.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Troyes Champagne Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   CO.BA.H.M.A. – EPTB Mauldre
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Espaces verts
+Espace public
+Voirie et réseaux
+Risques naturels
+Equipement public
+Bâtiments et construction
+Mers et océans
+Milieux humides
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>62848</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D3" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -824,3075 +5773,163 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W34" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E4" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>111757</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...2906 lines deleted...]
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -3929,82 +5966,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4050,865 +6087,1345 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
+      <c r="W35" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...21 lines deleted...]
-Ingénierie technique
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>143390</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Former à l'aménagement des routes principales (ARP) : prendre en compte les évolutions apportées par le guide Cerema de 2022 (Formation)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les routes principales à 2 voies, 3 voies ou 2x2 voies, situées hors agglomération et équipées de carrefours plans, constituent un patrimoine d&amp;#039;environ 100 000 km, géré pour l&amp;#039;essentiel par les collectivités territoriales. Elles assurent un rôle structurant pour les réseaux et les territoires dans lesquelles elles s&amp;#039;inscrivent, en remplissant des fonctions diverses au service des mobilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Leur aménagement doit prendre en compte ces différentes fonctions, tout en intégrant la diversité des usagers, motorisés ou non, afin de leur apporter un niveau de service approprié et de renforcer leur sécurité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour cela, les préconisations techniques ont été mises à jour en août 2022 dans une version renouvelée du guide « Aménagement des Routes principales » qui constitue désormais la référence à prendre en compte par les concepteurs.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ A l&amp;#039;issue de la formation, le stagiaire sera en capacité de :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Identifier et appliquer les différentes règles de conception à prendre en compte pour l&amp;#039;aménagement d&amp;#039;une route principale
+ &lt;br /&gt;
+ Identifier et intégrer les principales évolutions des enjeux et des règles techniques apportées par le guide
+ &lt;br /&gt;
+ Mettre en œuvre une conception globale d&amp;#039;aménagement intégrant l&amp;#039;ensemble des règles et des enjeux du guide,
+ &lt;br /&gt;
+ Evaluer la bonne application du guide dans un projet réalisé par un tiers
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ PROGRAMME
+&lt;/h4&gt;
+&lt;h4&gt;
+ &lt;span&gt;
+  JOUR 1
+ &lt;/span&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  8h45 Accueil
+  &lt;br /&gt;
+  &lt;br /&gt;
+  9h00 - 9h30 Mise en place
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tour de table, expression des attentes. Appréciation des niveaux de connaissance du sujet.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  9h30 - 10h15 Conception générale
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Principes généraux de conception, liens avec la typologie routière, notions de catégories et de niveaux de fonction.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  10h15 - 11h15 Visibilité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Rappels illustrés des règles contenues dans le guide dédié 2018.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Présentation des points spécifiques et nouveautés introduites par l&amp;#039;ARP2022.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  11h15 – 11h30 Pause
+  &lt;br /&gt;
+  &lt;br /&gt;
+  11h30 - 12h30 Profil en travers
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Caractéristiques du profil en travers suivant le niveau de fonctions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas des aménagements sur place, cas des ouvrages d&amp;#039;arts non courants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   12h30 - 13h45 Pause déjeuner
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  13h45 - 15h15 Étude de cas
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Démarche de choix du type, de la catégorie et du niveau de fonction à partir de données générales et des éléments de contexte du projet considéré
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  15h15 - 15h30 Pause
+  &lt;br /&gt;
+  &lt;br /&gt;
+  15h30 - 16h00 Tracé en plan et Profil en long
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Caractéristiques, valeurs seuils, règle d&amp;#039;enchaînement et coordination tracé en plan/profil en long.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  16h00 - 17h00 Carrefours (1ère partie)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Principes généraux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Rappels des principes du guide ACI
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Carrefours plans ordinaires
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  17h00 - 17h15
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Quizz – évaluation intermédiaire des acquis
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  17H15 - fin de la première journée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Jour 2
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  9h00 - 9h45Carrefours (2ème partie)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Carrefours giratoires
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Demi-carrefours
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  9h45 - 10h45 Étude de cas
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Analyse d&amp;#039;un projet de 4km avec recherche des écarts aux règles de l&amp;#039;ARP2022 et aux principes de conception ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Travail par groupes de 2 à 4 stagiaires
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Restitution et échanges en commun
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  10h45 - 11h00 Pause
+  &lt;br /&gt;
+  &lt;br /&gt;
+  11h00 - 11h45 Étude de cas (suite)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Restitution des groupes et échanges en commun
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  11h45 - 12h30 Routes en relief difficile ou site contraint
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Spécificités des routes en relief difficile, dont les lacets
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Problématiques de giration des véhicules
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  12h30 - 13h45 Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  13h45 - 14h45 Traitement des transitions
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Approches d&amp;#039;agglomération, transition entre différents types ou catégories de routes, approche de virage ...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  14h45 - 15h30 Équipements et services à l&amp;#039;usager
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Prise en compte des sujétions relatives aux DRR, aux points d&amp;#039;arrêt, ...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  15h30 - 15h45 Pause
+  &lt;br /&gt;
+  &lt;br /&gt;
+  15h45 - 16h30 Étude de cas (suite et fin)
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Regards sur une version modifiée du projet
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  16h30 - 17h15
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Évaluation de la formation
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Retour à chaud
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Quizz d&amp;#039;évaluation finale des acquis
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  17H15 - fin de la formation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Public
+&lt;/h4&gt;
+&lt;p&gt;
+ La formation s&amp;#039;adresse aux personnels en charge de la conception, du contrôle ou du portage des projets routiers dans les collectivités territoriales, les services de l&amp;#039;Etat ou encore les bureaux d&amp;#039;études : chargés d&amp;#039;études et projeteurs, chefs de projets ...
+&lt;/p&gt;
+&lt;h4&gt;
+ Niveau pré-requis
+&lt;/h4&gt;
+&lt;p&gt;
+ Pas de pré-requis technique, la formation s&amp;#039;adresse à des personnes expérimentées en conception comme à des nouveaux arrivants dans le public cible pour la formation.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le service demandeur s&amp;#039;assurera toutefois que les candidats correspondent bien à ce public cible.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Outils pédagogiques
+&lt;/h4&gt;
+&lt;p&gt;
+ Apports méthodologiques intégrant des échanges avec les stagiaires entrecoupés d&amp;#039;exercices d&amp;#039;application des notions ; les exercices s&amp;#039;articulent autour d&amp;#039;une étude de cas portant sur une déviation d&amp;#039;agglomération, ils sont répartis au cours des 2 journées.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-developper-projet-maas-acces-unique-aux-services</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e804-former-a-lamenagement-des-routes-principales-/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...7 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...99 lines deleted...]
-      <c r="N22" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
 Sols
+Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
+Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
+Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
+Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
+Accessibilité
 Lutte contre la précarité
-Emploi
 Attractivité économique
-Appui méthodologique
-[...2 lines deleted...]
-Prévention des risques
 Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P37" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Médias et communication
-[...1 lines deleted...]
-Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
-Milieux humides
+Inclusion numérique
 Sécurité
-Mobilité et véhicules autonomes
-[...3 lines deleted...]
-      <c r="O22" s="1" t="inlineStr">
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
-[...9 lines deleted...]
-  Signature du devis de prestation
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...37 lines deleted...]
-&lt;p&gt;
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>162241</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux financements de projets de son territoire par le mécénat</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...40 lines deleted...]
-          <t>Transition énergétique
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
+d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
+dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
+gagnant-gagnant entre les collectivités et les entreprises locales ou
+nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
+permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
+potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
+2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
+mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
+délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
+collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
+financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
+donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
+structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
+mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
+potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
+engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
+et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
+projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
+financements (mécénat) pour les projets (petits et grands) portés par les
+communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Transition énergétique
 Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
-Qualité de l'air
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Appui méthodologique
-Prévention des risques
+Paysage
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Industrie
 Réduction de l'empreinte carbone
-Sécurité</t>
-[...2 lines deleted...]
-      <c r="O23" s="1" t="inlineStr">
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
-[...66 lines deleted...]
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
+projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
+d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue
+de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-[...202 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat</t>
-[...7 lines deleted...]
-      <c r="K25" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
-[...2 lines deleted...]
- Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
-[...5 lines deleted...]
-  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
-[...2 lines deleted...]
- A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="N25" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4948,4659 +7465,729 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...4 lines deleted...]
-      <c r="O25" s="1" t="inlineStr">
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
-[...11 lines deleted...]
- &lt;/a&gt;
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...3 lines deleted...]
-      <c r="U25" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
-[...35 lines deleted...]
- pdibiase&amp;#64;maregionsud.fr
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...459 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K28" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
-[...24 lines deleted...]
-  Transmission d&amp;#039;un diagnostic territorial sous format numérique
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
-[...1351 lines deleted...]
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X34" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
-&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y34" s="1" t="inlineStr">
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
-        </is>
-[...1477 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
         </is>
       </c>
       <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:27" customHeight="0">
       <c r="A42" s="1">
-        <v>126141</v>
+        <v>160867</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+          <t>Accompagner la structuration des services de proximité</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>Enveloppes territorialisées</t>
+          <t>Fiche-action 4</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Loire</t>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
-        <is>
-[...548 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...10 lines deleted...]
-      <c r="K45" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>de 7 500 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
-[...11 lines deleted...]
-  Conditions financières :
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Durée :
-  3 à 50 ans
+  Equilibrer l&amp;#039;accès aux services dans une logique inclusive, tout en réduisant les déplacements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Equilibrer l&amp;#039;accès aux services de proximité
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
-  Taux :
-[...35 lines deleted...]
-Recyclage et valorisation des déchets
+  Réduire les déplacements individuels, les distances, l&amp;#039;usage de la voiture, les émissions de GES
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamiser la vie locale et le lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendre attractif le territoire pour maintenir et accueillir de nouvelles populations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ La stratégie LEADER intervient sur un territoire où les services et infrastructures locales sont présents, mais où l&amp;#039;accès en est inégal, tant au niveau géographique que social ou culturel ou du fait du manque d&amp;#039;offre ou de compétence numérique. La valeur ajoutée de LEADER s&amp;#039;inscrira donc dans cette perspective, en mettant à profit les atouts du territoire en termes d&amp;#039;offre de services, et en complémentarité avec les nombreux dispositifs existants (Action Cœur de Ville/Petite Ville de demain, micro-folies, contrats locaux d&amp;#039;éducation artistique, contrat de ville, FranceNum...).  Le &amp;#43; LEADER sur l&amp;#039;accès aux services : compléter la couverture territoriale en services de proximité, proposer des services à la population;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;accès aux services sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de nouveaux services permettant de répondre aux besoins des populations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une baisse des émissions de GES
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la création et/ou au démarrage de services complémentaires à l&amp;#039;offre existante proposant une approche visant à « aller vers » les usagers
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création et/ou au développement d&amp;#039;équipements numériques en lien avec les services de proximité du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evènements, action de médiation permettant d&amp;#039;informer les habitants sur l&amp;#039;offre de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes* en lien avec l&amp;#039;équilibre territorial de l&amp;#039;offre de services ou la mise en œuvre d&amp;#039;une approche coordonnée, à rayonnement intercommunal, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  *le cahier des charges des études devra être transmis
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...1 lines deleted...]
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Risques naturels
-[...8 lines deleted...]
-Accessibilité
+Innovation, créativité et recherche
 Lutte contre la précarité
-International
-[...3 lines deleted...]
-Logistique urbaine
+Emploi
+Animation et mise en réseau
 Mobilité pour tous
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Industrie
-[...3 lines deleted...]
-Milieux humides
 Inclusion numérique
 Sécurité
-Cimetières et funéraire
-[...4 lines deleted...]
-      <c r="O45" s="1" t="inlineStr">
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
-[...2 lines deleted...]
- Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € est éligible à LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
-[...52 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/964d-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="K46" s="1" t="inlineStr">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
-[...187 lines deleted...]
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -9646,3140 +8233,831 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P47" s="1" t="inlineStr">
+      <c r="P43" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q47" s="1" t="inlineStr">
+      <c r="Q43" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G48" s="1" t="inlineStr">
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>117550</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
+ &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
+  formations thématiques
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
+ &lt;br /&gt;
+ Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
+ &lt;br /&gt;
+ Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
+ &lt;br /&gt;
+ Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de sessions d&amp;#039;information thématiques :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : dispositif département Jura subventions DETR DSIL FNADT
+ &lt;br /&gt;
+ Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
+ &lt;br /&gt;
+ Ex : compétence GEMAPI,
+ &lt;br /&gt;
+ Ex : urbanisme réglementaire et planification
+ &lt;br /&gt;
+ Ex : circulation et stationnement
+ &lt;br /&gt;
+ Ex : outil public SEM énergie renouvelable
+ &lt;br /&gt;
+ Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  organisation de formations thématiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ex : comment mobiliser les fonds européens sur son territoire
+ &lt;br /&gt;
+ Ex : mécénat et financement participatif
+ &lt;br /&gt;
+ Ex : marchés publics - comment acheter local
+ &lt;br /&gt;
+ Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
+ &lt;br /&gt;
+ Ex : réalisation des travaux
+ &lt;br /&gt;
+ Ex :
+ comment associer les habitants à un projet communal ou intercommunal
+ &lt;br /&gt;
+ Ex le projet culturel du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>http://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Madame la Présidente
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMJ
+ &lt;/li&gt;
+ &lt;li&gt;
+  2 rue de Pavigny 39000 Lons-le-Saunier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél 03-84-86-07-07
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service assistance juridique, administrative et financière :
+  &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   juridique&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service formation :
+  &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
+   formation&amp;#64;amjura.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>101387</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Financer la santé numérique et les services liés au prendre soin</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+entreprise privée (opérateur, investisseur, exploitant ou société de services
+portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
+entreprise à mission ou corporate venture) et vous développez un projet de
+services relatifs à la santé et au prendre soin ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des Territoires vous permet de
+bénéficier d’un financement adapté à votre projet, de profiter de l’expertise
+d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
+propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
+service lié à la e-santé et au médico-social, comme la transition numérique des
+établissements de santé, l’usage du numérique pour la prévention, les
+technologies innovantes au service des soignants, ou encore un service à impact
+social lié au prendre soin dans la santé, le vieillissement, le handicap, la
+petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
+« tiers de confiance », la Banque des Territoires propose de financer
+les projets portant une logique d’intérêt général sous la forme d’apports en
+capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
+d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
+aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
+la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
+données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
+de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
+sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
+des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
+&lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
+l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
+transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
+et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Santé
+Technologies numériques et numérisation
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>157095</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+EUROPE - FEDER - Fonds européen de développement régional
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+France Ruralités</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Aide montage des dossiers de subventions</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ingénierie financière
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
-[...5 lines deleted...]
- Cantal Ingénierie &amp;amp; Territoires propose des prestations d&amp;#039;accompagnement, d&amp;#039;AMO, de conseil dans le domaine du numérique. L&amp;#039;agence propose également des outils mutualisés.
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
+ &lt;br /&gt;
+ • trouver des pistes de financement pour les projets ;
+ &lt;br /&gt;
+ • monter au besoin les dossiers de subventions.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
+ &lt;br /&gt;
+ Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
+ &lt;br /&gt;
+ Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
-[...387 lines deleted...]
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
 Espaces verts
 Espace public
+Friche
+Foncier
 Voirie et réseaux
 Transition énergétique
-Accès aux services
-[...5 lines deleted...]
-Risques naturels
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Santé
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
-Accessibilité
-[...762 lines deleted...]
-Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Sécurité</t>
-[...2 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...12 lines deleted...]
- https://cerema.app.box.com/v/nos-contacts-en-region
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...1665 lines deleted...]
-      <c r="A63" s="1">
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
         <v>144547</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D63" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E63" s="1" t="inlineStr">
+      <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G63" s="1" t="inlineStr">
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H63" s="1" t="inlineStr">
+      <c r="H47" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K63" s="1" t="inlineStr">
+      <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L63" s="1" t="inlineStr">
+      <c r="L47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M63" s="1" t="inlineStr">
+      <c r="M47" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N63" s="1" t="inlineStr">
+      <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12822,158 +9100,4935 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O63" s="1" t="inlineStr">
+      <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R63" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S63" s="1" t="inlineStr">
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T63" s="1" t="inlineStr">
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>112001</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Projet de coopération territoriale Interreg Europe</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F54" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Min : 70 Max : 80</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
+  https://www.interregeurope.eu/discover-projects/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelques exemples de projets financés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider le développement de la mobilité électrique au niveau régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir et développer une activité commerciale essentielle en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les émissions de CO2 en ville liées au domaine de la construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer et favoriser en ville les voies cyclables et piétonnières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire la pollution lumineuse en milieu urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les structures éligibles sont les structures publiques ou privées à but non lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase &amp;#43;33 (0) 491 575 606
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>101585</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Protéger par une offre de services sur mesure</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale de la gendarmerie nationale (DGGN)</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Améliorer la sécurité du quotidien pour une meilleure qualité de vie au sein de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engager votre commune dans une &amp;#34; sécurité dès la conception &amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser l&amp;#039;implication des acteurs locaux dans la sécurité de leur territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour #RépondrePrésent, pour la population, par le gendarme, la gendarmerie a lancé son plan stratégique « GEND 20.24 » sous l&amp;#039;autorité du ministre de l&amp;#039;intérieur, afin de « mieux protéger par une offre de protection sur mesure ».
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, il s&amp;#039;agit d&amp;#039;appuyer cette démarche de développement territorial par la signature d&amp;#039;un contrat de sécurité déclinant localement l&amp;#039;ensemble de l&amp;#039;offre de protection de la gendarmerie, incluant :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une relation avec les élus et la population construite sur le principe de la redevabilité, à travers par exemple le dispositif de consultation et d&amp;#039;amélioration du service (DCAS) ou d&amp;#039;autres dispositifs visant à recueillir et mesurer la satisfaction des usagers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le renforcement de la fonction contact en réponse aux sollicitations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la réponse aux enjeux spécifiques des territoires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la réponse aux enjeux de la sécurité des mobilités et des nouvelles frontières de la sécurité (protection de l&amp;#039;environnement et biosécurité, protection de la réputation et lutte contre le cyber-harcèlement, protection des données) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la prévention augmentée, sur un éventail complet : cyber sécurité &amp;#43; sûreté (prévention technique de la malveillance / vidéo protection) &amp;#43; intelligence économique au profit des entreprises ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la prévention et la sécurité scolaires.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Parallèlement, les communes bénéficiant de cette offre disposent de leviers d&amp;#039;amplification en intégrant les enjeux de sécurité dans les processus de développement de toute nature, à travers une &amp;#34; sécurité dès la conception &amp;#34; passant par :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l‘association des forces de sécurité aux grands projets d&amp;#039;urbanisme et d&amp;#039;aménagement par des diagnostics de rénovation urbaine associant le groupement de gendarmerie local ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la rénovation immobilière de l&amp;#039;infrastructure gendarmerie sous l&amp;#039;angle de :
+  &lt;/li&gt;
+  &lt;li&gt;
+   La transition écologique : rénovation thermique, autonomie énergétique, bornes de recharge électriques, ... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;amélioration du service : conditions d&amp;#039;accueil du public, sécurité des emprises et protection des gendarmes et familles, obligations d&amp;#039;accessibilités (PMR,...), etc. ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une participation à l&amp;#039;adaptation de l&amp;#039;offre de service aux enjeux du territoire : locaux de permanence &amp;#34;hors les murs&amp;#34; pour les gendarmes, soutien à la participation de la gendarmerie aux France Services ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le développement des technologies et le soutien au développement des territoires intelligents et de confiance.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre gendarmerie locale – ou votre groupement de gendarmerie départementale – ggd00&amp;#64;gendarmerie.intérieur.gouv.fr – (pour votre commune remplacer « 00 » par le numéro de votre département)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f820-proteger-par-une-offre-de-services-sur-mesure/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>162242</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Se former à comment subventionner ses projets</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
+l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
+dispositifs d’aides à l’ingénierie et de financements recensés sur la
+plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
+communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
+spécialiste des cofinancements, mais vous apportera une vision plus claire de
+la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
+recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
+de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
+territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Personnes âgées
+Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Spectacle vivant
+Industrie
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
+Président, vice-président, conseiller communautaire en fonction à la date de la
+formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
+portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>142700</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’intermodalité sur votre territoire par l’aménagement de Pôles d’Echanges Multimodaux (PEM)</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Organiser la multimodalité au cœur des villes ou diversifier l&amp;#039;offre de mobilité des territoires peu denses nécessite l&amp;#039;aménagement de Pôles d&amp;#039;Échanges Multimodaux (PEM), dont le rôle est de mieux connecter les différentes offres de mobilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour développer cet outil-clé des politiques d&amp;#039;intermodalité et d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez définir une politique de développement ou de remise à niveau de PEM ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous projetez de créer ou d&amp;#039;adapter un PEM ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez besoin d&amp;#039;une expertise (en matière de rabattements, usages, aménagements), ou d&amp;#039;une assistance à l&amp;#039;expérimentation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous ambitionnez une montée en compétences de vos équipes sur les PEM et l&amp;#039;intermodalité ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un réseau territorialisé d&amp;#039;experts dans les principaux domaines d&amp;#039;applications des PEM
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise des règles de conception de la voirie urbaine, intégrant multimodalité et sécurité des déplacements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires ayant la capacité d&amp;#039;intervenir sur d&amp;#039;autres thèmes spécifiques : politiques et aménagements cyclables, éclairage, ouvrages d&amp;#039;art, nature en ville...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un centre national de ressources, des productions éditoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une implication dans l&amp;#039;évaluation d&amp;#039;expérimentations (stations sur autoroutes, aménagements « tactiques » vélos/piétons, dispositifs PMR ou d&amp;#039;éclairage...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir votre stratégie de développement des PEM
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Diagnostic en lien avec vos enjeux mobilité, urbanisme, Maas, logistique urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;une typologie de PEM
+&lt;/p&gt;
+&lt;p&gt;
+ Identification des acteurs clés
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer vos projets de PEM
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Assistance à la rédaction d&amp;#039;un cahier des charges et au choix d&amp;#039;un bureau d&amp;#039;études
+&lt;/p&gt;
+&lt;p&gt;
+ Exploration des usages (parcours commentés avec usagers et diagnostics de sites)
+&lt;/p&gt;
+&lt;p&gt;
+ Etude des rabattements, d&amp;#039;opportunité d&amp;#039;un projet ou d&amp;#039;un aménagement (parking relais, parvis...)
+&lt;/p&gt;
+&lt;p&gt;
+ Animation d&amp;#039;ateliers participatifs pour co-construire votre projet avec les parties prenantes
+&lt;/p&gt;
+&lt;p&gt;
+ Evaluation d&amp;#039;expérimentations
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Concevoir des aménagements détaillés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pôles connectés aux autoroutes
+&lt;/p&gt;
+&lt;p&gt;
+ Expertises thématiques : sécurité des déplacements, parkings relais et gares routières, accessibilité PMR, signalétique
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Monter en compétences
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Formations sur-mesures incluant apports méthodologiques, retours d&amp;#039;expériences, visites de sites, ateliers d&amp;#039;échanges, mises en situation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saint Brieuc Agglomération : Définition des usages et besoins en signalétique d&amp;#039;un PEM (à partir d&amp;#039;observations usagers, entretiens, focus groupes et parcours commentés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicat Mixte de Transports de l&amp;#039;Aire Métropolitaine Lyonnaise : Production d&amp;#039;un « état de l&amp;#039;art » des politiques territoriales de Parcs Relais et d&amp;#039;amélioration des rabattements sur les gares
+ &lt;/li&gt;
+ &lt;li&gt;
+  Métropole d&amp;#039;Aix Marseille Provence : Assistance à l&amp;#039;élaboration du programme des PEM, et réalisation des études de conception de stations sur autoroutes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  SNCF – Direction des Gares Île-de-France : Formalisation d&amp;#039;un diagnostic exploratoire et identification d&amp;#039;actions innovantes pour améliorer l&amp;#039;insertion urbaine et l&amp;#039;ancrage territorial de la gare de Fontainebleau Avon.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accessibilité
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/developper-intermodalite-votre-territoire-amenagement-poles</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ac41-developper-lintermodalite-sur-votre-territoir/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>142693</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Co-construire votre projet de territoire intelligent avec l'ensemble des parties prenantes</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La transformation numérique représente une révolution culturelle. Elle constitue également un enjeu politique majeur pour la transition écologique et solidaire de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans l&amp;#039;élaboration de votre projet de territoire intelligent, depuis l&amp;#039;identification des besoins collectifs jusqu&amp;#039;à la mise en place des solutions technologiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre le numérique au service de votre projet de territoire : par où commencer ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment choisir les solutions les plus adaptées ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement vers de nouvelles pratiques : comment réussir la conduite du changement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment rendre l&amp;#039;usage de la donnée pertinent pour favoriser la prise de décision ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acculturation aux enjeux de la transformation numérique sur votre territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de pratiques inspirantes et zoom sur les initiatives locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;une démarche participative pour faire émerger une culture commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Livrables : apports théoriques et clés de lecture
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement à l&amp;#039;auto-diagnostic de votre territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Situer le territoire à partir d&amp;#039;un outil d&amp;#039;autodiagnostic Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretiens auprès des acteurs et usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification et priorisation de vos besoins
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Co-construction de la stratégie numérique au service du projet de territoire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilisation des parties prenantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation d&amp;#039;ateliers d&amp;#039;intelligence collective : vision partagée, grandes orientations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formalisation du plan d&amp;#039;actions opérationnel (démarche itérative)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des services et montée en compétence des agents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction des cahiers des charges pour le choix des solutions techniques adaptées
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Grand Bassin de Bourg-en-Bresse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un séminaire pour les élus : intégrer la transformation numérique dans le projet de territoire du Grand Bassin de Bourg-en-Bresse
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Espace public
+Voirie et réseaux
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Accessibilité
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Médias et communication
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/co-construire-votre-projet-territoire-intelligent-ensemble</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e9b1-co-construire-votre-projet-de-territoire-inte/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>142834</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une Inspection Auscultation Subaquatique des ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La surveillance, l&amp;#039;évaluation, la programmation des actions de maintenance des parties immergées des ouvrages d&amp;#039;art sont tout aussi importantes et nécessaires que celles des parties « aériennes ». Une surveillance régulière et l&amp;#039;entretien qui en découle sont le meilleur moyen d&amp;#039;augmenter la durée de vie d&amp;#039;un ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Deux équipes de professionnels expérimentés et qualifiés classe II
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Deux unités comprenant des scaphandriers-inspecteurs d&amp;#039;ouvrage d&amp;#039;art interviennent sur l&amp;#039;ensemble du territoire métropolitain et ultramarin. Elles sont situées à Sourdun (77) et Aix-en-Provence (13).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Spécialisées dans les domaines de l&amp;#039;expertise subaquatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Leur domaine d&amp;#039;intervention concerne tous les types de structures (ponts, murs, ouvrages portuaires, écluses, barrages) et de matériaux (maçonneries, béton, béton armé, béton précontraint, métal). Il comprend également les reconnaissances élémentaires des milieux marins (suivi environnemental avant et après travaux) et les reconnaissances géotechniques subaquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les méthodes d&amp;#039;évaluation mises en œuvre par ces unités répondent aux textes de référence en vigueur pour les ouvrages du réseau routier national que sont l&amp;#039;instruction technique pour la surveillance et l&amp;#039;entretien des ouvrages d&amp;#039;art (ITSEOA) de 2010 et son guide technique « fascicule 10 : fondations en site aquatique ».
+&lt;/p&gt;
+&lt;p&gt;
+ Leur appartenance à un établissement public du Ministère de l&amp;#039;écologie permet à ces unités à la fois de rendre compte en toute impartialité, et de pouvoir s&amp;#039;appuyer sur des spécialistes et des moyens de l&amp;#039;ensemble du réseau technique lorsque nécessaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/inspection-auscultation-subaquatique-ouvrages-art</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5515-realiser-une-inspection-auscultation-subaquat/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>143370</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Accéder aux ouvrages d'arts complexes : la passerelle EPSILON</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La passerelle à câble Epsilon du Cerema est l&amp;#039;unique moyen d&amp;#039;accès aux ouvrages d&amp;#039;art de dimension exceptionnelle ou stratégique. Venez découvrir l&amp;#039;outil unique que le Cerema met à votre disposition pour accéder au contact des ouvrages d&amp;#039;art, comme le préconise l&amp;#039;instruction technique pour la surveillance et l&amp;#039;entretien des ouvrages d&amp;#039;arts (ITSEOA).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Cerema à vos côtés pour vos missions de surveillance, d&amp;#039;investigation, d&amp;#039;inspection détaillée et de réalisation d&amp;#039;entretien courant ou spécialisé.
+ &lt;br /&gt;
+ Un produit adapté pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accéder à un pont en arc et son intrados
+ &lt;/li&gt;
+ &lt;li&gt;
+  atteindre les parements d&amp;#039;un ouvrage présentant des appuis de grande hauteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas neutraliser la chaussée
+ &lt;/li&gt;
+ &lt;li&gt;
+  intervenir sur des ouvrages d&amp;#039;art étroits voire limités en tonnage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Les solutions offertes par notre passerelle
+  &lt;br /&gt;
+  &amp;gt; Accès physique aux zones inaccessibles par des moyens d&amp;#039;accès conventionnels :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plateforme légère d&amp;#039;une longueur modulable (panier de 1 m ou passerelle de 6 à 18 m) permettant d&amp;#039;emmener deux passagers et leur matériel, en plus du chef de manœuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation transversale (pile, intrados de voûte ou de plan incliné) comme longitudinale (mur de tympan, encorbellement, mur de soutènement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La passerelle peut être équipée de flotteurs et est accompagnée d&amp;#039;un bateau pour les interventions au-dessus de l&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Possibilité de suspendre la passerelle Epsilon jusqu&amp;#039;à 150 m en dessous du tablier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les franchissements de grande largeur avec caillebotis : passage du câble entre deux tabliers parallèles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite des ouvrages à faible capacité portante : deux chariots thermiques, mobiles et légers à bras télescopiques hydrauliques articulés (6 tonnes par chariot de 1,3 m de large).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;utilisation
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &amp;gt; Mise à disposition de la passerelle pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une utilisation par vos spécialistes en ouvrage d&amp;#039;art pour l&amp;#039;inspection détaillée, l&amp;#039;entretien courant ou spécialisé et l&amp;#039;investigation (carottage, instrumentation, gammagraphie...),ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ia réalisation d&amp;#039;une prestation par une équipe qualifiée du Cerema, formée au déplacement sur corde pour les manipulations plus atypiques et de sécurité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mise à disposition dans toute la France métropolitaine
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel entièrement démontable et acheminé sur les ouvrages dans un ensemble routier tracteur semi-remorque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation sur site en moins de 2 heures par notre équipe
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intervention sans interrompre la circulation - Encombrement de la chaussée réduit : utilisation du trottoir ou de la piste cyclable, grâce à une faible largeur des chariots
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - DIR Centre-Est : Le pont de Givors inspecté périodiquement
+ &lt;br /&gt;
+ - BOAS : Inspection détaillée périodique du pont de Serrières, un pont voûte de grande dimension, sur l&amp;#039;Ain
+ &lt;br /&gt;
+ - Conseil Départemental du Finistère : Gestion du Pont de Terenez
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Bâtiments et construction
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/passerelle-epsilon-acces-aux-ouvrages-art-complexes</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a3e-acceder-aux-ouvrages-darts-complexes-la-passe/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>92605</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Participer à la sécurité des usagers des transports en commun et des voiries communales au travers de la répartition du produit des amendes de police</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum de la dépense subventionnable : 35 000 € HT</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participer au travers de la répartition du produit des amendes de police (article R2334-12 du code général des collectivités territoriales) à l&amp;#039;aménagement des équipements améliorant la sécurité des usagers des transports en commun et des voiries communales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux maximum de la subvention départementale  applicable à un montant plafond de dépenses fixé à 35 000 € HT :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  70 % pour les communes de moins de 2 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les communes de 2 001 à 5 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  40 % pour les communes de 5 001 à 10 000 habitants (pop. DGF)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bonification des modalités d&amp;#039;intervention en soutien aux travaux d&amp;#039;aménagement de la voirie permettant l&amp;#039;accessibilité des personnes handicapées, selon les taux de subvention départementale suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80 % pour les communes de moins de 2 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  60 % pour les communes de 2 001 à 5 000 habitants (pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les communes de 5 001 à 10 000 habitants (pop. DGF)
+Dans le cadre de cette bonification, les bénéficiaires doivent présenter un dossier technique et financier individualisé.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les transports en commun :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements et équipements améliorant la sécurité des usagers, l&amp;#039;accueil du public, l&amp;#039;accès aux réseaux, les liaisons entre réseaux et avec les autres modes de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de voiries, équipements destinés à une meilleure exploitation des réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements assurant l&amp;#039;information des usagers, l&amp;#039;évaluation du trafic et le contrôle des titres de transport
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la circulation routière :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude et mise en œuvre de plans de circulation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parcs de stationnement et d&amp;#039;aires de co-voiturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux et de la signalisation horizontale et verticale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de carrefours
+ &lt;/li&gt;
+ &lt;li&gt;
+  Différenciation du trafic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Réhabilitation
+Logistique urbaine
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 10 000 habitants (Pop. DGF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés de communes de moins de 10 000 habitants (Pop. DGF)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 10000 habitants</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires/les-autres-aides-aux-collectivites-locales-et-organismes-publics-2689.html</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ebb-participer-au-travers-de-la-repartition-du-pr/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>143292</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux (via Modélisation numérique)</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mieux appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour représenter schématiquement un site ou un phénomène dans le but de comprendre et d&amp;#039;expliquer son fonctionnement mais également de prévoir son comportement comme par exemple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaître les courants (champs de vitesse) des voies navigables à différents niveaux de débits (étiage, moyen, crue) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les courants en amont immédiat d&amp;#039;ouvrages hydrauliques transversaux des voies navigables (barrages, seuils...) à différents niveaux de débits (étiage, moyen, crue) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les conditions de navigation sur une voie navigable (simulateur trajectographie) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître l&amp;#039;agitation (états de mer), les vitesses de courants et le niveau marin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la dynamique de la propagation d&amp;#039;une crue ou d&amp;#039;une submersion marine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les champs d&amp;#039;expansion des crues ou de submersion marine (interaction niveau d&amp;#039;eau et Modèle numérique de terrain) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un outil de prévision des inondations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la modélisation numérique des phénomènes hydrauliques en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La récupération des différentes données de terrains et hydrauliques existantes
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;analyse et la construction du modèle numérique spécifique à la demande
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le calage du modèle en fonction d&amp;#039;éléments ou d&amp;#039;événements connus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sorties graphiques d&amp;#039;études et rapports d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation potentielle des futurs utilisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude qualitative et quantitative de l&amp;#039;aléa inondation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans
+Mobilité fluviale
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/modelisation-numerique-hydraulique-maritime-fluviale</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c2a-apprehender-les-phenomenes-hydrauliques-dans-/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>117422</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition des enjeux d'aménagement et de développement local</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités dans  leurs réflexions amont d&amp;#039;aménagement et d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Suite au diagnostic territorial (réalisable dans le cadre d&amp;#039;ID77), le Département met à disposition de la collectivité ses connaissances et ses compétences techniques, afin qu&amp;#039;elle bénéficie d&amp;#039;un accompagnement amont permettant de l&amp;#039;aider à identifier les grands enjeux et les outils à mobiliser, dans l&amp;#039;optique d&amp;#039;un aménagement durable de son territoire.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Cet accompagnement peut être mené en amont de tout projet d&amp;#039;aménagement du territoire, de type :
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ - Aménagement d&amp;#039;un centre bourg,
+&lt;/p&gt;
+&lt;p&gt;
+ - Intégration des mobilités dans les espaces publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - Choix d&amp;#039;un lieu pour un équipement
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement pourra être poursuivi pour sa mise en œuvre dans le cadre d&amp;#039;ID77
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalité
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Premier contact avec la collectivité pour préciser la commande,
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;une réunion avec la collectivité, les services départementaux et organismes concernés, afin d&amp;#039;identifier les enjeux et problématiques,
+&lt;/p&gt;
+&lt;p&gt;
+ - Production par le Département d&amp;#039;un document synthétisant ces enjeux et proposant des outils à mobiliser.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Jeunesse
+Accès aux services
+Cohésion sociale et inclusion
+Santé
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Biodiversité
+Equipement public
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Milieux humides
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
       <c r="U63" s="1" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Seine-et-Marne</t>
         </is>
       </c>
       <c r="V63" s="1" t="inlineStr">
         <is>
-          <t>https://villyz.fr/</t>
+          <t>https://www.id77.fr/fr</t>
         </is>
       </c>
       <c r="W63" s="1" t="inlineStr">
         <is>
-          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+          <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
       <c r="X63" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...9 lines deleted...]
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
         </is>
       </c>
       <c r="Y63" s="1" t="inlineStr">
         <is>
-          <t>arthur.moraglia@villyz.fr</t>
+          <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z63" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f9b-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
       <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:27" customHeight="0">
       <c r="A64" s="1">
-        <v>150687</v>
+        <v>111759</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+          <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>PETR Garrigues et Costières de Nîmes</t>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la carte intégrant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la Stratégie territoriale Air Energie Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de la concertation du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition du plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de l&amp;#039;Etat initial de l&amp;#039;environnement et de l&amp;#039;Evaluation environnementale Stratégique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration du dispositif de suivi du plan d&amp;#039;actions et évaluation (définition des indicateurs, suivi de la mise en place des actions, comité des acteurs, logiciel PROSPER Actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à l&amp;#039;approbation du PCAET (Lien MRAE, DDTM, ADEME, préfecture, Région ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation post- PCAET
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics PCAET, Profil Climat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etat initial de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapport Stratégique, Rapport PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan d&amp;#039;actions PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tableur de suivi des actions (logiciel PROSPER actions)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support de communication et de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement et Finalisation de PCAET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépôt du PCAET sur la plateforme ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche de subventions ....
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Sols
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Santé
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Médias et communication
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Sécurité
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion au SDEEG33
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature de la convention de prestation de service pour la Transition Energétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature du devis de prestation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile PERDRIX&lt;/p&gt;
+&lt;p&gt;
+ Ingénieure Planification Territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Service Transition Énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ service.energies&amp;#64;sdeeg33.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 16 13 21
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>157566</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes à réaliser en agglomération des aménagements de sécurité le long ou sur le réseau routier départemental non pris en charge par le Département dans le cadre de son schéma directeur des mobilités.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+   Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie dont la population est inférieure à 10.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+  NB: La Métropole Rouen Normandie, ainsi que les communes qui la composent, sont exclues de ce dispositif d&amp;#039;aide
+&lt;/p&gt;
+&lt;p&gt;
+  &lt;strong&gt;
+   Dépenses éligibles :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+  Travaux liés à l&amp;#039;accompagnement de travaux sur la chaussée des routes départementales et à l&amp;#039;amélioration de la sécurité routière en agglomération (non pris en charge par le Département dans le cadre de son schéma directeur des mobilités) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+   Sécurisation des circulations actives (trottoirs, cheminements piétons),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de sécurité le long ou sur la chaussée (chicanes, plateaux traversant, îlots...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et développement de signaux lumineux, signalisation verticale de police et signalisation horizontale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux commandés par les exigences de la sécurité routière
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :&lt;/strong&gt;
+ Les aménagements non liés à la sécurité : assainissement, aménagements paysagers, mobilier urbain...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 1000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 130.000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/travaux-daccompagnement-et-de-securite-sur-le-reseau-routier-departemental-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime&lt;/p&gt;&lt;p&gt;Direction de la Cohésion des Territoires&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/887c-soutenir-les-travaux-daccompagnement-et-de-se/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>143859</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions de prévention de la délinquance, la radicalisation, le séparatisme et les dérives sectaires - FIPD</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Fonds interministériel de prévention de la délinquance - FIPD</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>SG-Comité interministériel de prévention de la délinquance et de la radicalisation</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La circulaire du 16 février 2023 relative aux orientations budgétaires du FIPD pour l&amp;#039;année 2023 fixe les orientations du gouvernement en matière de politiques publiques de prévention et de lutte contre les phénomènes de rupture susceptibles de porter atteinte à la sécurité des français et au pacte républicain (délinquance, radicalisation, séparatisme, dérives sectaires).
+&lt;/p&gt;
+&lt;p&gt;
+ Les grandes priorités de ces politiques pour 2023 devront porter sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les actions visant à poursuivre le déploiement de la vidéoprotection de voie publique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention de la délinquance des jeunes, avec un accent porté sur ses manifestations les plus récentes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la poursuite de la protection des victimes de violences intrafamiliales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la prévention de la radicalisation, dans la perspective d&amp;#039;un nouveau plan national ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la lutte contre les séparatismes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la lutte contre les dérives sectaires et contre le complotisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formation , prise en charge de personnes vulnérables, spectacles culturels, ateliers ...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>http://cipdr-fipd@interieur.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.fipd.interieur.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Informations et accompagnement pour candidater :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mme ROVIRA Michèle :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.92.36.72.09
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:michele.rovira&amp;#64;alpes-de-haute-provence.gouv.fr" target="_self"&gt;
+  michele.rovira&amp;#64;alpes-de-haute-provence.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90f5-financer-des-actions-de-prevention-de-la-deli/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>111995</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Interreg - Fonds européens
+EUROPE - Interreg Europe</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Plateforme d'apprentissage Interreg Europe PLP</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Interreg Europe</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
+ &lt;/li&gt;
+ &lt;li&gt;
+  des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
+&lt;/p&gt;
+&lt;p&gt;
+ A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
+ &lt;a rel="noopener" target="_blank"&gt;
+  interregeurope.eu
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Nord de la France :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Caroline Gauthier  &amp;#43;33 (0) 374 274 056
+&lt;/p&gt;
+&lt;p&gt;
+ caroline.gauthier&amp;#64;hautsdefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Point de contact national Sud de la France et RUP :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Patricia Di Biase    &amp;#43;33 (0) 491 575 606
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pdibiase&amp;#64;maregionsud.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>caroline.gauthier@hautsdefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>142706</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Rendre accessibles vos bâtiments, espaces publics et transports</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assurer l&amp;#039;accessibilité de la chaîne des déplacements renforce l&amp;#039;attractivité du territoire et répond à une exigence sociale croissante.
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte de la diversité des publics et leurs besoins évolutifs (pour construire des réponses adaptées) constitue un vecteur majeur d&amp;#039;inclusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, fort de son expertise technique et de sa capacité à développer des approches innovantes et intégrées, vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité, qu&amp;#039;ils concernent la voirie et les espaces publics, les bâtiments ou les transports.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment prendre en compte l&amp;#039;ensemble des besoins spécifiques de chaque population (vieillissement, handicaps) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer la continuité de la chaîne du déplacement et traiter les interfaces ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment assurer un cheminement accessible, confortable et sécurisé pour tous ? et permettre à chacun de se repérer et s&amp;#039;orienter ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir l&amp;#039;accès pour tous aux établissements et leur confort d&amp;#039;usage ? Comment assurer l&amp;#039;accessibilité des logements et favoriser le maintien à domicile ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer le niveau d&amp;#039;accessibilité des transports ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrage public ou privé (dans les domaines voirie, bâtiment ou transport), et plus particulièrement : une collectivité (métropole, ville, commune) en France métropolitaine ou d&amp;#039;Outre-mer, un gestionnaire de patrimoine public ou privé, une région, un département, le Cerema vous accompagne dans vos stratégies et projets liés à l&amp;#039;accessibilité..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration et la mise en œuvre de stratégies d&amp;#039;accessibilité (en amont, programmation de l&amp;#039;accessibilité, à une échelle territoriale ou patrimoniale...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise intégrée sur des projets liés à l&amp;#039;accessibilité (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - bonne connaissance de la réglementation et des besoins des usagers
+&lt;/p&gt;
+&lt;p&gt;
+ - capacité à mobiliser d&amp;#039;autres partenaires (acteurs de la &amp;#34;mise en œuvre&amp;#34;, développeurs de solutions)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de réseaux, d&amp;#039;ateliers techniques (démarches participatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation / sensibilisation : montage ou support au montage de formations sur-mesure (en présentiel, à distance, ou mixtes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ville de Paris
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations sur le guidage en traversée piétonne avec la ville de Paris
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Solidéo, société de livraison des ouvrages olympiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement de la solidéo pour la livraison de logements accessibles et adaptés au vieillissement sur l&amp;#039;opération &amp;#34;Cluster Média&amp;#34; des JOP Paris 2024
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lorient Agglomération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mission d&amp;#039;évaluation du niveau d&amp;#039;accessibilité des transports pour le compte de Lorient Agglomération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Accès aux services
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rendre-accessibles-vos-batiments-espaces-publics-transports</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b3fb-rendre-accessibles-vos-batiments-espaces-publ/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>104710</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux d&amp;#039;aide publique est fixé par la GAL.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
+&lt;/p&gt;
+&lt;p&gt;
+ Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le taux d&amp;#039;aide publique est fixé par la GAL.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des politiques européennes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez votre GAL référent.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>92586</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
+&lt;/p&gt;
+&lt;p&gt;
+ La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations pouvant prétendre à subventions contractuelles concernent :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
+&lt;/p&gt;
+&lt;p&gt;
+ - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 immobilières et foncières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
+&lt;/p&gt;
+&lt;p&gt;
+ •	 5 pour les communes de plus de 5 000 habitants,
+&lt;/p&gt;
+&lt;p&gt;
+ •	 8 pour les communes de moins de 5 000 habitants ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	respecter les thématiques éligibles ;
+&lt;/p&gt;
+&lt;p&gt;
+ -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -13014,2279 +14069,677 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R64" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-[...679 lines deleted...]
-      <c r="G68" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>163199</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets liés au développement rural</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Dinan Agglomération</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...369 lines deleted...]
-          <t>Ingénierie technique
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K70" s="1" t="inlineStr">
-[...48 lines deleted...]
-      <c r="N70" s="1" t="inlineStr">
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
+réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
+(alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
+Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
+commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
-Musée
-Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
-Technologies numériques et numérisation
-[...501 lines deleted...]
-Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
-Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
 Paysage
+Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
-Médias et communication
+Industrie
+Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
-Mobilité et véhicules autonomes</t>
-[...22 lines deleted...]
-      <c r="T72" s="1" t="inlineStr">
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U72" s="1" t="inlineStr">
-[...177 lines deleted...]
-      </c>
       <c r="U73" s="1" t="inlineStr">
         <is>
-          <t>Jura</t>
+          <t>CA Dinan Agglomération</t>
         </is>
       </c>
       <c r="V73" s="1" t="inlineStr">
         <is>
-          <t>https://www.amjura.fr</t>
+          <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
       <c r="X73" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;AMJ | 2 rue
-de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y73" s="1" t="inlineStr">
         <is>
-          <t>fabrice.castro@amjura.fr</t>
+          <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
       <c r="Z73" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
       <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:27" customHeight="0">
       <c r="A74" s="1">
-        <v>162242</v>
+        <v>143387</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Se former à comment subventionner ses projets</t>
+          <t>Sécuriser les déplacements piétons et maintenir l'accessibilité : chantiers urbains et piétons (Formation)</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+          <t>Cerema</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-[...1 lines deleted...]
-Ingénierie Juridique / administrative</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
-[...9 lines deleted...]
-territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ Cette formation vous permettra de sécuriser les déplacements piétons aux abords de vos chantiers et de maintenir la continuité des itinéraires accessibles. Après des apports théoriques sur les enjeux de la mise en accessibilité des chantiers, le cadre réglementaire et les bonnes pratiques, des études de cas concrets et une sensibilisation sur le terrain seront proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les cheminements piétons au sein des quartiers en chantier peuvent être difficilement praticables par tous. La mise en place des chantiers urbains est caractérisée à la fois par un espace public où cohabitent de nombreux usagers et de multiples usages, mais aussi par l&amp;#039;intervention d&amp;#039;une multitude d&amp;#039;acteurs. L&amp;#039;articulation entre ces différents intervenants (maîtrise d&amp;#039;œuvre voirie, maîtrise d&amp;#039;œuvre bâti, entreprises et concessionnaires de réseaux) nécessite une surveillance en continu et une formation à cette problématique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte des piétons, lors de chantiers en milieu urbain, doit répondre à deux objectifs essentiels : garantir leur sécurité et leur confort, vis-à-vis des dangers liés aux travaux et à la circulation ; assurer la continuité de la chaîne du déplacement et maintenir son accessibilité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir la sécurité et le confort des déplacements des piétons pendant les chantiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les besoins et les difficultés des personnes à mobilité réduite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation accessibilité et identifier les bonnes pratiques en fonction du chantier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir sécuriser et signaler les chantiers, maintenir la continuité des itinéraires, informer les usagers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Matinée : apports théoriques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Déplacements piétons et sécurité aux abords des chantiers : introduction et enjeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas pratique d&amp;#039;une personne en situation de handicap : quels impacts de la gestion du chantier sur ses déplacements ?
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cadre réglementaire et bonnes pratiques :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la continuité des itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signaler, matérialiser, éclairer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir les accès riverains, commerces et transports collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Après-midi : mise en pratique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Boîte à outils pour maintenir l&amp;#039;accessibilité en phase chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas concrets et échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation sur le terrain : « vivre » l&amp;#039;expérience de handicap aux abords des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et bilan de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;œuvre, conducteurs de travaux des entreprises de BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;étude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucun pré-requis obligatoire.
+ &lt;br /&gt;
+ Une expérience en matière de pilotage de projets d&amp;#039;aménagement ou d&amp;#039;organisation de chantiers est un plus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports de connaissances théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges sur des cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mises en situation sur le terrain
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ Délais d&amp;#039;accès à la formation : en moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N74" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...50 lines deleted...]
-Cimetières et funéraire</t>
+          <t>Appui méthodologique
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
         </is>
       </c>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="U74" s="1" t="inlineStr">
         <is>
-          <t>Jura</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V74" s="1" t="inlineStr">
         <is>
-          <t>https://www.amjura.fr</t>
+          <t>https://www.cerema.fr/fr/activites/services/formation-chantiers-urbains-pietons-securiser-deplacements-0</t>
         </is>
       </c>
       <c r="X74" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y74" s="1" t="inlineStr">
         <is>
-          <t>fabrice.castro@amjura.fr</t>
+          <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z74" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8936-securiser-les-deplacements-pietons-et-mainten/</t>
         </is>
       </c>
       <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:27" customHeight="0">
       <c r="A75" s="1">
-        <v>162465</v>
+        <v>111631</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Développer ou poursuivre un projet dans le domaine de la prévention et la lutte contre les violences intrafamiliales, conjugales, sexistes ou sexuelles</t>
+          <t>Aménager la voirie, le stationnement, les carrefours, la sécurité et la signalisation</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>Appel à projets &amp;#8211; Violences intra familiales 2025 &amp;#8211;  prévention et lutte contre les violences conjugales, les violences sexuelles et sexistes</t>
+          <t>Partenariats avec les territoires : Voirie</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...1 lines deleted...]
-Association</t>
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J75" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide selon le nombre d'habitants</t>
+        </is>
+      </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;NATURE DE L&amp;#039;AIDE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Si vous souhaitez développer ou poursuivre un projet dans le domaine de la prévention et la lutte contre les violences intrafamiliales, conjugales, sexistes ou sexuelles, vous pouvez candidater à cet appel à projet du Département de la Manche par le biais du site demarches-simplifiees.fr.&lt;/p&gt;&lt;p&gt;L’appel à projets a pour objectif de mettre en œuvre des projets à l’échelle locale ou départementale ayant des effets concrets et mesurables sur la réduction et la prise en charge des VIF dans la Manche.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;COMMENT BÉNÉFICIER DE L&amp;#039;AIDE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande devra être déposé sur la plateforme demarches-simplifiees.fr avant le 24 mai 2024.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIÈCES À FOURNIR&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pièces à joindre pour toute structure :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Attestation sur l&amp;#039;honneur.&lt;/li&gt;&lt;li&gt;RIB / IBAN.&lt;/li&gt;&lt;li&gt;Dernier rapport d&amp;#039;activité.&lt;/li&gt;&lt;li&gt;Le dernier bilan, compte de résultat et annexe, approuvés, et rapport éventuel du commissaire aux comptes (obligatoire pour les associations ayant reçu un montant global de subvention supérieur à 153 000 €).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pièces à fournir en plus pour les associations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Statuts déclarés de l&amp;#039;association.&lt;/li&gt;&lt;li&gt;Copie de la publication au JO ou du récépissé de déclaration à la préfecture.&lt;/li&gt;&lt;li&gt;Attestation cotisation URSSAF&lt;/li&gt;&lt;li&gt;Le contrat d’engagement républicain, conformément à la loi du 24 août 2021.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Pièces à fournir en plus pour les entreprises :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Extrait du K bis&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Pièce supplémentaire à fournir pour les porteurs extérieurs au Département de la Manche :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Attestation de partenariat avec des acteurs locaux&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;investissement pour les aménagements de voirie et de sécurité routière : études, parcs de stationnement, signalisation, aménagement de carrefour...
+&lt;/p&gt;
+&lt;p&gt;
+ Aide provenant du produit des amendes de police relatif à la circulation routière, crédits Etat répartis par le Département.
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 2.000 habitants : 50 % de la dépense subventionnable HT plafonnée à 60.000€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   De 2.001 à 5.000 habitants : 30 % de la dépense subventionnable HT plafonnée à 80.000€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   De 5.001 à 10.000  habitants : 20 % de la dépense subventionnable HT plafonnée à 100.000€.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Délibération n°2013-03-0010 (AD du 24/06/2013)
+</t>
         </is>
       </c>
       <c r="N75" s="1" t="inlineStr">
         <is>
-          <t>Jeunesse
-[...2 lines deleted...]
-Santé
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
 Sécurité</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R75" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;NATURE DES PROJETS ÉLIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets déposés doivent cibler une ou plusieurs des priorités suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;prévenir les violences intra familiales induites par les stéréotypes sexistes ;&lt;/li&gt;&lt;li&gt;protéger les personnes face aux violences subies, dans le respect de leurs choix de vie individuel : soutien au dépôt de plainte, mise à l’abri d’urgence en cas de besoin, soutien à l’organisation d’un départ… ;&lt;/li&gt;&lt;li&gt;réduire les impacts et les risques sur les enfants confrontés aux violences intra familiales : prévention primaire (évitement de risque) ou secondaire (limitation du risque) par des modalités sécurisées d’exercice des relations familiales, d’accompagnement des publics… ;&lt;/li&gt;&lt;li&gt;agir en prévention primaire et/ou secondaire et promotion de la santé auprès des personnes victimes, auteures et de leur entourage par des prises en charge individuelles ou collectives : campagne d’information ou de repérage lors de suivis individuels ou d’évènements collectifs, festifs par exemple ; réduction des facteurs de risques associés ; prise en charge des conséquences sur la santé des violences conjugales et intrafamiliales ;&lt;/li&gt;&lt;li&gt;permettre aux personnes victimes sorties des violences intra familiales d’enclencher un processus de réparation ;&lt;/li&gt;&lt;li&gt;favoriser la désistance des personnes auteures pour prévenir la réitération de comportements violents ;&lt;/li&gt;&lt;li&gt;formations-actions pour expérimenter des solutions à des phénomènes de violences spécifiques, des actions de prévention globale ou des prises en charge ciblées tant des personnes victimes et/ou des personnes auteures.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets présentés pourront cibler :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des mineurs comme des majeurs ;&lt;/li&gt;&lt;li&gt;des personnes individuelles comme des groupes ;&lt;/li&gt;&lt;li&gt;des couples, familles ;&lt;/li&gt;&lt;li&gt;les personnes victimes de violences et leurs proches, incluant les personnes en situation de handicap ou en perte d’autonomie ;&lt;/li&gt;&lt;li&gt;les personnes auteures de violences et leur entourage, incluant les personnes en situation de handicap ou de perte d’autonomie ;&lt;/li&gt;&lt;li&gt;des professionnels.&lt;/li&gt;&lt;/ul&gt;Le périmètre géographique du projet proposé devra être précisé et argumenté du point de vue de la coordination avec les actions et dispositifs préexistants et d’un partenariat en lien avec les services du département. &lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Note à l&amp;#039;attention des porteurs éligibles : une coquille est apparue dans la précédente diffusion concernant les porteurs de projets éligibles. Les collectivités territoriales et les EPCI sont désormais éligibles. Cette coquille sera régularisée en commission permanente du Département du 19 avril 2024. Si vous êtes concernés par ces deux catégories, vous pouvez d&amp;#039;ores et déjà déposer votre dossier sur la plateforme &amp;#34;démarches simplifiées&amp;#34;.&lt;/p&gt;&lt;p&gt;L’appel à projets s’adresse :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aux associations loi 1901 ;&lt;/li&gt;&lt;li&gt;aux collectivités territoriales ;&lt;/li&gt;&lt;li&gt;aux établissements publics de coopération intercommunale ;&lt;/li&gt;&lt;li&gt;aux établissements publics ;&lt;/li&gt;&lt;li&gt;aux groupements d’intérêts publics souhaitant obtenir une subvention de fonctionnement exclusivement imputable au projet présenté. Les dépenses sont entendues au sens comptable des collectivités ;&lt;/li&gt;&lt;li&gt;aux services de l’administration pénitentiaire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pour les porteurs de projets extérieurs au département, un partenariat formalisé avec un acteur manchois est demandé et un rapprochement préalable avec un ou des territoires de solidarité est nécessaire. Les porteurs de projets pourront par ailleurs assurer la réalisation de leurs actions dans le cadre de partenariats existants ou établis pour ce projet.&lt;/p&gt;&lt;p&gt;Projets non éligibles :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;dossiers de candidature incomplets sur le plan administratif ;&lt;/li&gt;&lt;li&gt;offres similaires à des actions existantes sur le même territoire et auprès des mêmes bénéficiaires ;&lt;/li&gt;&lt;li&gt;projets éligibles à la politique contractuelle du Département de la Manche.&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Groupements de communes de moins de 10.000 habitants en Essonne.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un seul dossier, intégrant une ou plusieurs opérations, par an et par collectivité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
         </is>
       </c>
       <c r="S75" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-[...1 lines deleted...]
-Usage / valorisation</t>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U75" s="1" t="inlineStr">
         <is>
-          <t>Manche</t>
-[...9 lines deleted...]
-          <t>https://www.demarches-simplifiees.fr/commencer/aap-2025-violences-intrafamiliales-cd50</t>
+          <t>Essonne</t>
         </is>
       </c>
       <c r="X75" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Lecler Lara - Direction de projets et des territoires de solidarité &lt;/p&gt;&lt;p&gt;Formulaire de contact : &lt;a target="_self"&gt;https://www.manche.fr/contacter-le-departement/  0233881987 - 0625796053&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Direction des infrastructures et de la voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 09
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y75" s="1" t="inlineStr">
         <is>
-          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+          <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
       <c r="Z75" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projets-8211-violences-intra-familiales-2024/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61e5-amenager-la-voirie-le-stationnement-les-carre/</t>
         </is>
       </c>
       <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:27" customHeight="0">
       <c r="A76" s="1">
         <v>162982</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
@@ -15460,1179 +14913,1254 @@
         </is>
       </c>
       <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
       <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
       <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:27" customHeight="0">
       <c r="A77" s="1">
-        <v>163142</v>
+        <v>120761</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+          <t>Soutenir, dans le cadre du « Bouclier de sécurité », la modernisation des forces de police municipale d’Île-de-France et participer à la sécurisation des espaces publics</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
+          <t>Soutien à l'équipement des forces de sécurité et à la sécurisation des équipements publics</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>ID77</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient, dans le cadre du « Bouclier de sécurité », la modernisation des forces de police municipale d&amp;#039;Île-de-France et participe à la sécurisation des espaces publics.
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ La subvention régionale est fixée à 30% max. du coût HT des équipements et véhicules, ce taux étant porté à 35% max. pour les territoires ZSP.
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes et groupements classés ZSP pour tout ou partie sont prioritaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit être mené sur le territoire francilien, et s&amp;#039;appuyer sur un diagnostic de sécurité précisant les besoins à couvrir en termes de sécurité et de prévention de la délinquance sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des équipements éligibles à l&amp;#039;aide régionale sont les suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1. En matière d&amp;#039;équipements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   armement prévu aux articles R 511-12 et suivants du code de sécurité intérieure (autorisation préfectorale requise)
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   gilets pare-balles
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   terminaux portatifs de radiocommunication
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   caméras-piétons
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   véhicules
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   véhicules avec caméras embarquées
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   caméras embarquées
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. En matière de dispositifs de sécurisation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   barrières, bornes, plots
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   portiques
+  &lt;/span&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. À titre exceptionnel, en matière d&amp;#039;équipements immobiliers des services ou locaux de police municipale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   construction ou rénovation
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les équipements à acquérir doivent être conformes aux normes techniques arrêtées par le ministère de l&amp;#039;Intérieur (article L511-4 du Code de la sécurité intérieure).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-lequipement-des-forces-de-securite-et-la-securisation-des-equipements-publics</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>Pôle des politiques sportives, de santé, de solidarité et de modernisation
+&lt;br /&gt;
+Service sécurité et aide aux victimes
+&lt;br /&gt;
+&lt;br /&gt;
+Bruno Tellier
+&lt;br /&gt;
+Tél. : 01 53 85 57 32 (départements 77, 92, 93, 94)
+&lt;br /&gt;
+&lt;br /&gt;
+Michel Mora
+&lt;br /&gt;
+Tél. : 01 53 85 79 28 (départements 75, 78, 91, 95)
+&lt;br /&gt;
+&lt;br /&gt;
+Mail :
+&lt;a href="mailto:SSP&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ SSP&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9601-soutien-a-lequipement-des-forces-de-securite-/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>120888</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre les cambriolages et renforcer sa sécurité</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'achat d'une alarme</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ La Région apporte une aide forfaitaire de 100 euros aux Franciliens qui installent des alarmes, détecteurs, caméras, etc. pour lutter contre les cambriolages et renforcer leur sécurité.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Sécurité</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P78" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2021</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Sont éligibles
+&lt;/strong&gt;
+&lt;strong&gt;
+ les Franciliens, personnes physiques, ayant leur résidence principale en Île-de-France et
+&lt;/strong&gt;
+&lt;strong&gt;
+ propriétaires ou locataires de leur résidence privée.
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+Seuls les habitats individuels, propriétés d&amp;#039;un particulier, sont concernés par cette aide, étant entendu qu&amp;#039;une seule aide peut être versée par foyer fiscal.
+&lt;br /&gt;
+&lt;br /&gt;
+Ne sont donc pas éligibles à ce dispositif les propriétaires institutionnels, les SCI ou encore les propriétaires publics.
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses engagées doivent être d&amp;#039;un montant minimum de 100 euros TTC.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;aide est forfaitaire d&amp;#039;un montant de 100 euros.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de type étude et expertise ne sont pas prises en charge.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est accordée aux Franciliens dont le revenu fiscal de référence est égal ou inférieur à 46.460 euros.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Sont financés l&amp;#039;achat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;alarmes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De détecteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De capteurs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  De caméras,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des écrans de contrôle destinés à protéger l&amp;#039;habitation contre l&amp;#039;intrusion et le vol.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En revanche, ne sont pas financés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La location ou l&amp;#039;abonnement à un système de télésurveillance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de gardiennage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois complet, votre dossier sera soumis au vote des élus à l&amp;#039;une des commissions permanentes. Un dossier actuellement complet sera proposé au 1er trimestre 2023.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande comprend :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire d&amp;#039;aide régionale complété en ligne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les factures (à compter du 22 juillet 2021) au nom et adresse du demandeur comportant la mention « acquittée » ou « payée »,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dernier avis fiscal au nom et adresse du demandeur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une quittance de loyer de moins de 3 mois (locataire) ou la dernière taxe foncière (propriétaire) au nom et adresse du demandeur,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB au nom et adresse du demandeur.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-lachat-dune-alarme</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>Service sécurité et aide aux victimes
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;a href="mailto:ssp-alarmes&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ ssp-alarmes&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8866-aide-a-lachat-dune-alarme/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>122825</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Participer au label national Territoires, Villes et Villages Internet</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Villes Internet</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat</t>
-[...2 lines deleted...]
-      <c r="H77" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
-[...33 lines deleted...]
-Sols
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Label national Territoires, Villes et Villages Internet est une évaluation des politiques publiques numériques territoriales, unique en Europe.
+&lt;/p&gt;
+&lt;p&gt;
+ La marque territoriale « Label National Territoires, Villes et Villages Internet » concerne les villages comme les grandes villes, dès les premiers services connectés aux habitants et usagers du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label national prend la forme d&amp;#039;un panneau en entrée de ville avec 1 à 5 arobases (&amp;#64;) millésimé chaque année. Il se base sur un référentiel de 16 enjeux thématiques et 139 services numériques conçu par des universitaires avec l&amp;#039;association et créé avec l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour participer, les collectivités référencent leurs actions sur la plateforme
+  villes-internet.net. Le référentiel sert d&amp;#039;auto-évaluation et de feuille de route quotidienne aux décideurs publics et à leurs agents.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chaque année un jury d&amp;#039;experts indépendant étudie plus de 250 dossiers de collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label national est soutenu depuis près de 25 ans par plusieurs ministères et traditionnellement remis par un membre du gouvernement.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation est ouverte à tout EPCI, ville ou village, de toutes tailles et toutes les régions françaises et territoires ultramarins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/site/label-territoires-villes-villages-internet/reglement/" rel="noopener" target="_blank"&gt;
+  Consultez le règlement du Label national Territoires, Villes et Villages Internet
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions de toutes les collectivités sont recensées en accès libre et de manière géolocalisée et thématique dans l&amp;#039;ATLAAS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/atlaas" rel="noopener" target="_blank"&gt;
+  Consultez plus de 30 000 actions de collectivités
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/site/evaluer/" rel="noopener" target="_blank"&gt;
+  Consultez le palmarès des éditions antérieures
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche
+Equipement public
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Réduction de l'empreinte carbone
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.villes-internet.net/site/participez-au-label/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
+ (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Ou contactez directement l&amp;#039;association Villes Internet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
+ &lt;/li&gt;
+ &lt;li&gt;
+  68 boulevard Malesherbes 75008 Paris
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>fpoznanski@villes-internet.net</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
+  &lt;/a&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
 Espaces verts
 Espace public
 Friche
-Foncier
-[...2 lines deleted...]
-Economie d'énergie et rénovation énergétique
+Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
+Egalité des chances
 Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
 Santé
-Commerces et services
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
+Economie sociale et solidaire
 Revitalisation
-Risques naturels
-[...3 lines deleted...]
-Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Paysage
-[...2 lines deleted...]
-Attractivité économique
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>120975</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Aider les collectivités à l’installation de la vidéo-protection</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’installation de la vidéo-protection</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement des élus dans l&amp;#039;analyse de leur territoire communal ou intercommunal, l&amp;#039;identification des besoins et l&amp;#039;élaboration d&amp;#039;un projet de développement de la vidéo-protection à court terme.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département met à disposition ses compétences techniques, afin que la commune ou l&amp;#039;EPCI bénéficie d&amp;#039;un accompagnement en amont de la demande de financement permettant d&amp;#039;aboutir à l&amp;#039;identification des besoins au regard des caractéristiques de la commune ou de l&amp;#039;EPCI et de la typologie des risques encourus.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;engager une réflexion (dialogue) pour aider la collectivité à appréhender la mise en place de la vidéo-protection sur son territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soit, suite à la production par la Commune ou l&amp;#039;EPCI d&amp;#039;une première présentation sur les risques ou dégradations observées et les enjeux de la mise en place d&amp;#039;un système de vidéo-protection ; premiers retours des échanges avec le référent sureté (Gendarmerie ou Police nationale).
+&lt;/p&gt;
+&lt;p&gt;
+ Soit, organisation d&amp;#039;une réunion, afin d&amp;#039;aider la commune (ou l&amp;#039;EPCI) à appréhender le guide élaboré par le Département et d&amp;#039;échanger sur les premières pistes à creuser en priorité.
+&lt;/p&gt;
+&lt;p&gt;
+ Soit, accompagnement du Département dans la production d&amp;#039;un cahier des charges afin de solliciter, éventuellement, un AMO par la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement peut être mené en amont de tout projet d&amp;#039;installation d&amp;#039;un système de vidéo-protection quel que soit le niveau d&amp;#039;avancement des réflexions ou études.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Technologies numériques et numérisation
 Appui méthodologique
-Animation et mise en réseau
-[...5 lines deleted...]
-Mobilité pour tous
 Connaissance de la mobilité
-Modes actifs : vélo, marche et aménagements associés
-[...8 lines deleted...]
-      <c r="O77" s="1" t="inlineStr">
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S77" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivités de Seine-et-Marne
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="W77" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>http://seine-et-marne.fr/fr/bouclier-de-securite-ouverture-des-subventions-aux-communes</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél.: 01 64 14 73 56
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6f2b-aider-les-collectivites-a-linstallation-de-la/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...33 lines deleted...]
-      <c r="N78" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
+Musée
+Sports et loisirs
 Tourisme
 Forêts
+Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
-Education et renforcement des compétences
 Alimentation
-Commerces et services
-[...1 lines deleted...]
-Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
 Economie locale et circuits courts
-Agriculture et agroalimentaire
-[...1 lines deleted...]
-Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
+Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
-Lutte contre la précarité
-[...1 lines deleted...]
-International
 Attractivité économique
 Appui méthodologique
-Animation et mise en réseau
-[...3 lines deleted...]
-Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Limiter les déplacements subis
-[...1 lines deleted...]
-Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
+Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
-[...409 lines deleted...]
-      </c>
       <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S82" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T82" s="1" t="inlineStr">
         <is>
-          <t>Dépenses de fonctionnement
-Dépenses d’investissement</t>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U82" s="1" t="inlineStr">
         <is>
-          <t>Orne</t>
+          <t>France</t>
         </is>
       </c>
       <c r="V82" s="1" t="inlineStr">
         <is>
-          <t>https://te61.fr/eclairage-public/radars-pedagogiques/</t>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
         </is>
       </c>
       <c r="X82" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Territoire d&amp;#039;énergie Orne &lt;/p&gt;&lt;p&gt;6 rue de Gatel 61250 VALFRAMBERT&lt;/p&gt;&lt;p&gt;02 33 32 83 13&lt;/p&gt;&lt;p&gt;Damien Danguy  - chargé d&amp;#039;affaires radars pédagogiques - signalisation&amp;#64;te61.fr&lt;/p&gt;&lt;p&gt;https://te61.fr/&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y82" s="1" t="inlineStr">
         <is>
-          <t>accueil@te61.fr</t>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
       <c r="Z82" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-le-risque-radars-pedagogiques/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
         </is>
       </c>
       <c r="AA82" s="1" t="inlineStr">
-        <is>
-[...370 lines deleted...]
-      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>