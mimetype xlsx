--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA257"/>
+  <dimension ref="A1:AA248"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -2478,55 +2478,50 @@
         </is>
       </c>
       <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U9" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/</t>
         </is>
       </c>
-      <c r="W9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
 &lt;/p&gt;&lt;p&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
 &lt;/p&gt;
@@ -4239,55 +4234,50 @@
         </is>
       </c>
       <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U12" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
@@ -4774,55 +4764,50 @@
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;association
  &lt;strong&gt;
   Graine Nouvelle-Aquitaine
  &lt;/strong&gt;
  peut être contactée pour bénéficier d&amp;#039;un accompagnement gratuit, par un professionnel de l&amp;#039;éducation à l&amp;#039;environnement, afin d&amp;#039;imaginer votre projet, définir des objectifs et des actions, choisir et organiser le partenariat avec une structure locale d&amp;#039;éducation à l&amp;#039;environnement.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
       <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="V14" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/sciences-grandeur-nature</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Graine Nouvelle- Aquitaine - Jason Lapeyronie - jason.lapeyronie&amp;#64;graine-nouvelle-aquitaine.fr
   &lt;/li&gt;
   &lt;li&gt;
    Service Transition Ecologique et Territoires
 Direction de l&amp;#039;environnement
 14 rue François de Sourdis, CS 81383, 33077
                                                     Bordeaux cedex
 05 57 57 50 27 ou 05 57 57 80 58.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
@@ -9889,51 +9874,51 @@
           <t>https://aides-territoires.beta.gouv.fr/aides/9940-reconquete-de-la-ressource-en-eau/</t>
         </is>
       </c>
       <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:27" customHeight="0">
       <c r="A42" s="1">
         <v>104710</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+          <t>LEADER - Mise en oeuvre d&amp;apos;opérations dans le cadre de la stratégie locale de développement</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
@@ -13759,55 +13744,50 @@
         </is>
       </c>
       <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U59" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V59" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="W59" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
@@ -14972,55 +14952,50 @@
 &lt;p&gt;
  Elle s&amp;#039;adresse à tous les gestionnaires d&amp;#039;espaces et détenteurs de végétaux.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S66" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
       <c r="T66" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U66" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
       <c r="V66" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W66" s="1" t="inlineStr">
         <is>
           <t>https://www.fredonoccitanie.com/</t>
         </is>
       </c>
       <c r="X66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FREDON Occitanie
  &lt;br /&gt;
  &lt;br /&gt;
  Adresse : Ecoparc de Bel Air, 114 rue Orion, 34570 Vailhauquès
  &lt;br /&gt;
  Téléphone : 04 67 75 64 48
  &lt;br /&gt;
  Email :
  &lt;a href="mailto:contact&amp;#64;fredon-occitanie.fr" rel="noopener" target="_blank"&gt;
   contact&amp;#64;fredon-occitanie.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fredonoccitanie.com/nous-contacter/" rel="noopener" target="_blank"&gt;
   https://www.fredonoccitanie.com/nous-contacter/
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
@@ -16744,51 +16719,51 @@
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
         </is>
       </c>
       <c r="W77" s="1" t="inlineStr">
         <is>
           <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
         </is>
       </c>
       <c r="X77" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a href="https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u" target="_self"&gt;https://forms.office.com/Pages/ResponsePage.aspx?id&amp;#61;ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>nature2050@cdc-biodiversite.fr</t>
         </is>
       </c>
       <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
         </is>
       </c>
       <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:27" customHeight="0">
       <c r="A78" s="1">
         <v>119710</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les cours d'eau et les habitats naturels associés aux rivières et aux millieux humides</t>
@@ -17608,55 +17583,50 @@
       <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
       <c r="V80" s="1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="W80" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/projets-de-valorisation-et-de-gestion-despaces-naturels-et-de-sites-paysagers-remarquables/</t>
         </is>
       </c>
       <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Service Espaces naturels Sensibles
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 79 27 21
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:espacesnaturels&amp;#64;ladrome.fr"&gt;
   espacesnaturels&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
@@ -18244,124 +18214,345 @@
 &lt;/p&gt;
 &lt;p&gt;
  04.75.26.79.03
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y83" s="1" t="inlineStr">
         <is>
           <t>eruin@baronnies-provencales.fr</t>
         </is>
       </c>
       <c r="Z83" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/300e-education-au-territoire-et-a-lenvironnement/</t>
         </is>
       </c>
       <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:27" customHeight="0">
       <c r="A84" s="1">
+        <v>123492</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Foncier
+Accès aux services
+Cohésion sociale et inclusion
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
         <v>126141</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Enveloppes territorialisées</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
 &lt;/p&gt;
 &lt;p&gt;
  Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
  &lt;/li&gt;
  &lt;li&gt;
   les modes doux,
  &lt;/li&gt;
  &lt;li&gt;
   la préservation du patrimoine ligérien (naturel et bâti protégé),
  &lt;/li&gt;
  &lt;li&gt;
   le développement touristique local,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie de proximité,
  &lt;/li&gt;
  &lt;li&gt;
   les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
  &lt;/li&gt;
  &lt;li&gt;
   les aménagements d&amp;#039;espaces publics (traversées de bourg...),
  &lt;/li&gt;
  &lt;li&gt;
   les études.
  &lt;/li&gt;
 &lt;/ul&gt;
 Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -18374,165 +18565,165 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T84" s="1" t="inlineStr">
+      <c r="T85" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W84" s="1" t="inlineStr">
+      <c r="W85" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-      <c r="A85" s="1">
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
         <v>126142</v>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
         </is>
       </c>
-      <c r="D85" s="1" t="inlineStr">
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
         </is>
       </c>
-      <c r="E85" s="1" t="inlineStr">
+      <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G85" s="1" t="inlineStr">
+      <c r="G86" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H85" s="1" t="inlineStr">
+      <c r="H86" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K85" s="1" t="inlineStr">
+      <c r="K86" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
+      <c r="L86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets retenus seront en cohérence avec les politiques et compétences départementales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N85" s="1" t="inlineStr">
+      <c r="N86" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -18544,175 +18735,175 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O85" s="1" t="inlineStr">
+      <c r="O86" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R85" s="1" t="inlineStr">
+      <c r="R86" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   EPCI et/ou communes de la Loire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets portés par les communes doivent avoir un rayonnement intercommunal.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
+      <c r="S86" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T85" s="1" t="inlineStr">
+      <c r="T86" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
+      <c r="U86" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V85" s="1" t="inlineStr">
+      <c r="V86" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="W85" s="1" t="inlineStr">
+      <c r="W86" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X85" s="1" t="inlineStr">
+      <c r="X86" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y85" s="1" t="inlineStr">
+      <c r="Y86" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z85" s="1" t="inlineStr">
+      <c r="Z86" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
         </is>
       </c>
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="AA86" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-      <c r="A86" s="1">
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
         <v>126143</v>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D86" s="1" t="inlineStr">
+      <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E86" s="1" t="inlineStr">
+      <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G86" s="1" t="inlineStr">
+      <c r="G87" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
+      <c r="H87" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K86" s="1" t="inlineStr">
+      <c r="K87" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L86" s="1" t="inlineStr">
+      <c r="L87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N86" s="1" t="inlineStr">
+      <c r="N87" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -18724,330 +18915,330 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O86" s="1" t="inlineStr">
+      <c r="O87" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R86" s="1" t="inlineStr">
+      <c r="R87" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S86" s="1" t="inlineStr">
+      <c r="S87" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T86" s="1" t="inlineStr">
+      <c r="T87" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
+      <c r="U87" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V86" s="1" t="inlineStr">
+      <c r="V87" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X86" s="1" t="inlineStr">
+      <c r="X87" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y86" s="1" t="inlineStr">
+      <c r="Y87" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z86" s="1" t="inlineStr">
+      <c r="Z87" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="AA87" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-      <c r="A87" s="1">
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
         <v>128232</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Replacer la nature au cœur des aménagements</t>
         </is>
       </c>
-      <c r="D87" s="1" t="inlineStr">
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Ma Commune Grandeur Nature</t>
         </is>
       </c>
-      <c r="E87" s="1" t="inlineStr">
+      <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Eure</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G88" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I87" s="1" t="inlineStr">
+      <c r="I88" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 80</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un dispositif global qui accompagne techniquement et financièrement les communes et intercommunalités qui placent la nature au cœur de leurs projets et aménagements pour :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Créer ou recréer des espaces de nature en ville et centres bourgs : végétalisation, renaturation, désimperméabilisation, création d&amp;#039;ilots de fraicheur, de jardins partagés, ouvriers...
  &lt;/li&gt;
  &lt;li&gt;
   Aménager et gérer les milieux naturels des communes : restauration de mares, haies, boisements, vergers, prairies, coteaux et terrasses alluviales, zones humides, aménagement de sentiers de découverte, équipements de préservation de la faune sauvage...
  &lt;/li&gt;
  &lt;li&gt;
   Aménager des zones de transition entre les espaces urbanisés et les espaces agricoles.
  &lt;/li&gt;
  &lt;li&gt;
   Préserver la biodiversité, les rivières et les zones humides.
  &lt;/li&gt;
  &lt;li&gt;
   Intégrer les enjeux environnementaux dans les projets d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M87" s="1" t="inlineStr">
+      <c r="M88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  5 types de projets sont éligibles à l&amp;#039;accompagnement proposé dans le cadre de ce dispositif :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Type de projet 1 : Végétalisation et renaturation des espaces publics
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 2 : Renaturation des espaces publics - Végétalisation des cimetières
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 3 : Création de jardins partagés et solidaires, Jardins ouvriers et familiaux
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 4 : Aménagement et gestion des milieux naturels des communes - Renaturation de mares
  &lt;/li&gt;
  &lt;li&gt;
   Type de projet 5 : Aménagement et gestion des milieux naturels des communes - Biodiversité
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N88" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Biodiversité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avant tout dépôt de dossier, une visite technique sera réalisée sur le terrain par le Département et/ou le CAUE27 afin de définir la place de la nature dans la commune. Pour organiser cette visite, contactez l&amp;#039;Agence de la ruralité.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>Eure</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
         <is>
           <t>https://agencedelaruralite-eure.fr/</t>
         </is>
       </c>
-      <c r="X87" s="1" t="inlineStr">
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Agence de la Ruralité du Département de l&amp;#039;Eure
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:agencedelaruralite&amp;#64;eure.fr" target="_self"&gt;
   agencedelaruralite&amp;#64;eure.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 27 34 02 27
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>deera@eure.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f2c7-replacer-la-nature-au-cur-des-amenagements/</t>
         </is>
       </c>
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-      <c r="A88" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>128944</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Valoriser et soutenir les initiatives en faveur de la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Programme d’aide à la renaturation et à la préservation des espaces naturels</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Vendée</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I88" s="1" t="inlineStr">
+      <c r="I89" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K88" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L88" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà de la sauvegarde et de la préservation des espaces naturels déjà identifiés, certains territoires souhaitent promouvoir de manière active :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la renaturation de certains sites dégradés ou menacés
   &lt;/li&gt;
   &lt;li&gt;
    la création ou la restauration d&amp;#039;infrastructures écologiques
   &lt;/li&gt;
   &lt;li&gt;
    la valorisation de sites au potentiel biologique avéré,
   &lt;/li&gt;
   &lt;li&gt;
    le changement des pratiques et des usages pour remettre l&amp;#039;environnement et la biodiversité au cœur des préoccupations.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Il s&amp;#039;agit aussi de garantir les mesures de gestion écologique pérennes (plans de gestion), afin de maintenir les intérêts biologiques et les fonctionnalités écologiques des habitats naturels restaurés ou créés.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre d&amp;#039;un programme sectoriel, le Département soutiendra les projets de renaturation, de restauration et de création d&amp;#039;un patrimoine environnemental mettant en valeur les pratiques et modes de gestion respectueux du site ainsi que les projets exemplaires de reconquête des paysages et des habitats naturels ; étant précisé ici que ce programme est complémentaire du dispositif de labellisation des espaces naturels sensibles, existant par ailleurs sur les secteurs identifiés à fort enjeu biodiversité dans le cadre du schéma départemental des espaces naturels sensibles.
 &lt;/p&gt;
@@ -19069,78 +19260,78 @@
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;aide sera plafonnée à 20 000 € pour les études cumulées, dépenses de maîtrise d&amp;#039;oeuvre comprises.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  - Pour les travaux et investissements :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    40% des dépenses éligibles ;
   &lt;/li&gt;
   &lt;li&gt;
    80% pour les plantations (fourniture des plants, préparation et mise en œuvre paillage et protection), conformément à la liste jointe en annexe au présent règlement ;
   &lt;/li&gt;
   &lt;li&gt;
    80% pour la création et curage de mares naturelles et la suppression d&amp;#039;obstacles s&amp;#039;opposant à l&amp;#039;écoulement naturel de l&amp;#039;eau.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide cumulée sera plafonnée à 400 000 € pour les travaux de reconquête en tant que tels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M88" s="1" t="inlineStr">
+      <c r="M89" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   les travaux de restauration et de renaturation
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R88" s="1" t="inlineStr">
+      <c r="R89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions d&amp;#039;éligibilité des projets :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les projets présentés dans la cadre du présent programme devront cibler en premier lieu des opérations de reconquête écologique d&amp;#039;espaces dégradés et/ou menacés et les opérations d&amp;#039;amélioration quantitative et qualitative des habitats naturels et de leurs fonctionnalités. Ils comporteront un volet « restauration des fonctionnalités écologiques » à l&amp;#039;échelle d&amp;#039;un continuum écologique identifié dans le cadre d&amp;#039;un diagnostic préalable élargi.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets soutenus de manière prioritaire seront ceux qui présenteront un intérêt départemental, soit par l&amp;#039;envergure / l&amp;#039;ambition du projet, soit par le caractère innovant des opérations de création/renaturation, soit enfin par la rareté de l&amp;#039;habitat naturel et/ou de l&amp;#039;espèce ou des espèces cible(s) identifiée(s).
   &lt;/li&gt;
   &lt;li&gt;
    Les projets de réaménagement paysager seul, à des fins esthétiques et/ou d&amp;#039;usages de loisirs, sont exclus du présent programme, d&amp;#039;autres règlements d&amp;#039;aide ou dispositifs contractuels pouvant exister par ailleurs.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets d&amp;#039;équipements de mobiliers et clôtures ou de sentier d&amp;#039;interprétation seul sont exclus du présent programme s&amp;#039;ils ne sont pas intégrés dans un projet global de création, de renaturation ou de mise en défens des milieux naturels.
   &lt;/li&gt;
   &lt;li&gt;
    Les projets retenus devront présenter une garantie de pérennité de l&amp;#039;action et de gestion environnementale dans la durée, c&amp;#039;est-à-dire, sur une durée minimum de 20 ans. A ce titre, les dossiers retenus, lorsqu&amp;#039;il s&amp;#039;agit notamment de travaux, devront obligatoirement prévoir un plan de gestion et un engagement du pétitionnaire à mettre en oeuvre, sur la durée considérée, les moyens nécessaires pour évaluer sur le plan scientifique les actions engagées (suivis écologiques) et maintenir la vocation environnementale des espaces restaurés. Ce plan de gestion devra préciser, année par année, les coûts prévisionnels des opérations à engager, qu&amp;#039;il s&amp;#039;agisse de travaux de gestion ou de suivis écologiques.
   &lt;/li&gt;
   &lt;li&gt;
    A l&amp;#039;issue du programme de renaturation et après validation du plan de gestion par le Département, suivant la nature des travaux réalisés et l&amp;#039;envergure du projet au regard des enjeux départementaux en matière de biodiversité, l&amp;#039;espace naturel ainsi reconstitué, pourra être éligible au second dispositif départemental déployé pour garantir la pérennité des actions de gestion engagées, à savoir la labellisation Espaces Naturels Sensibles.
   &lt;/li&gt;
@@ -19178,1799 +19369,337 @@
   &lt;/li&gt;
   &lt;li&gt;
    Les équipements permettant de sensibiliser le public à la préservation des habitats naturels, de la faune et de la flore : clôtures, observatoires, pontons pédagogiques...
   &lt;/li&gt;
   &lt;li&gt;
    Les plans de gestion des espaces naturels, visant à définir les mesures de gestion et d&amp;#039;accompagnement sur une durée de 5 ans minimum ; étant précisé que le bénéficiaire s&amp;#039;engage tacitement par le présent programme, à réviser le plan de gestion initial, pendant la durée minimale contractuelle, à savoir 20 ans.
   &lt;/li&gt;
   &lt;li&gt;
    Les plans de sauvegarde d&amp;#039;espèces rares et menacées.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les projets de travaux devront obtenir au préalable un avis technique favorable des services du Département. Le Département pourra associer, suivant la nature du projet, son réseau de partenaires scientifiques et associatifs.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux devront obtenir l&amp;#039;ensemble des autorisations réglementaires afférentes aux secteurs concernés (autorisation Natura 2000, autorisation unique, permis d&amp;#039;aménager, dérogation CNPN, etc...).
 &lt;/p&gt;
 &lt;p&gt;
  Le programme d&amp;#039;aide est limité à un projet par bénéficiaire et par an hors projet d&amp;#039;ensemble.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département devra être associé au comité de pilotage et/ou aux réunions de suivi de l&amp;#039;ensemble des phases études, travaux et plan de gestion.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>Vendée</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.vendee.fr/</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Vendée
 &lt;/p&gt;
 &lt;p&gt;
  Service Nature et biodiversité
 &lt;/p&gt;
 &lt;p&gt;
  40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02 28 85 86 48
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:nature&amp;#64;vendee.fr" target="_self"&gt;
   nature&amp;#64;vendee.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>sophie.gouel@vendee.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acff-valoriser-et-soutenir-les-initiatives-en-fave/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
         <v>128974</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Demander une subvention au titre de la convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Convention interrégionale du Massif central (CIMAC) 2021-2027</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Commissariat du Massif Central</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G90" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H90" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I89" s="1" t="inlineStr">
+      <c r="I90" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
+      <c r="K90" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L89" s="1" t="inlineStr">
+      <c r="L90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En subsidiarité aux aides de droit commun, la convention interrégionale du Massif central (CIMAC) 2021-2027 soutient les projets interrégionaux à l&amp;#039;échelle du Massif central.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N90" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espace public
 Accès aux services
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Biodiversité
 Réhabilitation
 Paysage
 Accessibilité
 Attractivité économique
 Animation et mise en réseau
 Artisanat
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O90" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Consulter la
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/1.-CIMAC-21-27.pdf" target="_self"&gt;
   convention de massif
  &lt;/a&gt;
  et sa
  &lt;a href="https://www.massif-central.eu/production/wp-content/uploads/2023/02/2.-Plaquette-presentation_convention_massif_central_21_27.pdf" target="_self"&gt;
   plaquette de présentation
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S90" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T90" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U90" s="1" t="inlineStr">
         <is>
           <t>Massif central</t>
         </is>
       </c>
-      <c r="V89" s="1" t="inlineStr">
+      <c r="V90" s="1" t="inlineStr">
         <is>
           <t>https://www.massif-central.eu/jai-un-projet/deposer-un-dossier/je-ne-sollicite-pas-de-feder/</t>
         </is>
       </c>
-      <c r="W89" s="1" t="inlineStr">
+      <c r="W90" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/demande-de-subvention-cimac-2021-2027</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X90" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ANCT Commissariat du Massif central
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.massif-central.eu/contact/carnets-de-contacts/animateurs-thematiques/" target="_self"&gt;
   Coordonnées des chargés de mission thématiques
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  et
  &lt;a target="_self"&gt;
   massif.central&amp;#64;anct.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y90" s="1" t="inlineStr">
         <is>
           <t>massif.central@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z90" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b3f8-demander-une-subvention-au-titre-de-la-conven/</t>
-        </is>
-[...181 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/32a9-encourager-et-accompagner-les-collectivites-p/</t>
         </is>
       </c>
       <c r="AA90" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:27" customHeight="0">
       <c r="A91" s="1">
-        <v>131003</v>
+        <v>131819</v>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Candidater à la reconnaissance "Territoires Engagés pour la Nature"- Bourgogne Franche-Comté</t>
+          <t>Bénéficier de formations pluridisciplinaires</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>Territoires Engagés pour la Nature</t>
+          <t>Formation des élus</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>Office Français de la Biodiversité (OFB)
-Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
+          <t>Association des maires et présidents de communautés des Vosges (AMV 88)</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
-        <is>
-[...1276 lines deleted...]
-      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L98" s="1" t="inlineStr">
+      <c r="L91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AMV 88 est
  &lt;strong&gt;
   organisme agréé
  &lt;/strong&gt;
  depuis 1994 par le ministère chargé des collectivités territoriales pour la formation des élus. L&amp;#039;Association conçoit chaque année une
  &lt;strong&gt;
   offre d&amp;#039;actions animées par des intervenants reconnus
  &lt;/strong&gt;
  pour leur maîtrise du sujet et leur connaissance du rôle des élus et de leur quotidien.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les formations sont destinées aux maires et présidents d&amp;#039;intercommunalité, adjoints et vice-présidents ainsi qu&amp;#039;aux conseillers municipaux et communautaires.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; Les réunions d&amp;#039;informations sont ouvertes aux agents des collectivités.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M98" s="1" t="inlineStr">
+      <c r="M91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour répondre aux attentes des élus, l&amp;#039;AMV 88 propose un large choix de formations :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La fiscalité de l&amp;#039;intercommunalité et son incidence sur les communes
  &lt;/li&gt;
  &lt;li&gt;
   La mise en place du budget et les nouvelles dispositions de la loi finances 2023
  &lt;/li&gt;
  &lt;li&gt;
   La recherche de cofinancement pour vos projets communaux et intercommunaux
  &lt;/li&gt;
  &lt;li&gt;
   Les marchés publics
  &lt;/li&gt;
  &lt;li&gt;
   Les pouvoirs de police
  &lt;/li&gt;
  &lt;li&gt;
   La taxe d&amp;#039;aménagement
  &lt;/li&gt;
@@ -21028,212 +19757,212 @@
   &lt;br /&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des visites thématiques ou réunions d&amp;#039;information :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Transfert des compétences eau et assainissement
  &lt;/li&gt;
  &lt;li&gt;
   Zones humides : environnement et urbanisme
  &lt;/li&gt;
  &lt;li&gt;
   Visite d&amp;#039;une unité de méthanisation
  &lt;/li&gt;
  &lt;li&gt;
   Route Vosgienne de l&amp;#039;Energie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transition énergétique
 Logement et habitat
 Appui méthodologique
 Animation et mise en réseau
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R91" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhérer à l&amp;#039;Association
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
         <is>
           <t>https://www.maires88.asso.fr/formation-et-information-des-elus</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez retrouver les
  &lt;strong&gt;
   programmes détaillés et bulletins d&amp;#039;inscription
  &lt;/strong&gt;
  des formations ou réunions d&amp;#039;information sur le site de l&amp;#039;AMV 88.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, vous pouvez contacter Marie-Paule MASSON par téléphone au 03 29 29 88 23 ou par mail à
  &lt;a target="_self"&gt;
   mpmasson&amp;#64;vosges.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  AMV 88
  &lt;br /&gt;
  Courriel :
  &lt;a target="_self"&gt;
   amv88&amp;#64;vosges.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Tél. : 03 29 29 88 30
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y91" s="1" t="inlineStr">
         <is>
           <t>amv88@vosges.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z91" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9fda-former-et-informer-les-elus/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA91" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-      <c r="A99" s="1">
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
         <v>132278</v>
       </c>
-      <c r="B99" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D99" s="1" t="inlineStr">
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E99" s="1" t="inlineStr">
+      <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G99" s="1" t="inlineStr">
+      <c r="G92" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H99" s="1" t="inlineStr">
+      <c r="H92" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K99" s="1" t="inlineStr">
+      <c r="K92" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L99" s="1" t="inlineStr">
+      <c r="L92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N99" s="1" t="inlineStr">
+      <c r="N92" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -21262,884 +19991,884 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O99" s="1" t="inlineStr">
+      <c r="O92" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R99" s="1" t="inlineStr">
+      <c r="R92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S99" s="1" t="inlineStr">
+      <c r="S92" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T99" s="1" t="inlineStr">
+      <c r="T92" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U99" s="1" t="inlineStr">
+      <c r="U92" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V99" s="1" t="inlineStr">
+      <c r="V92" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W99" s="1" t="inlineStr">
+      <c r="W92" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X99" s="1" t="inlineStr">
+      <c r="X92" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y99" s="1" t="inlineStr">
+      <c r="Y92" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z99" s="1" t="inlineStr">
+      <c r="Z92" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="100" spans="1:27" customHeight="0">
-      <c r="A100" s="1">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
         <v>132573</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets locaux d'espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="D100" s="1" t="inlineStr">
+      <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Projets locaux d'espaces naturels sensibles</t>
         </is>
       </c>
-      <c r="E100" s="1" t="inlineStr">
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G100" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H100" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I100" s="1" t="inlineStr">
+      <c r="I93" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J100" s="1" t="inlineStr">
+      <c r="J93" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K100" s="1" t="inlineStr">
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L100" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre des 4 thématiques que sont la protection de la ressource en eau et des zones humides, les sites de sport et de nature, les jardins remarquables et les milieux naturels remarquables, le Département soutient financièrement les collectivités locales qui interviennent pour acquérir des parcelles de propriétés rurales, réaliser des travaux d&amp;#039;aménagement nécessaire à l&amp;#039;accueil du public, réaliser des travaux de gestion et d&amp;#039;entretien environnemental et paysager, et promouvoir des actions pédagogiques et de formation.
 &lt;/p&gt;
 &lt;p&gt;
  La maîtrise foncière étant un gage de réussite à l&amp;#039;aménagement de sites, le porteur de projet local doit justifier d&amp;#039;une mise d&amp;#039;une démarche foncière active. En cas de maîtrise foncière autre que publique (privé, association), une convention de partenariat Département / Organisme public porteur de projet local / propriétaire privé ou association donnant les engagements de chacun pourra être formalisée.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seront priorisés les projets portant sur des sites labellisés et présentant un caractère emblématique à l&amp;#039;échelle départementale.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N100" s="1" t="inlineStr">
+      <c r="N93" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O100" s="1" t="inlineStr">
+      <c r="O93" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S100" s="1" t="inlineStr">
+      <c r="S93" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T100" s="1" t="inlineStr">
+      <c r="T93" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U100" s="1" t="inlineStr">
+      <c r="U93" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V100" s="1" t="inlineStr">
+      <c r="V93" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_02_fiche-action_projets_locaux.pdf</t>
         </is>
       </c>
-      <c r="X100" s="1" t="inlineStr">
+      <c r="X93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y100" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z100" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cb7a-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA100" s="1" t="inlineStr">
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="101" spans="1:27" customHeight="0">
-      <c r="A101" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>132574</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d’aménagement des milieux aquatiques et des zones humides</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Projets d’aménagement des milieux aquatiques et des zones humides</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H101" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I101" s="1" t="inlineStr">
+      <c r="I94" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 40</t>
         </is>
       </c>
-      <c r="J101" s="1" t="inlineStr">
+      <c r="J94" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les projets d&amp;#039;aménagement des milieux aquatiques et des zones humides dans la mesure où les interventions sont reconnues comme apportant un gain environnemental significatif, valorisant et protégeant ces milieux naturels. Par ailleurs, d&amp;#039;une façon générale, les projets présentés devront disposer d&amp;#039;un volet lié à « atténuation/adaptation au changement climatique », reposer sur une étude diagnostique ou une étude prospective (étude globale...) approuvée par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etudes ou travaux rentrant dans les items 1, 2, 4, 8, 10 de l&amp;#039;article L 211-7 du Code de l&amp;#039;Environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux ou études inscrits dans les contrats de concession de services ou de travaux ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2021/10/environnement/CD52_2020_02_fiche-action_milieux_aqua_et_zh.pdf</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:dea&amp;#64;haute-marne.fr" target="_self"&gt;
   dea&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf62-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
         <v>132578</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre un aménagement foncier agricole, forestier et environnemental (AFAFE)</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Les modes d’aménagement foncier rural en secteur agricole et sylvicole</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H95" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I102" s="1" t="inlineStr">
+      <c r="I95" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J102" s="1" t="inlineStr">
+      <c r="J95" s="1" t="inlineStr">
         <is>
           <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
+      <c r="K95" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L102" s="1" t="inlineStr">
+      <c r="L95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En application du titre II du livre 1er du code rural et de la pêche maritime, différents modes d&amp;#039;aménagement foncier rural (ex-remembrements agricoles, échanges et cessions amiables de parcelles forestières) peuvent être mis en œuvre et accompagnés par le Département, selon le règlement d&amp;#039;intervention et de financement accessible en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Agriculture et agroalimentaire
 Risques naturels
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S95" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T95" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U95" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V95" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/wp-content/uploads/2024/01/CD52_231215_01_rglt_amgt-foncier-rural.pdf</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X95" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de la Haute-Marne
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 03.25.32.85.71
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
   service.agriculture&amp;#64;haute-marne.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Guide des aides :
  &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
   http://www.haute-marne.fr/guidedesaides/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute correspondance doit être adressée à :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Monsieur le Président du Conseil départemental
 &lt;/p&gt;
 &lt;p&gt;
  1 rue du Commandant Hugueny
 &lt;/p&gt;
 &lt;p&gt;
  CS 62127
 &lt;/p&gt;
 &lt;p&gt;
  52905 CHAUMONT Cedex 9
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
         <is>
           <t>jean-jules.joly@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z95" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e7eb-soutenir-les-projets-locaux-despaces-naturels/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
         <v>133056</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour créer un observatoire des friches</t>
         </is>
       </c>
-      <c r="C103" s="1" t="inlineStr">
+      <c r="C96" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H103" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
 &lt;/p&gt;
 &lt;p&gt;
  Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M103" s="1" t="inlineStr">
+      <c r="M96" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
   &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
    Consulter la cartographie intéractive
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
   &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
    Consulter l&amp;#039;Observatoire
   &lt;/a&gt;
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N96" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T96" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X96" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y96" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z96" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
         <v>133059</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C97" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Agences d'urbanisme</t>
         </is>
       </c>
-      <c r="G104" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
 &lt;/p&gt;
 &lt;p&gt;
  Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Des outils au service de l&amp;#039;intérêt général
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une équipe pluridisciplinaire et inclusive
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Etudes pré opératoire à la renaturation des espaces en ville
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
   &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
   &lt;em&gt;
    Renaturer les milieux urbains
   &lt;/em&gt;
   » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
   &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
    Consulter
   &lt;/a&gt;
   &lt;br /&gt;
@@ -22160,558 +20889,370 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Etudes d&amp;#039;identification des gisements de renaturation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
   &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
    Consulter les travaux
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
   &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
    Consulter
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>http://www.fnau.org/fr/</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
   la carte pour identifier celle, la plus proche de votre territoire
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Retrouvez les
  &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
   contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez également
   contacter la fédération nationale des agences d&amp;#039;urbanisme
  qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>fnau@fnau.org</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-      <c r="A105" s="1">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
         <v>137983</v>
       </c>
-      <c r="B105" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E105" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, inciter à la réalisation des actions en faveur des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, inciter à la réalisation des actions en faveur des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H105" s="1" t="inlineStr">
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J105" s="1" t="inlineStr">
+      <c r="J98" s="1" t="inlineStr">
         <is>
           <t>Taux de 10%</t>
         </is>
       </c>
-      <c r="K105" s="1" t="inlineStr">
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L105" s="1" t="inlineStr">
+      <c r="L98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement, incitation à la réalisation d&amp;#039;actions en faveur des milieux aquatiques.
-&lt;/p&gt;
-[...6 lines deleted...]
-&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir :
  &lt;/strong&gt;
- Formulaire de demande et pièces précisées en annexe
-[...8 lines deleted...]
-&lt;p&gt;
+ Formulaire de demande et pièces précisées auprès du service gestionnaire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M105" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Actions en faveur des milieux aquatiques
-[...3 lines deleted...]
- &lt;/li&gt;
+  Actions en faveur des milieux aquatique.&lt;/li&gt;
+ &lt;li&gt;
+  Plantation de ripisylve, mise en défens de cours d&amp;#039;eau ou zones humides, restauration de cours d&amp;#039;eau.&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N105" s="1" t="inlineStr">
+      <c r="N98" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O105" s="1" t="inlineStr">
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R105" s="1" t="inlineStr">
+      <c r="R98" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Dépôt d&amp;#039;un dossier avant démarrage des travaux.
  &lt;/li&gt;
  &lt;li&gt;
-  Souhait d&amp;#039;être associé en amont.
- &lt;/li&gt;
+  Souhait d&amp;#039;être associé en amont.&lt;/li&gt;&lt;li&gt;Financement par l&amp;#039;Agence de l&amp;#039;Eau.&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T105" s="1" t="inlineStr">
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U105" s="1" t="inlineStr">
+      <c r="U98" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V105" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X105" s="1" t="inlineStr">
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-missions-du-Departement.html</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
   &lt;br /&gt;
  &lt;/strong&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
-&lt;p&gt;
-[...4 lines deleted...]
-&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Service Environnement et Sports&lt;/p&gt;
+&lt;p&gt;
+ Jean-Damien ROMEYER&lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:jean-damien.romeyer&amp;#64;hauteloire.fr" target="_self"&gt;
   jean-damien.romeyer&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.43.46
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y105" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z105" s="1" t="inlineStr">
+      <c r="Z98" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ff19-accompagner-inciter-a-la-realisation-dactions/</t>
         </is>
       </c>
-      <c r="AA105" s="1" t="inlineStr">
+      <c r="AA98" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="106" spans="1:27" customHeight="0">
-[...169 lines deleted...]
-      <c r="A107" s="1">
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
         <v>139927</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D99" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G99" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H107" s="1" t="inlineStr">
+      <c r="H99" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
+      <c r="K99" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L107" s="1" t="inlineStr">
+      <c r="L99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N99" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -22757,324 +21298,324 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O99" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
+      <c r="P99" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q107" s="1" t="inlineStr">
+      <c r="Q99" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X99" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z99" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
         <v>139934</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’une aide pour accompagner, définir, piloter et exploiter un projet dans le domaine de l’eau et de l’assainissement</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>AMO Mission eau-assainissement</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H100" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;intervention de Cantal Ingénierie &amp;amp; Territoires (CIT) dans le domaine de l&amp;#039;eau et de l&amp;#039;assainissement s&amp;#039;inscrit en complément des missions obligatoires d&amp;#039;assistance technique réalisées par la MAGE (Mission d&amp;#039;Assistance à la Gestion de l&amp;#039;Eau) du département, en proposant des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Eau Potable : la création et l&amp;#039;aménagement d&amp;#039;ouvrages d&amp;#039;eau potable (captages réservoirs, stations de pompage), la mise en place de traitement de potabilisation, de travaux d&amp;#039;interconnexion de réseaux, de mise en place de compteurs de sectorisation et de télésurveillance, la passation de contrats de prestation ou de concession,
   &lt;/li&gt;
   &lt;li&gt;
    Assainissement Collectif : des travaux de mise en séparatif ou de réhabilitation de réseaux de collecte, la création ou la réhabilitation de systèmes de traitement des eaux usées, la mise en place de dispositifs d&amp;#039;auto surveillance et/ou de mesure, la passation de contrats de prestation ou de concession.
   &lt;/li&gt;
   &lt;li&gt;
    Réalisation d&amp;#039;études dans le domaine de l&amp;#039;eau : diagnostic de réseaux et d&amp;#039;ouvrages, études de valorisation des boues, révision de zonage, étude de gouvernance préalable à un transfert de compétences
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N100" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Transition énergétique
 Equipement public
 Appui méthodologique
 Milieux humides</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O100" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R108" s="1" t="inlineStr">
+      <c r="R100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
   &lt;/li&gt;
   &lt;li&gt;
    Etre adhérent à CIT
   &lt;/li&gt;
   &lt;li&gt;
    Conventionnement
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S100" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U100" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V100" s="1" t="inlineStr">
         <is>
           <t>http://ingenierie-et-territoires.cantal.fr/</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X100" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y100" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z100" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/683e-beneficier-dune-aide-pour-accompagner-definir/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA100" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
         <v>142229</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C101" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D109" s="1" t="inlineStr">
+      <c r="D101" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
+      <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G109" s="1" t="inlineStr">
+      <c r="G101" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H101" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K101" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L101" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -23234,51 +21775,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -23288,56 +21829,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O101" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R109" s="1" t="inlineStr">
+      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -23366,154 +21907,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S101" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T101" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U101" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V101" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X101" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y101" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z101" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA101" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-      <c r="A110" s="1">
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
         <v>142680</v>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C110" s="1" t="inlineStr">
+      <c r="C102" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D110" s="1" t="inlineStr">
+      <c r="D102" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E110" s="1" t="inlineStr">
+      <c r="E102" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G110" s="1" t="inlineStr">
+      <c r="G102" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H110" s="1" t="inlineStr">
+      <c r="H102" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K110" s="1" t="inlineStr">
+      <c r="K102" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L110" s="1" t="inlineStr">
+      <c r="L102" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -23626,51 +22167,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N110" s="1" t="inlineStr">
+      <c r="N102" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -23688,56 +22229,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O110" s="1" t="inlineStr">
+      <c r="O102" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R110" s="1" t="inlineStr">
+      <c r="R102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -23780,137 +22321,137 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S110" s="1" t="inlineStr">
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T110" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U110" s="1" t="inlineStr">
+      <c r="U102" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V110" s="1" t="inlineStr">
+      <c r="V102" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X110" s="1" t="inlineStr">
+      <c r="X102" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y110" s="1" t="inlineStr">
+      <c r="Y102" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z110" s="1" t="inlineStr">
+      <c r="Z102" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA110" s="1" t="inlineStr">
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="111" spans="1:27" customHeight="0">
-      <c r="A111" s="1">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
         <v>143305</v>
       </c>
-      <c r="B111" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Effectuer les choix stratégiques adaptés à la mise en œuvre de la Gemapi</t>
         </is>
       </c>
-      <c r="E111" s="1" t="inlineStr">
+      <c r="E103" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G111" s="1" t="inlineStr">
+      <c r="G103" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H111" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K111" s="1" t="inlineStr">
+      <c r="K103" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L111" s="1" t="inlineStr">
+      <c r="L103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le diagnostic territorial établi, vous devez formaliser votre stratégie et le programme d&amp;#039;actions pluriannuel à partir desquels la Gemapi sera mise en oeuvre.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour éclairer et justifier la prise de décisions stratégiques et financières.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez analyser et traduire les enjeux liés à la Gemapi sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes prêts à bâtir une stratégie ou un programme d&amp;#039;actions pluriannuel pour déployer la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez sécuriser le choix du scénario de mise en oeuvre (pertinence, faisabilité) ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous vous interrogez sur la méthodologie de phasage des actions ?
@@ -23970,293 +22511,293 @@
  &lt;li&gt;
   Partage et utilisation de retours d&amp;#039;expérience ;
  &lt;/li&gt;
  &lt;li&gt;
   Co-construction d&amp;#039;une stratégie adaptée à votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   Support au phasage des actions ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à la rédaction de votre cahiers des charges.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Évaluer les scénarios proposés sur le plan socio-économique et environnemental
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outils d&amp;#039;aide à la décision.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M111" s="1" t="inlineStr">
+      <c r="M103" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Agglo Le Puy en Velay
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial. Elaboration d&amp;#039;un plan d&amp;#039;actions permettant une prise de compétence Gemapi réussie.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N111" s="1" t="inlineStr">
+      <c r="N103" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Risques naturels
 Milieux humides</t>
         </is>
       </c>
-      <c r="O111" s="1" t="inlineStr">
+      <c r="O103" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S111" s="1" t="inlineStr">
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T111" s="1" t="inlineStr">
+      <c r="T103" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U111" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V111" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/effectuer-choix-strategiques-adaptes-mise-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X111" s="1" t="inlineStr">
+      <c r="X103" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y111" s="1" t="inlineStr">
+      <c r="Y103" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z111" s="1" t="inlineStr">
+      <c r="Z103" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b75c-effectuer-les-choix-strategiques-adaptes-a-la/</t>
         </is>
       </c>
-      <c r="AA111" s="1" t="inlineStr">
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="112" spans="1:27" customHeight="0">
-      <c r="A112" s="1">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
         <v>143307</v>
       </c>
-      <c r="B112" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Accompagner, de la réflexion à l’évaluation, la mise en œuvre des mesures de la trame verte et bleue régionale</t>
         </is>
       </c>
-      <c r="E112" s="1" t="inlineStr">
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G112" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H112" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez mettre en œuvre les mesures de la trame verte et bleue dans la réalisation de vos opérations, travaux et aménagements sur votre territoire.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela, vous cherchez un appui technique et une expertise pointue pour vous accompagner dans la prise en compte en compte de l&amp;#039;ensemble des enjeux liés à la trame verte et bleue (de la réflexion à l&amp;#039;évaluation).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La réponse du Cerema
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans la mise en œuvre des mesures de la trame verte et bleue en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  Dans ce cadre nous réalisons :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Des expertises en amont des projets à partir d&amp;#039;études environnementales établies, auprès des Maîtres d&amp;#039;ouvra­ge afin de choisir le type de mesure en adéquation avec les en­jeux identifiés.
  &lt;/li&gt;
  &lt;li&gt;
   Des contrôles de la bonne réalisation de me­sures pour la restauration ou le renforcement de continuités écologiques, fort de notre connaissance des règles de l&amp;#039;art.
  &lt;/li&gt;
  &lt;li&gt;
   Après la réalisation des mesures, un suivi des mesures réalisées pour vérifier la bonne efficacité et l&amp;#039;atteinte des objectifs de ces mesures en s&amp;#039;appuyant sur une expérience solide auprès des services de l&amp;#039;État et sur un matériel performant.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N112" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O112" s="1" t="inlineStr">
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S112" s="1" t="inlineStr">
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T112" s="1" t="inlineStr">
+      <c r="T104" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U112" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V112" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/accompagner-reflexion-evaluation-mise-oeuvre-mesures-tvb</t>
         </is>
       </c>
-      <c r="X112" s="1" t="inlineStr">
+      <c r="X104" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y112" s="1" t="inlineStr">
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z112" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8d17-accompagner-de-la-reflexion-a-levaluation-la-/</t>
         </is>
       </c>
-      <c r="AA112" s="1" t="inlineStr">
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="113" spans="1:27" customHeight="0">
-      <c r="A113" s="1">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
         <v>143315</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Élaborer votre diagnostic territorial pour mettre en œuvre la Gemapi</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E105" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G105" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Gestion des milieux aquatiques et la prévention des inondations impliquent la connaissance objective des enjeux, milieux et spécificités de votre territoire sous l&amp;#039;angle de ces thématiques.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne dans la réalisation du diagnostic préalable, indispensable pour appréhender les scénarios de développement territorial durable et guider vos choix stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment bien cerner les contours de la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment déterminer les enjeux liés aux milieux aquatiques, à l&amp;#039;aménagement du territoire et au risque inondation ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels outils et méthodes appropriés utiliser pour élaborer votre diagnostic ?
  &lt;/li&gt;
  &lt;li&gt;
   Quels critères retenir pour sélectionner un prestataire ?
@@ -24315,165 +22856,165 @@
  &lt;li&gt;
   L&amp;#039;acquisition et l&amp;#039;analyse des données utiles ;
  &lt;/li&gt;
  &lt;li&gt;
   La bonne compréhension du fonctionnement des milieux aquatiques et des aléas ;
  &lt;/li&gt;
  &lt;li&gt;
   Le recensement exhaustif des ouvrages et aménagements hydrauliques ;
  &lt;/li&gt;
  &lt;li&gt;
   La détermination pertinente des enjeux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Renforcer votre autonomie
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Formation de vos équipes aux outils utiles au diagnostic.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M105" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Troyes Champagne Métropole
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic sur les systèmes d&amp;#039;endiguement. Recherche d&amp;#039;organisation pour la gouvernance Gemapi sur le bassin versant.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Diagnostic territorial intégrant l&amp;#039;évolution hydrologique du bassin versant, les ouvrages hydrauliques et l&amp;#039;historique des crues sur un siècle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N105" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Espaces verts
 Espace public
 Voirie et réseaux
 Risques naturels
 Equipement public
 Bâtiments et construction
 Mers et océans
 Milieux humides
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O105" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V105" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/elaborer-votre-diagnostic-territorial-mettre-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X105" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y105" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z105" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/93dd-elaborer-votre-diagnostic-territorial-pour-me/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
         <v>143372</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Favoriser une gestion intégrée de l’eau en ville et dans les infrastructures de transport</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E106" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H106" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L114" s="1" t="inlineStr">
+      <c r="L106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;br /&gt;
  Alors que les villes rassemblent 80 % de la population française, la gestion de l&amp;#039;eau en milieu urbain est un enjeu majeur pour les collectivités préoccupées par les questions suivantes :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Alimenter en eau et assainir les villes ;
  &lt;/li&gt;
  &lt;li&gt;
   Gérer le risque d&amp;#039;inondation (ruissellement et débordement);
  &lt;/li&gt;
  &lt;li&gt;
   Gestion patrimoniale des réseaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Préserver et valoriser la ressource (cadre de vie qualitatif, intégration de l&amp;#039;eau au milieu urbain, favoriser la réutilisation de l&amp;#039;eau)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -24492,579 +23033,132 @@
 &lt;ul&gt;
  &lt;li&gt;
   Le développement de schémas d&amp;#039;organisation des compétences locales de l&amp;#039;eau et à la structuration de la gouvernance : analyses multi-échelles des problématiques, appui à la définition d&amp;#039;orientations politiques territorialisées...
  &lt;/li&gt;
  &lt;li&gt;
   la définition, la mise en œuvre et l&amp;#039;évaluation de stratégie d&amp;#039;économies d&amp;#039;eaux et de mobilisation de ressources alternatives (eaux usées traitées, eaux pluviales,...) : diagnostics de besoins, assistance et expertise d&amp;#039;opportunité – conception – dimensionnement, qualification des systèmes de traitement...
  &lt;/li&gt;
  &lt;li&gt;
   La définition et l&amp;#039;accompagnement de stratégies territoriales de gestion des eaux pluviales et de désimperméabilisation des sols à différentes échelles : expertise liée à la mise en œuvre des techniques alternatives, élaboration de guides locaux et nationaux, approches techniques et socio-économiques, traduction réglementaire (zonage, PLU,...)...
  &lt;/li&gt;
  &lt;li&gt;
   Le développement et l&amp;#039;évaluation de dispositifs innovants de maîtrise des eaux pluviales (hydrologie, polluants, biodiversité,..) : conduite d&amp;#039;activités de recherche opérationnelle, sites pilotes, démonstrateurs physiques et numériques, planches expérimentales, outils d&amp;#039;aide à la conception, au dimensionnement et à la gestion des eaux pluviales urbaines et provenant d&amp;#039;infrastructures de transport...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation d&amp;#039;actions de surveillance, essais, mesures, développements analytiques pour le suivi des émissions et pressions pouvant impacter les milieux aquatiques : réalisation de campagnes de mesures quantitatives et qualitatives (physico-chimie, hydrobiologie) sur milieu récepteur et réseaux (et STEP), évaluation des impacts des rejets urbains sur les eaux de surface et souterraines, instrumentation d&amp;#039;ouvrages de gestion des eaux pluviales...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation d&amp;#039;une assistance à maîtrise d&amp;#039;ouvrage sur ces thématiques (rédaction de CCTP, analyse des offres...).
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation d&amp;#039;outils d&amp;#039;accompagnement (sensibilisation, formations)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N106" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Mobilité pour tous
 Milieux humides</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U106" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V106" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/favoriser-gestion-integree-eau-ville-infrastructures</t>
         </is>
       </c>
-      <c r="W114" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X106" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y106" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z106" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7616-favoriser-une-gestion-integree-de-leau-en-vil/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-[...442 lines deleted...]
-      <c r="A118" s="1">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
         <v>143406</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Former pour elaborer le zonage pluvial, un outil essentiel pour votre territoire (Formation)</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K118" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L118" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;urbanisation et l&amp;#039;imperméabilisation croissante des sols engendrent et accentuent les phénomènes d&amp;#039;inondations et de pollutions des milieux aquatiques. Le changement climatique renforce les risques liés à ces phénomènes.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La collectivité compétente doit définir la politique de gestion des eaux pluviales qu&amp;#039;elle souhaite porter, afin que l&amp;#039;urbanisation (actuelle et future) ait un impact le plus faible possible sur le cycle naturel de l&amp;#039;eau, l&amp;#039;environnement au sens large et indirectement sur les finances de la collectivité .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;article L.2224-10 du code général des collectivités territoriales prévoit que les communes (ou leurs groupements compétents) délimitent un zonage pluvial adapté à leur territoire en répondant aux enjeux actuels.
 &lt;/p&gt;
 &lt;p&gt;
  Pour la collectivité compétente, l&amp;#039;élaboration du zonage pluvial constitue une obligation pour les territoires à enjeu qui s&amp;#039;inscrit dans une politique plus globale d&amp;#039;amélioration du cadre de vie et de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  Une démarche propre à chaque territoire doit être élaborée, cette formation proposera une méthodologie décomposée en plusieurs étapes pour l&amp;#039;élaboration du document.
 &lt;/p&gt;
 &lt;p&gt;
  En référence, un guide méthodologique a été publié par le Cerema pour aider et accompagner les acteurs dans cette démarche, en s&amp;#039;appuyant sur des exemples de mise en en place et de mise en œuvre d&amp;#039;un zonage pluvial.
 &lt;/p&gt;
 &lt;p&gt;
  Cette formation s&amp;#039;appuie sur les préconisations du guide zonage pluvial et du P&amp;#039;tit Essentiel associé.
 &lt;/p&gt;
 &lt;h3&gt;
@@ -25205,140 +23299,140 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Modalités d&amp;#039;évaluation
 &lt;/h4&gt;
 &lt;p&gt;
  Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
 &lt;/p&gt;
 &lt;h4&gt;
  Accessibilité de nos formations aux personnes en situation de handicap
 &lt;/h4&gt;
 &lt;p&gt;
  Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement, merci de contacter le référent handicap : naima.ait-el-hadj&amp;#64;cerema.fr
 &lt;/p&gt;
 &lt;h4&gt;
  Délais d&amp;#039;accès
 &lt;/h4&gt;
 &lt;p&gt;
  En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Education et renforcement des compétences
 Risques naturels
 Biodiversité
 Appui méthodologique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V107" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/formation-elaborer-zonage-pluvial-outil-essentiel-votre</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X107" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y107" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z107" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/71ec-former-pour-elaborer-le-zonage-pluvial-un-out/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
         <v>144512</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Financer la gestion et la valorisation des cours d'eau et milieux humides associés</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E108" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G119" s="1" t="inlineStr">
+      <c r="G108" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H108" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
+      <c r="K108" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L119" s="1" t="inlineStr">
+      <c r="L108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les 4 500 kilomètres de rivières des Landes doivent continuer à remplir leur rôle sur le territoire, de réseau naturel pour la biodiversité, de lieu de loisirs (pêche, activités nautiques, promenade...) et de vecteur du développement économique.
 &lt;/p&gt;
 &lt;p&gt;
  Pour tenir les objectifs d&amp;#039;atteinte du bon état des eaux, fixés par la Directive Cadre européenne sur l&amp;#039;Eau et repris dans le Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux du Bassin Adour-Garonne, une implication de tous les acteurs du territoire est nécessaire.
 &lt;/p&gt;
 &lt;p&gt;
  C&amp;#039;est pourquoi, le Département entend pérenniser la politique volontariste engagée depuis de nombreuses années en faveur des rivières et qui se traduit par un soutien aux structures gestionnaires, en les accompagnant dans leurs projets de gestion raisonnée de ces milieux, à l&amp;#039;échelle des bassins versants.
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;interventions présentées ci-après s&amp;#039;entendent dans la limite des enveloppes budgétaires votées annuellement par l&amp;#039;Assemblée départementale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Objectifs poursuivis
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département est susceptible d&amp;#039;accorder aux communes (Titre IV uniquement), aux établissements publics de coopération intercommunale (EPCI) et aux syndicats mixtes ayant compétence en matière de gestion des cours d&amp;#039;eau, des aides pour des opérations (études, travaux, acquisitions foncières et actions d&amp;#039;animation) visant à améliorer la gestion de l&amp;#039;espace rivière (cours d&amp;#039;eau et milieux humides associés) et de son bassin versant, en correspondance avec les objectifs visés par le schéma départemental pour la gestion et la valorisation des cours d&amp;#039;eau :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    en termes d&amp;#039;objectifs généraux :
@@ -25355,62 +23449,62 @@
  -	gestion des cours d&amp;#039;eau et des milieux humides associés à une échelle hydrographique cohérente qui est celle, de préférence, du bassin versant ;
 &lt;/p&gt;
 &lt;p&gt;
  -	mise en place d&amp;#039;une gestion pérenne qui englobe le fonctionnement d&amp;#039;un bassin versant, en intégrant non seulement le cours d&amp;#039;eau principal mais aussi ses affluents et les milieux humides associés ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prise en compte des thématiques complémentaires telles que la qualité de l&amp;#039;eau, la gestion quantitative et la gestion des usages ;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    en termes d&amp;#039;objectifs spécifiques identifiés par type de cours d&amp;#039;eau :
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  -	l&amp;#039;identification des objectifs prioritaires effectuée par nature d&amp;#039;enjeu et pour chacun des 4 grands types de cours d&amp;#039;eau du département, à savoir les cours d&amp;#039;eau à fort module, les cours d&amp;#039;eau côtiers, les cours d&amp;#039;eau du plateau landais et assimilés et les cours d&amp;#039;eau du sud Adour et petits affluents de l&amp;#039;Adour est explicitée dans le document « politique départementale de gestion et de valorisation des cours d&amp;#039;eau landais : bilan et perspectives » tel que validé par l&amp;#039;Assemblée départementale le 6 novembre 2009.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N108" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O108" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R119" s="1" t="inlineStr">
+      <c r="R108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Conditions générales d&amp;#039;éligibilité
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions pourra être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Seules les opérations visant les objectifs précisés aux articles 1, 6, 9, 10, 14 et 17 sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Modalités et conditions d&amp;#039;attribution de la subvention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande de subvention sera soumise aux fins de décision attributive à la Commission Permanente et un arrêté attributif de subvention sera pris en application de cette décision.
 &lt;/p&gt;
 &lt;p&gt;
  Dans l&amp;#039;hypothèse où l&amp;#039;opération n&amp;#039;aurait pas fait l&amp;#039;objet d&amp;#039;un commencement d&amp;#039;exécution dans un délai de 2 ans à compter de la date de l&amp;#039;arrêté attributif, un arrêté annulant la subvention sera pris après information de la Commission Permanente.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes de solde des opérations de travaux et d&amp;#039;animation, incluant l&amp;#039;ensemble des justificatifs nécessaires à leur versement, devront parvenir au Département dans un délai de 4 ans à compter de la date de l&amp;#039;arrêté attributif.
@@ -25428,123 +23522,123 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   du décompte général des dépenses visé par le comptable public,
  &lt;/li&gt;
  &lt;li&gt;
   du plan de financement définitif de l&amp;#039;opération visé par le Maire ou le Président de la structure,
  &lt;/li&gt;
  &lt;li&gt;
   pour les études, d&amp;#039;un exemplaire du rapport final et, pour les opérations de travaux, maîtrise foncière et animation, d&amp;#039;un compte-rendu dressant un bilan détaillé de l&amp;#039;opération approuvé par l&amp;#039;autorité compétente.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les modalités de versement des subventions seront précisées dans l&amp;#039;arrêté attributif de subvention afférent, et le cas échéant, uniquement pour celles relatives aux travaux et études, un ou plusieurs acomptes pourront être versés sur production de l&amp;#039;acte administratif ordonnant le commencement de l&amp;#039;opération, d&amp;#039;une facture justifiant l&amp;#039;engagement des opérations, d&amp;#039;une attestation signée du Président attestant de l&amp;#039;engagement de l&amp;#039;opération ou de la production des rapports de phases validés par le comité de pilotage pour les études.
 &lt;/p&gt;
 &lt;p&gt;
  Le Département se réserve le droit de demander au bénéficiaire de fournir les copies des factures justificatives du total des dépenses et une copie des justificatifs d&amp;#039;engagement des autres partenaires financiers figurant sur le plan de financement définitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S108" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U108" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V108" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=120</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X108" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
   environnement&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y108" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z108" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4b03-aide-pour-la-gestion-et-la-valorisation-des-c/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
+      <c r="AA108" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
         <v>144516</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Mener des projets de protection et de valorisation du patrimoine naturel landais</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E109" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G109" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H120" s="1" t="inlineStr">
+      <c r="H109" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K109" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Loi du 18 juillet 1985 complétée depuis par différents textes (article L 113-8 du Code de l&amp;#039;Urbanisme) stipule que :
 &lt;/p&gt;
 &lt;p&gt;
  « Le Département est compétent pour élaborer et mettre en œuvre une politique de protection, de gestion et d&amp;#039;ouverture au public des Espaces Naturels Sensibles, boisés ou non, destinée à préserver la qualité des sites, des paysages, des milieux naturels et des champs naturels d&amp;#039;expansion des crues et d&amp;#039;assurer la sauvegarde des habitats naturels (...) ».
 &lt;/p&gt;
 &lt;p&gt;
  Pour atteindre cet objectif, le Département dispose de deux moyens :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   un outil juridique qui lui donne la compétence de créer des Zones de Préemption au titre des Espaces Naturels Sensibles (ZPENS) ;
  &lt;/li&gt;
  &lt;li&gt;
   un outil financier, avec la possibilité d&amp;#039;instituer la Taxe d&amp;#039;Aménagement, perçue sur les permis de construire et d&amp;#039;aménager et qui permet de financer des actions qui, en quelque sorte, « compensent » les consommations d&amp;#039;espaces liées à l&amp;#039;urbanisation.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette compétence « ENS » place le Département, non seulement comme un acteur clé de la politique de protection du patrimoine naturel, tant par son rôle direct que par ses contributions à des politiques menées par d&amp;#039;autres acteurs, mais aussi comme un des acteurs majeurs de la politique d&amp;#039;aménagement et de développement durable du territoire départemental.
 &lt;/p&gt;
 &lt;p&gt;
  Dans la continuité des politiques engagées depuis plus de 20 ans, l&amp;#039;Assemblée départementale a adopté, le 27 mars 2018, le Schéma Nature 40 qui vise à :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -25575,63 +23669,63 @@
   travaux d&amp;#039;aménagement et de restauration écologique,
  &lt;/li&gt;
  &lt;li&gt;
   gestion et entretien des sites.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Préalablement à toute intervention directe (acquisition pour son compte) ou indirecte (à la demande d&amp;#039;une collectivité ou d&amp;#039;une association) du Département sur un site, il est procédé à son évaluation.
 &lt;/p&gt;
 &lt;p&gt;
  Les critères qui déterminent l&amp;#039;action du Département sont de quatre ordres : écologiques, stratégiques, sociaux et paysagers. En effet, pour être éligible à la politique Nature 40, un site devra présenter avant tout un intérêt écologique majeur par la présence d&amp;#039;espèces ou d&amp;#039;habitats patrimoniaux, mais aussi posséder une dimension stratégique telle que sa taille ou sa place dans un réseau écologique.
 &lt;/p&gt;
 &lt;p&gt;
  Le service Patrimoine Naturel évalue, à l&amp;#039;aide de ces critères, l&amp;#039;éligibilité du site.
 &lt;/p&gt;
 &lt;p&gt;
  Celui-ci est alors présenté pour avis devant la Commission Nature 40 avant que les Elus du Département décident en Commission Permanente d&amp;#039;un engagement du Département qui se traduira par une contractualisation pluriannuelle.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr&amp;#34;
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N109" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O109" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Recevabilité des demandes de subvention
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être recevable, le dossier sollicitant l&amp;#039;aide du Département devra être déposé avant tout commencement d&amp;#039;opération et comporter l&amp;#039;ensemble des pièces indiquées ci-après dans les articles afférents. Une autorisation de démarrage anticipé des actions devra être sollicitée préalablement à la décision d&amp;#039;attribution de subvention et sa délivrance ne présagera en rien de l&amp;#039;issue qui sera donnée à la demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Modalités et conditions d&amp;#039;attribution de la subvention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes de subvention seront instruites par le Service Patrimoine Naturel de la Direction de l&amp;#039;Environnement puis soumises aux fins de décision attributive à la Commission Permanente.
 &lt;/p&gt;
 &lt;p&gt;
  La labélisation des sites, ouvrant droit à déposer une demande de subvention, ainsi que la création ou la modification de Zones de préemption, seront examinées dans le cadre partenarial de la Commission Nature 40 dont la composition a été approuvée par l&amp;#039;Assemblée départementale le 5 novembre 2018 et modifiée en mars 2023 (Budget Primitif 2023).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Contractualisation
  &lt;/strong&gt;
@@ -25690,166 +23784,166 @@
   un représentant désigné par chaque Communauté de Communes,
  &lt;/li&gt;
  &lt;li&gt;
   un représentant désigné par chaque Association Agréée pour la Pêche et la Protection des Milieux Aquatiques locale et/ou leur fédération,
  &lt;/li&gt;
  &lt;li&gt;
   un représentant de l&amp;#039;opérateur ou animateur du site Natura 2000,
  &lt;/li&gt;
  &lt;li&gt;
   un représentant des usagers du site,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;Office National des Forêts,
  &lt;/li&gt;
  &lt;li&gt;
   un représentant désigné par les Associations Syndicales Autorisées utilisant le site.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   cf. descriptif complet sur le guide des aides sur landes.fr
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S109" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T120" s="1" t="inlineStr">
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
         <is>
           <t>https://www.landes.fr/detail-aide?id_aide=170</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X109" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
   environnement&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y109" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z109" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4dfd-protection-et-valorisation-du-patrimoine-natu/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA109" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
         <v>144547</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D110" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E110" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G110" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H121" s="1" t="inlineStr">
+      <c r="H110" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K121" s="1" t="inlineStr">
+      <c r="K110" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
+      <c r="L110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M121" s="1" t="inlineStr">
+      <c r="M110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N110" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -25892,1151 +23986,686 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O110" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S121" s="1" t="inlineStr">
+      <c r="S110" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T121" s="1" t="inlineStr">
+      <c r="T110" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U110" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V110" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W121" s="1" t="inlineStr">
+      <c r="W110" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-[...460 lines deleted...]
-      <c r="A124" s="1">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
         <v>145885</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants favorisant la biodiversité et la nature en ville</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E111" s="1" t="inlineStr">
         <is>
           <t>Métropole du Grand Paris</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H124" s="1" t="inlineStr">
+      <c r="H111" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
+      <c r="K111" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L124" s="1" t="inlineStr">
+      <c r="L111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le
   Fonds Biodiversité
  a été instauré le 14 avril 2023. Il est doté de
   80 millions d&amp;#039;euros
  d&amp;#039;ici 2030.
 &lt;/p&gt;
 &lt;p&gt;
  Le Fonds biodiversité témoigne de la volonté de la Métropole du Grand Paris de soutenir des projets structurants
   favorisant la biodiversité et la nature en ville et s&amp;#039;inscrivant dans la trame écologique métropolitaine
  . Il constitue une des 13 mesures prioritaires identifiées dans le Plan biodiversité métropolitain.
 &lt;/p&gt;
 &lt;p&gt;
  Ce Fonds a pour objectif de financer des dépenses d&amp;#039;investissement (acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation de projets structurants, notamment en matière de plantations d&amp;#039;arbres, de résorptions de coupures écologiques, de désimperméabilisation et renaturation d&amp;#039;espaces, etc.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes de subvention seront analysées à l&amp;#039;aune des 5 axes suivants, détaillés dans le règlement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les dimensions du projet : Une envergure métropolitaine
  &lt;/li&gt;
  &lt;li&gt;
   La localisation du projet : Un lieu de connexion écologique et d&amp;#039;adaptation au changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   La cohérence du projet avec les documents stratégiques métropolitains : Equilibre territorial
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;ambition écologique du projet : Performance écologique et environnementale
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;économie du projet : Cohérence économique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
    fondsbiodiversite&amp;#64;metropolegrandparis.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M124" s="1" t="inlineStr">
+      <c r="M111" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Plantation massive d&amp;#039;arbres, en cohérence avec la trame verte métropolitaine : Plans canopée, Plans arbres, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Désartificialisation et renaturation d&amp;#039;espaces
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition foncière, dans l&amp;#039;objectif de renaturer l&amp;#039;espace
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N111" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O111" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont éligibles, les projets portés par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les
   &lt;strong&gt;
    communes, établissements publics territoriaux (EPT) et autres établissements publics
   &lt;/strong&gt;
   situés sur le périmètre de la Métropole du Grand Paris pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage,
  &lt;/li&gt;
  &lt;li&gt;
   Les
   &lt;strong&gt;
    personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles
   &lt;/strong&gt;
   , situées sur le périmètre de la Métropole du Grand Paris.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les
  &lt;strong&gt;
   dépenses éligibles sont les dépenses d&amp;#039;investissement
  &lt;/strong&gt;
  (principalement acquisitions foncières, études de maitrise d&amp;#039;œuvre et travaux) nécessaires à la réalisation du projet. En conséquence, les dépenses de fonctionnement (notamment les dépenses pour l&amp;#039;entretien, la gestion, la surveillance, la communication et l&amp;#039;animation des espaces) ne sont pas éligibles.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S111" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T111" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U111" s="1" t="inlineStr">
         <is>
           <t>Métropole du Grand Paris</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V111" s="1" t="inlineStr">
         <is>
           <t>https://www.metropolegrandparis.fr/fr/fonds-biodiversite</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X111" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  fondsbiodiversite&amp;#64;metropolegrandparis.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y111" s="1" t="inlineStr">
         <is>
           <t>roxane.leverrier@metropolegrandparis.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z111" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ff83-financer-des-projets-structurants-favorisant-/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA111" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
         <v>147706</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C125" s="1" t="inlineStr">
+      <c r="C112" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E112" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G112" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I125" s="1" t="inlineStr">
+      <c r="I112" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K112" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
+      <c r="L112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N112" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O112" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P125" s="1" t="inlineStr">
+      <c r="P112" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q125" s="1" t="inlineStr">
+      <c r="Q112" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R112" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T125" s="1" t="inlineStr">
+      <c r="T112" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U112" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V112" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X112" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y112" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z112" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA112" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-      <c r="A126" s="1">
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
         <v>148754</v>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Améliorer le cadre de vie au sein des communes</t>
         </is>
       </c>
-      <c r="D126" s="1" t="inlineStr">
+      <c r="D113" s="1" t="inlineStr">
         <is>
           <t>Amélioration du cadre de vie au sein des communes</t>
         </is>
       </c>
-      <c r="E126" s="1" t="inlineStr">
+      <c r="E113" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G126" s="1" t="inlineStr">
+      <c r="G113" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H126" s="1" t="inlineStr">
+      <c r="H113" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K126" s="1" t="inlineStr">
+      <c r="K113" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
+      <c r="L113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Visite de conseil pour améliorer le cadre de vie de sa commune ;
   &lt;/li&gt;
   &lt;li&gt;
    Accompagnement à l&amp;#039;obtention et/ou à la progression dans le label villes et villages fleuris.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Visite de la commune par les membres de la commission embellissement
 &lt;/p&gt;
 &lt;p&gt;
  A la suite de plusieurs visites et échanges, les membres de la commission apportent des pistes concrètes d&amp;#039;amélioration pour présenter un dossier au niveau régional (1 à 3 fleurs) ou national (4 fleurs)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N126" s="1" t="inlineStr">
+      <c r="N113" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O126" s="1" t="inlineStr">
+      <c r="O113" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S126" s="1" t="inlineStr">
+      <c r="S113" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U126" s="1" t="inlineStr">
+      <c r="U113" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V126" s="1" t="inlineStr">
+      <c r="V113" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/amelioration-du-cadre-de-vie-au-sein-des-communes/</t>
         </is>
       </c>
-      <c r="W126" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X126" s="1" t="inlineStr">
+      <c r="X113" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Direction de l&amp;#039;environnement
 &lt;/p&gt;
 &lt;p&gt;
  Laurence Didier – coordinatrice de la mission embellissement &amp;amp; cadre de vie
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a&gt;
   ldidier&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 06 98 96 40 78
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y126" s="1" t="inlineStr">
+      <c r="Y113" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z126" s="1" t="inlineStr">
+      <c r="Z113" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ceb4-amelioration-du-cadre-de-vie-au-sein-des-comm/</t>
         </is>
       </c>
-      <c r="AA126" s="1" t="inlineStr">
+      <c r="AA113" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="127" spans="1:27" customHeight="0">
-      <c r="A127" s="1">
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
         <v>150687</v>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
         </is>
       </c>
-      <c r="E127" s="1" t="inlineStr">
+      <c r="E114" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G127" s="1" t="inlineStr">
+      <c r="G114" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H127" s="1" t="inlineStr">
+      <c r="H114" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K127" s="1" t="inlineStr">
+      <c r="K114" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L127" s="1" t="inlineStr">
+      <c r="L114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N127" s="1" t="inlineStr">
+      <c r="N114" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -27077,393 +24706,393 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O127" s="1" t="inlineStr">
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R127" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S127" s="1" t="inlineStr">
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T127" s="1" t="inlineStr">
+      <c r="T114" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U127" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V127" s="1" t="inlineStr">
+      <c r="V114" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X127" s="1" t="inlineStr">
+      <c r="X114" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y127" s="1" t="inlineStr">
+      <c r="Y114" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z127" s="1" t="inlineStr">
+      <c r="Z114" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA127" s="1" t="inlineStr">
+      <c r="AA114" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="128" spans="1:27" customHeight="0">
-      <c r="A128" s="1">
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
         <v>151703</v>
       </c>
-      <c r="B128" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D128" s="1" t="inlineStr">
+      <c r="D115" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E128" s="1" t="inlineStr">
+      <c r="E115" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G128" s="1" t="inlineStr">
+      <c r="G115" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H128" s="1" t="inlineStr">
+      <c r="H115" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K128" s="1" t="inlineStr">
+      <c r="K115" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L128" s="1" t="inlineStr">
+      <c r="L115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N128" s="1" t="inlineStr">
+      <c r="N115" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O128" s="1" t="inlineStr">
+      <c r="O115" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R128" s="1" t="inlineStr">
+      <c r="R115" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S128" s="1" t="inlineStr">
+      <c r="S115" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T128" s="1" t="inlineStr">
+      <c r="T115" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U128" s="1" t="inlineStr">
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X128" s="1" t="inlineStr">
+      <c r="X115" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y128" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z128" s="1" t="inlineStr">
+      <c r="Z115" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA128" s="1" t="inlineStr">
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="129" spans="1:27" customHeight="0">
-      <c r="A129" s="1">
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
         <v>152463</v>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Aider à la préservation de la biodiversité</t>
         </is>
       </c>
-      <c r="D129" s="1" t="inlineStr">
+      <c r="D116" s="1" t="inlineStr">
         <is>
           <t>PRESERVATION DE LA BIODIVERSITE CONTRIBUANT NOTAMMENT A LA LUTTE CONTRE LE RECHAUFFEMENT CLIMATIQUE</t>
         </is>
       </c>
-      <c r="E129" s="1" t="inlineStr">
+      <c r="E116" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G129" s="1" t="inlineStr">
+      <c r="G116" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H129" s="1" t="inlineStr">
+      <c r="H116" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I129" s="1" t="inlineStr">
+      <c r="I116" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J129" s="1" t="inlineStr">
+      <c r="J116" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K129" s="1" t="inlineStr">
+      <c r="K116" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L129" s="1" t="inlineStr">
+      <c r="L116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la préservation de la biodiversité par l&amp;#039;acquisition de parcelles présentant un intérêt écologique (marais, boisements, landes, pelouses calcicoles...) non classées espaces naturels sensibles (ENS).
 &lt;/p&gt;
 &lt;p&gt;
  Aménagement en faveur de la préservation de la biodiversité et notamment la création de micro-forêts, d&amp;#039;îlots de fraicheur contribuant aussi à la lutte contre les effets du réchauffement climatique.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M129" s="1" t="inlineStr">
+      <c r="M116" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagements paysagers, espace découverte de la biodiversité
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;aménagement du parc paysager de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement du jardin de la mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création du parc paysager du Château de Villers sous Saint Leu
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone humide à Hermes et aménagement d&amp;#039;une mare à Berthecourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un cimetière écologique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N129" s="1" t="inlineStr">
+      <c r="N116" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Espaces verts
 Biodiversité
 Paysage
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O129" s="1" t="inlineStr">
+      <c r="O116" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R129" s="1" t="inlineStr">
+      <c r="R116" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -27608,355 +25237,355 @@
      &lt;p&gt;
       Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  *Direction générale adjointe aménagement durable de l&amp;#039;environnement et de la mobilité
  &lt;br /&gt;
  Service de l&amp;#039;eau, de l&amp;#039;assainissement et des rivières
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ou s&amp;#039;apparentant à des travaux d&amp;#039;entretien (à l&amp;#039;exception des travaux d&amp;#039;entretien des rivières).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S129" s="1" t="inlineStr">
+      <c r="S116" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T129" s="1" t="inlineStr">
+      <c r="T116" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U129" s="1" t="inlineStr">
+      <c r="U116" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V129" s="1" t="inlineStr">
+      <c r="V116" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W129" s="1" t="inlineStr">
+      <c r="W116" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X129" s="1" t="inlineStr">
+      <c r="X116" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y129" s="1" t="inlineStr">
+      <c r="Y116" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z129" s="1" t="inlineStr">
+      <c r="Z116" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f477-aider-a-la-preservation-de-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA129" s="1" t="inlineStr">
+      <c r="AA116" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="130" spans="1:27" customHeight="0">
-      <c r="A130" s="1">
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
         <v>154983</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Mobiliser les atouts du territoire pour lutter et d'adapter au changement climatique et à l'urgence énergétique</t>
         </is>
       </c>
-      <c r="C130" s="1" t="inlineStr">
+      <c r="C117" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D130" s="1" t="inlineStr">
+      <c r="D117" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E130" s="1" t="inlineStr">
+      <c r="E117" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="G130" s="1" t="inlineStr">
+      <c r="G117" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H130" s="1" t="inlineStr">
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I130" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K130" s="1" t="inlineStr">
+      <c r="K117" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L130" s="1" t="inlineStr">
+      <c r="L117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La situation géographique du PETR Sélestat Alsace Central et de la communauté de communes du Canton d&amp;#039;Erstein en bordure du Rhin et à la confluence de nombreux cours d&amp;#039;eau confère au territoire un patrimoine naturel exceptionnel. La préservation et la restauration des ressources naturelles mais également celle des éléments participant de l&amp;#039;identité paysagère (réseau hydrographique, coteaux, piémont, façade rhénane, ried) doivent conditionner le développement local du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Des dynamiques dans ce sens sont actuellement à l&amp;#039;œuvre sur le territoire : le Projet Alimentaire Territorial 2020-2022 ; le Pacte de Relance et de Transition Energétique ; les Plans Climat Air Energie Territorial ; les Contrats d&amp;#039;objectif Territorial « Accélérateur de transition » dans lesquels se sont engagés chaque EPCI et qui représentent un processus transversal climat-air-énergie.
 &lt;/p&gt;
 &lt;p&gt;
  La préservation environnementale constitue donc pour le territoire un levier de transition, de coopération et d&amp;#039;innovation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M130" s="1" t="inlineStr">
+      <c r="M117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Développer des circuits courts ainsi que la création et/ou le développement de filières alimentaires de proximité
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Créer et/ou développer des actions de communication et/ou d&amp;#039;animation contribuant au développement de l&amp;#039;agriculture durable, à l&amp;#039;autonomie alimentaire et/ou l&amp;#039;alimentation locale
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Soutenir les équipements de valorisation des filières mellifères et fruitières issues de l&amp;#039;agriculture biologique ou en conversion
 &lt;/p&gt;
 &lt;p&gt;
  Créer et/ou préserver des espaces naturels
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Créer et/ou préserver de mares, vergers, serres, jardins partagés ou pédagogiques
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Valoriser la production locale d&amp;#039;énergies renouvelables pour de l&amp;#039;autoconsommation collective
 &lt;/p&gt;
 &lt;p&gt;
  Développer la filière locale du bois en faveur de l&amp;#039;économie circulaire locale
 &lt;/p&gt;
 &lt;p&gt;
  Actions pédagogiques de sensibilisation à la transition écologique et/ou aux enjeux du dérèglement climatique à destination de tous les publics
 &lt;/p&gt;
 &lt;p&gt;
  Démarches d&amp;#039;expérimentation sur l&amp;#039;adaptation des peuplements forestiers et/ou espèces végétales aux défis climatiques
 &lt;/p&gt;
 &lt;p&gt;
  Actions d&amp;#039;économie et/ou de la protection de la ressource eau
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N130" s="1" t="inlineStr">
+      <c r="N117" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O130" s="1" t="inlineStr">
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R130" s="1" t="inlineStr">
+      <c r="R117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S130" s="1" t="inlineStr">
+      <c r="S117" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T130" s="1" t="inlineStr">
+      <c r="T117" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U130" s="1" t="inlineStr">
+      <c r="U117" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V130" s="1" t="inlineStr">
+      <c r="V117" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X130" s="1" t="inlineStr">
+      <c r="X117" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale :&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y130" s="1" t="inlineStr">
+      <c r="Y117" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z130" s="1" t="inlineStr">
+      <c r="Z117" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1fb4-mobiliser-les-atouts-du-territoire-pour-lutte/</t>
         </is>
       </c>
-      <c r="AA130" s="1" t="inlineStr">
+      <c r="AA117" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="131" spans="1:27" customHeight="0">
-      <c r="A131" s="1">
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
         <v>154987</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Impulser le changement avec les habitants</t>
         </is>
       </c>
-      <c r="C131" s="1" t="inlineStr">
+      <c r="C118" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D131" s="1" t="inlineStr">
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 de Fougères Agglomération</t>
         </is>
       </c>
-      <c r="E131" s="1" t="inlineStr">
+      <c r="E118" s="1" t="inlineStr">
         <is>
           <t>Fougères Agglomération
 L'Europe s'engage en Bretagne</t>
         </is>
       </c>
-      <c r="F131" s="1" t="inlineStr">
+      <c r="F118" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bretagne</t>
         </is>
       </c>
-      <c r="G131" s="1" t="inlineStr">
+      <c r="G118" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H131" s="1" t="inlineStr">
+      <c r="H118" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K131" s="1" t="inlineStr">
+      <c r="K118" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L131" s="1" t="inlineStr">
+      <c r="L118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme européen LEADER est porté par Fougères Agglomération. La zone couverte associe Fougères Agglomération et Couesnon Marches de Bretagne.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Principes essentiels
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide LEADER  se définit autour de 4  principes-clés :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Une stratégie locale
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les priorités sont le fruit d&amp;#039;une concertation qui a été menée en 2022 et qui a mobilisé un maximum d&amp;#039;acteurs de Fougères Agglomération et de Couesnon Marches de Bretagne. L&amp;#039;Europe, la France et la Région fixent un cadre mais elles laissent le territoire définir son programme d&amp;#039;actions. Le thème central du programme 2023-2027 est : « LE CHANGEMENT AVEC LES HABITANTS ».
  &lt;br /&gt;
@@ -28123,220 +25752,220 @@
  &lt;/em&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Enjeux
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Enrichir la stratégie par un partage d&amp;#039;expériences avec d&amp;#039;autres territoires sur des axes de développement comparables
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;ouverture du territoire sur l&amp;#039;extérieur
  &lt;/li&gt;
  &lt;li&gt;
   Mutualiser les moyens
  &lt;/li&gt;
  &lt;li&gt;
   Échanger
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N131" s="1" t="inlineStr">
+      <c r="N118" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Forêts
 Friche
 Transition énergétique
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Biodiversité
 Animation et mise en réseau
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides</t>
         </is>
       </c>
-      <c r="O131" s="1" t="inlineStr">
+      <c r="O118" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P131" s="1" t="inlineStr">
+      <c r="P118" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q131" s="1" t="inlineStr">
+      <c r="Q118" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="S131" s="1" t="inlineStr">
+      <c r="S118" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T131" s="1" t="inlineStr">
+      <c r="T118" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U131" s="1" t="inlineStr">
+      <c r="U118" s="1" t="inlineStr">
         <is>
           <t>CA Fougères Agglomération</t>
         </is>
       </c>
-      <c r="V131" s="1" t="inlineStr">
+      <c r="V118" s="1" t="inlineStr">
         <is>
           <t>https://fougeres-agglo.bzh/fougeres-agglo/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X131" s="1" t="inlineStr">
+      <c r="X118" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Valérie JANVIER, Chargée de mission LEADER, Tél : 02 99 17 05 29
 &lt;/p&gt;
 &lt;p&gt;
  Fougères Agglomération
 &lt;/p&gt;
 &lt;p&gt;
  Parc d&amp;#039;activités de l&amp;#039;Aumaillerie
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CS 70665. La Selle-en-Luitré
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  35306 Fougères CEDEX
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y131" s="1" t="inlineStr">
+      <c r="Y118" s="1" t="inlineStr">
         <is>
           <t>vjanvier@fougeres-agglo.bzh</t>
         </is>
       </c>
-      <c r="Z131" s="1" t="inlineStr">
+      <c r="Z118" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eefe-impulser-le-changement-avec-les-habitants/</t>
         </is>
       </c>
-      <c r="AA131" s="1" t="inlineStr">
+      <c r="AA118" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="132" spans="1:27" customHeight="0">
-      <c r="A132" s="1">
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
         <v>156131</v>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Favoriser la préservation du patrimoine naturel</t>
         </is>
       </c>
-      <c r="D132" s="1" t="inlineStr">
+      <c r="D119" s="1" t="inlineStr">
         <is>
           <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
         </is>
       </c>
-      <c r="E132" s="1" t="inlineStr">
+      <c r="E119" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G132" s="1" t="inlineStr">
+      <c r="G119" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H132" s="1" t="inlineStr">
+      <c r="H119" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I132" s="1" t="inlineStr">
+      <c r="I119" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J132" s="1" t="inlineStr">
+      <c r="J119" s="1" t="inlineStr">
         <is>
           <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
         </is>
       </c>
-      <c r="K132" s="1" t="inlineStr">
+      <c r="K119" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L132" s="1" t="inlineStr">
+      <c r="L119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N132" s="1" t="inlineStr">
+      <c r="N119" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Biodiversité
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O132" s="1" t="inlineStr">
+      <c r="O119" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R132" s="1" t="inlineStr">
+      <c r="R119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères
  &lt;/li&gt;
  &lt;li&gt;
   Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
   (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
   (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
  &lt;/li&gt;
  &lt;li&gt;
   Mares :
   Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
  &lt;/li&gt;
  &lt;li&gt;
   Les aménagements favorables à la biodiversité
   en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
@@ -28411,558 +26040,388 @@
   Plafonds des dépenses subventionnables :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Mares : 8.000€ HT par mare
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements favorables à la biodiversité : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
  &lt;/li&gt;
  &lt;li&gt;
   Plantations : 50.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Haies : 18€ HT par mètre linéaire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="S119" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T132" s="1" t="inlineStr">
+      <c r="T119" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="U119" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
+      <c r="V119" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
         </is>
       </c>
-      <c r="W132" s="1" t="inlineStr">
+      <c r="W119" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X132" s="1" t="inlineStr">
+      <c r="X119" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y132" s="1" t="inlineStr">
+      <c r="Y119" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z132" s="1" t="inlineStr">
+      <c r="Z119" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
         </is>
       </c>
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="AA119" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-[...170 lines deleted...]
-      <c r="A134" s="1">
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
         <v>157095</v>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une assistance à la recherche de subventions et au montage des dossiers</t>
         </is>
       </c>
-      <c r="C134" s="1" t="inlineStr">
+      <c r="C120" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 EUROPE - FEDER - Fonds européen de développement régional
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 France Ruralités</t>
         </is>
       </c>
-      <c r="D134" s="1" t="inlineStr">
+      <c r="D120" s="1" t="inlineStr">
         <is>
           <t>Aide montage des dossiers de subventions</t>
         </is>
       </c>
-      <c r="E134" s="1" t="inlineStr">
+      <c r="E120" s="1" t="inlineStr">
         <is>
           <t>MATEC (ATD 57 Moselle)</t>
         </is>
       </c>
-      <c r="G134" s="1" t="inlineStr">
+      <c r="G120" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H134" s="1" t="inlineStr">
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K134" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L134" s="1" t="inlineStr">
+      <c r="L120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérentes qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.Dans le cadre de son assistance, MATEC peut aussi accompagner les collectivités dans la recherche et le montage des dossiers de subventions.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Qu&amp;#039;il s&amp;#039;agisse des dossiers du Département, de la Région Grand Est, de l&amp;#039;Etat, de l&amp;#039;Agence de l&amp;#039;Eau Rhin Meuse, de l&amp;#039;Europe, des divers appels à projets, MATEC aide les collectivités à :
  &lt;br /&gt;
  • trouver des pistes de financement pour les projets ;
  &lt;br /&gt;
  • monter au besoin les dossiers de subventions.
  &lt;br /&gt;
  &lt;br /&gt;
  MATEC peut vous accompagner au montage de dossiers de subventions (hors aides départementales) moyennant une somme équivalente à 2% du montant de la subvention accordée (minimum 1000 €, max 5000 € pour l&amp;#039;ensemble des dossiers d&amp;#039;un même projet).
  &lt;br /&gt;
  Cet accompagnement fait l&amp;#039;objet d&amp;#039;une mention dans la convention technique, d&amp;#039;un avenant ou d&amp;#039;une convention spécifique. Il comprend la rédaction et la mise en forme de l&amp;#039;ensemble des pièces (formulaires et leurs annexes incluant une proposition de plan de financement prévisionnel, courrier d&amp;#039;accompagnement, projet de délibération, attestations sur l&amp;#039;honneur diverses éventuelles) ainsi que l&amp;#039;aide à la compilation des pièces demandées.
  &lt;br /&gt;
  Pour activer cet accompagnement il convient de prendre attache avec nos services suffisamment en amont des échéances avec un dossier technique complet (programme de travaux, APS ou APD minimum quand un marché de travaux est nécessaire ou devis quand il n&amp;#039;y a pas de marché de travaux).
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N134" s="1" t="inlineStr">
+      <c r="N120" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O134" s="1" t="inlineStr">
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R134" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •    Être une collectivité locale ou un EPCI de Moselle.
  &lt;br /&gt;
  •    Être adhérent à MATEC.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S134" s="1" t="inlineStr">
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T134" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U134" s="1" t="inlineStr">
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>Moselle</t>
         </is>
       </c>
-      <c r="V134" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
         <is>
           <t>https://www.matec57.fr/</t>
         </is>
       </c>
-      <c r="X134" s="1" t="inlineStr">
+      <c r="X120" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
  &lt;br /&gt;
  •    A
  &lt;a target="_self"&gt;
   contact&amp;#64;matec57.fr
  &lt;/a&gt;
  en exposant brièvement votre projet ainsi que votre besoin.
  &lt;br /&gt;
  •    Au 03.55.94.18.11
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  17 Quai Paul Wiltzer
  &lt;br /&gt;
  57000 METZ
  &lt;br /&gt;
  Horaires d&amp;#039;ouverture :
  &lt;br /&gt;
  Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y134" s="1" t="inlineStr">
+      <c r="Y120" s="1" t="inlineStr">
         <is>
           <t>cyril.gillerat@matec57.fr</t>
         </is>
       </c>
-      <c r="Z134" s="1" t="inlineStr">
+      <c r="Z120" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/eb50-beneficier-dune-assistance-a-la-recherche-de-/</t>
         </is>
       </c>
-      <c r="AA134" s="1" t="inlineStr">
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="135" spans="1:27" customHeight="0">
-      <c r="A135" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>158480</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D135" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E135" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G135" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H135" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K135" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L135" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N135" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -28994,329 +26453,329 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O135" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P135" s="1" t="inlineStr">
+      <c r="P121" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R135" s="1" t="inlineStr">
+      <c r="R121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S135" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U135" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W135" s="1" t="inlineStr">
+      <c r="W121" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X135" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y135" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z135" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA135" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="136" spans="1:27" customHeight="0">
-      <c r="A136" s="1">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
         <v>159891</v>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Conseiller les communes et les intercommunalités en matière juridique et administrative</t>
         </is>
       </c>
-      <c r="D136" s="1" t="inlineStr">
+      <c r="D122" s="1" t="inlineStr">
         <is>
           <t>conseil juridique et administratif</t>
         </is>
       </c>
-      <c r="E136" s="1" t="inlineStr">
+      <c r="E122" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale du Gard</t>
         </is>
       </c>
-      <c r="G136" s="1" t="inlineStr">
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H122" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficier d&amp;#039;assistance et de conseil dans les domaines juridiques et administratifs pour les questions liées à la gestion locale
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M122" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil juridique : rédaction de notes ou avis sur une situation juridique donnée ou des problématiques de gestion locales
  &lt;/li&gt;
  &lt;li&gt;
   Conseil, assistance et aide à la rédaction de documents dans le cadre de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Accès gratuit à une plateforme de dématérialisation en matière de marchés publics et accompagnement dans la création d&amp;#039;un profil acheteur des collectivités gardoises
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de modèles de documents, relecture et vérification des projets de documents (contrats, conventions, arrêtés, délibérations, cahiers des charges de marchés publics)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil juridique en matière de domanialité, d&amp;#039;urbanisme, de gestion de service public, de relations avec les usagers
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N122" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Tourisme
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Milieux humides
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O122" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une commune ou un EPCI adhérent(e) à l&amp;#039;Agence Technique Départementale du Gard
 &lt;/p&gt;
 &lt;p&gt;
  Pour bénéficier des services de l&amp;#039;agence technique, la collectivité doit avoir approuver les statuts de l&amp;#039;ATD du Gard, délibérer sur son adhésion et signer la  convention d&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de l&amp;#039;adhésion est calculé ainsi qu&amp;#039;il suit :
 &lt;/p&gt;
 &lt;p&gt;
  0,50 € par habitant pour les communes
 &lt;/p&gt;
 &lt;p&gt;
  0,25 € pour les EPCI à fiscalité propre
 &lt;/p&gt;
 &lt;p&gt;
  0,10 €pour les EPCI sans fiscalité propre
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S122" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U122" s="1" t="inlineStr">
         <is>
           <t>Gard</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V122" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-technique-gard.fr/</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X122" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a target="_self"&gt;agence.technique&amp;#64;atdgard.fr&lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04.66.02.85.50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y122" s="1" t="inlineStr">
         <is>
           <t>d.paloc@atdgard.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z122" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8799-conseiller-les-communes-et-les-intercommunali/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA122" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
         <v>160859</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et promouvoir les patrimoines bâti et naturel du territoire</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C123" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D123" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E123" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G123" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H123" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I123" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J137" s="1" t="inlineStr">
+      <c r="J123" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 € de subvention</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K123" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif stratégique :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs opérationnels :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Renforcer la promotion du patrimoine naturel et bâti en particulier auprès du grand public
  &lt;/li&gt;
  &lt;li&gt;
   Améliorer le positionnement stratégique dans la préservation du patrimoine naturel et bâti
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -29370,209 +26829,209 @@
   &lt;strong&gt;
    1
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes
   &lt;strong&gt;
    2
   &lt;/strong&gt;
   ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Un évènement ne pourra faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Tous les projets devront être reconnus d&amp;#039;intérêt par le Pays d&amp;#039;Art et Histoire du PETR pour la préservation, valorisation et promotion du patrimoine relevant de cette labellisation
  &lt;/li&gt;
  &lt;li&gt;
   le cahier des charges des études devra être transmis
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N123" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Forêts
 Friche
 Biodiversité
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O123" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
  &lt;/li&gt;
  &lt;li&gt;
   Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S123" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T123" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U123" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V123" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X123" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y123" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z123" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5b1a-preserver-accompagnemer-et-valoriser-le-devel/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
+      <c r="AA123" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="138" spans="1:27" customHeight="0">
-      <c r="A138" s="1">
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
         <v>160868</v>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Favoriser la coopération des acteurs du territoire</t>
         </is>
       </c>
-      <c r="C138" s="1" t="inlineStr">
+      <c r="C124" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D138" s="1" t="inlineStr">
+      <c r="D124" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 5</t>
         </is>
       </c>
-      <c r="E138" s="1" t="inlineStr">
+      <c r="E124" s="1" t="inlineStr">
         <is>
           <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
         </is>
       </c>
-      <c r="G138" s="1" t="inlineStr">
+      <c r="G124" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H138" s="1" t="inlineStr">
+      <c r="H124" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I138" s="1" t="inlineStr">
+      <c r="I124" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J138" s="1" t="inlineStr">
+      <c r="J124" s="1" t="inlineStr">
         <is>
           <t>de 5 000 à 40 000 euros</t>
         </is>
       </c>
-      <c r="K138" s="1" t="inlineStr">
+      <c r="K124" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L138" s="1" t="inlineStr">
+      <c r="L124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   La coopération a pour objectif de prolonger la stratégie de développement du territoire et de s&amp;#039;enrichir de l&amp;#039;expérience de partenaires, acquérir de nouvelles compétences, favoriser l&amp;#039;échanges de pratiques et mutualiser des ressources et réaliser des expérimentations complémentaires.
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les effets attendus sont d&amp;#039;apporter une plus-value aux activités locales, de fédérer les acteurs locaux autour des projets de coopération et de renforcer l&amp;#039;ouverture vers l&amp;#039;extérieur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  La coopération peut prendre les formes suivantes :
  &lt;br /&gt;
  &lt;strong&gt;
   - La coopération « interterritoriale » entre des territoires au sein d&amp;#039;un même Etat membre ;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;strong&gt;
   - La coopération « transnationale » entre des territoires relevant de plusieurs Etats membres ainsi qu&amp;#039;avec des territoires de pays tiers (hors UE).
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
@@ -29591,51 +27050,51 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La préparation technique en amont des projets de coopération qui nécessitent un temps de préparation préalable à la réalisation concrète d&amp;#039;actions de coopération avec la recherche des partenaires et la mise en place du partenariat : animation, échange, visite, constitution d&amp;#039;un partenariat, organisation de réunions...
  &lt;/li&gt;
  &lt;li&gt;
   La réalisation concrète des actions communes de coopération au bénéfice de la stratégie du territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de coopération débouchent sur une ou plusieurs actions communes concrètes, définies et mises en œuvre conjointement par les partenaires, assorties d&amp;#039;objectifs de résultats clairement définis pour les partenaires et les territoires concernés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les projets de coopération seront en lien avec la stratégie LEADER plus particulièrement sur les thématiques suivantes : tourisme, valorisation des patrimoines, économie locale, services de proximité.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La coopération au travers de LEADER a pour vocation à traiter de ces problématiques mais peut également s&amp;#039;ouvrir à d&amp;#039;autres champs thématiques notamment pour rechercher des solutions sur des nouveaux défis territoriaux. Le Comité de programmation se réserve donc le droit de compléter et/ou amender les sujets possibles.
 &lt;/p&gt;
 &lt;p&gt;
  Un évènement ne pourra pas faire l&amp;#039;objet d&amp;#039;un financement au titre de LEADER qu&amp;#039;une seule fois sur la totalité de la programmation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N138" s="1" t="inlineStr">
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Friche
 Foncier
 Transition énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
@@ -29655,451 +27114,305 @@
 Paysage
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O138" s="1" t="inlineStr">
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R138" s="1" t="inlineStr">
+      <c r="R124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
 &lt;/p&gt;
 &lt;p&gt;
  Un accord de partenariat (ou projet d&amp;#039;accord), décrivant a minima, les objectifs, les missions et le rôle de chacun des partenaires et les contributions financières de chacun, doit être signé entre les structures partenaires des différents territoires qui coopèrent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S138" s="1" t="inlineStr">
+      <c r="S124" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T138" s="1" t="inlineStr">
+      <c r="T124" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U138" s="1" t="inlineStr">
+      <c r="U124" s="1" t="inlineStr">
         <is>
           <t>PAYS EPINAL CŒUR DES VOSGES</t>
         </is>
       </c>
-      <c r="V138" s="1" t="inlineStr">
+      <c r="V124" s="1" t="inlineStr">
         <is>
           <t>http://www.gal-pays-epinal.fr/</t>
         </is>
       </c>
-      <c r="X138" s="1" t="inlineStr">
+      <c r="X124" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ludmilla HELLOT, chargée de mission LEADER -
  &lt;a target="_self"&gt;
   lhellot&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  -
  &lt;span&gt;
   03 29 37 54 96
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   Cécile PIERRE, chargée de mission LEADER -
  &lt;/span&gt;
  &lt;a target="_self"&gt;
   cpierre&amp;#64;pays-epinal.fr
  &lt;/a&gt;
  - 03 29 37 87 72
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y138" s="1" t="inlineStr">
+      <c r="Y124" s="1" t="inlineStr">
         <is>
           <t>leader@pays-epinal.fr</t>
         </is>
       </c>
-      <c r="Z138" s="1" t="inlineStr">
+      <c r="Z124" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fae-4-accompagner-la-structuration-des-services-d/</t>
         </is>
       </c>
-      <c r="AA138" s="1" t="inlineStr">
+      <c r="AA124" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="139" spans="1:27" customHeight="0">
-[...146 lines deleted...]
-      <c r="A140" s="1">
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
         <v>161852</v>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Préserver la biodiversité à travers la reconquête des écosystèmes marins, terrestres et aquatiques</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C125" s="1" t="inlineStr">
         <is>
           <t>Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D140" s="1" t="inlineStr">
+      <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Biodiversité au fil de l'eau</t>
         </is>
       </c>
-      <c r="E140" s="1" t="inlineStr">
+      <c r="E125" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)</t>
         </is>
       </c>
-      <c r="G140" s="1" t="inlineStr">
+      <c r="G125" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H140" s="1" t="inlineStr">
+      <c r="H125" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I140" s="1" t="inlineStr">
+      <c r="I125" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="K140" s="1" t="inlineStr">
+      <c r="K125" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L140" s="1" t="inlineStr">
+      <c r="L125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Projets de protection et restauration sur tous milieux et espèces en lien avec les stratégies nationales ou régionales, à un taux modulable en fonction de la priorité de l&amp;#039;enjeu identifié. &lt;/p&gt;&lt;p&gt;L&amp;#039;instruction de cette aide se fait tout au long de l&amp;#039;année. &lt;/p&gt;&lt;p&gt;L&amp;#039;enveloppe budgétaire totale, pour l&amp;#039;ensemble des Outre-mer, est de 4M€. Le montant minimal d&amp;#039;aide est de 100 000€ (sauf exception) et il n&amp;#039;y a pas de montant plafond. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N140" s="1" t="inlineStr">
+      <c r="N125" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O140" s="1" t="inlineStr">
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R140" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet doit répondre aux objectifs des stratégies nationales et régionales de protection de la biodiversité. La durée du projet doit être de maximum 3 ans. &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S140" s="1" t="inlineStr">
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T140" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U140" s="1" t="inlineStr">
+      <c r="U125" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V140" s="1" t="inlineStr">
+      <c r="V125" s="1" t="inlineStr">
         <is>
           <t>https://www.ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="X140" s="1" t="inlineStr">
+      <c r="X125" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;delegation.ocean-indien&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;celine.maurer&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y140" s="1" t="inlineStr">
+      <c r="Y125" s="1" t="inlineStr">
         <is>
           <t>camille.charvolen@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z140" s="1" t="inlineStr">
+      <c r="Z125" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-biodiversite-a-travers-la-reconquete-des-ecosystemes-marins-terrestres-et-aquatiques/</t>
         </is>
       </c>
-      <c r="AA140" s="1" t="inlineStr">
+      <c r="AA125" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="141" spans="1:27" customHeight="0">
-      <c r="A141" s="1">
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
         <v>162241</v>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Se former aux financements de projets de son territoire par le mécénat</t>
         </is>
       </c>
-      <c r="E141" s="1" t="inlineStr">
+      <c r="E126" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G141" s="1" t="inlineStr">
+      <c r="G126" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H141" s="1" t="inlineStr">
+      <c r="H126" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K141" s="1" t="inlineStr">
+      <c r="K126" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L141" s="1" t="inlineStr">
+      <c r="L126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Face à la baisse des financements publics et la hausse des taux
 d’intérêt, le mécénat permet aux communes et intercommunalités d’être soutenues
 dans la réalisation de leurs projets. Le mécénat territorial est un partenariat
 gagnant-gagnant entre les collectivités et les entreprises locales ou
 nationales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Pensez à venir avec vos projets afin de repartir avec une méthode
 permettant d’identifier puis de solliciter des mécènes potentiels.&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONTENU : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Première partie : les fondamentaux du mécénat&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Qu’est-ce que le mécénat ?&lt;/li&gt;&lt;li&gt;État des lieux du mécénat en France&lt;/li&gt;&lt;li&gt;Pourquoi recourir au mécénat ?&lt;/li&gt;&lt;li&gt;Quelles sont les motivations des mécènes
 potentiels ?&lt;/li&gt;&lt;li&gt;Les contreparties au mécénat : Exercice pratique de transition avec la
 2nd partie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Seconde partie : les étapes d’une stratégie
 mécénat et la réflexion pratique pour les élus&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Définir le périmètre du projet (calendrier,
 délais, budget)&lt;/li&gt;&lt;li&gt;Définir les objectifs de la campagne de
 collecte de fonds&lt;/li&gt;&lt;li&gt;Définir le type de don recherché (mécénat
 financier, en nature ou en compétence)&lt;/li&gt;&lt;li&gt;Définir les cibles (entreprises, grands
 donateurs ou grand public)&lt;/li&gt;&lt;li&gt;Décider d’un mode de gestion (interne ou
 structure dédiée) &lt;/li&gt;&lt;li&gt;Préparer les outils nécessaires (dossier
 mécénat, contreparties, convention mécénat, charte éthique)&lt;/li&gt;&lt;li&gt;Identifier les mécènes potentiels&lt;/li&gt;&lt;li&gt;Prendre contact et rencontrer les mécènes
 potentiels&lt;/li&gt;&lt;li&gt;Formaliser l’accord de mécénat et suivre les
 engagements de chacune des parties&lt;/li&gt;&lt;li&gt;Remercier
 et fidéliser les mécènes et donateurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Identifier les modes de financement des
 projets&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaitre le cadre juridique du mécénat&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structurer une démarche de recherche de financement via le mécénat&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Point fort :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthode pratique de recherche de nouveaux
 financements (mécénat) pour les projets (petits et grands) portés par les
 communes et EPCI du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N141" s="1" t="inlineStr">
+      <c r="N126" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
@@ -30107,147 +27420,147 @@
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O141" s="1" t="inlineStr">
+      <c r="O126" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R141" s="1" t="inlineStr">
+      <c r="R126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu en fonction à la date de la formation&lt;/li&gt;&lt;li&gt;Faire parvenir 10 jours avant la formation un court descriptif du/des
 projet(s) que vous aurez identifiés (fortement conseillé afin de bénéficier
 d’un éclairage personnalisé par le formateur)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S141" s="1" t="inlineStr">
+      <c r="S126" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U141" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V141" s="1" t="inlineStr">
+      <c r="V126" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X141" s="1" t="inlineStr">
+      <c r="X126" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue
 de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y141" s="1" t="inlineStr">
+      <c r="Y126" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z141" s="1" t="inlineStr">
+      <c r="Z126" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-financer-les-projets-de-son-territoire-par-le-mecenat/</t>
         </is>
       </c>
-      <c r="AA141" s="1" t="inlineStr">
+      <c r="AA126" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="142" spans="1:27" customHeight="0">
-      <c r="A142" s="1">
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
         <v>162242</v>
       </c>
-      <c r="B142" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Se former à comment subventionner ses projets</t>
         </is>
       </c>
-      <c r="E142" s="1" t="inlineStr">
+      <c r="E127" s="1" t="inlineStr">
         <is>
           <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
-      <c r="G142" s="1" t="inlineStr">
+      <c r="G127" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H142" s="1" t="inlineStr">
+      <c r="H127" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K142" s="1" t="inlineStr">
+      <c r="K127" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L142" s="1" t="inlineStr">
+      <c r="L127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Avec la hausse des coûts et la non-indexation des recettes sur
 l’inflation, investir devient de plus en plus compliqué. Malgré les nombreux
 dispositifs d’aides à l’ingénierie et de financements recensés sur la
 plateforme &lt;/span&gt;&lt;a href="https://aides-territoires.beta.gouv.fr/%20%20"&gt;https://aides-territoires.beta.gouv.fr/ &lt;/a&gt;&lt;span&gt; à l’heure de monter son projet
 communal, il est difficile de s’y retrouver.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Venez avec vos projets. Cette formation ne fera pas de vous un
 spécialiste des cofinancements, mais vous apportera une vision plus claire de
 la méthodologie à suivre afin de trouver des sources de financements.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bien définir son projet, un préambule à la
 recherche de subvention&lt;/li&gt;&lt;li&gt;Les différents types de cofinancements&lt;/li&gt;&lt;li&gt;Comment monter un dossier de subvention&lt;/li&gt;&lt;li&gt;Conseil et stratégie de cofinancement&lt;/li&gt;&lt;li&gt;Exercice pratique à partir des projets proposés par les stagiaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OBJECTIFS PEDAGOGIQUES&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acquérir une méthodologie simple de recherche
 de cofinancement&lt;/li&gt;&lt;li&gt;Monter un dossier de financement&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;Points forts :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Méthodologie pour trouver sa subvention&lt;/li&gt;&lt;li&gt;Mise en situation de recherche de subvention applicable au
 territoire du Jura&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N142" s="1" t="inlineStr">
+      <c r="N127" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Personnes âgées
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
@@ -30259,322 +27572,322 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Artisanat
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Spectacle vivant
 Industrie
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O142" s="1" t="inlineStr">
+      <c r="O127" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R142" s="1" t="inlineStr">
+      <c r="R127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Respecter les délais d&amp;#039;inscription&lt;/li&gt;&lt;li&gt;Être maire, adjoint, conseiller municipal,
 Président, vice-président, conseiller communautaire en fonction à la date de la
 formation&lt;/li&gt;&lt;li&gt;Il est conseillé de venir avec son ordinateur
 portable et la liste de ses projets à financer&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S142" s="1" t="inlineStr">
+      <c r="S127" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U142" s="1" t="inlineStr">
+      <c r="U127" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V142" s="1" t="inlineStr">
+      <c r="V127" s="1" t="inlineStr">
         <is>
           <t>https://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X142" s="1" t="inlineStr">
+      <c r="X127" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y142" s="1" t="inlineStr">
+      <c r="Y127" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z142" s="1" t="inlineStr">
+      <c r="Z127" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/formation-comment-subventionner-ses-projets/</t>
         </is>
       </c>
-      <c r="AA142" s="1" t="inlineStr">
+      <c r="AA127" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="143" spans="1:27" customHeight="0">
-      <c r="A143" s="1">
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
         <v>162417</v>
       </c>
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Mettre en œuvre des actions de protection, connaissance et/ou mobilisation pour la préserver la biodiversité marine</t>
         </is>
       </c>
-      <c r="D143" s="1" t="inlineStr">
+      <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Enveloppe de subventions disponibles toute l'année, au fil de l'eau</t>
         </is>
       </c>
-      <c r="E143" s="1" t="inlineStr">
+      <c r="E128" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Parc Naturel Marin de Mayotte</t>
         </is>
       </c>
-      <c r="G143" s="1" t="inlineStr">
+      <c r="G128" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H143" s="1" t="inlineStr">
+      <c r="H128" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I143" s="1" t="inlineStr">
+      <c r="I128" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K143" s="1" t="inlineStr">
+      <c r="K128" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L143" s="1" t="inlineStr">
+      <c r="L128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Parc naturel marin dispose d&amp;#039;une enveloppe dédiée aux projets visant à&lt;strong&gt; mobiliser la population, développer durablement les activités, améliorer les connaissances et/ou protéger  les écosystèmes marins. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les projets doivent concourir à l&amp;#039;atteinte d&amp;#039;une ou plusieurs de ses &lt;a href="https://parc-marin-mayotte.fr/editorial/qui-sommes-nous" target="_self"&gt;sept orientations de gestion&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Cette enveloppe s&amp;#039;adresse à des &lt;strong&gt;organismes bien structurés &lt;/strong&gt;et ayant déjà fait l&amp;#039;objet d&amp;#039;un partenariat (de tout type : technique, financier via appel à projet, événementiel, etc.) avec le Parc naturel marin. &lt;/p&gt;&lt;p&gt;Les projets peuvent s&amp;#039;étaler sur une durée de &lt;strong&gt;3 ans maximum&lt;/strong&gt;. Le montant de la subvention n&amp;#039;est pas plafonné.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M143" s="1" t="inlineStr">
+      <c r="M128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Définition et/ou déploiement de (liste non exhaustive) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Observatoires faune/flore &lt;/li&gt;&lt;li&gt;Programmes de sciences participatives&lt;/li&gt;&lt;li&gt;Mesures de protection d&amp;#039;habitats ou d&amp;#039;espèces&lt;/li&gt;&lt;li&gt;Programmes de sensibilisation impliquant la population (formation, chantiers participatifs, sciences participatives ...)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N143" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sports et loisirs
 Tourisme
 Education et renforcement des compétences
 Economie circulaire
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O143" s="1" t="inlineStr">
+      <c r="O128" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R143" s="1" t="inlineStr">
+      <c r="R128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet doit être en relation avec une ou plusieurs des &lt;a target="_self"&gt;sept orientations de gestion&lt;/a&gt; du Parc naturel marin de Mayotte.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S143" s="1" t="inlineStr">
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T143" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U143" s="1" t="inlineStr">
+      <c r="U128" s="1" t="inlineStr">
         <is>
           <t>Mayotte</t>
         </is>
       </c>
-      <c r="V143" s="1" t="inlineStr">
+      <c r="V128" s="1" t="inlineStr">
         <is>
           <t>https://parc-marin-mayotte.fr/</t>
         </is>
       </c>
-      <c r="X143" s="1" t="inlineStr">
+      <c r="X128" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:parcmarin.mayotte&amp;#64;ofb.gouv.fr" target="_self"&gt;parcmarin.mayotte&amp;#64;ofb.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y143" s="1" t="inlineStr">
+      <c r="Y128" s="1" t="inlineStr">
         <is>
           <t>apolline.abauzit@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z143" s="1" t="inlineStr">
+      <c r="Z128" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-actions-de-protection-connaissance-et-ou-mobilisation-pour-la-preserver-la-biodiversite-marine/</t>
         </is>
       </c>
-      <c r="AA143" s="1" t="inlineStr">
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="144" spans="1:27" customHeight="0">
-      <c r="A144" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>162563</v>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D144" s="1" t="inlineStr">
+      <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E144" s="1" t="inlineStr">
+      <c r="E129" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G144" s="1" t="inlineStr">
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H144" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I144" s="1" t="inlineStr">
+      <c r="I129" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J144" s="1" t="inlineStr">
+      <c r="J129" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K144" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L144" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M144" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N144" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -30613,438 +27926,438 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O144" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R144" s="1" t="inlineStr">
+      <c r="R129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S144" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T144" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U144" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V144" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X144" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y144" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z144" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA144" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="145" spans="1:27" customHeight="0">
-      <c r="A145" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>162828</v>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
         </is>
       </c>
-      <c r="C145" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E145" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G145" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H145" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I145" s="1" t="inlineStr">
+      <c r="I130" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J145" s="1" t="inlineStr">
+      <c r="J130" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K145" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L145" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M145" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N145" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Friche
 Biodiversité
 Architecture
 Paysage
 Attractivité économique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O145" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R145" s="1" t="inlineStr">
+      <c r="R130" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S145" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T145" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U145" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V145" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X145" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y145" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z145" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
         </is>
       </c>
-      <c r="AA145" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="146" spans="1:27" customHeight="0">
-      <c r="A146" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
         <v>162938</v>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transition écologique</t>
         </is>
       </c>
-      <c r="C146" s="1" t="inlineStr">
+      <c r="C131" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D146" s="1" t="inlineStr">
+      <c r="D131" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E146" s="1" t="inlineStr">
+      <c r="E131" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G146" s="1" t="inlineStr">
+      <c r="G131" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H146" s="1" t="inlineStr">
+      <c r="H131" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I146" s="1" t="inlineStr">
+      <c r="I131" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K146" s="1" t="inlineStr">
+      <c r="K131" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L146" s="1" t="inlineStr">
+      <c r="L131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le territoire des Coëvrons est engagé depuis plusieurs années dans la transition écologique, qui se concrétise notamment à travers le Plan Climat Air Energie Territorial, comprenant un programme d’actions visant à lutter contre les changements climatiques, améliorer la qualité de l&amp;#039;air et réduire les consommations d&amp;#039;énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Soutenir la production d’énergie renouvelable sur le territoire&lt;/li&gt;&lt;li&gt;Valoriser, gérer et préserver les ressources naturelles en prenant en compte les enjeux associés à l&amp;#039;atténuation et à l’adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Valoriser et préserver la biodiversité&lt;/li&gt;&lt;li&gt;Travailler avec les acteurs et les sensibiliser pour accompagner la transition écologique&lt;/li&gt;&lt;li&gt;Favoriser la résilience des Coëvrons face aux effets des changements climatiques et aux éventuelles difficultés d’accès aux ressources et matières exogènes&lt;/li&gt;&lt;li&gt;Développer des solutions de mobilité inclusive, propre et durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Soutien à la production d’énergie renouvelable sur le territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements liés à l’émergence et au développement de projets d’énergie renouvelable&lt;/li&gt;&lt;li&gt;Projets d’énergie citoyenne&lt;/li&gt;&lt;li&gt;Etudes énergétiques et conseil en énergie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Valorisation, gestion et préservation des ressources naturelles et de la biodiversité :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Développement de nouvelles filières locales issues des ressources naturelles du territoire&lt;/li&gt;&lt;li&gt;Entretien, valorisation et plantation de haies bocagères, arbres, verger conservatoire et/ou adapté au changement climatique&lt;/li&gt;&lt;li&gt;Eco pâturage, expérimentations apicoles&lt;/li&gt;&lt;li&gt;Création et restauration de noues et de zones humides&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Amélioration de la résilience des Coëvrons :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, animations et investissements visant à préserver la ressource en eau (ex : plan de désimperméabilisation, création d’îlots de fraicheur)&lt;/li&gt;&lt;li&gt;Etudes, animations et investissements visant à développer des modèles résilients pour les services publics et les activités économiques ou de loisirs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Développement de solutions de mobilité inclusive, propre et durable :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilité évitée : création d’espaces de coworking, de tiers lieux&lt;/li&gt;&lt;li&gt;Mobilité active : aménagement de voies, jalonnement, signalétique, services&lt;/li&gt;&lt;li&gt;Mobilité partagée : covoiturage, véhicules partagés ou en libre-service&lt;/li&gt;&lt;li&gt;Mobilité inclusive : déploiement d’offres de mobilité pour les usagers qui rencontrent des difficultés à se déplacer au quotidien sur le territoire&lt;/li&gt;&lt;li&gt;Développement de l’intermodalité&lt;/li&gt;&lt;li&gt;Actions innovantes de mobilité durable&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N146" s="1" t="inlineStr">
+      <c r="N131" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O146" s="1" t="inlineStr">
+      <c r="O131" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P146" s="1" t="inlineStr">
+      <c r="P131" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q146" s="1" t="inlineStr">
+      <c r="Q131" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R146" s="1" t="inlineStr">
+      <c r="R131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S146" s="1" t="inlineStr">
+      <c r="S131" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T146" s="1" t="inlineStr">
+      <c r="T131" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U146" s="1" t="inlineStr">
+      <c r="U131" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V146" s="1" t="inlineStr">
+      <c r="V131" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X146" s="1" t="inlineStr">
+      <c r="X131" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y146" s="1" t="inlineStr">
+      <c r="Y131" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z146" s="1" t="inlineStr">
+      <c r="Z131" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables/</t>
         </is>
       </c>
-      <c r="AA146" s="1" t="inlineStr">
+      <c r="AA131" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="147" spans="1:27" customHeight="0">
-      <c r="A147" s="1">
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
         <v>162974</v>
       </c>
-      <c r="B147" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
-      <c r="E147" s="1" t="inlineStr">
+      <c r="E132" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
-      <c r="G147" s="1" t="inlineStr">
+      <c r="G132" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H147" s="1" t="inlineStr">
+      <c r="H132" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K147" s="1" t="inlineStr">
+      <c r="K132" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L147" s="1" t="inlineStr">
+      <c r="L132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;aide
 	à la mise en accessibilité des bâtiments et espaces publics,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	aux collectivités dans la mise en œuvre de l’ingénierie sur
 	mesure proposée par l’ANCT, ...&lt;/p&gt;
 	&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Agriculture,
 	nature et environnement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	et instruction des procédures environnementales des projets,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
@@ -31080,379 +28393,379 @@
 	douces,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	sur les aménagements de sécurité routière, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sécurité&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;aide
 	à la réalisation des plans communaux de sauvegarde,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p align="left"&gt;accompagnement
 	des collectivités pour la prise d’arrêtés de mise en sécurité,
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Développement
 économique et commercial&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;conseil
 	et accompagnement pour la réalisation de projets économiques ou
 	industriels, ... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Ingénierie
 financière&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;&lt;p align="left"&gt;appui
 	à la recherche de financements publics (outil aides territoires),
 	... .&lt;/p&gt;
 &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M147" s="1" t="inlineStr">
+      <c r="M132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 – Action
 Cœur de Ville, Opérations de Revitalisation des Territoires (ORT),
 Petites Villes de Demain (PVD) ;&lt;/p&gt;
 &lt;p&gt;– Pacte
 Territorial de Réussite de la Transition Écologique (PTRTE) ;&lt;/p&gt;
 &lt;p&gt;– Aménagements
 d’espaces publics ;&lt;/p&gt;
 &lt;p&gt;– Renouvellement
 urbain, écoquartiers ;&lt;/p&gt;
 &lt;p&gt;– Rénovation
 thermique de bâtiments publics, production d&amp;#039;EnR ; 
 &lt;/p&gt;
 &lt;p&gt;– Agendas
 d’accessibilité programmée ;&lt;/p&gt;
 &lt;p&gt;– Diagnostics
 de sécurité routière ;&lt;/p&gt;
 &lt;p&gt;– Aires
 d’accueil des gens du voyage ;&lt;/p&gt;
 &lt;p&gt;– Plans
 communaux de sauvegarde ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;Projets
 liés aux énergies renouvelables ;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;– &lt;/span&gt;&lt;span&gt;R&lt;/span&gt;&lt;span&gt;ena&lt;/span&gt;turation
 de friches artisanales et industrielles ;&lt;/p&gt;
 &lt;p&gt;– Planification
 territoriale… .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N147" s="1" t="inlineStr">
+      <c r="N132" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Prévention des risques
 Mobilité pour tous
 Connaissance de la mobilité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O147" s="1" t="inlineStr">
+      <c r="O132" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S147" s="1" t="inlineStr">
+      <c r="S132" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U147" s="1" t="inlineStr">
+      <c r="U132" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V147" s="1" t="inlineStr">
+      <c r="V132" s="1" t="inlineStr">
         <is>
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
-      <c r="X147" s="1" t="inlineStr">
+      <c r="X132" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y147" s="1" t="inlineStr">
+      <c r="Y132" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
-      <c r="Z147" s="1" t="inlineStr">
+      <c r="Z132" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
-      <c r="AA147" s="1" t="inlineStr">
+      <c r="AA132" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="148" spans="1:27" customHeight="0">
-      <c r="A148" s="1">
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
         <v>162979</v>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Valorisation et préservation des ressources naturelles locales</t>
         </is>
       </c>
-      <c r="C148" s="1" t="inlineStr">
+      <c r="C133" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D148" s="1" t="inlineStr">
+      <c r="D133" s="1" t="inlineStr">
         <is>
           <t>Fiche 2 - FEDER</t>
         </is>
       </c>
-      <c r="E148" s="1" t="inlineStr">
+      <c r="E133" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G148" s="1" t="inlineStr">
+      <c r="G133" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H148" s="1" t="inlineStr">
+      <c r="H133" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I148" s="1" t="inlineStr">
+      <c r="I133" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J148" s="1" t="inlineStr">
+      <c r="J133" s="1" t="inlineStr">
         <is>
           <t>Plancher : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K148" s="1" t="inlineStr">
+      <c r="K133" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L148" s="1" t="inlineStr">
+      <c r="L133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Le Cœur Entre-deux-Mers, du fait de ses espaces naturels, se trouve
 aujourd’hui face à des enjeux d’étalement urbain et d’artificialisation des
 sols consommant des espaces agricoles et naturels et impactant les paysages, la
 biodiversité, les ressources naturelles (eau, …) et la production de « déchets
 ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Préserver ce que les habitants considèrent comme le principal atout du
 territoire : le cadre de vie&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réduire les consommations de ressources naturelles (eau, foncier,
 paysages, …) et agir sur les « déchets »&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M148" s="1" t="inlineStr">
+      <c r="M133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Valorisation et
 médiation des paysages, des sites naturels et des cours d’eau locaux (hors
 espaces d’importances régionales)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Végétalisation des
 sites déqualifiés&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Amélioration de la
 gestion des biodéchets : études portant sur des solutions collectives pour
 les producteurs de biodéchets intermédiaires et « assimilés » (hors
 gros producteurs et ménages).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N148" s="1" t="inlineStr">
+      <c r="N133" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Recyclage et valorisation des déchets
 Biodiversité
 Equipement public
 Paysage
 Milieux humides</t>
         </is>
       </c>
-      <c r="O148" s="1" t="inlineStr">
+      <c r="O133" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P148" s="1" t="inlineStr">
+      <c r="P133" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q148" s="1" t="inlineStr">
+      <c r="Q133" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R148" s="1" t="inlineStr">
+      <c r="R133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 1&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S148" s="1" t="inlineStr">
+      <c r="S133" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T148" s="1" t="inlineStr">
+      <c r="T133" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U148" s="1" t="inlineStr">
+      <c r="U133" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V148" s="1" t="inlineStr">
+      <c r="V133" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X148" s="1" t="inlineStr">
+      <c r="X133" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y148" s="1" t="inlineStr">
+      <c r="Y133" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z148" s="1" t="inlineStr">
+      <c r="Z133" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-les-ressources-durables-des-villages-du-territoire-1/</t>
         </is>
       </c>
-      <c r="AA148" s="1" t="inlineStr">
+      <c r="AA133" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="149" spans="1:27" customHeight="0">
-      <c r="A149" s="1">
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
         <v>162982</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Coopérer avec d’autres territoires</t>
         </is>
       </c>
-      <c r="C149" s="1" t="inlineStr">
+      <c r="C134" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D149" s="1" t="inlineStr">
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E149" s="1" t="inlineStr">
+      <c r="E134" s="1" t="inlineStr">
         <is>
           <t>GAL des Coëvrons</t>
         </is>
       </c>
-      <c r="G149" s="1" t="inlineStr">
+      <c r="G134" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H149" s="1" t="inlineStr">
+      <c r="H134" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I149" s="1" t="inlineStr">
+      <c r="I134" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K149" s="1" t="inlineStr">
+      <c r="K134" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L149" s="1" t="inlineStr">
+      <c r="L134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Enrichir et renforcer la stratégie locale de développement grâce aux échanges et à la coopération interterritoriale et/ou transnationale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Développer les échanges d’expériences, les échanges de pratiques et les partenariats avec d’autres territoires en lien avec les thématiques évoquées dans la stratégie locale de développement.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutien préparatoire : préparation et définition d’un projet de coopération en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Mise en oeuvre d’activités de coopération interterritoriale et transnationale en cohérence avec les thématiques définies dans la stratégie du GAL&lt;/li&gt;&lt;li&gt;Animation et gestion des projets de coopération&lt;/li&gt;&lt;li&gt;Communication des projets de coopération&lt;/li&gt;&lt;li&gt;Evaluation des projets de coopération&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N149" s="1" t="inlineStr">
+      <c r="N134" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -31495,464 +28808,464 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O149" s="1" t="inlineStr">
+      <c r="O134" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P149" s="1" t="inlineStr">
+      <c r="P134" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q149" s="1" t="inlineStr">
+      <c r="Q134" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R149" s="1" t="inlineStr">
+      <c r="R134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S149" s="1" t="inlineStr">
+      <c r="S134" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T149" s="1" t="inlineStr">
+      <c r="T134" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U149" s="1" t="inlineStr">
+      <c r="U134" s="1" t="inlineStr">
         <is>
           <t>CC des Coëvrons</t>
         </is>
       </c>
-      <c r="V149" s="1" t="inlineStr">
+      <c r="V134" s="1" t="inlineStr">
         <is>
           <t>https://www.coevrons.fr/article/programme-leader</t>
         </is>
       </c>
-      <c r="X149" s="1" t="inlineStr">
+      <c r="X134" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y149" s="1" t="inlineStr">
+      <c r="Y134" s="1" t="inlineStr">
         <is>
           <t>njoly@coevrons.fr</t>
         </is>
       </c>
-      <c r="Z149" s="1" t="inlineStr">
+      <c r="Z134" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-les-atouts-culturels-touristiques-et-patrimoniaux-du-territoire/</t>
         </is>
       </c>
-      <c r="AA149" s="1" t="inlineStr">
+      <c r="AA134" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="150" spans="1:27" customHeight="0">
-      <c r="A150" s="1">
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
         <v>163041</v>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Préserver, valoriser et gérer durablement le patrimoine naturel du Pays d'Auge</t>
         </is>
       </c>
-      <c r="C150" s="1" t="inlineStr">
+      <c r="C135" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E150" s="1" t="inlineStr">
+      <c r="E135" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F150" s="1" t="inlineStr">
+      <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G150" s="1" t="inlineStr">
+      <c r="G135" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H150" s="1" t="inlineStr">
+      <c r="H135" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I150" s="1" t="inlineStr">
+      <c r="I135" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K150" s="1" t="inlineStr">
+      <c r="K135" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L150" s="1" t="inlineStr">
+      <c r="L135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Pays d’Auge se distingue par la qualité́ et la diversité́ de son patrimoine naturel : bocages, prairies, forêts, littoral, faune, flore, ressources en eau, etc. Sources de bien-être, de biodiversité et de dynamisme touristique et économique, ces éléments naturels constituent des marques identitaires fortes pour le territoire qu’il convient de préserver et de valoriser. Répondant à 8 objectifs prioritaires du SRADDET normand et prenant en considération les constats scientifiques d’érosion de la biodiversité et du littoral du GIEC normand, cette fiche-action n°2 de la stratégie Locale de développement LEADER permet d’accompagner la mise en œuvre opérationnelle des transitions écologiques à opérer dans les territoires pour réduire les causes du changement climatique, protéger les espaces naturels littoraux et d’arrière-pays et valoriser leurs paysages. &lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide :&lt;/strong&gt; &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver durablement les ressources et les espaces naturels du territoire&lt;/li&gt;&lt;li&gt;Renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Sensibiliser différents publics sur la préservation du patrimoine naturel et inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Former les acteurs économiques du territoire à intégrer la dimension environnementale dans leurs pratiques pour limiter l’impact écologique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) :&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement, restauration et gestion durable du patrimoine naturel du Pays d’Auge&lt;/li&gt;&lt;li&gt;Opérations d’aménagement et de valorisation des espaces et ressources naturelles pour sensibiliser et accueillir le public tout en respectant les milieux&lt;/li&gt;&lt;li&gt;Sensibilisation et information auprès des publics à la protection et gestion durable du patrimoine naturel et à l&amp;#039;écocitoyenneté, aménagement de lieux et d’espaces d’accueil dédiés&lt;/li&gt;&lt;li&gt;Structuration et soutien des réseaux d’acteurs du domaine de l’environnement&lt;/li&gt;&lt;li&gt;Actions visant au développement de jardins partagés, potagers pédagogiques, jardins en permaculture accessibles à tous &lt;/li&gt;&lt;li&gt;Utilisation de solutions fondées sur la nature pour renaturaliser les centre-bourgs et renforcer l&amp;#039;adaptation au changement climatique (études)&lt;/li&gt;&lt;li&gt;Actions visant à limiter l’utilisation d’eau potable pour des usages non-alimentaires&lt;/li&gt;&lt;li&gt;Sensibilisation et la formation des artisans à l’utilisation d’agro-matériaux pour la construction et la rénovation des bâtiments et soutien aux réseaux d’acteurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M150" s="1" t="inlineStr">
+      <c r="M135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mise en place de jardins partagés citoyens ; Gestion de marais ; Action éducative auprès du grand public ; Développement d&amp;#039;un parcours pédagogique d&amp;#039;éducation à l&amp;#039;environnement...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N150" s="1" t="inlineStr">
+      <c r="N135" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Santé
 Education et renforcement des compétences
 Biodiversité
 Mers et océans
 Milieux humides
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O150" s="1" t="inlineStr">
+      <c r="O135" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R150" s="1" t="inlineStr">
+      <c r="R135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de préserver durablement les ressources et/ou espaces naturels du Pays d&amp;#039;Auge&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer l&amp;#039;adaptation au changement climatique&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;informer et sensibiliser le public sur la préservation du patrimoine naturel et d&amp;#039;inciter aux démarches écoresponsables&lt;/li&gt;&lt;li&gt;Le projet permet de développer durablement l&amp;#039;attractivité économique des zones rurales via ses filières locales&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Voiries et réseaux divers en dehors de la gestion de l’eau ; &lt;/span&gt;Construction de bâtiment non réversible ; Installation sanitaires classiques avec usage d’eau ; Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S150" s="1" t="inlineStr">
+      <c r="S135" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T150" s="1" t="inlineStr">
+      <c r="T135" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U150" s="1" t="inlineStr">
+      <c r="U135" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V150" s="1" t="inlineStr">
+      <c r="V135" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X150" s="1" t="inlineStr">
+      <c r="X135" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y150" s="1" t="inlineStr">
+      <c r="Y135" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z150" s="1" t="inlineStr">
+      <c r="Z135" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-valoriser-et-gerer-durablement-le-patrimoine-naturel-du-pays-dauge/</t>
         </is>
       </c>
-      <c r="AA150" s="1" t="inlineStr">
+      <c r="AA135" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="151" spans="1:27" customHeight="0">
-      <c r="A151" s="1">
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
         <v>163091</v>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Financer des actions en faveur de la santé environnementale</t>
         </is>
       </c>
-      <c r="C151" s="1" t="inlineStr">
+      <c r="C136" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D151" s="1" t="inlineStr">
+      <c r="D136" s="1" t="inlineStr">
         <is>
           <t>Fiche action 7 - Santé environnementale</t>
         </is>
       </c>
-      <c r="E151" s="1" t="inlineStr">
+      <c r="E136" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="F151" s="1" t="inlineStr">
+      <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Région académique — Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G151" s="1" t="inlineStr">
+      <c r="G136" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H151" s="1" t="inlineStr">
+      <c r="H136" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I151" s="1" t="inlineStr">
+      <c r="I136" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J151" s="1" t="inlineStr">
+      <c r="J136" s="1" t="inlineStr">
         <is>
           <t>Plancher 8 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
         </is>
       </c>
-      <c r="K151" s="1" t="inlineStr">
+      <c r="K136" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L151" s="1" t="inlineStr">
+      <c r="L136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La santé environnementale comprend les aspects de la santé humaine, y compris la qualité de la vie, qui sont déterminés par les facteurs physiques, chimiques, biologiques, sociaux, psychosociaux et esthétiques de notre environnement. Elle concerne également la politique et les pratiques de gestion, de résorption, de contrôle et de prévention des facteurs environnementaux susceptibles d’affecter la santé des générations actuelles et futures. Dans le cadre de la stratégie territoriale, il est souhaité une meilleure appréhension des enjeux de la santé environnementale, approche complexe et sensible de la santé basée sur l’environnement (biodiversité, problématiques climatiques, espaces socialisés, humains ...) par les collectivités, les professionnels de santé et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M151" s="1" t="inlineStr">
+      <c r="M136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Conception et développement d&amp;#039;outils d&amp;#039;animation et de communication ; Accompagnement des populations&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N151" s="1" t="inlineStr">
+      <c r="N136" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Santé
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O151" s="1" t="inlineStr">
+      <c r="O136" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P151" s="1" t="inlineStr">
+      <c r="P136" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q151" s="1" t="inlineStr">
+      <c r="Q136" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R151" s="1" t="inlineStr">
+      <c r="R136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel&lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S151" s="1" t="inlineStr">
+      <c r="S136" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T151" s="1" t="inlineStr">
+      <c r="T136" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U151" s="1" t="inlineStr">
+      <c r="U136" s="1" t="inlineStr">
         <is>
           <t>GAL Sud Gironde</t>
         </is>
       </c>
-      <c r="V151" s="1" t="inlineStr">
+      <c r="V136" s="1" t="inlineStr">
         <is>
           <t>https://gal-sud-gironde.webador.fr/</t>
         </is>
       </c>
-      <c r="W151" s="1" t="inlineStr">
+      <c r="W136" s="1" t="inlineStr">
         <is>
           <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
         </is>
       </c>
-      <c r="X151" s="1" t="inlineStr">
+      <c r="X136" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y151" s="1" t="inlineStr">
+      <c r="Y136" s="1" t="inlineStr">
         <is>
           <t>leader@polesudgironde.fr</t>
         </is>
       </c>
-      <c r="Z151" s="1" t="inlineStr">
+      <c r="Z136" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bien-vieillir-en-sud-gironde/</t>
         </is>
       </c>
-      <c r="AA151" s="1" t="inlineStr">
+      <c r="AA136" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="152" spans="1:27" customHeight="0">
-      <c r="A152" s="1">
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
         <v>163142</v>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Accompagnement des collectivités dans la compréhension des enjeux du Zéro Artificialisation Nette (ZAN) et du SDRIF-E et leur mise en œuvre au niveau local</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E137" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K137" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accompagner les collectivités dans la compréhension de la
 mise en œuvre du ZAN et du SDRIF-E (schéma directeur environnemental) sur leur
 territoire : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise à disposition des compétences techniques du Département
 au profit des collectivités seine-et-marnaises pour un accompagnement dans la
 mise en œuvre des principes de ZAN sur leur territoire, en accord avec les
 orientations du futur SDRIF-E. Cette offre vise à permettre à une commune ou à
 un EPCI de comprendre les implications de la mise en œuvre de la loi Climat et
 Résilience et de sa déclinaison régionale à travers le SDRIF-E, ainsi que des
 potentialités offertes pour poursuivre son développement, tout en conservant
 ses spécificités locales.&lt;/li&gt;&lt;li&gt;Sensibilisation sur une courte durée, selon une à plusieurs
 réunions en fonction de la demande.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les demandes initiées par les EPCI ou les SMEP,
 l’accompagnement pédagogique peut se faire d’abord au niveau de la collectivité
 initiatrice de la demande, puis auprès des communes volontaires si elles en
 estiment le besoin au niveau local.&lt;/p&gt;&lt;p&gt;Des réunions sont envisagées après activation de l’offre
 pour préciser la commande et sensibiliser aux enjeux du ZAN et du SDRIF-E et
 leur déclinaison au niveau local. Un document de synthèse sera ensuite restitué à la
 collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M152" s="1" t="inlineStr">
+      <c r="M137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PLU, PLUI&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N152" s="1" t="inlineStr">
+      <c r="N137" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
@@ -31961,275 +29274,275 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Milieux humides
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O152" s="1" t="inlineStr">
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R152" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Collectivités de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S152" s="1" t="inlineStr">
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U152" s="1" t="inlineStr">
+      <c r="U137" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V152" s="1" t="inlineStr">
+      <c r="V137" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W152" s="1" t="inlineStr">
+      <c r="W137" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X152" s="1" t="inlineStr">
+      <c r="X137" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y152" s="1" t="inlineStr">
+      <c r="Y137" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z152" s="1" t="inlineStr">
+      <c r="Z137" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-dans-la-comprehension-des-enjeux-du-zero-artificialisation-nette-zan-et-du-sdrif-e-et-leur-mise-en-oeuvre-au-niveau-local/</t>
         </is>
       </c>
-      <c r="AA152" s="1" t="inlineStr">
+      <c r="AA137" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="153" spans="1:27" customHeight="0">
-      <c r="A153" s="1">
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
         <v>163146</v>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels</t>
         </is>
       </c>
-      <c r="D153" s="1" t="inlineStr">
+      <c r="D138" s="1" t="inlineStr">
         <is>
           <t>Transition écologique et mobilités douces</t>
         </is>
       </c>
-      <c r="E153" s="1" t="inlineStr">
+      <c r="E138" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental d'Eure-et-Loir</t>
         </is>
       </c>
-      <c r="G153" s="1" t="inlineStr">
+      <c r="G138" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H153" s="1" t="inlineStr">
+      <c r="H138" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I153" s="1" t="inlineStr">
+      <c r="I138" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J153" s="1" t="inlineStr">
+      <c r="J138" s="1" t="inlineStr">
         <is>
           <t>Plafond de 100 000 euros pour les études / 200 000 euros pour les travaux / 50 000 euros pour les autres opérations</t>
         </is>
       </c>
-      <c r="K153" s="1" t="inlineStr">
+      <c r="K138" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L153" s="1" t="inlineStr">
+      <c r="L138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Subvention minimum de 1 000 €, pour la restauration et préservation des milieux naturels et la gestion des eaux pluviales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M153" s="1" t="inlineStr">
+      <c r="M138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes stratégiques&lt;/li&gt;&lt;li&gt;Etudes et travaux d&amp;#039;aménagement et des gestion des bassins-versants en vue de réguler les ruissellements, freiner l&amp;#039;érosion des sols et les inondations, de renaturation, restauration d&amp;#039;espaces de mobilité, réduction de section d&amp;#039;écoulement, remise en fond de talweg, de restauration sélective de la ripisylve, plantations, aménagement de clôtures et d&amp;#039;abreuvoirs, lutte contre les espèces invasives, aménagement de berges, de reconnexion d&amp;#039;annexes hydrauliques aux cours d&amp;#039;eau, restauration de milieux et habitats d&amp;#039;espèces, préservation de zones humides, de restauration de la continuité écologique des cours d&amp;#039;eau, de reconstitution de milieux naturels, de gestion des milieux par éco-pâturage&lt;/li&gt;&lt;li&gt;Acquisitions de données et suivis scientifiques&lt;/li&gt;&lt;li&gt;Acquisitions de parcelles présentant un intérêt de préservation pour le patrimoine naturel, permettant de faciliter la réalisation de projets de restauration de continuité écologique, l&amp;#039;expansion de crues ou la reconquête de la ressource en eau dans les bassins d&amp;#039;alimentation d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Communication et valorisation&lt;/li&gt;&lt;li&gt;L&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, les études préalables, les études stratégiques, les études de projet, les études complémentaires nécessaires&lt;/li&gt;&lt;li&gt;Les dépenses liées aux procédures réglementaires&lt;/li&gt;&lt;li&gt;Les dépenses diverses liées aux travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Bonification possible jusqu&amp;#039;à 60%.&lt;/p&gt;&lt;p&gt;Pour les acquisitions foncières, le plafond subventionnable en milieu rural est de 15 000 €/ha (soit 1.50 €/m) et en milieu urbanisé de&lt;span&gt; &lt;/span&gt;&lt;span&gt;30 000 €/ha (soit 3 €/m).&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N153" s="1" t="inlineStr">
+      <c r="N138" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O153" s="1" t="inlineStr">
+      <c r="O138" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S153" s="1" t="inlineStr">
+      <c r="S138" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T153" s="1" t="inlineStr">
+      <c r="T138" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U153" s="1" t="inlineStr">
+      <c r="U138" s="1" t="inlineStr">
         <is>
           <t>Eure-et-Loir</t>
         </is>
       </c>
-      <c r="V153" s="1" t="inlineStr">
+      <c r="V138" s="1" t="inlineStr">
         <is>
           <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
         </is>
       </c>
-      <c r="W153" s="1" t="inlineStr">
+      <c r="W138" s="1" t="inlineStr">
         <is>
           <t>https://subventions.eurelien.fr</t>
         </is>
       </c>
-      <c r="X153" s="1" t="inlineStr">
+      <c r="X138" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y153" s="1" t="inlineStr">
+      <c r="Y138" s="1" t="inlineStr">
         <is>
           <t>aurelien.silly@eurelien.fr</t>
         </is>
       </c>
-      <c r="Z153" s="1" t="inlineStr">
+      <c r="Z138" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-cadre-de-vie/</t>
         </is>
       </c>
-      <c r="AA153" s="1" t="inlineStr">
+      <c r="AA138" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="154" spans="1:27" customHeight="0">
-      <c r="A154" s="1">
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
         <v>163199</v>
       </c>
-      <c r="B154" s="1" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C154" s="1" t="inlineStr">
+      <c r="C139" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E154" s="1" t="inlineStr">
+      <c r="E139" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G154" s="1" t="inlineStr">
+      <c r="G139" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H154" s="1" t="inlineStr">
+      <c r="H139" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I154" s="1" t="inlineStr">
+      <c r="I139" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K154" s="1" t="inlineStr">
+      <c r="K139" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L154" s="1" t="inlineStr">
+      <c r="L139" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N154" s="1" t="inlineStr">
+      <c r="N139" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -32266,314 +29579,314 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O154" s="1" t="inlineStr">
+      <c r="O139" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q154" s="1" t="inlineStr">
+      <c r="Q139" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R154" s="1" t="inlineStr">
+      <c r="R139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S154" s="1" t="inlineStr">
+      <c r="S139" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T154" s="1" t="inlineStr">
+      <c r="T139" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U154" s="1" t="inlineStr">
+      <c r="U139" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V154" s="1" t="inlineStr">
+      <c r="V139" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X154" s="1" t="inlineStr">
+      <c r="X139" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y154" s="1" t="inlineStr">
+      <c r="Y139" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z154" s="1" t="inlineStr">
+      <c r="Z139" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA154" s="1" t="inlineStr">
+      <c r="AA139" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="155" spans="1:27" customHeight="0">
-      <c r="A155" s="1">
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
         <v>163237</v>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Promouvoir un développement territorial sobre et résilient</t>
         </is>
       </c>
-      <c r="C155" s="1" t="inlineStr">
+      <c r="C140" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D155" s="1" t="inlineStr">
+      <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 3</t>
         </is>
       </c>
-      <c r="E155" s="1" t="inlineStr">
+      <c r="E140" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G155" s="1" t="inlineStr">
+      <c r="G140" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H155" s="1" t="inlineStr">
+      <c r="H140" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I155" s="1" t="inlineStr">
+      <c r="I140" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J155" s="1" t="inlineStr">
+      <c r="J140" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000 € et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K155" s="1" t="inlineStr">
+      <c r="K140" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L155" s="1" t="inlineStr">
+      <c r="L140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La crise du Covid-19 a mis en exergue la forte capacité de résilience collective des habitants et acteurs du Pays de Ploërmel. Les unités économiques, agricoles ou citoyennes ont révélé leurs capacités à faire face à des conditions difficiles. Cette crise a, dans le même temps, mis en exergue les limites et faiblesses du territoire quant à son autonomie. Or, le Pays doit anticiper les crises et transformations à venir, notamment celles liées aux changements climatiques. Il apparait alors essentiel de soutenir et d’encourager la production de ressources locales afin de renforcer l’autonomie du territoire, notamment en matière alimentaire, énergétique, économique et industrielle. Le Pays souhaite donc soutenir le développement d&amp;#039;une économie de proximité, non délocalisable, endogène, permettant de disposer d’un tissu économique local fort, en s’appuyant notamment sur les richesses du territoire.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Préservation des ressources et de l’environnement :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mesures de préservation de la ressource en eau ;&lt;/li&gt;&lt;li&gt;Evènements de sensibilisation à la biodiversité et à la préservation de l’environnement ;&lt;/li&gt;&lt;li&gt;Actions de renaturation et de revégétalisation ;&lt;/li&gt;&lt;li&gt;Actions de gestion intégrée des eaux pluviales ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de la préservation de l’environnement ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Economie circulaire :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions de sensibilisation en matière d’économie circulaire ;&lt;/li&gt;&lt;li&gt;Dispositifs de mise en réseau des acteurs de l’économie circulaire du territoire ;&lt;/li&gt;&lt;li&gt;Actions de réemploi et de réparation ;&lt;/li&gt;&lt;li&gt;Actions visant à promouvoir les circuits courts et les produits locaux auprès des consommateurs ; Actions de prévention et de sensibilisation à la valorisation des déchets ;&lt;/li&gt;&lt;li&gt;Action de valorisation des déchets (recyclage, réemploi, réutilisation) ;&lt;/li&gt;&lt;li&gt;Etudes relatives à la mise en place de solution en faveur de l’économie circulaire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Transition énergétique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Action de sensibilisation aux enjeux de la transition énergétique ;&lt;/li&gt;&lt;li&gt;Création et diffusion artistique de spectacles liés à la transition énergétique ;&lt;/li&gt;&lt;li&gt;Actions visant à réduire la production des déchets ;&lt;/li&gt;&lt;li&gt;Diagnostic et étude sur la gestion des déchets ;&lt;/li&gt;&lt;li&gt;Opération visant à réduire la consommation énergétique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M155" s="1" t="inlineStr">
+      <c r="M140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ateliers participatifs de réparation ;&lt;/li&gt;&lt;li&gt;Troc des savoirs ;&lt;/li&gt;&lt;li&gt;Matériauthèque et outilthèque ;&lt;/li&gt;&lt;li&gt;Bourse d’échange et de service inter-entreprises ;&lt;/li&gt;&lt;li&gt;Atelier d’information sur les nouveaux modes de gestion des bio-déchets (compost individuel et collectif) ;&lt;/li&gt;&lt;li&gt;Annuaire de producteurs locaux en vente direct ;&lt;/li&gt;&lt;li&gt;Signalétique dédiée aux producteurs locaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N155" s="1" t="inlineStr">
+      <c r="N140" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Artisanat
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O155" s="1" t="inlineStr">
+      <c r="O140" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P155" s="1" t="inlineStr">
+      <c r="P140" s="1" t="inlineStr">
         <is>
           <t>27/03/2023</t>
         </is>
       </c>
-      <c r="Q155" s="1" t="inlineStr">
+      <c r="Q140" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R155" s="1" t="inlineStr">
+      <c r="R140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet fera l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Celle-ci est composée de quatre critères donnant lieu à une note globale. C&amp;#039;est cette note globale qui définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus, des critères complémentaires sont à prendre en compte pour les projets de &lt;span&gt;création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/p&gt;&lt;p&gt;- un programme de travaux choisi qui s’engage à atteindre un gain minimum de 40%:&lt;/p&gt;&lt;p&gt;- de la consommation en énergie primaire ou l’atteinte de l’étiquette B&lt;/p&gt;&lt;p&gt;- des émissions de gaz à effet de serre.&lt;/p&gt;&lt;p&gt;Dans tous les cas, aucun projet ne sera soutenu si le programme de travaux choisi par le pp atteint une etiquette E F G .&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S155" s="1" t="inlineStr">
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T155" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U155" s="1" t="inlineStr">
+      <c r="U140" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V155" s="1" t="inlineStr">
+      <c r="V140" s="1" t="inlineStr">
         <is>
           <t>https://pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="X155" s="1" t="inlineStr">
+      <c r="X140" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y155" s="1" t="inlineStr">
+      <c r="Y140" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z155" s="1" t="inlineStr">
+      <c r="Z140" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-un-developpement-territorial-sobre-et-resilient/</t>
         </is>
       </c>
-      <c r="AA155" s="1" t="inlineStr">
+      <c r="AA140" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="156" spans="1:27" customHeight="0">
-      <c r="A156" s="1">
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
         <v>163767</v>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B141" s="1" t="inlineStr">
         <is>
           <t>Renforcer l’appui en ingénierie auprès des collectivités ligériennes</t>
         </is>
       </c>
-      <c r="D156" s="1" t="inlineStr">
+      <c r="D141" s="1" t="inlineStr">
         <is>
           <t>guichet unique de l’ingénierie territoriale ligérienne</t>
         </is>
       </c>
-      <c r="E156" s="1" t="inlineStr">
+      <c r="E141" s="1" t="inlineStr">
         <is>
           <t>ADEME
 Agence Nationale de l'Habitat (ANAH)
 Agences de l'eau
 Agence nationale de la cohésion des territoires (ANCT)
 ALEC 42 - Agence Locale de l'Energie et du Climat
 Agence Nationale pour la Rénovation Urbaine (ANRU)
 SIEL-Territoire d’énergie Loire
 Banque des Territoires
 Cerema
 Conseil départemental de la Loire
 Commissariat du Massif Central
 Office Français de la Biodiversité (OFB)
 DDT de la Loire</t>
         </is>
       </c>
-      <c r="G156" s="1" t="inlineStr">
+      <c r="G141" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H156" s="1" t="inlineStr">
+      <c r="H141" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K156" s="1" t="inlineStr">
+      <c r="K141" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L156" s="1" t="inlineStr">
+      <c r="L141" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;préfet
 de la Loire &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 le délégué territorial de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’ANCT&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Il
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 assisté d&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;e
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;cinq&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 délégués territoriaux adjoints : le secrétaire général de
 la préfecture, les deux sous-préfets &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;de
 Montbrison et de Roanne&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;,
 le directeur départemental des territoires et la directrice
 départementale de l’emploi, du travail et des solidarités. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;I&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ls
 sont les premiers interlocuteurs des maires et présidents
 d’intercommunalité pour toute question relative à l’ingénierie.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Les
 collectivités territoriales ont régulièrement besoin du soutien de
 l’État pour développer leurs projets : une aide financière
 mais aussi une aide en ingénierie. L’ingénierie est l’ensemble
 des prestations intellectuelles pour répondre aux questionnements
 autour de ces projets. Elle couvre les aspects technique,
 réglementaire, financier, juridique, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’offre
@@ -32615,14662 +29928,15869 @@
 vite.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Le
 chef de file mettra en œuvre la solution retenue ou en assurera le
 pilotage ou le suivi. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Plusieur&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;s
 ressources &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;seront
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;utilisées :
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;les
 marchés à bons de commande de l’ANCT ; les appuis sur mesure
 de l’ANCT ; la &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;mesure
 ingénierie du fonds vert ; &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;l’&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;appui
 des administrations centrales, des établissements publics &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ou
 bien &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;du
 Conseil départemental. &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Certaines figurent déjà sur la plateforme &lt;em&gt;aides-territoires&lt;/em&gt;. La
 solution pourra être une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 directe d’un des membres du guichet unique, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;un
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;groupe
 de travail pour traiter des thématiques multiples, &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;la
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 d’un tiers prise en charge par un des membres du guichet unique,
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;une
 participation&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;
 financière à une &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;opératio&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;n
 dont la collectivité est maître d’ouvrage, etc.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N156" s="1" t="inlineStr">
+      <c r="N141" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Prévention des risques
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides</t>
         </is>
       </c>
-      <c r="O156" s="1" t="inlineStr">
+      <c r="O141" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R156" s="1" t="inlineStr">
+      <c r="R141" s="1" t="inlineStr">
         <is>
           <t>&lt;p align="justify"&gt;
 &lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Toutes
 les collectivités territoriales ligériennes s&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;ont
 éligibles : les communes, les intercommunalités, leurs
 groupements et le Conseil départemental de la Loire.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’objet
 de la prestation intellectuelle &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;doit
 relever de la compétence, éventuellement partagée, de la
 collectivité territoriale &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;qui
 la demande.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;L’éligibilité
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;est
 &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;examinée
 au cas par cas en fonction du dispositif d’appui retenu pour
 répondre à la demande de &lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;prestation
 intellectuelle&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
 &lt;p align="justify"&gt;&lt;font&gt;&lt;font face="Arial, sans-serif"&gt;&lt;font size="2"&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;&lt;span&gt;Cet
 appui respecte le principe de subsidiarité.&lt;/span&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S156" s="1" t="inlineStr">
+      <c r="S141" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U156" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V156" s="1" t="inlineStr">
+      <c r="V141" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Services-de-l-Etat/Agriculture.-environnement.-amenagement-et-logement/Direction-Departementale-des-Territoires</t>
         </is>
       </c>
-      <c r="W156" s="1" t="inlineStr">
+      <c r="W141" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.gouv.fr/Actions-de-l-Etat/Collectivites-locales/Guide-de-l-ingenierie-territoriale2/Guide-de-l-ingenierie-territoriale</t>
         </is>
       </c>
-      <c r="X156" s="1" t="inlineStr">
+      <c r="X141" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ingenierie&amp;#64;loire.gouv.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y156" s="1" t="inlineStr">
+      <c r="Y141" s="1" t="inlineStr">
         <is>
           <t>michel.poiret@loire.gouv.fr</t>
         </is>
       </c>
-      <c r="Z156" s="1" t="inlineStr">
+      <c r="Z141" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-lappui-en-ingenierie-aupres-des-collectivites-ligeriennes/</t>
         </is>
       </c>
-      <c r="AA156" s="1" t="inlineStr">
+      <c r="AA141" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="157" spans="1:27" customHeight="0">
-      <c r="A157" s="1">
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
         <v>163793</v>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Préserver les zones humides</t>
         </is>
       </c>
-      <c r="E157" s="1" t="inlineStr">
+      <c r="E142" s="1" t="inlineStr">
         <is>
           <t>Conseil Départemental des Pyrénées Orientales</t>
         </is>
       </c>
-      <c r="G157" s="1" t="inlineStr">
+      <c r="G142" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H157" s="1" t="inlineStr">
+      <c r="H142" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K157" s="1" t="inlineStr">
+      <c r="K142" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L157" s="1" t="inlineStr">
+      <c r="L142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;De part 
 les nombreuses fonctions qu’elles assurent, les zones humides se 
 trouvent à la croisée des enjeux liés à la protection de la ressource en
  eau et des espaces naturels. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Afin de préserver ces milieux fragiles et 
 sous pression, le Département des Pyrénées-Orientales peut financer des études ou plans de 
 gestion, des travaux de protection ou restauration et des opérations 
 d’acquisitions foncières. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour faciliter ces dernières, il peut 
 également mettre à disposition des collectivités son outil foncier relatif aux Zones de préemption au titre des espaces naturels sensibles (ZPENS).&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M157" s="1" t="inlineStr">
+      <c r="M142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Études, travaux, outils de communication/sensibilisation, acquisitions foncières.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N157" s="1" t="inlineStr">
+      <c r="N142" s="1" t="inlineStr">
         <is>
           <t>Sols
 Biodiversité
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O157" s="1" t="inlineStr">
+      <c r="O142" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R157" s="1" t="inlineStr">
+      <c r="R142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;EPCI, communes, associations, fondations reconnues d’utilité publique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S157" s="1" t="inlineStr">
+      <c r="S142" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T157" s="1" t="inlineStr">
+      <c r="T142" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U157" s="1" t="inlineStr">
+      <c r="U142" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Orientales</t>
         </is>
       </c>
-      <c r="V157" s="1" t="inlineStr">
+      <c r="V142" s="1" t="inlineStr">
         <is>
           <t>https://portail-collectivites66.fr/aap/politique-departementale-en-matiere-de-preservation-des-zones-humides/</t>
         </is>
       </c>
-      <c r="X157" s="1" t="inlineStr">
+      <c r="X142" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable mission Biodiversité&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y157" s="1" t="inlineStr">
+      <c r="Y142" s="1" t="inlineStr">
         <is>
           <t>vanessa.amiel@cd66.fr</t>
         </is>
       </c>
-      <c r="Z157" s="1" t="inlineStr">
+      <c r="Z142" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-zones-humides/</t>
         </is>
       </c>
-      <c r="AA157" s="1" t="inlineStr">
+      <c r="AA142" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="158" spans="1:27" customHeight="0">
-      <c r="A158" s="1">
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
         <v>163871</v>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
         </is>
       </c>
-      <c r="C158" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D158" s="1" t="inlineStr">
+      <c r="D143" s="1" t="inlineStr">
         <is>
           <t>Territoires engagés pour la nature</t>
         </is>
       </c>
-      <c r="E158" s="1" t="inlineStr">
+      <c r="E143" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)
-Office Français de la Biodiversité (OFB)</t>
-[...2 lines deleted...]
-      <c r="G158" s="1" t="inlineStr">
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...8 lines deleted...]
-      <c r="K158" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L158" s="1" t="inlineStr">
+      <c r="L143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M158" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N158" s="1" t="inlineStr">
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Revitalisation
 Biodiversité
 Paysage
 Modes actifs : vélo, marche et aménagements associés
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O158" s="1" t="inlineStr">
+      <c r="O143" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R158" s="1" t="inlineStr">
+      <c r="R143" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S158" s="1" t="inlineStr">
+      <c r="S143" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U158" s="1" t="inlineStr">
+      <c r="U143" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V158" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="Y158" s="1" t="inlineStr">
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z158" s="1" t="inlineStr">
+      <c r="Z143" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
         </is>
       </c>
-      <c r="AA158" s="1" t="inlineStr">
+      <c r="AA143" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="159" spans="1:27" customHeight="0">
-      <c r="A159" s="1">
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
         <v>163875</v>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="D159" s="1" t="inlineStr">
+      <c r="D144" s="1" t="inlineStr">
         <is>
           <t>Lutte les pressions d'origine agricole</t>
         </is>
       </c>
-      <c r="E159" s="1" t="inlineStr">
+      <c r="E144" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G159" s="1" t="inlineStr">
+      <c r="G144" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H159" s="1" t="inlineStr">
+      <c r="H144" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I159" s="1" t="inlineStr">
+      <c r="I144" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K159" s="1" t="inlineStr">
+      <c r="K144" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L159" s="1" t="inlineStr">
+      <c r="L144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs poursuivis sont multiples : atteindre le bon état des
 masses d’eau, garantir la disponibilité de la ressource en eau, prévenir et
 gérer les crues et préserver la biodiversité, dans un contexte de changement
 climatique. &lt;/p&gt;&lt;p&gt;Pour répondre à ces enjeux, l’Agence de l’eau accompagne la transition
 agroécologique et privilégie les pratiques ou les changements à l’échelle du
 système d’exploitation, tels que l’agriculture biologique, l’agriculture de
 conservation des sols, l’agroforesterie et le boisement, l’élevage à l’herbe et
 l’implantation du cultures à bas niveau d’intrants. &lt;/p&gt;&lt;p&gt;Plus particulièrement l’Agence de l’Eau a définit des objectifs
 spécifiques au titre : &lt;/p&gt;&lt;p&gt;- de la lutte contre les pollutions dans les zones à enjeu eau et plus
 particulièrement dans les aires d’alimentation des captages prioritaires où
 l’agence privilégie les projets de territoires portés par les collectivités et
 soutient des actions concourant à réduire ou maitriser les pressions à un
 niveau compatible avec l’état de la ressource en eau et les enjeux de santé
 publique associés ; &lt;/p&gt;&lt;p&gt;- du maintien des prairies et du programme de maintien de l’agriculture
 en zones humides qui poursuit un objectif de maintien des surfaces et à
 démontrer l’intérêt pour les exploitants ayant un atelier élevage de s’appuyer
 sur des prairies naturelles ;&lt;/p&gt;&lt;p&gt;- de la gestion quantitative de l’eau et de l’adaptation au changement
 climatique pour lesquelles il est visé une stabilisation des prélèvements à des
 fins d’irrigation en favorisant la recharge des nappes, l’amélioration de la
 réserve utile du sol, la résistance des plantes et la réduction de la
 consommation d’eau ; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;- des action pour la connaissance, le suivi et l’amélioration des
 pratiques de la filière d’épandage des effluents organiques ou l’enjeu est de
 favoriser le retour au sol agricole des matières organiques en créant les
 conditions de la confiance.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M159" s="1" t="inlineStr">
+      <c r="M144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études d’opportunité ou faisabilité de
 changement de système de production agricole&lt;/li&gt;&lt;li&gt;Animation pour la connaissance et le suivi de la
 filière des épandages d’effluents organiques&lt;/li&gt;&lt;li&gt;Analyses de sols (reliquats azotés, pédologie,
 micropolluants…)&lt;/li&gt;&lt;li&gt;Aides directes pour la protection de la
 ressource en eau dans les captages prioritaires&lt;/li&gt;&lt;li&gt;Aide à la conversion à l’Agriculture biologique
 (CAB)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N159" s="1" t="inlineStr">
+      <c r="N144" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O159" s="1" t="inlineStr">
+      <c r="O144" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P159" s="1" t="inlineStr">
+      <c r="P144" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q159" s="1" t="inlineStr">
+      <c r="Q144" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R159" s="1" t="inlineStr">
+      <c r="R144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux personnes morales de droit public ou privé
 réalisant des opérations visant à lutter contre les pressions d’origine
 agricole.&lt;/p&gt;&lt;p&gt;L’Agence de l’Eau intervient en
 principe sur des zonages où sont présents des enjeux en rapport avec l’eau et
 la biodiversité. Lorsque les échelles de solutions dépassent le périmètre des
 zones à enjeux, l’Agence de l’Eau peut toutefois intervenir à une échelle plus
 large. Il est tenu compte de la délibération d’intervention portant sur les
 zonages d’intervention pour les thèmes suivants :&lt;/p&gt;&lt;p&gt;-Enjeu « eau potable », en
 particulier les aires d’alimentation des captages prioritaires définis dans le
 SDAGE ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien de
 l’Agriculture en Zones Humides » ;&lt;/p&gt;&lt;p&gt;-Programme « Maintien des prairies
 » ;&lt;/p&gt;&lt;p&gt;-Territoires à risque de tension
 quantitative de la ressource en eau, soumis à pression d’irrigation.&lt;/p&gt;&lt;p&gt;Les communes concernées par un
 programme global de lutte contre l’érosion des sols reconnu par l’Agence de
 l’Eau (programme d’animation agroécologique en lien avec l’agriculture de
 conservation des sols, programme global d’aménagements hydrauliques issu d’une
 étude préalable) sont également des territoires à enjeux pour l’Agence de
 l’Eau.&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont
 précisées plus en détail dans la délibération pour chaque thématique : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les actions concourant à créer les conditions de
 la transition agroécologique&lt;/li&gt;&lt;li&gt;Investissements dans les filières de
 transformation ou commercialisation de produits agricoles&lt;/li&gt;&lt;li&gt;Aides directes aux exploitations agricoles et à
 leur groupement&lt;/li&gt;&lt;li&gt;Aides pour la connaissance, le suivis et
 l’amélioration des pratiques de la filière d’épandage des effluents organiques &lt;/li&gt;&lt;li&gt;Les contrats d’objectifs « eau et
 agriculture »&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S159" s="1" t="inlineStr">
+      <c r="S144" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T159" s="1" t="inlineStr">
+      <c r="T144" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U159" s="1" t="inlineStr">
+      <c r="U144" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V159" s="1" t="inlineStr">
+      <c r="V144" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X159" s="1" t="inlineStr">
+      <c r="X144" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y159" s="1" t="inlineStr">
+      <c r="Y144" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z159" s="1" t="inlineStr">
+      <c r="Z144" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-dorigine-agricole/</t>
         </is>
       </c>
-      <c r="AA159" s="1" t="inlineStr">
+      <c r="AA144" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="160" spans="1:27" customHeight="0">
-      <c r="A160" s="1">
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
         <v>163876</v>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Aménager le territoire avec et pour l'eau</t>
         </is>
       </c>
-      <c r="D160" s="1" t="inlineStr">
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Politique territoriale</t>
         </is>
       </c>
-      <c r="E160" s="1" t="inlineStr">
+      <c r="E145" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G160" s="1" t="inlineStr">
+      <c r="G145" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H160" s="1" t="inlineStr">
+      <c r="H145" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I160" s="1" t="inlineStr">
+      <c r="I145" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K160" s="1" t="inlineStr">
+      <c r="K145" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L160" s="1" t="inlineStr">
+      <c r="L145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette délibération présente les principes d’intervention et les
 objectifs de l’Agence en matière de politiques territoriales : restaurer l’état
 ou le potentiel des masses d’eau de surface à travers un contrat territorial
 dénommé « contrat de masse d’eau », soutenir le travail réalisé par les
 commissions locales de l’eau et les structures porteuses des schémas
 d’aménagement et de gestion des eaux (SAGE) et intégrer les enjeux de l’eau
 dans les politiques d’urbanisme.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M160" s="1" t="inlineStr">
+      <c r="M145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’élaboration et la mise en œuvre des contrats
 de masse d’eau&lt;/li&gt;&lt;li&gt;La mise en œuvre des pactes de gouvernance
 qu’elle a conclus avec les schémas d’aménagement et de gestion des eaux (SAGE)&lt;/li&gt;&lt;li&gt;Les études liées à la révision ou la mise en
 œuvre des plans d’action des SAGE (études juridiques, dossiers réglementaires,
 dispositif de consultation du public…)&lt;/li&gt;&lt;li&gt;Elaboration des documents d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N160" s="1" t="inlineStr">
+      <c r="N145" s="1" t="inlineStr">
         <is>
           <t>Sols
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O160" s="1" t="inlineStr">
+      <c r="O145" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P160" s="1" t="inlineStr">
+      <c r="P145" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q160" s="1" t="inlineStr">
+      <c r="Q145" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R160" s="1" t="inlineStr">
+      <c r="R145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières et l’éligibilité des coûts 
 sont précisées plus en détail dans la délibération :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats de masse d’eau&lt;/li&gt;&lt;li&gt;Pacte de gouvernance avec les schémas d’aménagement et de gestion des eaux (SAGE)&lt;/li&gt;&lt;li&gt;Intégration des enjeux de l’eau dans les
 politiques de planification territoriale et d’urbanisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S160" s="1" t="inlineStr">
+      <c r="S145" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T160" s="1" t="inlineStr">
+      <c r="T145" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U160" s="1" t="inlineStr">
+      <c r="U145" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V160" s="1" t="inlineStr">
+      <c r="V145" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X160" s="1" t="inlineStr">
+      <c r="X145" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y160" s="1" t="inlineStr">
+      <c r="Y145" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z160" s="1" t="inlineStr">
+      <c r="Z145" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-le-territoire-avec-et-pour-leau/</t>
         </is>
       </c>
-      <c r="AA160" s="1" t="inlineStr">
+      <c r="AA145" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="161" spans="1:27" customHeight="0">
-      <c r="A161" s="1">
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
         <v>163877</v>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Protéger la ressource en eau et l'alimentation en eau potable</t>
         </is>
       </c>
-      <c r="D161" s="1" t="inlineStr">
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Protection de la ressource en eau et alimentation en eau potable</t>
         </is>
       </c>
-      <c r="E161" s="1" t="inlineStr">
+      <c r="E146" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G161" s="1" t="inlineStr">
+      <c r="G146" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H161" s="1" t="inlineStr">
+      <c r="H146" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I161" s="1" t="inlineStr">
+      <c r="I146" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 70</t>
         </is>
       </c>
-      <c r="K161" s="1" t="inlineStr">
+      <c r="K146" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L161" s="1" t="inlineStr">
+      <c r="L146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’approvisionnement permanent du service public d’eau
 potable par une eau de qualité satisfaisante et en quantité suffisante est un
 enjeu majeur de l’Agence de l’Eau Artois-Picardie.&lt;/p&gt;&lt;p&gt;Le bassin Artois-Picardie compte environ 1 000 captages
 d’eau potable actifs, dont la quasi-totalité dispose d’une déclaration
 d’utilisé publique visant la protection contre les pollutions accidentelles et
 ponctuelles. Plus de 200 captages sont néanmoins considérés comme dégradés par
 des pollutions diffuses, parmi lesquels les 60 captages d’eau potable
 prioritaires identifiés par le Schéma Directeur d’Aménagement et de Gestion des
 Eaux (SDAGE) au regard de taux de nitrates et/ou de phytosanitaires et leurs
 métabolites en augmentation tendancielle, voire en dépassement des valeurs
 limites de potabilité.&lt;/p&gt;&lt;p&gt;Les problèmes de qualité de la ressource sont de différentes
 origines, et leur résolution appelle une mobilisation large des dispositifs du
 programme d’intervention de l’Agence de l’Eau en conformité avec les
 orientations du Gouvernement définies dans le « Plan Eau » lancé au mois de
 mars 2023, la mise en place de démarches préventives doit être prioritairement
 recherchée pour réduire à la source l’ensemble des pollutions qui s’exercent
 sur les aires d’alimentation de captages. Elles sont le préalable à la mise en
 place des solutions curatives qui s’avèreraient nécessaires, ou des projets
 d’interconnexions accompagnés par l’Agence de l’Eau afin de sécuriser
 l’alimentation en eau potable des territoires.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau Artois-Picardie incite les maitres
 d’ouvrage à mettre en place des actions de protection de la ressource en eau,
 principalement à travers des actions de réduction des pollutions qui s’exercent
 sur les aires d’alimentation des captages afin de reconquérir à terme la
 qualité des eaux brutes, et de sécurisation de l’alimentation au bénéfice de
 tous les usagers du service public d’eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M161" s="1" t="inlineStr">
+      <c r="M146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Participation financière pour l’élaboration et
 la mise en œuvre des contrats d’actions pour la ressource en eau portant sur
 les captages prioritaires identifiés par le SDAGE&lt;/li&gt;&lt;li&gt;Les travaux de rebouchage de captages, puits ou
 forages inutilisés au sein d’une aire d’alimentation de captage&lt;/li&gt;&lt;li&gt;Les acquisitions foncières (y compris les
 indemnités d’éviction et les frais d’actes, de notaire ou de portage) réalisées
 au sein d’une aire d’alimentation de captage et le boisement pérenne&lt;/li&gt;&lt;li&gt;Les études techniques, juridiques et financières
 liées à la prise de compétence et à la structuration du service eau potable&lt;/li&gt;&lt;li&gt;Les études préalables à la réalisation des
 travaux (assistance à maîtrise d’ouvrage, définition des besoins, études de
 faisabilité, études spécifiques, choix du site et des solutions techniques…)&lt;/li&gt;&lt;li&gt;Les études technico-économiques d’examen des
 différentes solutions de sécurisation (nouveau forage, raccordement,
 interconnexion...)&lt;/li&gt;&lt;li&gt;Les travaux de déplacement, d’adaptation et de
 sécurisation des ouvrages d’eau potable existants situés dans les zones d’aléa
 fort et définis dans un document d’urbanisme en lien avec un plan de prévention
 des risques&lt;/li&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements (colloques, journées techniques…).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N161" s="1" t="inlineStr">
+      <c r="N146" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espace public
 Risques naturels
 Biodiversité
 Equipement public
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O161" s="1" t="inlineStr">
+      <c r="O146" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P161" s="1" t="inlineStr">
+      <c r="P146" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q161" s="1" t="inlineStr">
+      <c r="Q146" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R161" s="1" t="inlineStr">
+      <c r="R146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les conditions d’éligibilité et
 plus particulièrement les conditions particulières sont précisées en détail dans
 la délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contrats d’action pour la ressource en eau&lt;/li&gt;&lt;li&gt;La protection de la ressource en eau &lt;/li&gt;&lt;li&gt;La production d’eau potable et la sécurisation
 quantitative&lt;/li&gt;&lt;li&gt;L’approvisionnement en eau potable et la
 sécurisation quantitative&lt;/li&gt;&lt;li&gt;Les actions de communication et de
 sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S161" s="1" t="inlineStr">
+      <c r="S146" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T161" s="1" t="inlineStr">
+      <c r="T146" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U161" s="1" t="inlineStr">
+      <c r="U146" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V161" s="1" t="inlineStr">
+      <c r="V146" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X161" s="1" t="inlineStr">
+      <c r="X146" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN - &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y161" s="1" t="inlineStr">
+      <c r="Y146" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z161" s="1" t="inlineStr">
+      <c r="Z146" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-la-ressource-en-eau-et-lalimentation-en-eau-potable/</t>
         </is>
       </c>
-      <c r="AA161" s="1" t="inlineStr">
+      <c r="AA146" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="162" spans="1:27" customHeight="0">
-      <c r="A162" s="1">
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
         <v>163878</v>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité</t>
         </is>
       </c>
-      <c r="D162" s="1" t="inlineStr">
+      <c r="D147" s="1" t="inlineStr">
         <is>
           <t>Préservation et restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E162" s="1" t="inlineStr">
+      <c r="E147" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G162" s="1" t="inlineStr">
+      <c r="G147" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H162" s="1" t="inlineStr">
+      <c r="H147" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I162" s="1" t="inlineStr">
+      <c r="I147" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 100</t>
         </is>
       </c>
-      <c r="K162" s="1" t="inlineStr">
+      <c r="K147" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L162" s="1" t="inlineStr">
+      <c r="L147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 délibération présente les principes d’intervention et les objectifs de l’Agence
 dans le domaine de la restauration écologique des milieux naturels et du
 littoral, en adéquation avec les objectifs environnementaux du Schéma Directeur
 d’Aménagement et de Gestion des Eaux 2022 – 2027 (SDAGE). &lt;/p&gt;&lt;p&gt;La logique poursuivie est d’avoir
 une approche globale à l’échelle du cycle de l’eau, tenant compte du
 fonctionnement écologique des milieux naturels. Les actions conduites ont pour
 ambition notamment d’améliorer l’état écologique des eaux de surface et de
 contribuer à la préservation et la restauration de la biodiversité. L’approche
 vise de manière intégrée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réduction des pressions morphologiques et
 physico-chimiques sur les habitats aquatiques, terrestres et littoraux (cours
 d’eau, milieux humides et non humides) et leur biodiversité, et le
 rétablissement des continuités écologiques,&lt;/li&gt;&lt;li&gt;La prévention des différents aléas
 (ruissellement et gestion des eaux pluviales « à la source », débordement de
 cours d’eau, limitation des flux de matières en suspension et du colmatage des
 cours d’eau...), à l’origine notamment des inondations. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;En lien avec les compétences « Gestion des Milieux
 Aquatiques et Prévention des Milieux Aquatiques » GEMAPI et « Préservation de
 la Biodiversité », l’objectif visé est également de faciliter la prise en
 compte de ces enjeux dans le cadre d’une organisation territoriale adaptée sur
 les plans de la gouvernance et de l’urbanisme durable&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M162" s="1" t="inlineStr">
+      <c r="M147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes de plan pluriannuel de restauration et
 d’entretien des cours d’eau navigués&lt;/li&gt;&lt;li&gt;Etudes préalables nécessaires à la réalisation
 de travaux éligibles&lt;/li&gt;&lt;li&gt;Acquisition foncière d’ouvrages et de parcelles
 riveraines d’ouvrages faisant obstacle à la continuité écologique&lt;/li&gt;&lt;li&gt;Missions d’ingénierie mutualisée pour
 accompagner les maîtrises d’ouvrage des opérations de rétablissement des
 continuités écologiques des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de rétablissement des continuités
 écologiques longitudinale et latérale des cours d’eau&lt;/li&gt;&lt;li&gt;Travaux de création ou de restauration
 d’ouvrages de régulation des ruissellements au fil de l’eau (fossés et noues
 végétalisés, merlons, diguettes, mares, zones de rétention…)&lt;/li&gt;&lt;li&gt;Travaux d’implantation d’ouvrages d’hydraulique
 douce (haies, bandes boisées, bandes enherbées, fascines, prairies…)&lt;/li&gt;&lt;li&gt;Protections rapprochées et mises en défens de
 milieux humides, y compris dans l’objectif d’une gestion pérenne agricole&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N162" s="1" t="inlineStr">
+      <c r="N147" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Sols
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O162" s="1" t="inlineStr">
+      <c r="O147" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P162" s="1" t="inlineStr">
+      <c r="P147" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q162" s="1" t="inlineStr">
+      <c r="Q147" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R162" s="1" t="inlineStr">
+      <c r="R147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau est susceptible
 d’attribuer une participation financière aux opérations respectant les
 conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Elles ont fait l’objet d’un plan ou programme,
 qui en démontre l’opportunité, au travers de l’intérêt hydraulique et
 écologique, et qui en précise les caractéristiques techniques ;&lt;/li&gt;&lt;li&gt;Elles sont réglementairement autorisées ou
 déclarées et respectent les prescriptions administratives afférentes ou, à
 défaut, le dossier visant à l’obtention de ces éléments est en cours
 d’élaboration.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les conditions d’éligibilité et
 plus précisément les conditions particulières sont précisées en détail dans la
 délibération pour chaque thématique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études&lt;/li&gt;&lt;li&gt;Les acquisitions foncières&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des cours d’eau&lt;/li&gt;&lt;li&gt;Rétablissement des continuités écologiques des
 cours d’eau&lt;/li&gt;&lt;li&gt;La gestion des flux érosifs et la limitation du
 colmatage des milieux aquatiques&lt;/li&gt;&lt;li&gt;La prévention des aléas de débordement de cours
 d’eau, de ruissellements et de submersion marine&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux humides&lt;/li&gt;&lt;li&gt;La préservation et la restauration écologique
 des milieux non humides&lt;/li&gt;&lt;li&gt;L’espace de bon fonctionnement des cours d’eau&lt;/li&gt;&lt;li&gt;Les actions de communication, d’éducation,
 d’information et de sensibilisation du public&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S162" s="1" t="inlineStr">
+      <c r="S147" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T162" s="1" t="inlineStr">
+      <c r="T147" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U162" s="1" t="inlineStr">
+      <c r="U147" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V162" s="1" t="inlineStr">
+      <c r="V147" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X162" s="1" t="inlineStr">
+      <c r="X147" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -&lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y162" s="1" t="inlineStr">
+      <c r="Y147" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z162" s="1" t="inlineStr">
+      <c r="Z147" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite/</t>
         </is>
       </c>
-      <c r="AA162" s="1" t="inlineStr">
+      <c r="AA147" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="163" spans="1:27" customHeight="0">
-      <c r="A163" s="1">
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
         <v>163880</v>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Etudier, rechercher, innover et densifier la connaissance environnementale</t>
         </is>
       </c>
-      <c r="D163" s="1" t="inlineStr">
+      <c r="D148" s="1" t="inlineStr">
         <is>
           <t>Etude, recherche, innovation et connaissance environnementale</t>
         </is>
       </c>
-      <c r="E163" s="1" t="inlineStr">
+      <c r="E148" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G163" s="1" t="inlineStr">
+      <c r="G148" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H163" s="1" t="inlineStr">
+      <c r="H148" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I163" s="1" t="inlineStr">
+      <c r="I148" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 80</t>
         </is>
       </c>
-      <c r="K163" s="1" t="inlineStr">
+      <c r="K148" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L163" s="1" t="inlineStr">
+      <c r="L148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les interventions de l’Agence au titre de la présente
 délibération visent les champs suivants :&lt;/p&gt;&lt;p&gt;·      
 L’acquisition, le transfert et la valorisation
 de connaissances (études générales, recherchedéveloppement, prospective et
 innovation) pour :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;le fonctionnement, la gestion et la protection des
 ressources en eau, des milieux aquatiques,&lt;/li&gt;&lt;li&gt;l’amélioration du traitement ou la prise en compte de
 nouvelles formes de pollutions par les procédés d’épuration,&lt;/li&gt;&lt;li&gt;le cycle de l’eau, l’atténuation et l’adaptation au
 changement climatique,&lt;/li&gt;&lt;li&gt;la protection de la santé humaine pour les risques liés à
 l’eau ou à la gestion des milieux aquatiques ;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;·      
 La création et la gestion de réseaux de
 surveillance ou l’acquisition de données qui contribuent à :&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;améliorer la connaissance qualitative et quantitative des
 ressources en eau superficielles et souterraines, des usages et des pressions
 qui s’exercent sur ces ressources ;&lt;/li&gt;&lt;li&gt;mettre en place les programmes de surveillance de la DCE
 (qui comprend les réseaux de contrôle de surveillance, opérationnel, d’enquête
 et additionnel), et de la DCSMM ;&lt;/li&gt;&lt;li&gt;mettre en place les dispositifs de surveillance
 complémentaires qui permettent de renforcer les programmes de surveillance de
 la DCE et de la DCSMM afin d’assurer une meilleure connaissance des milieux
 aquatiques ou de mesurer l’impact d’actions liées à la reconquête de la qualité
 de l’eau (contrats territoriaux, schémas d’aménagement et de gestion des eaux, …) ;&lt;/li&gt;&lt;li&gt;mettre en œuvre le Système d’Information sur l’Eau (SIE) et
 le Schéma National des Données sur l’Eau (SNDE).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Les projets financés s’inscriront dans les grandes missions
 définies dans la lettre de cadrage du ministère avec pour objectif principal
 l’atteinte et la reconquête du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M163" s="1" t="inlineStr">
+      <c r="M148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les opérations répondant à des enjeux
 spécifiques du Bassin et non à une problématique d’envergure nationale&lt;/li&gt;&lt;li&gt;La surveillance des milieux aquatiques et
 l’acquisition de données environnementales peuvent être sous maîtrise d’ouvrage
 Agence ou faire l’objet d’une participation financière&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N163" s="1" t="inlineStr">
+      <c r="N148" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Agriculture et agroalimentaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Equipement public
 Réhabilitation
 International
 Industrie
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O163" s="1" t="inlineStr">
+      <c r="O148" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P163" s="1" t="inlineStr">
+      <c r="P148" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q163" s="1" t="inlineStr">
+      <c r="Q148" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R163" s="1" t="inlineStr">
+      <c r="R148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont détaillées dans la délibération sous deux thématiques : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes, expertise, recherche, innovation et
 prospective&lt;/li&gt;&lt;li&gt;La connaissance environnementale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S163" s="1" t="inlineStr">
+      <c r="S148" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T163" s="1" t="inlineStr">
+      <c r="T148" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U163" s="1" t="inlineStr">
+      <c r="U148" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V163" s="1" t="inlineStr">
+      <c r="V148" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X163" s="1" t="inlineStr">
+      <c r="X148" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -&lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -
 &lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y163" s="1" t="inlineStr">
+      <c r="Y148" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z163" s="1" t="inlineStr">
+      <c r="Z148" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etudier-rechercher-innover-et-densifier-la-connaissance-environnementale/</t>
         </is>
       </c>
-      <c r="AA163" s="1" t="inlineStr">
+      <c r="AA148" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="164" spans="1:27" customHeight="0">
-      <c r="A164" s="1">
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
         <v>163882</v>
       </c>
-      <c r="B164" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Lutter contre la pollutions des activités économiques hors agricole</t>
         </is>
       </c>
-      <c r="D164" s="1" t="inlineStr">
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Lutte contre la pollution des activités économique hors agricole</t>
         </is>
       </c>
-      <c r="E164" s="1" t="inlineStr">
+      <c r="E149" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Artois - Picardie</t>
         </is>
       </c>
-      <c r="G164" s="1" t="inlineStr">
+      <c r="G149" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H164" s="1" t="inlineStr">
+      <c r="H149" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I164" s="1" t="inlineStr">
+      <c r="I149" s="1" t="inlineStr">
         <is>
           <t> Min : 30 Max : 50</t>
         </is>
       </c>
-      <c r="K164" s="1" t="inlineStr">
+      <c r="K149" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L164" s="1" t="inlineStr">
+      <c r="L149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les activités économiques hors agricoles existantes et leur
 développement peuvent impliquer des pressions sur la ressource en eau et les
 milieux aquatiques. L’Agence de l’Eau en tient compte dans son programme
 d’intervention et accompagne les acteurs économiques hors agricoles dans une
 logique d’approche globale de la gestion de l’eau à l’échelle de leur site,
 afin de réduire leur impact sur la ressource en eau et les milieux aquatiques.&lt;/p&gt;&lt;p&gt;Cette délibération présente les principes d’intervention et
 les objectifs de l’Agence en matière d’activités économiques hors agricole :
 approche globale de la gestion de l’eau sur les sites économiques visant à
 réduire les pollutions et les prélèvements d’eau, gérer les eaux pluviales et,
 le cas échéant, rétablir les continuités écologiques des cours d’eau. Plus
 particulièrement la partie elle fixe des objectifs spécifiques aux titres : &lt;/p&gt;&lt;p&gt;-de la lutte contre les pollutions : l’Agence de l’Eau
 favorise dans ce cadre les solutions de techniques propres de changement de
 procédés visant à réduire les pollutions à la source, en adéquation avec les
 objectifs environnementaux du Schéma Directeur d’Aménagement et de Gestion des
 Eaux 2022 – 2027 (SDAGE).&lt;/p&gt;&lt;p&gt;-de la réduction des prélèvements en eau : l’Agence de
 l’Eau privilégie dans ce cadre les logiques de réduction des consommations,
 puis de réutilisation et/ou de recyclage des eaux industrielles ou des eaux
 pluviales de la gestion des eaux pluviales.&lt;/p&gt;&lt;p&gt;Les interventions de l’Agence de l’Eau visent l’atteinte des
 objectifs du Schéma Directeur d’Aménagement et de Gestion des Eaux via :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt; la réduction ou la suppression des eaux de
 ruissellement admises dans les réseaux d’assainissement ou rejetées au milieu
 naturel superficiel&lt;/li&gt;&lt;li&gt;le rétablissement des continuités écologiques
 des cours d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;La politique de l’Agence de l’Eau favorise les solutions
 basées sur l’arasement des seuils faisant obstacle à la continuité écologique
 des cours d’eau.&lt;u&gt;&lt;/u&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M164" s="1" t="inlineStr">
+      <c r="M149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions d’information, de sensibilisation,
 d’échange d’expérience, de concertation et de consultation du public, y compris
 sous la forme d’évènements&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 restauration de la continuité écologique et les travaux associés&lt;/li&gt;&lt;li&gt;Les travaux d’économie d’eau (changement de
 procédés, réutilisation d’eau de process, recyclage des eaux pluviales ou des
 eaux usées traitées…)&lt;/li&gt;&lt;li&gt;Les études préalables aux investissements de
 gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Les modifications de circuits internes
 d&amp;#039;utilisation d&amp;#039;eau, en particulier dans le but de réduire les débits ou les
 sous-produits à traiter&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N164" s="1" t="inlineStr">
+      <c r="N149" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Sols
 Innovation, créativité et recherche
 Risques naturels
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O164" s="1" t="inlineStr">
+      <c r="O149" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P164" s="1" t="inlineStr">
+      <c r="P149" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q164" s="1" t="inlineStr">
+      <c r="Q149" s="1" t="inlineStr">
         <is>
           <t>15/10/2030</t>
         </is>
       </c>
-      <c r="R164" s="1" t="inlineStr">
+      <c r="R149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’Eau peut apporter
 une participation financière aux maîtres d’ouvrage des activités économiques
 hors agricoles suivants : - Entreprises immatriculées au registre du commerce
 et des sociétés, - Chambres consulaires ou tout autre organisme représentatif
 d’une activité économique industrielle, commerciale ou artisanale, -
 Collectivités territoriales et associations, pour les projets qu’elles portent
 dès lors qu’ils répondent aux principes d’intervention définis dans la présente
 délibération. Sont éligibles aux aides de l’Agence de l’Eau les opérations qui
 permettent aux entreprises d’aller au-delà des normes de portée européenne ou
 nationale en vigueur, et d’améliorer la protection de l’environnement par
 rapport à l’état initial.&lt;/p&gt;&lt;p&gt;Les opérations réunissant au moins
 l’un des critères suivants ne sont pas éligibles aux aides de l’Agence de l’Eau
 :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises en difficulté, sauf si l’aide de
 l’Agence de l’Eau est apportée dans le cadre du régime de minimis&lt;/li&gt;&lt;li&gt;Renouvellement à l’identique des ouvrages&lt;/li&gt;&lt;li&gt;Existence d’une mise en demeure réglementaire au
 titre de la police de l’eau ou des installations classées pour la protection de
 l’environnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au titre de cas particulier, les
 transferts d’activités existantes sur un autre site du bassin sont éligibles
 aux aides de l’Agence de l’Eau pour la part des travaux permettant d’aller
 au-delà des normes de portée européenne ou française en vigueur. L’Agence de
 l’Eau peut aider l’implantation de nouvelles activités dans le bassin, si ces
 installations sont réalisées sur des sites déjà artificialisés, et pour la part
 des travaux se rapportant à la gestion des eaux pluviales. L’Agence de l’Eau
 peut aider les travaux accompagnant une augmentation de capacité de production
 dans les conditions suivantes :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les flux de pollution nouveaux à éliminer seront
 pris en compte dans les dépenses finançables, dans la limite de 150% des flux
 de pollution initiaux ;&lt;/li&gt;&lt;li&gt;Les volumes d’eau économisés seront pris en
 compte dans les dépenses finançables pour la part correspondant aux économies
 d’eau se rapportant à la production initiale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;L’Agence de l’Eau peut aider les
 opérations collectives si elles sont portées par les chambres consulaires ou
 tout autre organisme représentatif d’une activité économique industrielle,
 commerciale ou artisanale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S164" s="1" t="inlineStr">
+      <c r="S149" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T164" s="1" t="inlineStr">
+      <c r="T149" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U164" s="1" t="inlineStr">
+      <c r="U149" s="1" t="inlineStr">
         <is>
           <t>Artois-Picardie</t>
         </is>
       </c>
-      <c r="V164" s="1" t="inlineStr">
+      <c r="V149" s="1" t="inlineStr">
         <is>
           <t>https://www.eau-artois-picardie.fr/</t>
         </is>
       </c>
-      <c r="X164" s="1" t="inlineStr">
+      <c r="X149" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mission Mer du Nord : Jean-Philippe KARPINSKI -
 &lt;a target="_self"&gt;jp.karpinski&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Picardie : François BLIN -&lt;a target="_self"&gt;f.blin&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mission Littoral : Ludovic LEMAIRE -
 &lt;a target="_self"&gt;l.lemaire&amp;#64;eau-artois-picardie.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y164" s="1" t="inlineStr">
+      <c r="Y149" s="1" t="inlineStr">
         <is>
           <t>a.dollet@eau-artois-picardie.fr</t>
         </is>
       </c>
-      <c r="Z164" s="1" t="inlineStr">
+      <c r="Z149" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-la-pollutions-des-activites-economiques-hors-agricole/</t>
         </is>
       </c>
-      <c r="AA164" s="1" t="inlineStr">
+      <c r="AA149" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="165" spans="1:27" customHeight="0">
-      <c r="A165" s="1">
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
         <v>163894</v>
       </c>
-      <c r="B165" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : l'implication citoyenne</t>
         </is>
       </c>
-      <c r="C165" s="1" t="inlineStr">
+      <c r="C150" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
+Nouveaux lieux, nouveaux liens
 ÉcoQuartier
-Renaturation des villes</t>
-[...2 lines deleted...]
-      <c r="D165" s="1" t="inlineStr">
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E165" s="1" t="inlineStr">
+      <c r="E150" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G165" s="1" t="inlineStr">
+Agences de l'eau
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H165" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K165" s="1" t="inlineStr">
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L165" s="1" t="inlineStr">
+      <c r="L150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N165" s="1" t="inlineStr">
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La
+protection de la biodiversité concerne l’ensemble de la population, sa
+dégradation nous impactera tous et toutes, il est donc important que chacun(e)
+puisse s’en saisir et participer activement à sa préservation. Les
+collectivités ont un rôle à jouer pour créer ces espaces de participation pour
+ses habitant(e)s à cette fin, et ainsi les sensibiliser, les former, et les
+impliquer dans la protection de l’environnement sur leur territoire. La participation
+des habitant(e)s pour des projets de protection de la biodiversité peut prendre
+plusieurs formes, à différents niveaux d’implication :  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;la proposition de projets et de leur portage par le biais de&lt;strong&gt;
+budgets participatifs&lt;/strong&gt;,&lt;/li&gt;&lt;li&gt;ou bien d&amp;#039;actions ponctuelles comme des &lt;strong&gt;chantiers
+participatifs&lt;/strong&gt; (nettoyage d&amp;#039;un espace naturel, plantation et travaux de
+restauration),&lt;/li&gt;&lt;li&gt;ou de démarches plus pérennes comme les &lt;strong&gt;jardins
+collectifs&lt;/strong&gt; et leur animation.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Enfin,
+il est essentiel de mettre l’accent sur une écologie populaire et inclusive,
+c’est-à-dire proposer un support aux habitant(e)s dans la transformation de
+leur cadre de vie à travers des projets concrets, adaptés à leurs besoins.&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher de votre animateur(ice) TEN en
+région et vous inspirer de ce qui se fait déjà dans les collectivités voisines,
+dans votre région ! Grâce au programme TEN, vous serez orienté vers des
+associations et professionnel(le)s qui sauront vous accompagner, partager leurs
+compétences à ce sujet et être potentiellement partenaires sur ces projets Par
+exemple, la réalisation d’un &lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la biodiversité communale&lt;/a&gt;
+peut être un outil d’implication citoyenne à travers l’usage de sciences
+participatives. La reconnaissance TEN donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YJhIOKErG9Y"&gt;Quand les habitants deviennent
+acteurs du changement - Etaples&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
 Biodiversité
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O165" s="1" t="inlineStr">
+      <c r="O150" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R165" s="1" t="inlineStr">
+      <c r="R150" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S165" s="1" t="inlineStr">
+      <c r="S150" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U165" s="1" t="inlineStr">
+      <c r="U150" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V165" s="1" t="inlineStr">
-[...17 lines deleted...]
-&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/citoyen</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y165" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z165" s="1" t="inlineStr">
+      <c r="Z150" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-limplication-citoyenne/</t>
         </is>
       </c>
-      <c r="AA165" s="1" t="inlineStr">
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="166" spans="1:27" customHeight="0">
-      <c r="A166" s="1">
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
         <v>163896</v>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
         </is>
       </c>
-      <c r="D166" s="1" t="inlineStr">
+      <c r="D151" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E166" s="1" t="inlineStr">
+      <c r="E151" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
-Agences de l'eau</t>
-[...2 lines deleted...]
-      <c r="G166" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H166" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K166" s="1" t="inlineStr">
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L166" s="1" t="inlineStr">
+      <c r="L151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M166" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="N166" s="1" t="inlineStr">
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O166" s="1" t="inlineStr">
+      <c r="O151" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R166" s="1" t="inlineStr">
+      <c r="R151" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
-locales, régionales et nationales,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
-la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
-existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
-serre,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
-la nature”,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
-les actions et en assurer le suivi,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
-réseau des collectivités engagées,&lt;/p&gt;
-&lt;br /&gt;&lt;p&gt;
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S166" s="1" t="inlineStr">
+      <c r="S151" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U166" s="1" t="inlineStr">
+      <c r="U151" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V166" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y166" s="1" t="inlineStr">
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z166" s="1" t="inlineStr">
+      <c r="Z151" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
-      <c r="AA166" s="1" t="inlineStr">
+      <c r="AA151" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="167" spans="1:27" customHeight="0">
-      <c r="A167" s="1">
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
         <v>163959</v>
       </c>
-      <c r="B167" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C167" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
+Fonds vert - Édition 2025
+Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D167" s="1" t="inlineStr">
+      <c r="D152" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E167" s="1" t="inlineStr">
+      <c r="E152" s="1" t="inlineStr">
         <is>
           <t>Office Français de la Biodiversité (OFB)
 Agence Bretonne de la Biodiversité (ARBE)
 Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
 Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine</t>
-[...2 lines deleted...]
-      <c r="G167" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H167" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K167" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L167" s="1" t="inlineStr">
+      <c r="L152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M167" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N167" s="1" t="inlineStr">
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O167" s="1" t="inlineStr">
+      <c r="O152" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R167" s="1" t="inlineStr">
+      <c r="R152" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S167" s="1" t="inlineStr">
+      <c r="S152" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U167" s="1" t="inlineStr">
+      <c r="U152" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V167" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W152" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y167" s="1" t="inlineStr">
+      <c r="Y152" s="1" t="inlineStr">
         <is>
           <t>mathilde.maisano@ofb.gouv.fr</t>
         </is>
       </c>
-      <c r="Z167" s="1" t="inlineStr">
+      <c r="Z152" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
         </is>
       </c>
-      <c r="AA167" s="1" t="inlineStr">
+      <c r="AA152" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="168" spans="1:27" customHeight="0">
-      <c r="A168" s="1">
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
         <v>163963</v>
       </c>
-      <c r="B168" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Restaurer les milieux et développer nos connaissances sur la biodiversité marine</t>
         </is>
       </c>
-      <c r="C168" s="1" t="inlineStr">
+      <c r="C153" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
         </is>
       </c>
-      <c r="D168" s="1" t="inlineStr">
+      <c r="D153" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°4 - Impulser une dynamique partenariale pour restaurer les milieux et développer nos connaissances sur la biodiversité marine et les conséquences du changement climatique</t>
         </is>
       </c>
-      <c r="E168" s="1" t="inlineStr">
+      <c r="E153" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="G168" s="1" t="inlineStr">
+      <c r="G153" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H168" s="1" t="inlineStr">
+      <c r="H153" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I168" s="1" t="inlineStr">
+      <c r="I153" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J168" s="1" t="inlineStr">
+      <c r="J153" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
         </is>
       </c>
-      <c r="K168" s="1" t="inlineStr">
+      <c r="K153" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L168" s="1" t="inlineStr">
+      <c r="L153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette
 fiche action est aujourd’hui un pilier incontournable pour garder une filière
 pêche et aquaculture attractive et en bon état écologique. Elle repose sur une
 volonté collective d’améliorer les connaissances du milieu marin, sa
 biodiversité et d’améliorer l’état écologique de nos littoraux, afin de
 préserver les ressources halieutiques. Il s’agit ainsi de s’appuyer sur
 l’Agenda 2030, notamment l’objectif 14 sur la vie aquatique « conserver et
 exploiter de manière durable les océans, les mers et les ressources marines aux
 fins du développement durable ». &lt;/p&gt;&lt;p&gt;En
 outre, il est nécessaire de pouvoir connaitre les conséquences du changement
 climatique sur la biodiversité, la faune et la flore, afin de pouvoir au mieux
 anticiper l’avenir de la filière pêche seinomarine, notamment les espèces qui y
 seront pêchées. Il s’agit donc de pouvoir identifier l’impact du changement
 climatique sur les espèces halieutiques et aquacoles locales pour s’y adapter,
 notamment en renforçant la coopération scientifique. On doit être en capacité
 de pouvoir vulgariser la connaissance du milieu marin pour une meilleure
 appropriation par les acteurs au niveau local des caractéristiques et des
 évolutions de nos eaux côtières. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;Le
 développement d’une conscience maritime suppose la sensibilisation et
 l’éducation de l’ensemble des publics (scolaires, grand public, élus, etc.), à
 la fois sur les aspects environnemental, économique, social et de gouvernance.
 Il est aujourd’hui important de développer une offre pédagogique à destination
 du grand public, des scolaires, des touristes. Ces actions d’éducation à
 l’environnement ont pour objectif de faire découvrir le monde de la mer,
 attirer les populations, même à proximité, à découvrir l’importance de
 l’écosystème marin, en mettant davantage l’accent sur la biodiversité et le
 caractère unique du littoral pour attirer les touristes. Plus spécifiquement, à
 destination du jeune public, il s’agira de développer l’éducation à la mer et une
 meilleure connaissance du milieu marin par le développement de projets
 éducatifs liés à la mer en particulier avec les lycées et les CFA.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Faire
 émerger des dynamiques collectives innovantes, expérimentales, partenariales
 (public/privé) pour une meilleure connaissance du milieu marin&lt;/li&gt;&lt;li&gt;Promouvoir
 l’excellence environnementale et assurer la protection des écosystèmes marins
 et côtiers&lt;/li&gt;&lt;li&gt;Développer
 une offre pédagogique&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Prise
 en compte de l’environnement dans les actions de la filière pêche et
 aquaculture&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Promotion
 de l’excellence environnementale&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Amélioration
 de la biodiversité marine, des milieux aquatiques et marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Approfondissement
 des connaissances des milieux marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Gestion
 durable des écosystèmes marins et côtiers&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M168" s="1" t="inlineStr">
+      <c r="M153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;Planification
 d’actions sur la conservation des ressources halieutiques et la protection des
 écosystèmes marins&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Séjour
 de classe de mer non prévu aux programmes de formation&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Atlas
 de la biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Création
 d’une aire marine éducative&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement
 d’une offre pédagogique&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place de nurseries et récifs artificiels&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Restauration
 des milieux et actions de préservation, repeuplements des eaux estuariennes et
 côtières&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Mise
 en place d’une école de biodiversité&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Étude
 sur l’avenir de la filière pêche seinomarine et les conséquences du changement
 climatique&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N168" s="1" t="inlineStr">
+      <c r="N153" s="1" t="inlineStr">
         <is>
           <t>Innovation, créativité et recherche
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O168" s="1" t="inlineStr">
+      <c r="O153" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P168" s="1" t="inlineStr">
+      <c r="P153" s="1" t="inlineStr">
         <is>
           <t>23/01/2023</t>
         </is>
       </c>
-      <c r="Q168" s="1" t="inlineStr">
+      <c r="Q153" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R168" s="1" t="inlineStr">
+      <c r="R153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
 groupements d’entreprises ou entrepreneurs individuels implantés sur le
 territoire&lt;/li&gt;&lt;li&gt;Associations
 implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
 Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
 publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
 formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
 recherche &lt;/li&gt;&lt;li&gt;
 Établissements Publics de
 caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
 ci-dessous et sous réserve de la rédaction finale du programme opérationnel
 FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
 Organismes de Droit Public ou une entreprise chargée de la gestion de services
 d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
 être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
 caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S168" s="1" t="inlineStr">
+      <c r="S153" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T168" s="1" t="inlineStr">
+      <c r="T153" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U168" s="1" t="inlineStr">
+      <c r="U153" s="1" t="inlineStr">
         <is>
           <t>GALPA Fécamp et Côte d'Albâtre</t>
         </is>
       </c>
-      <c r="V168" s="1" t="inlineStr">
+      <c r="V153" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
         </is>
       </c>
-      <c r="X168" s="1" t="inlineStr">
+      <c r="X153" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y168" s="1" t="inlineStr">
+      <c r="Y153" s="1" t="inlineStr">
         <is>
           <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
         </is>
       </c>
-      <c r="Z168" s="1" t="inlineStr">
+      <c r="Z153" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-les-impacts-des-activites-maritimes-et-littorales-dans-une-demarche-deconomie-circulaire/</t>
         </is>
       </c>
-      <c r="AA168" s="1" t="inlineStr">
+      <c r="AA153" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="169" spans="1:27" customHeight="0">
-      <c r="A169" s="1">
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
         <v>164102</v>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Soutenir les actions en faveur de l'adaptation du territoire aux changements climatiques</t>
         </is>
       </c>
-      <c r="C169" s="1" t="inlineStr">
+      <c r="C154" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D169" s="1" t="inlineStr">
+      <c r="D154" s="1" t="inlineStr">
         <is>
           <t>LEADER - fiche action  8</t>
         </is>
       </c>
-      <c r="E169" s="1" t="inlineStr">
+      <c r="E154" s="1" t="inlineStr">
         <is>
           <t>Pays du Calaisis</t>
         </is>
       </c>
-      <c r="G169" s="1" t="inlineStr">
+      <c r="G154" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H169" s="1" t="inlineStr">
+      <c r="H154" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I169" s="1" t="inlineStr">
+      <c r="I154" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K169" s="1" t="inlineStr">
+      <c r="K154" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L169" s="1" t="inlineStr">
+      <c r="L154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Soutenir l’élaboration de politiques locales visant à adapter le territoire aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Soutenir les acteurs du territoire dans leurs actions d’adaptation aux changements climatiques&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sensibiliser la population locale&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager la connaissance, l’acculturation, l’appropriation de données multisectorielles, l’évaluation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer la connaissance sur les changements climatiques et les mesures d’adaptation possibles pour le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Outiller pédagogiquement le territoire&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Protéger les espaces vulnérables aux changements climatiques et préserver les ressources naturelles locales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Encourager la création de nouveaux paysages de cultures bocagères&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Sauvegarde et développement de zones humides &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Réduction et anticipation des risques liés aux changements climatiques (inondations, gonflement des argiles, sécheresse, érosion des sols agricoles, disparition de berges de canaux, retrait du trait de côte)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des populations humaines, animales et végétales&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Préservation des emplois et des ressources économiques agricoles et touristiques du territoire &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développement des projets de mutualisation et de coopération sur le thème de la biodiversité&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M169" s="1" t="inlineStr">
+      <c r="M154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/805b7861-27b9-4525-80f9-acb324bd3f02/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 8&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N169" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Agriculture et agroalimentaire
 Consommation et production
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Paysage
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O169" s="1" t="inlineStr">
+      <c r="O154" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q169" s="1" t="inlineStr">
+      <c r="Q154" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R169" s="1" t="inlineStr">
+      <c r="R154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/a83c5c4b-9567-45fc-ac67-b521c3a3a0b0/236" target="_self"&gt;cliquer ici pour télécharger la grille de sélection&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S169" s="1" t="inlineStr">
+      <c r="S154" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T169" s="1" t="inlineStr">
+      <c r="T154" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U169" s="1" t="inlineStr">
+      <c r="U154" s="1" t="inlineStr">
         <is>
           <t>PAYS CALAISIS</t>
         </is>
       </c>
-      <c r="V169" s="1" t="inlineStr">
+      <c r="V154" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
         </is>
       </c>
-      <c r="X169" s="1" t="inlineStr">
+      <c r="X154" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y169" s="1" t="inlineStr">
+      <c r="Y154" s="1" t="inlineStr">
         <is>
           <t>charlotte.aubert@pays-du-calaisis.fr</t>
         </is>
       </c>
-      <c r="Z169" s="1" t="inlineStr">
+      <c r="Z154" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/leader-soutenir-les-actions-en-faveur-de-ladaptation-du-territoire-aux-changements-climatiques/</t>
         </is>
       </c>
-      <c r="AA169" s="1" t="inlineStr">
+      <c r="AA154" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="170" spans="1:27" customHeight="0">
-      <c r="A170" s="1">
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
         <v>164109</v>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Financer des études pour favoriser l'eau et la nature en ville et village</t>
         </is>
       </c>
-      <c r="D170" s="1" t="inlineStr">
+      <c r="D155" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de d'eau et nature en ville et village</t>
         </is>
       </c>
-      <c r="E170" s="1" t="inlineStr">
+      <c r="E155" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G170" s="1" t="inlineStr">
+      <c r="G155" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H170" s="1" t="inlineStr">
+      <c r="H155" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I170" s="1" t="inlineStr">
+      <c r="I155" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="J170" s="1" t="inlineStr">
+      <c r="J155" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / ou modalités d'interventions milieux / ou modalités d'intervention activités économiques</t>
         </is>
       </c>
-      <c r="K170" s="1" t="inlineStr">
+      <c r="K155" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L170" s="1" t="inlineStr">
+      <c r="L155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/li&gt;&lt;li&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/li&gt;&lt;li&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/li&gt;&lt;li&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M170" s="1" t="inlineStr">
+      <c r="M155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;• Les études de gouvernance/structuration des compétences eaux pluviales des collectivités/ingénierie 
 financière (en dehors des études portant sur le mode de gestion du service, régie, délégation ou choix 
 des délégataires) ;
 &lt;br /&gt;• Les études visant la mise en œuvre d’une gestion intégrée des eaux pluviales, études du potentiel de 
 déraccordement des eaux pluviales, et au cas par cas, les études de mise à jour des documents 
 d’urbanisme associés ou tout étude concourant à une bonne prise en compte du Schéma Directeur 
 d’Aménagement et de Gestion des Eaux dans le document d’urbanisme en vigueur ;
 &lt;br /&gt;• Les études visant l’établissement d’un plan d’actions global, règlementaire ou non, adapté à l’enjeu du 
 patrimoine du maitre d’ouvrage ;
 &lt;br /&gt;• Les études pour le diagnostic/schéma directeur, l’acceptation et la gestion écologique des espaces 
 urbains végétalisés et l’intégration de la nature en ville dans le cadre de projets de gestion intégrée de 
 l’eau ;
 &lt;br /&gt;• Les études diagnostic de zones humide et Trames vertes et Bleues ;
 &lt;br /&gt;• Les études de concertation dans le cadre d’un projet de cours d’école « bulle nature » éligible ;
 &lt;br /&gt;• Les études d’Inventaires Historiques Urbains portées par les collectivités ;
 &lt;br /&gt;• Les études allant au-delà du minimum règlementaire et nécessaires à la recherche de solutions plus 
 écologiques (essais de sol, dossiers loi sur l’eau, analyses de pollution, génie pédologique et recréation 
 de techno-sols, …) ;
 &lt;br /&gt;• Les études d’avant-travaux (études préliminaires, étude d’avant-projet, et de projet) ;
 &lt;br /&gt;• Les études en phase travaux/réception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. Lorsque le bénéficiaire peut réaliser l’étude par ses moyens propres, une aide est 
 accordée selon les modalités détaillées dans la fiche dédiée. Sont exclues les prestations d’assistance à la 
 maîtrise d’ouvrage réalisées dans ce cadre.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N170" s="1" t="inlineStr">
+      <c r="N155" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O170" s="1" t="inlineStr">
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q170" s="1" t="inlineStr">
+      <c r="Q155" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R170" s="1" t="inlineStr">
+      <c r="R155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de regroupement 
 des compétences et de 
 structuration de la maîtrise 
 d’ouvrage à l’échelle 
 intercommunale, hors mise 
 en place de délégation de 
 service public/régie&lt;/li&gt;&lt;li&gt;Études diagnostics, 
 schémas directeurs, y 
 compris études 
 d’investigations 
 complémentaires&lt;/li&gt;&lt;li&gt;Études nécessaires à la mise 
 en œuvre d’un projet 
 éligible (phases EP/AVP/PRO 
 et études annexes 
 nécessaires)&lt;/li&gt;&lt;li&gt;Études nécessaires au suivi 
 et à la réception des 
 travaux&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S170" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T170" s="1" t="inlineStr">
+      <c r="T155" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U170" s="1" t="inlineStr">
+      <c r="U155" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V170" s="1" t="inlineStr">
+      <c r="V155" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
         </is>
       </c>
-      <c r="X170" s="1" t="inlineStr">
+      <c r="X155" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y170" s="1" t="inlineStr">
+      <c r="Y155" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z170" s="1" t="inlineStr">
+      <c r="Z155" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-gestion-du-temps-de-pluie-dans-les-projets-damenagement/</t>
         </is>
       </c>
-      <c r="AA170" s="1" t="inlineStr">
+      <c r="AA155" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="171" spans="1:27" customHeight="0">
-      <c r="A171" s="1">
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
         <v>164111</v>
       </c>
-      <c r="B171" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de préservation de l'environnement et de transition écologique</t>
         </is>
       </c>
-      <c r="C171" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D171" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E171" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G171" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H171" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I171" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J171" s="1" t="inlineStr">
+      <c r="J156" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K171" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L171" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation du territoire et des modes de vie face aux changements climatique, d&amp;#039;atténuer ses conséquences, et de favoriser la transition écologique du territoire.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Favoriser la sobriété énergétique&lt;/p&gt;&lt;p&gt;- Sensibiliser et encourager les pratiques vertueuses pour l&amp;#039;environnement&lt;/p&gt;&lt;p&gt;- Limiter la production de déchets et en garantir une gestion raisonnable&lt;/p&gt;&lt;p&gt;- Préserver la biodiversité, les paysages et le cadre de vie&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M171" s="1" t="inlineStr">
+      <c r="M156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Energie citoyenne, projet de micro-méthanisation, rénovation exemplaire de bâtiment public, etc. ;&lt;/p&gt;&lt;p&gt;‐ Défi zéro déchet, exposition-démonstration de bonnes pratiques sur les économies d’eau, etc. ;&lt;/p&gt;&lt;p&gt;‐ Compost collectif, ressourcerie, friperie, atelier de réparation et réemploi, etc. ;&lt;/p&gt;&lt;p&gt;‐ Plantation de micro-forêts, de haies, murs et toits végétaux, moutons pour entretenir des terrains, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N171" s="1" t="inlineStr">
+      <c r="N156" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Consommation et production
 Risques naturels
 Qualité de l'air
 Biodiversité
 Réhabilitation
 Paysage
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O171" s="1" t="inlineStr">
+      <c r="O156" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R171" s="1" t="inlineStr">
+      <c r="R156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le &lt;strong&gt;projet intègre des actions en faveur de l’environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S171" s="1" t="inlineStr">
+      <c r="S156" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T171" s="1" t="inlineStr">
+      <c r="T156" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U171" s="1" t="inlineStr">
+      <c r="U156" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V171" s="1" t="inlineStr">
+      <c r="V156" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X171" s="1" t="inlineStr">
+      <c r="X156" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y171" s="1" t="inlineStr">
+      <c r="Y156" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z171" s="1" t="inlineStr">
+      <c r="Z156" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-preservation-de-lenvironnement-et-de-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA171" s="1" t="inlineStr">
+      <c r="AA156" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="172" spans="1:27" customHeight="0">
-      <c r="A172" s="1">
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
         <v>164166</v>
       </c>
-      <c r="B172" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Financer des études  en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="D172" s="1" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E172" s="1" t="inlineStr">
+      <c r="E157" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G172" s="1" t="inlineStr">
+      <c r="G157" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H172" s="1" t="inlineStr">
+      <c r="H157" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I172" s="1" t="inlineStr">
+      <c r="I157" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J172" s="1" t="inlineStr">
+      <c r="J157" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K172" s="1" t="inlineStr">
+      <c r="K157" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L172" s="1" t="inlineStr">
+      <c r="L157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M172" s="1" t="inlineStr">
+      <c r="M157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études peuvent être aidées quel que soit leur auteur, qu’elles soient réalisées par un prestataire extérieur ou
 directement par les moyens propres du maître d’ouvrage. &lt;/p&gt;&lt;p&gt;L’ensemble des études nécessaires à la définition, à la conception, à la mise en œuvre et au suivi d’un projet de
 préservation, de restauration ou de renaturation de milieux, et intégrées éventuellement au sein de programme
 de gestion des inondations et/ou des coulées d’eau boueuse, sont éligibles. &lt;/p&gt;&lt;p&gt;En ce sens, les études hydrauliques visant la prévention des inondations/coulées d’eau boueuse peuvent être
 accompagnées lorsqu’elles sont réalisées à l’échelle d’un bassin versant, d’un sous bassin versant ou de secteurs
 suffisamment cohérents pour répondre à cet objectif et lorsqu’elles sont couplées à une étude visant la
 préservation/restauration des milieux naturels. &lt;/p&gt;&lt;p&gt;Par ailleurs, les études de diagnostics territoriaux de trames verte et bleue, ainsi que les inventaires de zones
 humides qui permettent de prendre en compte ces milieux naturels et la biodiversité associée dans la
 planification de l’aménagement du territoire et d’élaborer des programmes d’actions de préservation et de
 restauration sont éligibles. &lt;/p&gt;&lt;p&gt;De même, les études d’élaboration de stratégies foncières, en vue d’identifier les leviers fonciers de préservation
 de milieux naturels sont éligibles.&lt;/p&gt;&lt;p&gt;L’amélioration des connaissances des milieux naturels et de la biodiversité, et en particulier les inventaires et
 diagnostics écologiques préalables à des actions de préservation ou de restauration de milieux, ou encore
 nécessaires à l’élaboration de plans de gestion des milieux humides et des sites naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Dans le cadre de la préservation et de la valorisation de milieux naturels, l’élaboration de plans de gestion et
 d’aménagement/valorisation pédagogique définissant l’intérêt des sites, leur vulnérabilité et la mise en place de
 stratégies de protection, de gestion, de renaturation, voire d’accueil du public, sont éligibles (le soutien aux
 actions d’information et d’accueil du public relève de la fiche thématique « interventions en matière de
 sensibilisation, d’éducation, d’information et de consultation du public »). &lt;/p&gt;&lt;p&gt;Les études concernant la structuration de la maîtrise d’ouvrage et les compétences associées à ces opérations
 (Gestion des Milieux Aquatiques et Prévention des Inondations) sont également éligibles lorsqu’elles visent la
 constitution, le renforcement ou l’élargissement de la maîtrise d’ouvrage, en particulier par l’étude globale des
 enjeux « milieux » associés à un territoire (recensement des linéaires de cours d’eau, des surfaces de zones
 humides, identification des trames vertes et bleues, …) et des forces en présence sur ce territoire (compétences,
 concertation entre partenaires, analyse économique, …).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Lorsque différentes options sont à examiner sur des typologies d’actions particulières
 (effacement/aménagement d’ouvrages, lutte contre les inondations, ...), les études préalables devront s’appuyer
 sur des analyses multicritères permettant de comparer les coûts et les bénéfices des différents scénarii proposés
 afin de justifier la cohérence, l’efficacité et la pérennité de la solution retenue.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N172" s="1" t="inlineStr">
+      <c r="N157" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O172" s="1" t="inlineStr">
+      <c r="O157" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q172" s="1" t="inlineStr">
+      <c r="Q157" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R172" s="1" t="inlineStr">
+      <c r="R157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
 externalisée.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S172" s="1" t="inlineStr">
+      <c r="S157" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T172" s="1" t="inlineStr">
+      <c r="T157" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U172" s="1" t="inlineStr">
+      <c r="U157" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V172" s="1" t="inlineStr">
+      <c r="V157" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X172" s="1" t="inlineStr">
+      <c r="X157" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y172" s="1" t="inlineStr">
+      <c r="Y157" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z172" s="1" t="inlineStr">
+      <c r="Z157" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-autres-operations/</t>
         </is>
       </c>
-      <c r="AA172" s="1" t="inlineStr">
+      <c r="AA157" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="173" spans="1:27" customHeight="0">
-      <c r="A173" s="1">
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
         <v>164167</v>
       </c>
-      <c r="B173" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux remarquables</t>
         </is>
       </c>
-      <c r="D173" s="1" t="inlineStr">
+      <c r="D158" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E173" s="1" t="inlineStr">
+      <c r="E158" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G173" s="1" t="inlineStr">
+      <c r="G158" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H173" s="1" t="inlineStr">
+      <c r="H158" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I173" s="1" t="inlineStr">
+      <c r="I158" s="1" t="inlineStr">
         <is>
           <t> Min : 80 Max : 100</t>
         </is>
       </c>
-      <c r="J173" s="1" t="inlineStr">
+      <c r="J158" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K173" s="1" t="inlineStr">
+      <c r="K158" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L173" s="1" t="inlineStr">
+      <c r="L158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M173" s="1" t="inlineStr">
+      <c r="M158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Alors que les menaces sur la biodiversité et sur le fonctionnement des écosystèmes se font de plus en plus
 prégnantes, la politique de l’Agence de l’eau en faveur des milieux naturels vise à protéger de façon pérenne les
 milieux aux fonctionnalités préservées, à la qualité écologique reconnue, voire dans certains cas vulnérables ou
 menacés de dégradations, et qui jouent un rôle important dans le fonctionnement du bassin versant. &lt;/p&gt;&lt;p&gt;Ainsi, dans ce cadre, les actions éligibles sont les actions de maîtrise foncière (acquisition, bail emphytéotique,
 obligations réelles environnementales, etc.) et les actions pérennes de maîtrise d’usage visant à préserver :
 En priorité les zones humides remarquables du Schéma Direction d’Aménagement et de Gestion des Eaux
 et les zones humides d’intérêt écologique reconnu (Natura 2000, Espace Naturel Sensible, Réserves Naturelles,
 ...), ainsi que leur aire d’influence ; &lt;/p&gt;&lt;p&gt;Les réservoirs de biodiversité de la Trame Verte et Bleue, tels qu’identifiés par des études et diagnostics
 territoriaux (inventaires de zones humides, études de Trame Verte et Bleue, etc.) et documents de planification
 d’échelle régionale à locale (SDAGE, SRADDET, SCOT, PLUi7
 , ...) ; &lt;/p&gt;&lt;p&gt;Ainsi que les milieux plus « ordinaires », ou de grands ensembles fonctionnels rendant des services
 écosystémiques et qui contribuent au bon fonctionnement du bassin versant et à la préservation des ressources
 en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N173" s="1" t="inlineStr">
+      <c r="N158" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O173" s="1" t="inlineStr">
+      <c r="O158" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q173" s="1" t="inlineStr">
+      <c r="Q158" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R173" s="1" t="inlineStr">
+      <c r="R158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Maîtrise foncière pérenne et frais
 associés ; &lt;/li&gt;&lt;li&gt;Maîtrise d’usage pérenne, et frais
 associés.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S173" s="1" t="inlineStr">
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T173" s="1" t="inlineStr">
+      <c r="T158" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U173" s="1" t="inlineStr">
+      <c r="U158" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V173" s="1" t="inlineStr">
+      <c r="V158" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X173" s="1" t="inlineStr">
+      <c r="X158" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y173" s="1" t="inlineStr">
+      <c r="Y158" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z173" s="1" t="inlineStr">
+      <c r="Z158" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-etudes/</t>
         </is>
       </c>
-      <c r="AA173" s="1" t="inlineStr">
+      <c r="AA158" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="174" spans="1:27" customHeight="0">
-      <c r="A174" s="1">
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
         <v>164169</v>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Préserver les milieux dégradés en vue de leur restauration</t>
         </is>
       </c>
-      <c r="D174" s="1" t="inlineStr">
+      <c r="D159" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E174" s="1" t="inlineStr">
+      <c r="E159" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G174" s="1" t="inlineStr">
+      <c r="G159" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H174" s="1" t="inlineStr">
+      <c r="H159" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I174" s="1" t="inlineStr">
+      <c r="I159" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J174" s="1" t="inlineStr">
+      <c r="J159" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K174" s="1" t="inlineStr">
+      <c r="K159" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L174" s="1" t="inlineStr">
+      <c r="L159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M174" s="1" t="inlineStr">
+      <c r="M159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les actions de maîtrise foncière (acquisition, bail emphytéotique, obligations réelles
 environnementales, ...) s’inscrivant dans une perspective de reconstitution de milieux, de restauration de leurs
 fonctions écologiques, ou de reconstitution de corridors écologiques. &lt;/p&gt;&lt;p&gt;Sont notamment visées la maîtrise foncière des milieux riverains de cours d’eau pour faciliter les travaux de
 renaturation, d’expansion de crues, la maîtrise foncière de milieux naturels et notamment humides dégradés en
 vue de la restauration de leurs fonctionnalités, la maîtrise foncière des milieux ouverts et particulièrement des
 prairies, présentant des fonctionnalités importantes pour la qualité de l’eau et/ou la biodiversité. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N174" s="1" t="inlineStr">
+      <c r="N159" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O174" s="1" t="inlineStr">
+      <c r="O159" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q174" s="1" t="inlineStr">
+      <c r="Q159" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R174" s="1" t="inlineStr">
+      <c r="R159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Maîtrise foncière pérenne et frais
 associés&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S174" s="1" t="inlineStr">
+      <c r="S159" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T174" s="1" t="inlineStr">
+      <c r="T159" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U174" s="1" t="inlineStr">
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V174" s="1" t="inlineStr">
+      <c r="V159" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X174" s="1" t="inlineStr">
+      <c r="X159" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y174" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z174" s="1" t="inlineStr">
+      <c r="Z159" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables/</t>
         </is>
       </c>
-      <c r="AA174" s="1" t="inlineStr">
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="175" spans="1:27" customHeight="0">
-      <c r="A175" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
         <v>164170</v>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Agir en faveur de la biodiversité et s’appuyer sur les ressources naturelles</t>
         </is>
       </c>
-      <c r="C175" s="1" t="inlineStr">
+      <c r="C160" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D175" s="1" t="inlineStr">
+      <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Ressources naturelles et Biodiversité : Fiche-action 2 du programme LEADER</t>
         </is>
       </c>
-      <c r="E175" s="1" t="inlineStr">
+      <c r="E160" s="1" t="inlineStr">
         <is>
           <t>PETR Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="G175" s="1" t="inlineStr">
+      <c r="G160" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H175" s="1" t="inlineStr">
+      <c r="H160" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I175" s="1" t="inlineStr">
+      <c r="I160" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J175" s="1" t="inlineStr">
+      <c r="J160" s="1" t="inlineStr">
         <is>
           <t>70 000 € d'aide maxi</t>
         </is>
       </c>
-      <c r="K175" s="1" t="inlineStr">
+      <c r="K160" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L175" s="1" t="inlineStr">
+      <c r="L160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;br /&gt;&lt;/strong&gt;Le
 territoire du GAL est fortement marqué par la présence d’eau et de forêts, avec une
 biodiversité remarquable. Ces ressources fournissent des services essentiels et
 offrent un cadre de vie de qualité aux habitants. Elles sont aujourd’hui
 fortement soumises aux risques, fragiles et à préserver. Des solutions locales
 sont à trouver en s’appuyant sur ces ressources pour atténuer les effets et
 s’adapter au dérèglement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs &lt;br /&gt;&lt;/strong&gt;- Favoriser les actions locales de préservation et de valorisation
 de la biodiversité et des ressources naturelles&lt;br /&gt;- Accompagner les acteurs locaux aux enjeux du
 dérèglement climatique&lt;br /&gt;- Développer les solutions fondées sur la nature pour
 atténuer les effets et s’adapter au dérèglement climatique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Réalisation d’études et actions de
 sensibilisation, de formation, d’animation, de communication sur le dérèglement
 climatique, la biodiversité, les ressources naturelles, les risques
 (inondation, incendie…)&lt;br /&gt;- Soutien aux expérimentations en lien
 avec le changement climatique, la forêt, la ressource en eau&lt;br /&gt;- Actions de sensibilisation et
 d’accompagnement des propriétaires forestiers privés à la gestion de leur forêt&lt;br /&gt;- Actions de sensibilisation à la
 préservation de la ressource en eau (quantitatif, qualitatif)&lt;br /&gt;- Actions de préservation des milieux
 naturels et des continuités écologiques (trames verte, bleue, noire…) :
 restauration de zones humides (étangs, mares…), plantations…&lt;br /&gt;- Projets de création d’îlots de
 fraîcheur, en particulier dans les cours d’école, dans une démarche
 participative : désimperméabilisation, végétalisation…&lt;br /&gt;- Actions de gestion alternative des
 espaces : écopâturage…&lt;br /&gt;- Actions de lutte contre les espèces exotiques
 envahissantes&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N175" s="1" t="inlineStr">
+      <c r="N160" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O175" s="1" t="inlineStr">
+      <c r="O160" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q175" s="1" t="inlineStr">
+      <c r="Q160" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R175" s="1" t="inlineStr">
+      <c r="R160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Investissements matériels scientifiques, techniques et
 pédagogiques&lt;br /&gt;- Equipements et mobiliers supports aux actions de
 préservation et de valorisation&lt;br /&gt;- Travaux d&amp;#039;aménagement et de réhabilitation d’espaces,
 de plantation&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
 d’animation&lt;br /&gt;- Dépenses de communication : création, impression
 et diffusion de documents et de supports papiers, multimédias, outils
 numériques&lt;br /&gt;- Acquisition ou développement de logiciels
 informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
 commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
 traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
 notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
 personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S175" s="1" t="inlineStr">
+      <c r="S160" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T175" s="1" t="inlineStr">
+      <c r="T160" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U175" s="1" t="inlineStr">
+      <c r="U160" s="1" t="inlineStr">
         <is>
           <t>GAL Forêt d'Orléans-Loire-Sologne</t>
         </is>
       </c>
-      <c r="V175" s="1" t="inlineStr">
+      <c r="V160" s="1" t="inlineStr">
         <is>
           <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
         </is>
       </c>
-      <c r="X175" s="1" t="inlineStr">
+      <c r="X160" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y175" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
         <is>
           <t>leader@petrforetorleans.fr</t>
         </is>
       </c>
-      <c r="Z175" s="1" t="inlineStr">
+      <c r="Z160" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/agir-en-faveur-de-la-biodiversite-et-sappuyer-sur-les-ressources-naturelles/</t>
         </is>
       </c>
-      <c r="AA175" s="1" t="inlineStr">
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="176" spans="1:27" customHeight="0">
-      <c r="A176" s="1">
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
         <v>164172</v>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux prioritaires du bassin versant</t>
         </is>
       </c>
-      <c r="D176" s="1" t="inlineStr">
+      <c r="D161" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E176" s="1" t="inlineStr">
+      <c r="E161" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G176" s="1" t="inlineStr">
+      <c r="G161" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H176" s="1" t="inlineStr">
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I176" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J176" s="1" t="inlineStr">
+      <c r="J161" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K176" s="1" t="inlineStr">
+      <c r="K161" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L176" s="1" t="inlineStr">
+      <c r="L161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M176" s="1" t="inlineStr">
+      <c r="M161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans l’objectif de préservation pérenne des fonctionnalités des milieux prioritaires, que ce soient les milieux les
 plus préservés, ou les milieux ayant bénéficié d’opération de restauration, les opérations de gestion
 conservatoire et d’entretien définies dans un plan de gestion en cours de validité sont éligibles. &lt;/p&gt;&lt;p&gt;À titre d’expérimentation et de retour d’expérience, les opérations de suivi des fonctionnalités des milieux
 humides peuvent également être éligibles, en particulier dans le cadre de méthodologies reconnues à l’échelle
 de bassin ou à l’échelle nationale.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N176" s="1" t="inlineStr">
+      <c r="N161" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O176" s="1" t="inlineStr">
+      <c r="O161" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q176" s="1" t="inlineStr">
+      <c r="Q161" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R176" s="1" t="inlineStr">
+      <c r="R161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Travaux réalisés en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
 externalisée ; &lt;/li&gt;&lt;li&gt;Investissements nécessaires à la
 mise en œuvre des actions du
 plan de gestion.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S176" s="1" t="inlineStr">
+      <c r="S161" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T176" s="1" t="inlineStr">
+      <c r="T161" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U176" s="1" t="inlineStr">
+      <c r="U161" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V176" s="1" t="inlineStr">
+      <c r="V161" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X176" s="1" t="inlineStr">
+      <c r="X161" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y176" s="1" t="inlineStr">
+      <c r="Y161" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z176" s="1" t="inlineStr">
+      <c r="Z161" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-preservation-des-milieux-remarquables-1/</t>
         </is>
       </c>
-      <c r="AA176" s="1" t="inlineStr">
+      <c r="AA161" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="177" spans="1:27" customHeight="0">
-      <c r="A177" s="1">
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>164175</v>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue et préserver la continuité écologique aquatique</t>
         </is>
       </c>
-      <c r="D177" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E177" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G177" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H177" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I177" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 100</t>
         </is>
       </c>
-      <c r="J177" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K177" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L177" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M177" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles concernent les aménagements en faveur du transport sédimentaire et les dispositifs de
 franchissement pour la faune piscicole en privilégiant des solutions réversibles et rustiques. Les projets éligibles
 devront aboutir à une amélioration des migrations piscicoles, tant à la montaison qu’à la dévalaison, en rapport
 avec les enjeux recensés sur le site en question (espèces cibles, frayères, ...). Les aménagements éligibles sont notamment :
 &lt;br /&gt;• Pour la montaison : les rivières artificielles de contournement, les rampes en enrochements, les passes
 à poissons (à bassins successifs, à échancrures, ...) ; &lt;br /&gt;• Pour la dévalaison : les dispositifs donnant une garantie de résultat quant à l’amélioration des conditions
 de dévalaison piscicole, à examiner au cas par cas selon les solutions techniques proposées. Ces
 dispositifs pour la dévalaison sont accompagnés s’ils sont entrepris sur des ouvrages existants
 uniquement et qui présentent déjà un équipement efficace pour la montaison ou, dans le cas contraire,
 s’ils sont couplés à la mise en place de ce type de dispositif ;
 &lt;br /&gt;• Pour la gestion du transport sédimentaire : les opérations d’amélioration du transport sédimentaire sont
 également éligibles si elles répondent à des enjeux et à des mesures précisément définis et justifiés par
 des études préalables. Les interventions auront pour but de restaurer le fonctionnement naturel du
 cours d’eau : recharge sédimentaire de milieux à l’aval, rééquilibrage de la dynamique du cours d’eau et
 du profil en long, ... En revanche, les aménagements liés au fonctionnement ou à l’entretien des
 ouvrages, qui consistent par exemple en un désengravement ponctuel des retenues ou des organes
 hydrauliques, ou en un remplacement d’ouvrages vétustes permettant déjà le transit sédimentaire, ne
 sont pas éligibles aux aides de l’Agence de l’eau.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aménagements d’ouvrages permanents liés à un franchissement de cours d’eau par une route, un sentier,
 une piste, ..., sont éligibles s’il est démontré que les ouvrages concernés constituent des obstacles significatifs à
 la continuité écologique (buse mal calée, radier de pont générant une chute, ...). Les
 reconstructions/réhabilitations de ce type d’ouvrages, notamment lorsqu’ils visent uniquement l’amélioration
 de la capacité hydraulique ou la rénovation de structures anciennes ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Pour réduire significativement les impacts des ouvrages sur le milieu, Les travaux éligibles sont :
 &lt;br /&gt;• L’ensemble des techniques (arasement partiel ou complet, échancrure complètement ouverte sur le lit
 mineur, contournement d’ouvrages ou de plans d’eau en barrage par détournement de la majeure
 partie du débit dans le chenal de contournement, ...) qui permettent de limiter significativement voire
 de supprimer les impacts des ouvrages sur le milieu (réduction très sensible de la côte de retenue et
 diminution de manière significative de l’effet de remous hydraulique et sédimentaire en amont) et en
 améliorant leur transparence hydraulique ;
 &lt;br /&gt;• Les mesures d’accompagnement rendues nécessaires par les effets de ces aménagements (baisse du
 niveau d’eau, reprise d’érosion, réaménagement ou confortement d’infrastructures, ...), en amont et en
 aval sur le tronçon de cours d’eau concerné et au sein de son lit majeur.
 Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les solutions d’effacement d’ouvrages et les mesures d’accompagnement rendues nécessaires par les effets de
 ces aménagements pourront être financées sur :
 &lt;br /&gt;• Les cours d’eau non classés et ceux classés en liste 1 au titre de l’article L.214-17 du Code de
 l’environnement ;
 &lt;br /&gt;• Les cours d’eau classés en liste 2, sous réserve d’un avis favorable de la police de l’eau, dans le cadre
 réglementaire permis par l’article L.214-17 (obligations relatives à la circulation des poissons migrateurs
 et au transport suffisant des sédiments sur les cours d’eau classés en liste 2 et cas particulier des moulins
 à eau), l’article L.214-3-1 (remise en état de sites), l’article L.211-7 (motifs de sécurité civile) et l’article
 L.214-17-1 (procédures de conciliation) du Code de l’environnement. Ces travaux doivent permettre de
 limiter voire de supprimer les impacts des ouvrages sur les milieux naturels, en privilégiant les solutions d’effacement lorsque leur faisabilité est démontrée et qu’elles constituent les solutions les plus
 intéressantes et efficientes recueillant l’accord des propriétaires des ouvrages.
 Ces opérations seront autant que possible privilégiées par rapport à l’équipement en passe à poissons, et
 notamment sur les ouvrages de faible portée et ne tirant pas d’usage du fait qu’ils font obstacle à l’écoulement
 naturel des eaux : buses, ponceaux, radiers, ouvrages routiers, ...&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N177" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O177" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q177" s="1" t="inlineStr">
+      <c r="Q162" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R177" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre réglementaire
 autorisé&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S177" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T177" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U177" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V177" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X177" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y177" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z177" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant/</t>
         </is>
       </c>
-      <c r="AA177" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="178" spans="1:27" customHeight="0">
-      <c r="A178" s="1">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
         <v>164177</v>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue - Prévention des risques</t>
         </is>
       </c>
-      <c r="D178" s="1" t="inlineStr">
+      <c r="D163" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E178" s="1" t="inlineStr">
+      <c r="E163" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G178" s="1" t="inlineStr">
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H178" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I178" s="1" t="inlineStr">
+      <c r="I163" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J178" s="1" t="inlineStr">
+      <c r="J163" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K178" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L178" s="1" t="inlineStr">
+      <c r="L163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M178" s="1" t="inlineStr">
+      <c r="M163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La réduction de la vulnérabilité aux risques d’inondation par débordement de cours d’eau et par ruissellement
 dans le bassin versant, au sens de la protection des biens et des personnes, n’entre pas dans le champ
 d’intervention de l’Agence de l’eau. Toutefois, dans un souci d’approche globale et intégrée des bassins versants, les programmes de gestion des risques qui concilient la régulation hydraulique et la préservation/restauration
 des fonctionnalités des milieux naturels sont éligibles. &lt;/p&gt;&lt;p&gt;Sont ainsi concernées les opérations « mixtes », alliant approches hydraulique et écologique :
 &lt;br /&gt;• Permettant, en priorité, d’intervenir sur les causes des inondations, en particulier sur les
 dysfonctionnements hydrauliques à l’échelle des bassins versants (accélération des écoulements
 amont, point de blocage aval, ...) ;
 &lt;br /&gt;• Contribuant à la réduction des risques et des aléas tout en intégrant la préservation/restauration des
 milieux naturels d’une part et à l’infiltration des eaux dans les sols et nappes phréatiques d’autre part,
 en particulier par l’implantation de haies sur les versants, d’infrastructures naturelles constituant des
 rugosités et freins à l’écoulement, ... ;
 &lt;br /&gt;• Constituant une réponse adaptée à la hauteur des enjeux hydrauliques au regard d’un niveau de risque
 identifié et d’une approche coûts/bénéfices ;
 &lt;br /&gt;• S’inscrivant dans un programme global intégrant les enjeux de préservation et de restauration de la
 fonctionnalité des milieux naturels. &lt;/p&gt;&lt;p&gt;L’éligibilité des projets, et des actions qui en découlent, sera conditionnée à la préservation du milieu,
 particulièrement sur les secteurs en bon état écologique qui présentent un bon fonctionnement
 hydromorphologique et/ou des zones humides remarquables, ainsi qu’à la restauration des écosystèmes
 dégradés dans le périmètre du projet. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau peut soutenir les actions rustiques et diffuses sur les bassins versants permettant de limiter les
 ruissellements, de mieux infiltrer l’eau, ainsi que les ouvrages hydrauliques plus lourds permettant le
 ralentissement dynamique des crues en zone alluviale si ces ouvrages respectent les critères énoncés
 précédemment. &lt;/p&gt;&lt;p&gt;Au titre de la gestion des risques d’inondations et de ruissellements, sont ainsi éligibles les actions :
 &lt;br /&gt;• De reconquête de zones d’expansion naturelles des crues incluant des actions de maîtrise foncière
 (article 4.2.2), de suppression ou de recul/déplacement de digues et merlons, de restauration de milieux
 alluviaux et en particulier de prairies humides, ... ;
 &lt;br /&gt;• De reconstitution de « rugosités » en bordure de cours d’eau ou de fossés ou sur les versants : mise en
 place de bandes enherbées au-delà des mesures règlementaires en vigueur dans ce domaine,
 plantations de haies et ripisylves, création de zones humides tampons, fermeture des drains et
 reconstitution de milieux humides, recul des sorties de drains avec création de zones tampons, ... ; &lt;br /&gt;• De création de zones de ralentissement dynamique des crues par l’aménagement de barrages/digues
 en travers du lit majeur qui utilisent le caractère déjà inondable des terrains en augmentant la capacité
 d’inondation. Les travaux de protection des biens et des personnes rendus nécessaires par ces zones de
 sur-inondation sont également éligibles. &lt;/p&gt;&lt;p&gt;A l’inverse, le champ d’intervention de l’Agence de l’eau ne concerne pas, sauf cas très particuliers évoqués ci-dessus, les actions de protections localisées des biens et des personnes liées aux programmes de gestion des
 inondations (digues latérales, murs de protection à proximité des habitations, ...) ainsi que la création de bassins
 de stockage hydraulique des crues et ruissellements ne reposant pas sur la fonctionnalité des milieux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N178" s="1" t="inlineStr">
+      <c r="N163" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O178" s="1" t="inlineStr">
+      <c r="O163" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q178" s="1" t="inlineStr">
+      <c r="Q163" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R178" s="1" t="inlineStr">
+      <c r="R163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Eligibilité conditionnée à la mise
 en œuvre d’opérations mixtes,
 alliant approches hydraulique et
 écologique&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S178" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T178" s="1" t="inlineStr">
+      <c r="T163" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U178" s="1" t="inlineStr">
+      <c r="U163" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V178" s="1" t="inlineStr">
+      <c r="V163" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X178" s="1" t="inlineStr">
+      <c r="X163" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y178" s="1" t="inlineStr">
+      <c r="Y163" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z178" s="1" t="inlineStr">
+      <c r="Z163" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-continuite-ecologique-aquatique/</t>
         </is>
       </c>
-      <c r="AA178" s="1" t="inlineStr">
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="179" spans="1:27" customHeight="0">
-      <c r="A179" s="1">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
         <v>164182</v>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue - Milieux humides</t>
         </is>
       </c>
-      <c r="D179" s="1" t="inlineStr">
+      <c r="D164" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E179" s="1" t="inlineStr">
+      <c r="E164" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G179" s="1" t="inlineStr">
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H179" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I179" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J179" s="1" t="inlineStr">
+      <c r="J164" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K179" s="1" t="inlineStr">
+      <c r="K164" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L179" s="1" t="inlineStr">
+      <c r="L164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M179" s="1" t="inlineStr">
+      <c r="M164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les milieux humides sont des atouts précieux pour les territoires. Dépeints depuis des siècles comme des milieux
 hostiles ou encore insalubres, ils sont pourtant le support d’enjeux majeurs et essentiels dans le cycle de l’eau et
 pour la biodiversité. Le frein à leur disparition, le maintien de leurs fonctionnalités, ainsi que leur restauration
 voire leur recréation constitue une priorité pour l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;L’Agence de l’eau vise à aider les opérations permettant de restaurer les fonctionnalités des milieux humides et
 de leur aire d’influence, en particulier lorsque ces zones ont été altérées, dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Dans le cadre d’un regard global sur la trame bleue, les actions de restauration ou de création de mares, y
 compris dans le cadre de différents usages sont éligibles et encouragées en vue de la reconstitution d’un réseau
 fonctionnel.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N179" s="1" t="inlineStr">
+      <c r="N164" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O179" s="1" t="inlineStr">
+      <c r="O164" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q179" s="1" t="inlineStr">
+      <c r="Q164" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R179" s="1" t="inlineStr">
+      <c r="R164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S179" s="1" t="inlineStr">
+      <c r="S164" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T179" s="1" t="inlineStr">
+      <c r="T164" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U179" s="1" t="inlineStr">
+      <c r="U164" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V179" s="1" t="inlineStr">
+      <c r="V164" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X179" s="1" t="inlineStr">
+      <c r="X164" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y179" s="1" t="inlineStr">
+      <c r="Y164" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z179" s="1" t="inlineStr">
+      <c r="Z164" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-prevention-des-risques/</t>
         </is>
       </c>
-      <c r="AA179" s="1" t="inlineStr">
+      <c r="AA164" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="180" spans="1:27" customHeight="0">
-      <c r="A180" s="1">
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
         <v>164183</v>
       </c>
-      <c r="B180" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame bleue - Plans d'eau</t>
         </is>
       </c>
-      <c r="D180" s="1" t="inlineStr">
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E180" s="1" t="inlineStr">
+      <c r="E165" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G180" s="1" t="inlineStr">
+      <c r="G165" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H180" s="1" t="inlineStr">
+      <c r="H165" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I180" s="1" t="inlineStr">
+      <c r="I165" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J180" s="1" t="inlineStr">
+      <c r="J165" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K180" s="1" t="inlineStr">
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L180" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M180" s="1" t="inlineStr">
+      <c r="M165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les plans d’eau, qu’ils soient naturels ou artificiels se trouvent aujourd’hui à la croisée des enjeux : biodiversité,
 qualité d’eau, quantité d’eau, activités humaines, … &lt;/p&gt;&lt;p&gt;Considérés à la fois comme des milieux aquatiques (présence d’eau permanente au sein d’une colonne d’eau),
 et des milieux humides (zones de transition entre le milieu aquatique et le milieu terrestre, en particulier au
 niveau des berges), ils sont par ailleurs le support de nombreux usages économiques (industriels, agricoles,
 piscicoles, hydroélectrique, navigation, …) ou de loisirs sur le bassin. Ils subissent, de fait, de nombreuses
 pressions qui altèrent leur morphologie, leur hydrologie, ainsi que la qualité de l’eau. &lt;/p&gt;&lt;p&gt;Les actions accompagnées par l’Agence de l’eau s’inscrivent pleinement dans un objectif de conciliation
 d’usages, en mettant particulièrement l’accent sur la restauration des fonctionnalités de ces milieux particuliers
 et du bon fonctionnement de leur bassin versant, tout en anticipant les effets du changement climatique sur
 ces milieux et sur les activités qui s’y exercent. Les plans d’eau prioritairement visés sont les plans d’eau identifiés
 dans le cadre de la Directive cadre sur l’eau (&amp;gt;50 ha de surface)
 9
 , les étangs patrimoniaux intégrés aux zones
 humides remarquables du Schéma Directeur d’Aménagement et de Gestion des Eaux, les plans d’eau
 stratégiques pour la ressource en eau, … &lt;/p&gt;&lt;p&gt;Afin de pouvoir intervenir durablement sur ces milieux et anticiper leur évolution et les usages futurs, les actions
 de l’Agence de l’eau visent à leur permettre de retrouver un fonctionnement optimal par :
 &lt;br /&gt;• L’identification et la compréhension d’éventuels dysfonctionnements et de leur origine ;
 &lt;br /&gt;• La mise en œuvre d’actions préventives, visant la limitation ou la réduction des causes de ces
 dysfonctionnements ;
 &lt;br /&gt;• La préservation des milieux les plus fonctionnels ;
 &lt;br /&gt;• La renaturation des milieux dégradés ou artificiels. &lt;/p&gt;&lt;p&gt;Ces actions seront conduites en visant à limiter les effets négatifs des plans d’eau sur les cours d’eau (qualité de
 l’eau, température, continuité écologique, invasions biologiques, …) voire en mettant en place une gestion des
 plans d’eau qui permette de contribuer à l’amélioration du fonctionnement des cours d’eau (soutien d’étiage
 par exemple).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;À ce titre, les actions curatives, notamment les actions visant les espèces végétales et/ou algales proliférantes
 (hors espèces exotiques envahissantes (cf. article 4.6.2), ne sont pas éligibles. Seront privilégiées les études et
 actions visant à identifier et lutter contre les dysfonctionnements à l’origine de ces proliférations. &lt;/p&gt;&lt;p&gt;Par ailleurs, et afin d’anticiper toute problématique ultérieure liée notamment au changement climatique, sont
 éligibles les études stratégiques ainsi que les études de gouvernance visant à atteindre dans la durée, un équilibre
 entre enjeux de biodiversité, enjeux de qualité et de quantité d’eau, et enjeux de partage de la ressource.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N180" s="1" t="inlineStr">
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O180" s="1" t="inlineStr">
+      <c r="O165" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q180" s="1" t="inlineStr">
+      <c r="Q165" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R180" s="1" t="inlineStr">
+      <c r="R165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S180" s="1" t="inlineStr">
+      <c r="S165" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T180" s="1" t="inlineStr">
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U180" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V180" s="1" t="inlineStr">
+      <c r="V165" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X180" s="1" t="inlineStr">
+      <c r="X165" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y180" s="1" t="inlineStr">
+      <c r="Y165" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z180" s="1" t="inlineStr">
+      <c r="Z165" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-milieux-humides/</t>
         </is>
       </c>
-      <c r="AA180" s="1" t="inlineStr">
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="181" spans="1:27" customHeight="0">
-      <c r="A181" s="1">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
         <v>164184</v>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame verte - Trame prairiale</t>
         </is>
       </c>
-      <c r="D181" s="1" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E181" s="1" t="inlineStr">
+      <c r="E166" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G181" s="1" t="inlineStr">
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H181" s="1" t="inlineStr">
+      <c r="H166" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I181" s="1" t="inlineStr">
+      <c r="I166" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J181" s="1" t="inlineStr">
+      <c r="J166" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K181" s="1" t="inlineStr">
+      <c r="K166" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L181" s="1" t="inlineStr">
+      <c r="L166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M181" s="1" t="inlineStr">
+      <c r="M166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions ciblées par l’Agence de l’eau visent à maintenir l’ensemble des surfaces prairiales, et en particulier
 les prairies les plus sensibles et les plus remarquables (prairies reconnues d’intérêt écologique), ainsi qu’à
 développer leur potentiel écologique. &lt;/p&gt;&lt;p&gt;Ces actions peuvent être mises en lien avec le panel d’outils disponibles et éligibles définis dans la fiche relative
 aux modalités d’intervention dans le domaine des actions de lutte contre les pollutions d’origine agricole et
 assimilée. &lt;/p&gt;&lt;p&gt;Enfin, afin de renforcer la préservation des surfaces en herbe sur des secteurs ciblés à forts enjeux, l’Agence de
 l’eau accompagne la mise en place de plans « herbe » territorialisés, autour d’une collectivité, des éleveurs et
 des prairies de ce territoire. &lt;/p&gt;&lt;p&gt;Ces secteurs prioritaires sont l’occasion, autour de l’objectif de maintenir les prairies, de mettre en commun
 l’ensemble des outils d’ores et déjà disponibles au travers de cette fiche thématique, ainsi que ceux disponibles
 dans le cadre de la lutte contre les pollutions d’origine agricole et assimilée, pour concilier l’ensemble des enjeux
 locaux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N181" s="1" t="inlineStr">
+      <c r="N166" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O181" s="1" t="inlineStr">
+      <c r="O166" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q181" s="1" t="inlineStr">
+      <c r="Q166" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R181" s="1" t="inlineStr">
+      <c r="R166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Actions de maîtrise foncière,
 d’études, de travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S181" s="1" t="inlineStr">
+      <c r="S166" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T181" s="1" t="inlineStr">
+      <c r="T166" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U181" s="1" t="inlineStr">
+      <c r="U166" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V181" s="1" t="inlineStr">
+      <c r="V166" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X181" s="1" t="inlineStr">
+      <c r="X166" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y181" s="1" t="inlineStr">
+      <c r="Y166" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z181" s="1" t="inlineStr">
+      <c r="Z166" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-plans-deau/</t>
         </is>
       </c>
-      <c r="AA181" s="1" t="inlineStr">
+      <c r="AA166" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="182" spans="1:27" customHeight="0">
-      <c r="A182" s="1">
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
         <v>164185</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Restaurer la trame verte - Trame bocagère</t>
         </is>
       </c>
-      <c r="D182" s="1" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E182" s="1" t="inlineStr">
+      <c r="E167" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G182" s="1" t="inlineStr">
+      <c r="G167" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H182" s="1" t="inlineStr">
+      <c r="H167" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I182" s="1" t="inlineStr">
+      <c r="I167" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J182" s="1" t="inlineStr">
+      <c r="J167" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K182" s="1" t="inlineStr">
+      <c r="K167" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L182" s="1" t="inlineStr">
+      <c r="L167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M182" s="1" t="inlineStr">
+      <c r="M167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Au titre des nombreux co-bénéfices pour la biodiversité et la gestion de l’eau sur les versants, la mise en place
 d’opérations de plantations agroécologiques, et en particulier la plantation de haies champêtres et diversifiées
 dans un objectif de reconstitution de corridors écologiques est éligible. &lt;/p&gt;&lt;p&gt;Ces opérations peuvent être mises en œuvre en complément des opérations de limitation des ruissellements
 sur les versants. &lt;/p&gt;&lt;p&gt;Dans l’objectif d’un maintien pérenne de ces actions de plantations, sont éligibles :
 &lt;br /&gt;• Les actions d’élaboration de plans de gestion durables des haies (ou assimilées) ;
 &lt;br /&gt;• Et l’ensemble des frais liés à la bonne reprise de ces plantations. &lt;/p&gt;&lt;p&gt;Des plantations, à titre plus ponctuel, peuvent être éligibles, constituant en effet un premier pas d’un réseau
 écologique sur les bassins versants.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N182" s="1" t="inlineStr">
+      <c r="N167" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O182" s="1" t="inlineStr">
+      <c r="O167" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q182" s="1" t="inlineStr">
+      <c r="Q167" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R182" s="1" t="inlineStr">
+      <c r="R167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Actions ponctuelles de plantations de haies, sans
 lien direct avec la restauration de corridors
 écologiques&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
 régie (voir modalités reprises dans
 la fiche relative aux actions,
 études et travaux réalisées par les
 moyens propres du bénéficiaire)
 et frais associés ; &lt;/p&gt;&lt;p&gt;- Travaux réalisés en prestation
 externalisée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Actions intégrées dans un programme global
 (restauration de milieux naturels, restauration de la
 trame verte, prévention des risques intégrée à
 l’échelle d’un bassin versant, …)&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Travaux de plantations réalisés en
 régie (voir modalités reprises dans
 la fiche relative aux actions,
 études et travaux réalisées par les
 moyens propres du bénéficiaire)
 et frais associés ;
 &lt;br /&gt;- Travaux réalisés en prestation
 externalisée et frais associés.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S182" s="1" t="inlineStr">
+      <c r="S167" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T182" s="1" t="inlineStr">
+      <c r="T167" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U182" s="1" t="inlineStr">
+      <c r="U167" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V182" s="1" t="inlineStr">
+      <c r="V167" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X182" s="1" t="inlineStr">
+      <c r="X167" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y182" s="1" t="inlineStr">
+      <c r="Y167" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z182" s="1" t="inlineStr">
+      <c r="Z167" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-prairiale/</t>
         </is>
       </c>
-      <c r="AA182" s="1" t="inlineStr">
+      <c r="AA167" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="183" spans="1:27" customHeight="0">
-      <c r="A183" s="1">
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
         <v>164186</v>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Protéger les espèces menacées</t>
         </is>
       </c>
-      <c r="D183" s="1" t="inlineStr">
+      <c r="D168" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E183" s="1" t="inlineStr">
+      <c r="E168" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G183" s="1" t="inlineStr">
+      <c r="G168" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H183" s="1" t="inlineStr">
+      <c r="H168" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I183" s="1" t="inlineStr">
+      <c r="I168" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J183" s="1" t="inlineStr">
+      <c r="J168" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K183" s="1" t="inlineStr">
+      <c r="K168" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L183" s="1" t="inlineStr">
+      <c r="L168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M183" s="1" t="inlineStr">
+      <c r="M168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont les actions opérationnelles ciblées dans des plans d’actions nationaux, régionaux, ou
 de bassin en faveur d’espèces emblématiques des milieux aquatiques, humides ou encore prairiaux.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N183" s="1" t="inlineStr">
+      <c r="N168" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O183" s="1" t="inlineStr">
+      <c r="O168" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q183" s="1" t="inlineStr">
+      <c r="Q168" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R183" s="1" t="inlineStr">
+      <c r="R168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes réalisées en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire ; &lt;/li&gt;&lt;li&gt;Etudes réalisées en prestation
 externalisée ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en régie (voir
 modalités reprises dans la fiche
 relative aux actions, études et
 travaux réalisées par les moyens
 propres du bénéficiaire) ; &lt;/li&gt;&lt;li&gt;Travaux réalisés en prestation
 externalisée&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S183" s="1" t="inlineStr">
+      <c r="S168" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T183" s="1" t="inlineStr">
+      <c r="T168" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U183" s="1" t="inlineStr">
+      <c r="U168" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V183" s="1" t="inlineStr">
+      <c r="V168" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X183" s="1" t="inlineStr">
+      <c r="X168" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y183" s="1" t="inlineStr">
+      <c r="Y168" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z183" s="1" t="inlineStr">
+      <c r="Z168" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-trame-bocagere/</t>
         </is>
       </c>
-      <c r="AA183" s="1" t="inlineStr">
+      <c r="AA168" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="184" spans="1:27" customHeight="0">
-      <c r="A184" s="1">
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
         <v>164187</v>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Espèces exotiques envahissantes</t>
         </is>
       </c>
-      <c r="D184" s="1" t="inlineStr">
+      <c r="D169" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E184" s="1" t="inlineStr">
+      <c r="E169" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G184" s="1" t="inlineStr">
+      <c r="G169" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H184" s="1" t="inlineStr">
+      <c r="H169" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I184" s="1" t="inlineStr">
+      <c r="I169" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J184" s="1" t="inlineStr">
+      <c r="J169" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K184" s="1" t="inlineStr">
+      <c r="K169" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L184" s="1" t="inlineStr">
+      <c r="L169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M184" s="1" t="inlineStr">
+      <c r="M169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets éligibles concernent les études sommaires de connaissance, de suivi et de gestion d’espèces
 végétales prioritaires sur le bassin Rhin-Meuse définies en lien avec la Stratégie Régionale « Espèces Exotiques
 Envahissantes », d’espèces végétales émergentes10 sur le bassin (identifiées ou potentielles), les opérations de
 limitation d’expansion de ces espèces sur des sites maîtrisables ainsi que les interventions combinées à la
 restauration du milieu (restauration de berges dégradées et reconstitution de ripisylve par exemple). &lt;/p&gt;&lt;p&gt;A l’inverse, les opérations d’entretien régulier de végétation envahissante ayant colonisé des larges zones
 (fauche/arrachage de renouées par exemple) et de régulation d’espèces animales ne sont pas éligibles. Les
 études visant une connaissance fondamentale et approfondie d’une espèce exotique invasive animale ou
 végétale, pour laquelle la colonisation est considérée irréversible sur le bassin Rhin-Meuse, ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;Dans tous les cas, l’éligibilité des projets fera l’objet d’une analyse au cas par cas au regard du meilleur état de
 l’art sur les espèces exotiques envahissantes présentes sur le bassin Rhin-Meuse. Les études, travaux et plans de
 gestion concernant des espèces animales ne sont pas éligibles à des financements.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N184" s="1" t="inlineStr">
+      <c r="N169" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O184" s="1" t="inlineStr">
+      <c r="O169" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q184" s="1" t="inlineStr">
+      <c r="Q169" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R184" s="1" t="inlineStr">
+      <c r="R169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Végétales prioritaires / émergentes&lt;/strong&gt;&lt;br /&gt;Actions de gestion pour éradiquer
 ou limiter l’expansion d’espèces
 prioritaires sur le bassin Rhin-Meuse (notamment espèces
 émergentes identifiées ou
 potentielles) sur des sites
 maîtrisables ou stratégiques ;
 Travaux de restauration de
 milieux pour lutter contre les
 espèces exotiques envahissantes
 prioritaires.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Végétales déjà implantées&lt;/strong&gt;&lt;br /&gt;Dans le cadre de travaux de
 restauration de milieux pour lutter
 contre les espèces exotiques
 envahissantes. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Animales&lt;/strong&gt;&lt;br /&gt;Non éligible au P12&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S184" s="1" t="inlineStr">
+      <c r="S169" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T184" s="1" t="inlineStr">
+      <c r="T169" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U184" s="1" t="inlineStr">
+      <c r="U169" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V184" s="1" t="inlineStr">
+      <c r="V169" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X184" s="1" t="inlineStr">
+      <c r="X169" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y184" s="1" t="inlineStr">
+      <c r="Y169" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z184" s="1" t="inlineStr">
+      <c r="Z169" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-protegees-menacees/</t>
         </is>
       </c>
-      <c r="AA184" s="1" t="inlineStr">
+      <c r="AA169" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="185" spans="1:27" customHeight="0">
-      <c r="A185" s="1">
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
         <v>164188</v>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Trame verte et bleue - Reconquête des habitats</t>
         </is>
       </c>
-      <c r="D185" s="1" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E185" s="1" t="inlineStr">
+      <c r="E170" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G185" s="1" t="inlineStr">
+      <c r="G170" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H185" s="1" t="inlineStr">
+      <c r="H170" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I185" s="1" t="inlineStr">
+      <c r="I170" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 80</t>
         </is>
       </c>
-      <c r="J185" s="1" t="inlineStr">
+      <c r="J170" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K185" s="1" t="inlineStr">
+      <c r="K170" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L185" s="1" t="inlineStr">
+      <c r="L170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/li&gt;&lt;li&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/li&gt;&lt;li&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M185" s="1" t="inlineStr">
+      <c r="M170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence de l’eau peut aider les opérations permettant de préserver et restaurer les fonctionnalités des cours 
 d’eau et des milieux naturels associés ainsi que les opérations qui visent à améliorer les potentialités écologiques 
 des canaux :
 &lt;br /&gt;• Si ces opérations sont réalisées sur l’ensemble d’un bassin versant ou d’un tronçon homogène d’un 
 cours d’eau ;
 &lt;br /&gt;• Si ces opérations sont ponctuelles et constituent des chantiers expérimentaux, pilotes ou démonstratifs 
 des bonnes pratiques de gestion, restauration ou renaturation des milieux naturels. Le caractère pilote 
 et/ou démonstratif peut s’apprécier par une innovation technique ou par un potentiel de généralisation 
 de l’opération à une échelle globale et cohérente. &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont ainsi éligibles les opérations suivantes :
 &lt;br /&gt;Au sein des projets globaux :
 &lt;br /&gt;• La gestion sélective et adaptée de la végétation des berges (élagage, coupe, ...) et des encombrements 
 du lit mineur (embâcles) dans le respect des équilibres naturels8 ;
 ;
 &lt;br /&gt;• La reconstitution de la ripisylve par plantations d’essences arbustives/arborées indigènes et adaptées, 
 ainsi que par la mise en défens des berges (clôtures) ;
 &lt;br /&gt;• La reconstitution de profils de berges et du lit mineur, en long et en travers, adaptés aux caractéristiques 
 naturelles des cours d’eau (typologie, pente, débit, puissance, transport sédimentaire, ...) : mise en place 
 de lits d’étiage et lits emboîtés, reméandrage, découverture de tronçons enterrés lorsque cette 
 intervention permet une amélioration des fonctionnalités du milieu, ... ;
 &lt;br /&gt;• La préservation voire la restauration d’espaces de mobilité ou de bon fonctionnement ainsi que la 
 restauration voire la création de zones humides alluviales : ces actions pouvant faire l’objet de maîtrise 
 foncière d’espaces latéraux (cf. article 4.2.2) ;
 &lt;br /&gt;• Les mesures de gestion du bassin versant telles que les réimplantations de haies, de freins aux 
 écoulements de surface, de zones tampons, ..., en lien notamment avec le volet de prévention des 
 risques liés aux inondations par débordement de cours d’eau et aux ruissellements du bassin versant 
 ainsi qu’aux programmes de consolidation de la Trame Verte et Bleue (cf. articles 4.4.2 et 4.7). &lt;/p&gt;&lt;p&gt;Au titre des actions ponctuelles :
 &lt;br /&gt;• Des actions permettant de promouvoir des techniques particulières respectueuses des équilibres 
 écologiques ou d’initier des démarches plus globales par effet d’entraînement ;
 &lt;br /&gt;• La diversification des berges sur un faible linéaire et la création de milieux annexes, de type bras mort, 
 sur les voies de navigation, en priorité sur des secteurs en lien fort avec le cours naturel et avec une 
 réelle plus-value environnementale. &lt;/p&gt;&lt;p&gt;Ces projets ponctuels seront examinés au cas par cas en vue de définir leur éligibilité.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N185" s="1" t="inlineStr">
+      <c r="N170" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O185" s="1" t="inlineStr">
+      <c r="O170" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q185" s="1" t="inlineStr">
+      <c r="Q170" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R185" s="1" t="inlineStr">
+      <c r="R170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Travaux de restauration 
 écologique : reméandrage, 
 reconstitution de ripisylve, 
 diversification des écoulements, 
 suppression d’ouvrages, 
 découverture, ...
 Les travaux de protection de 
 berges, curage ou uniquement 
 d’entretien ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S185" s="1" t="inlineStr">
+      <c r="S170" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T185" s="1" t="inlineStr">
+      <c r="T170" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U185" s="1" t="inlineStr">
+      <c r="U170" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V185" s="1" t="inlineStr">
+      <c r="V170" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X185" s="1" t="inlineStr">
+      <c r="X170" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y185" s="1" t="inlineStr">
+      <c r="Y170" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z185" s="1" t="inlineStr">
+      <c r="Z170" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-especes-exotiques-envahissantes/</t>
         </is>
       </c>
-      <c r="AA185" s="1" t="inlineStr">
+      <c r="AA170" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="186" spans="1:27" customHeight="0">
-      <c r="A186" s="1">
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
         <v>164218</v>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Mener des études en matière de connaissance générale : acquisition de données</t>
         </is>
       </c>
-      <c r="D186" s="1" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
         </is>
       </c>
-      <c r="E186" s="1" t="inlineStr">
+      <c r="E171" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G186" s="1" t="inlineStr">
+      <c r="G171" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H186" s="1" t="inlineStr">
+      <c r="H171" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I186" s="1" t="inlineStr">
+      <c r="I171" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J186" s="1" t="inlineStr">
+      <c r="J171" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K186" s="1" t="inlineStr">
+      <c r="K171" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L186" s="1" t="inlineStr">
+      <c r="L171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
 priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
 aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
 logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
 communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N186" s="1" t="inlineStr">
+      <c r="N171" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides</t>
         </is>
       </c>
-      <c r="O186" s="1" t="inlineStr">
+      <c r="O171" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q186" s="1" t="inlineStr">
+      <c r="Q171" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R186" s="1" t="inlineStr">
+      <c r="R171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
 général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
 par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
 &lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
 adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S186" s="1" t="inlineStr">
+      <c r="S171" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T186" s="1" t="inlineStr">
+      <c r="T171" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U186" s="1" t="inlineStr">
+      <c r="U171" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V186" s="1" t="inlineStr">
+      <c r="V171" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
         </is>
       </c>
-      <c r="X186" s="1" t="inlineStr">
+      <c r="X171" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y186" s="1" t="inlineStr">
+      <c r="Y171" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z186" s="1" t="inlineStr">
+      <c r="Z171" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-etudes-dinteret-general/</t>
         </is>
       </c>
-      <c r="AA186" s="1" t="inlineStr">
+      <c r="AA171" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="187" spans="1:27" customHeight="0">
-      <c r="A187" s="1">
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
         <v>164221</v>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Action ou programme de sensibilisation, de communication, d'information sur les enjeux de la politique de l'eau</t>
         </is>
       </c>
-      <c r="D187" s="1" t="inlineStr">
+      <c r="D172" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E187" s="1" t="inlineStr">
+      <c r="E172" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G187" s="1" t="inlineStr">
+      <c r="G172" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H187" s="1" t="inlineStr">
+      <c r="H172" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I187" s="1" t="inlineStr">
+      <c r="I172" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J187" s="1" t="inlineStr">
+      <c r="J172" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K187" s="1" t="inlineStr">
+      <c r="K172" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L187" s="1" t="inlineStr">
+      <c r="L172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M187" s="1" t="inlineStr">
+      <c r="M172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N187" s="1" t="inlineStr">
+      <c r="N172" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O187" s="1" t="inlineStr">
+      <c r="O172" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q187" s="1" t="inlineStr">
+      <c r="Q172" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R187" s="1" t="inlineStr">
+      <c r="R172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S187" s="1" t="inlineStr">
+      <c r="S172" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T187" s="1" t="inlineStr">
+      <c r="T172" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U187" s="1" t="inlineStr">
+      <c r="U172" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V187" s="1" t="inlineStr">
+      <c r="V172" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X187" s="1" t="inlineStr">
+      <c r="X172" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y187" s="1" t="inlineStr">
+      <c r="Y172" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z187" s="1" t="inlineStr">
+      <c r="Z172" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-classes-deau-1/</t>
         </is>
       </c>
-      <c r="AA187" s="1" t="inlineStr">
+      <c r="AA172" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="188" spans="1:27" customHeight="0">
-      <c r="A188" s="1">
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
         <v>164222</v>
       </c>
-      <c r="B188" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Évènement grand public</t>
         </is>
       </c>
-      <c r="D188" s="1" t="inlineStr">
+      <c r="D173" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E188" s="1" t="inlineStr">
+      <c r="E173" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G188" s="1" t="inlineStr">
+      <c r="G173" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H188" s="1" t="inlineStr">
+      <c r="H173" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I188" s="1" t="inlineStr">
+      <c r="I173" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J188" s="1" t="inlineStr">
+      <c r="J173" s="1" t="inlineStr">
         <is>
           <t>ou Forfait de 1 000 euros/j ou 1500 euros/2j</t>
         </is>
       </c>
-      <c r="K188" s="1" t="inlineStr">
+      <c r="K173" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L188" s="1" t="inlineStr">
+      <c r="L173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M188" s="1" t="inlineStr">
+      <c r="M173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N188" s="1" t="inlineStr">
+      <c r="N173" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O188" s="1" t="inlineStr">
+      <c r="O173" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q188" s="1" t="inlineStr">
+      <c r="Q173" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R188" s="1" t="inlineStr">
+      <c r="R173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S188" s="1" t="inlineStr">
+      <c r="S173" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T188" s="1" t="inlineStr">
+      <c r="T173" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U188" s="1" t="inlineStr">
+      <c r="U173" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V188" s="1" t="inlineStr">
+      <c r="V173" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X188" s="1" t="inlineStr">
+      <c r="X173" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y188" s="1" t="inlineStr">
+      <c r="Y173" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z188" s="1" t="inlineStr">
+      <c r="Z173" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-aaction-ou-programme-de-sensibilisation-de-communication-dinformation-sur-les-enjeux-de-la-politique-de-leau/</t>
         </is>
       </c>
-      <c r="AA188" s="1" t="inlineStr">
+      <c r="AA173" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="189" spans="1:27" customHeight="0">
-      <c r="A189" s="1">
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
         <v>164223</v>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Évènement professionnel</t>
         </is>
       </c>
-      <c r="D189" s="1" t="inlineStr">
+      <c r="D174" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E189" s="1" t="inlineStr">
+      <c r="E174" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G189" s="1" t="inlineStr">
+      <c r="G174" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H189" s="1" t="inlineStr">
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I189" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J189" s="1" t="inlineStr">
+      <c r="J174" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K189" s="1" t="inlineStr">
+      <c r="K174" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L189" s="1" t="inlineStr">
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M189" s="1" t="inlineStr">
+      <c r="M174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N189" s="1" t="inlineStr">
+      <c r="N174" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O189" s="1" t="inlineStr">
+      <c r="O174" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q189" s="1" t="inlineStr">
+      <c r="Q174" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R189" s="1" t="inlineStr">
+      <c r="R174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération de communication ou 
 d’information des publics permettant 
 de soutenir les objectifs d’intervention 
 de l’Agence de l’eau pour la 
 préservation des ressources en eau et 
 de la biodiversité&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S189" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T189" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U189" s="1" t="inlineStr">
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V189" s="1" t="inlineStr">
+      <c r="V174" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X189" s="1" t="inlineStr">
+      <c r="X174" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y189" s="1" t="inlineStr">
+      <c r="Y174" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z189" s="1" t="inlineStr">
+      <c r="Z174" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public/</t>
         </is>
       </c>
-      <c r="AA189" s="1" t="inlineStr">
+      <c r="AA174" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="190" spans="1:27" customHeight="0">
-      <c r="A190" s="1">
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
         <v>164224</v>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Action de communication co-organisée avec l'agence de l'eau</t>
         </is>
       </c>
-      <c r="D190" s="1" t="inlineStr">
+      <c r="D175" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E190" s="1" t="inlineStr">
+      <c r="E175" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G190" s="1" t="inlineStr">
+      <c r="G175" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H190" s="1" t="inlineStr">
+      <c r="H175" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I190" s="1" t="inlineStr">
+      <c r="I175" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J190" s="1" t="inlineStr">
+      <c r="J175" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K190" s="1" t="inlineStr">
+      <c r="K175" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L190" s="1" t="inlineStr">
+      <c r="L175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M190" s="1" t="inlineStr">
+      <c r="M175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N190" s="1" t="inlineStr">
+      <c r="N175" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O190" s="1" t="inlineStr">
+      <c r="O175" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q190" s="1" t="inlineStr">
+      <c r="Q175" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R190" s="1" t="inlineStr">
+      <c r="R175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action co-organisée avec l’Agence de 
 l’eau&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S190" s="1" t="inlineStr">
+      <c r="S175" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T190" s="1" t="inlineStr">
+      <c r="T175" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U190" s="1" t="inlineStr">
+      <c r="U175" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V190" s="1" t="inlineStr">
+      <c r="V175" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X190" s="1" t="inlineStr">
+      <c r="X175" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y190" s="1" t="inlineStr">
+      <c r="Y175" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z190" s="1" t="inlineStr">
+      <c r="Z175" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public-1/</t>
         </is>
       </c>
-      <c r="AA190" s="1" t="inlineStr">
+      <c r="AA175" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="191" spans="1:27" customHeight="0">
-      <c r="A191" s="1">
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
         <v>164225</v>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Appel à projets ciblé</t>
         </is>
       </c>
-      <c r="D191" s="1" t="inlineStr">
+      <c r="D176" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E191" s="1" t="inlineStr">
+      <c r="E176" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G191" s="1" t="inlineStr">
+      <c r="G176" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H191" s="1" t="inlineStr">
+      <c r="H176" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J191" s="1" t="inlineStr">
+      <c r="J176" s="1" t="inlineStr">
         <is>
           <t>Sur la base du règlement dédié et des modalités de la présente fiche</t>
         </is>
       </c>
-      <c r="K191" s="1" t="inlineStr">
+      <c r="K176" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L191" s="1" t="inlineStr">
+      <c r="L176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N191" s="1" t="inlineStr">
+      <c r="N176" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O191" s="1" t="inlineStr">
+      <c r="O176" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q191" s="1" t="inlineStr">
+      <c r="Q176" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R191" s="1" t="inlineStr">
+      <c r="R176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action ou initiative que l’Agence de 
 l’eau souhaite faire émerger&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S191" s="1" t="inlineStr">
+      <c r="S176" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T191" s="1" t="inlineStr">
+      <c r="T176" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U191" s="1" t="inlineStr">
+      <c r="U176" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V191" s="1" t="inlineStr">
+      <c r="V176" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X191" s="1" t="inlineStr">
+      <c r="X176" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y191" s="1" t="inlineStr">
+      <c r="Y176" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z191" s="1" t="inlineStr">
+      <c r="Z176" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-evenement-grand-public-2/</t>
         </is>
       </c>
-      <c r="AA191" s="1" t="inlineStr">
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="192" spans="1:27" customHeight="0">
-      <c r="A192" s="1">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
         <v>164226</v>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Consultation du public</t>
         </is>
       </c>
-      <c r="D192" s="1" t="inlineStr">
+      <c r="D177" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E192" s="1" t="inlineStr">
+      <c r="E177" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G192" s="1" t="inlineStr">
+      <c r="G177" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H192" s="1" t="inlineStr">
+      <c r="H177" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I192" s="1" t="inlineStr">
+      <c r="I177" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J192" s="1" t="inlineStr">
+      <c r="J177" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K192" s="1" t="inlineStr">
+      <c r="K177" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L192" s="1" t="inlineStr">
+      <c r="L177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M192" s="1" t="inlineStr">
+      <c r="M177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action d’information, de sensibilisation 
 en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N192" s="1" t="inlineStr">
+      <c r="N177" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O192" s="1" t="inlineStr">
+      <c r="O177" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q192" s="1" t="inlineStr">
+      <c r="Q177" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R192" s="1" t="inlineStr">
+      <c r="R177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Action d’information, de sensibilisation 
 en direction du public réalisée en régie&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S192" s="1" t="inlineStr">
+      <c r="S177" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T192" s="1" t="inlineStr">
+      <c r="T177" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U192" s="1" t="inlineStr">
+      <c r="U177" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V192" s="1" t="inlineStr">
+      <c r="V177" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X192" s="1" t="inlineStr">
+      <c r="X177" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y192" s="1" t="inlineStr">
+      <c r="Y177" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z192" s="1" t="inlineStr">
+      <c r="Z177" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-appel-a-projets-cible/</t>
         </is>
       </c>
-      <c r="AA192" s="1" t="inlineStr">
+      <c r="AA177" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="193" spans="1:27" customHeight="0">
-      <c r="A193" s="1">
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
         <v>164241</v>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Protéger et restaurer les espaces naturels</t>
         </is>
       </c>
-      <c r="C193" s="1" t="inlineStr">
+      <c r="C178" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E193" s="1" t="inlineStr">
+      <c r="E178" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F193" s="1" t="inlineStr">
+      <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G193" s="1" t="inlineStr">
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H193" s="1" t="inlineStr">
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K193" s="1" t="inlineStr">
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L193" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34; et de la mesure &amp;#34;Réduire les pressions sur la biodiversité de votre territoire&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2023 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Mettre en œuvre la stratégie nationale pour les aires protégées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Contribuant à la réussite de la SNB 2030, la stratégie nationale pour les aires protégées 2030 (SNAP 2030) adoptée en janvier 2021 et annoncée par le Président de la République, constitue la feuille de route de la politique nationale en matière d’aires protégées.&lt;/p&gt;&lt;p&gt;La SNAP poursuit l’objectif de &lt;strong&gt;développer un réseau d’aires protégées efficace, cohérent, résilient, intégré et pérenne, sur l’ensemble du territoire&lt;/strong&gt; (à terre comme en mer). La stratégie doit accompagner la mise en œuvre d’une gestion efficace et adaptée de ce réseau et y garantir la compatibilité des usages avec les enjeux écologiques. Elle porte encore des objectifs sur le renforcement de la coopération internationale et le rôle des aires protégées en matière de connaissance sur la biodiversité. &lt;/p&gt;&lt;p&gt;La SNAP 2030 établit la cible de&lt;strong&gt; couverture d’ici 2030 d’au moins 30% du territoire national et des eaux maritimes sous juridiction ou souveraineté par un réseau d’aires protégées et 10% par des zones de protection forte bien gérées.&lt;/strong&gt; A ce jour, 4,2% du territoire national est en protection forte, tandis que l’objectif de 30% est dépassé (33%).&lt;/p&gt;&lt;p&gt;Pour permettre l’atteinte des objectifs de la SNAP, le fonds vert soutient en particulier les projets qui permettront d’augmenter le nombre d’aires protégées reconnues en protection forte, d’étendre leur surface et de contribuer à la restauration des écosystèmes dans les aires protégées.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Restaurer les écosystèmes terrestres et marins dégradés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre de &lt;strong&gt;mettre en œuvre des projets de restauration des écosystèmes terrestres et marins dégradés, en application du règlement européen Restauration, adopté en 2024.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N193" s="1" t="inlineStr">
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Espaces verts
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O193" s="1" t="inlineStr">
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P193" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q193" s="1" t="inlineStr">
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R193" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales)  et des syndicats mixtes (exemple : syndicat mixte de PNR, ...) ;  &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du présent cahier ;&lt;/li&gt;&lt;li&gt;des gestionnaires de ports en outre-mer (si installation de mouillages écologiques dans les parties « naturelles » du domaine public maritime portuaire, c&amp;#039;est à dire en dehors des endigages portuaires). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution. Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S193" s="1" t="inlineStr">
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T193" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U193" s="1" t="inlineStr">
+      <c r="U178" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V193" s="1" t="inlineStr">
+      <c r="V178" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Proteger-restaurer-les-espacesnaturels_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W193" s="1" t="inlineStr">
+      <c r="W178" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X193" s="1" t="inlineStr">
+      <c r="X178" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y193" s="1" t="inlineStr">
+      <c r="Y178" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z193" s="1" t="inlineStr">
+      <c r="Z178" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/proteger-et-restaurer-les-espaces-naturels-15/</t>
         </is>
       </c>
-      <c r="AA193" s="1" t="inlineStr">
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="194" spans="1:27" customHeight="0">
-      <c r="A194" s="1">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
         <v>164246</v>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Réduire les pressions sur la biodiversité de votre territoire</t>
         </is>
       </c>
-      <c r="C194" s="1" t="inlineStr">
+      <c r="C179" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025</t>
         </is>
       </c>
-      <c r="E194" s="1" t="inlineStr">
+      <c r="E179" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F194" s="1" t="inlineStr">
+      <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Directions régionales de l’environnement, de l’aménagement et du logement (DREAL)
 Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)
 Agences de l'eau</t>
         </is>
       </c>
-      <c r="G194" s="1" t="inlineStr">
+      <c r="G179" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H194" s="1" t="inlineStr">
+      <c r="H179" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K194" s="1" t="inlineStr">
+      <c r="K179" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L194" s="1" t="inlineStr">
+      <c r="L179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;⚠️ &lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  &lt;em&gt;
   Aux côtés de la mesure &amp;#34;Protéger et restaurer les espaces naturels&amp;#34; et de la mesure &amp;#34;Mieux connaître et mobiliser pour la biodiversité&amp;#34;, la présente aide vient prendre le relais de la mesure &amp;#34;Accompagnement de la stratégie nationale pour la biodiversité 2030&amp;#34; de l&amp;#039;édition 2025 du Fonds vert.
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h4&gt;
   Ambition écologique du projet financé
  &lt;/h4&gt;
 &lt;p&gt;Dans un objectif de protection et de restauration de la biodiversité, les projets présentés au titre du fonds vert doivent permettre de réduire les pressions sur la biodiversité et de la restaurer sur l&amp;#039;ensemble du territoire.&lt;/p&gt;&lt;p&gt;Cette ambition écologique générale se décline de la manière suivante :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Plans nationaux d&amp;#039;action (PNA) en faveur des espèces menacées et plans assimilés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En matière de protection des espèces, cette ambition se traduit par l’objectif de maintien ou de rétablissement dans un état de conservation favorable des populations des espèces de faune et de flore sauvages menacées, en particulier des plus rares ou des plus remarquables, qui sont visées par des Plans nationaux d’action (PNA) ou des plans assimilés. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Rétablir les continuités écologiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le fonds vert doit permettre d’accélérer la mise en œuvre de l’objectif national de résorption de la totalité des points noirs prioritaires identifiés par chaque région d’ici 2030.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Protection des insectes pollinisateurs &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier du fonds vert doit permettre d’augmenter de manière significative le linéaire de dépendances vertes pour contribuer au doublement des surfaces des sites favorables aux insectes pollinisateurs. Le fonds vert intervient en complémentarité des crédits prévus par le Pacte Haies, en ciblant en priorité les linéaires de dépendances vertes hors terres agricoles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4. Lutte contre les espèces exotiques envahissantes &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif est d’atténuer, et si possible de supprimer les impacts (sur la biodiversité, de nature socio-économique et sanitaire) des espèces exotiques envahissantes, à travers des opérations de gestion des populations animales et végétales.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N194" s="1" t="inlineStr">
+      <c r="N179" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O194" s="1" t="inlineStr">
+      <c r="O179" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P194" s="1" t="inlineStr">
+      <c r="P179" s="1" t="inlineStr">
         <is>
           <t>12/03/2025</t>
         </is>
       </c>
-      <c r="Q194" s="1" t="inlineStr">
+      <c r="Q179" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R194" s="1" t="inlineStr">
+      <c r="R179" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine et les territoires ultra-marins.&lt;/p&gt;&lt;p&gt;La mesure bénéficie aux COM, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des collectivités territoriales et groupements de collectivités, y compris les collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;des établissements publics locaux (en particulier les sociétés d’économie mixte ou sociétés publiques locales) et des syndicats mixtes (exemple : syndicat mixte de PNR, ...)  ; &lt;/li&gt;&lt;li&gt;des services déconcentrés de l’Etat, établissements publics de l’Etat ou groupements d’intérêt public ; &lt;/li&gt;&lt;li&gt;des associations ou des fondations, en particulier gestionnaires d’aires protégées ;&lt;/li&gt;&lt;li&gt;des structures professionnelles gestionnaires d’aires protégées (exemples : fédérations régionales des chasseurs, comités des pêches maritimes et des élevages marins ou comités de la conchyliculture etc.) ;&lt;/li&gt;&lt;li&gt;des gestionnaires (exemple : gestionnaire des démarches Grands Sites de France et des opérations grands sites) et propriétaires forestiers ;&lt;/li&gt;&lt;li&gt;des gestionnaires d’infrastructures de transport y compris les services de l’Etat, pour le rétablissement des continuités écologiques (trame verte et bleue) en tant que gestionnaire d&amp;#039;infrastructure (transport, domaine public fluvial en outre-mer ou transfrontalier), hors autoroutes concédées ;&lt;/li&gt;&lt;li&gt;des entreprises privées, avec une attention renforcée aux critères prévus par le paragraphe 2.5 du cahier d&amp;#039;accompagnement.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
   Nature des projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;Le fonds est destiné à financer ou co-financer, pour les sous-mesures détaillées au paragraphe 2.3 du cahier d&amp;#039;accompagnement : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des subventions d’ingénierie et d’études préalables à la conception des projets ainsi que leur évaluation dans le temps ; &lt;/li&gt;&lt;li&gt;des subventions d’investissements permettant la mise en œuvre concrète des solutions identifiées ci-dessus.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Au-delà de l’appui financier aux projets, le fonds vert peut financer des prestations d’ingénierie (en régie ou externe) pour les porteurs de projets qui en ont besoin afin de faciliter la mise en œuvre de projets financés par cette mesure du fonds vert. Par ailleurs, la mesure ingénierie du fonds vert peut aider les porteurs de projet à faire émerger des projets à forte ambition environnementale sur une enveloppe dédiée à des prestations d’ingénierie d’animation, de planification ou de stratégie.&lt;/p&gt;&lt;p&gt;Les demandes de subventions de fonctionnement ou d’animation des structures, et de subventions aux actions de connaissance dans le cadre de la mise en œuvre des politiques traitées par le présent cahier d’accompagnement, ainsi que les financements relatifs à l’animation et à la concertation pour l’émergence de projets relèvent d’un financement budgétaire classique. Elles ne sont donc pas éligibles à la présente mesure du Fonds vert. Le cas échéant, une action de connaissance ou d’animation peut être éligible au Fonds Vert, si elle s’intègre dans un projet comprenant une mise en œuvre concrète de solution.  Les acteurs concernés sont invités à se rapprocher de la Direction (régionale) de l’environnement, du logement et de la nature ou de la Direction départementale des territoires (et de la mer) qui l’orientera vers l’interlocuteur compétent.&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles au fonds vert les opérations de simple mise en conformité à une obligation réglementaire nationale déjà existante, notamment les obligations de compensation environnementale à charge du maître d’ouvrage ou de prescription administrative de remise en état. &lt;/p&gt;&lt;p&gt;Le fonds pourra subventionner uniquement les opérations allant au-delà de ces obligations réglementaires nationales existantes, y compris en utilisant les obligations réelles environnementales (ORE).&lt;/p&gt;&lt;p&gt;L’exécution du projet (ou, le cas échéant, des postes de dépenses de l’opération ciblés par la subvention) ne peut commencer avant que le dossier de demande ne soit déposé sur la plateforme Démarches Simplifiées&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S194" s="1" t="inlineStr">
+      <c r="S179" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T194" s="1" t="inlineStr">
+      <c r="T179" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U194" s="1" t="inlineStr">
+      <c r="U179" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V194" s="1" t="inlineStr">
+      <c r="V179" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FondsVert_Reduire-les-pressions-sur-la-biodiversite_Cahier-accompagnement.pdf</t>
         </is>
       </c>
-      <c r="W194" s="1" t="inlineStr">
+      <c r="W179" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-3-biodiversite</t>
         </is>
       </c>
-      <c r="X194" s="1" t="inlineStr">
+      <c r="X179" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;⚠️ &lt;strong&gt;&lt;em&gt;Avant de soumettre votre candidature à l’aide Fonds Vert Biodiversité, nous vous invitons à vous renseigner auprès de la DREAL ou DEAL pour prendre connaissance des priorités d’action et des conditions d&amp;#039;acceptation de vos projets dans votre région. L&amp;#039;attribution des subventions Fonds Vert Biodiversité sera davantage priorisée en 2025 selon les enjeux locaux. &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;Merci de votre compréhension !&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y194" s="1" t="inlineStr">
+      <c r="Y179" s="1" t="inlineStr">
         <is>
           <t>romeo.miara@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z194" s="1" t="inlineStr">
+      <c r="Z179" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-les-pressions-sur-la-biodiversite-de-votre-territoire-10/</t>
         </is>
       </c>
-      <c r="AA194" s="1" t="inlineStr">
+      <c r="AA179" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="195" spans="1:27" customHeight="0">
-      <c r="A195" s="1">
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
         <v>164249</v>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Soutenir l'ingénierie des collectivités pour leurs projets de transition écologique</t>
         </is>
       </c>
-      <c r="C195" s="1" t="inlineStr">
+      <c r="C180" s="1" t="inlineStr">
         <is>
           <t>Fonds vert - Édition 2025
 QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D195" s="1" t="inlineStr">
+      <c r="D180" s="1" t="inlineStr">
         <is>
           <t>Appui à l'ingénierie - Mesure transverse</t>
         </is>
       </c>
-      <c r="E195" s="1" t="inlineStr">
+      <c r="E180" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F195" s="1" t="inlineStr">
+      <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G195" s="1" t="inlineStr">
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H195" s="1" t="inlineStr">
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I195" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K195" s="1" t="inlineStr">
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L195" s="1" t="inlineStr">
+      <c r="L180" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Ambition écologique du projet financé&lt;/h4&gt;&lt;p&gt;La présente mesure apporte aux collectivités territoriales ou à leurs groupements un appui en ingénierie de stratégie ou de planification ou en ingénierie d’animation.&lt;/p&gt;&lt;p&gt;L’objectif est de les aider :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;A élaborer ou finaliser leur stratégie, déclinée en plan d’action en matière de transition écologique, qu’il s’agisse de l’élaboration ou de la mise en œuvre de leur PCAET ou pour l’éventuelle mise à jour de leur CRTE à l’aune des objectifs et leviers d’action territoriaux de la planification écologique qui auront été définis dans le cadre des « conférences des parties » (COP) régionales ;&lt;/li&gt;&lt;li&gt;A suivre la mise en œuvre de leur plan d’action ;&lt;/li&gt;&lt;li&gt;A faire émerger des projets à forte ambition environnementale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M195" s="1" t="inlineStr">
+      <c r="M180" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Exemples de prestations d&amp;#039;ingénierie pouvant être financées par la mesure du fonds vert dédiée à l&amp;#039;ingénierie d&amp;#039;animation et de planification
  &lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;&amp;gt; Les collectivités territoriales ayant lancé une démarche d&amp;#039;élaboration d’un PCAET ou d’un PAPI pour les territoires à risques d’inondation sont éligibles pour le financement des actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;un diagnostic de vulnérabilité aux impacts du changement climatique (cyclones, incendies de forêt et de végétation, inondations, risques émergents en montagne, recul du trait de côte). Sont concernés en particulier les diagnostics de vulnérabilité territoriale incluant le secteur des transports ou les études de vulnérabilité multimodale des infrastructures et/ou services de transport des collectivités et de leurs partenaires, gestionnaires et opérateurs publics ou privés (y compris des infrastructures de transport qui ne sont pas gérées par les collectivités mais qui font partie du système de transport du territoire et sont nécessaires aux services organisés par les collectivités) ;&lt;/li&gt;&lt;li&gt;Accompagnement pour la mise à jour du diagnostic de vulnérabilité selon la trajectoire de réchauffement de référence pour l’adaptation au changement climatique (TRACC). Cette mesure du PNACC doit être progressivement appliquée à l’ensemble des PCAET lors de leur mise à jour ;&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration d&amp;#039;une stratégie et d&amp;#039;un plan d&amp;#039;adaptation au changement climatique pour faire face à ces différents impacts, en particulier par l’identification des axes et infrastructures de transport à enjeux pour le territoire nécessitant d’être adaptés prioritairement au changement climatique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de l’appui aux collectivités pour façonner et animer leur stratégie territoriale de transition écologique et notamment de l’adaptation au changement climatique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui en vue de diagnostics complémentaires (vulnérabilité du territoire au regard des enjeux d’adaptation au changement climatique…) pour enrichir la stratégie et le programme d’actions ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage de la stratégie territoriale et du programme d’actions et à la mise en place d’un dispositif d’évaluation ;&lt;/li&gt;&lt;li&gt;L’appui à la conception de dispositifs participatifs pour finaliser et animer une stratégie territoriale ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Dans le cadre de la territorialisation de la planification écologique et de l’actualisation des CRTE suite à la publication des feuilles de route issues des COP régionales et départementales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui pour opérationnaliser les orientations et actions de ces feuilles de route en particulier à l’échelle des bassins de vie, dans le cadre des CRTE ;&lt;/li&gt;&lt;li&gt;Appui pour relancer et mettre à jour les CRTE à l’aune des feuilles de route et renforcer et accélérer la dimension environnementale de ces contrats ;&lt;/li&gt;&lt;li&gt;Appui pour préparer la nouvelle génération de contrats (mandature municipale 2026) notamment via le recrutement de postes de chef de projet CRTE ou la mise à jour des diagnostics territoriaux ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; La mise en place de volets d’accompagnement artistique et culturel en faveur de la transition écologique et énergétique des territoires dans les projets d’aménagement permettant une montée en compétences et une meilleure association des différentes parties prenantes (médiation, résidence, festival, œuvre collective, etc.) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’élaboration d’une démarche paysagère ou d’un plan de paysage avec pour finalité d’accompagner la transition écologique ou énergétique d’un territoire et conçu comme un préalable à l’élaboration d’un projet, d’un plan d’actions, en point d’entrée de la planification ou dans le cadre plus global d’un projet de territoire (exemple déploiement d’ENR, recomposition/renaturation d’un site, repositionnement des filières d’approvisionnement, développement touristique, gestion de l’eau...) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’appui à la définition des enjeux du projet (notes d’enjeux…) ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L’assistance à maîtrise d’ouvrage dans le cadre de la réalisation des études règlementaires éligibles au fonds vert ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la réalisation d&amp;#039;analyses du parc de bâtiments d&amp;#039;une collectivité, de stratégies immobilières incluant une planification pluriannuelle des actions à réaliser, notamment en matière de rénovation énergétique des bâtiments ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Réalisation de diagnostics de pollution dans les établissements publics communaux ou intercommunaux accueillant des enfants construits à l&amp;#039;endroit ou à proximité d&amp;#039;anciens sites industriels répertoriés dans la cadre des anciens sites industriels et activités de services (CASIAS), afin d&amp;#039;identifier des situations de pollution nécessitant la mise en œuvre de mesures de gestion et/ou travaux pour protéger les personnes fréquentant ces établissements. Seules les collectivités de moins de 50 000 habitants ou leur groupement sont éligibles.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de la recomposition du littoral conformément aux cadres définis au niveau national ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de renaturation des villes et des villages :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’appui à l&amp;#039;émergence et la structuration de filières locales de génie écologique, de mobilisation de la société civile ;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’appui à la formation des futurs gestionnaires d&amp;#039;espaces verts.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; L&amp;#039;appui à l&amp;#039;émergence de stratégies de covoiturage, projets de lignes de covoiturage, d’actions d’animation (site, challenge) et de campagnes d’incitation financière ou encore leur évaluation ;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière d’accompagnement au déploiement des zones à faibles émissions (ZFE) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projets agissant en faveur de la mise en place ou du renforcement des ZFE, de la facilitation de l’adaptation des usagers ou du renforcement des solutions de mobilité à faibles émissions et de la logistique urbaine durable ;&lt;/li&gt;&lt;li&gt;L’appui au pilotage et à l’accompagnement des actions à mettre en œuvre pour la mise en place ou le renfort d’une ZFE ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; En matière de stratégie foncière :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La structuration d&amp;#039;observatoires pour outiller la stratégie foncière (inventaire ZAE, friche, habitat, etc.) ;&lt;/li&gt;&lt;li&gt;La révision de documents de planification et d&amp;#039;urbanisme pour décliner la trajectoire de sobriété foncière ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à l&amp;#039;émergence de projet agissant en faveur de recyclages fonciers, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L&amp;#039;appui à la structuration et au renforcement d&amp;#039;opérateurs agissant en faveur de recyclage foncier, d&amp;#039;intensification urbaine ou de renaturation des sols ;&lt;/li&gt;&lt;li&gt;L’appui au montage opérationnel des projets en faveur du recyclage foncier, d’intensification urbaine ou de renaturations des sols (montage opérationnel, juridique et financier, études pré-opérationnelles, plan-guide, schéma directeur…) ;&lt;/li&gt;&lt;li&gt;L’appui à l’élaboration de la stratégie foncière dans la continuité des observatoires mis en place.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; Utilisation de solutions techniques recourant à l’intelligence artificielle, au service de l’adaptation au changement climatique.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N195" s="1" t="inlineStr">
+      <c r="N180" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O195" s="1" t="inlineStr">
+      <c r="O180" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P195" s="1" t="inlineStr">
+      <c r="P180" s="1" t="inlineStr">
         <is>
           <t>14/03/2025</t>
         </is>
       </c>
-      <c r="Q195" s="1" t="inlineStr">
+      <c r="Q180" s="1" t="inlineStr">
         <is>
           <t>15/12/2025</t>
         </is>
       </c>
-      <c r="R195" s="1" t="inlineStr">
+      <c r="R180" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
   Porteurs de projets éligibles
  &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;La mesure concerne la France métropolitaine, les départements et régions d’outre-mer (DROM) et les collectivités d’outre-mer (COM).&lt;/p&gt;&lt;p&gt;Pour les COM, la mesure leur bénéficie, s&amp;#039;agissant d&amp;#039;une aide de l’État pour la transition écologique, indépendamment des compétences propres de chaque COM. Le cas échéant, les critères exposés dans ce cahier pourront être adaptés.&lt;/p&gt;&lt;p&gt;Les porteurs de projet éligibles sont les collectivités ou leurs groupements au sens du code général des collectivités territoriales (CGCT).&lt;/p&gt;&lt;h4&gt;Nature des projets éligibles&lt;/h4&gt;&lt;p&gt;Les porteurs de projet peuvent bénéficier :&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement de postes d’animateurs ou chefs de projet contractuels ;&lt;/p&gt;&lt;p&gt;&amp;gt; De cofinancement d’études ou de conseils, pouvant être menés par :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des organismes publics locaux agences techniques départementales - ATD, conseils d’architecture, d’urbanisme et de l’environnement - CAUE, agences d’urbanisme, agence locale de l’énergie et du climat...) ;&lt;/li&gt;&lt;li&gt;D’autres opérateurs publics (notamment CEREMA, ADEME, Agences de l’eau, Météo France…) ainsi que la Banque des Territoires, direction de la Caisse des Dépôts et Consignations&lt;/li&gt;&lt;li&gt;Des prestataires privés (bureaux d’études, associations...).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S195" s="1" t="inlineStr">
+      <c r="S180" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T195" s="1" t="inlineStr">
+      <c r="T180" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U195" s="1" t="inlineStr">
+      <c r="U180" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V195" s="1" t="inlineStr">
+      <c r="V180" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/documents/FV_Cahier_Ing%C3%A9nierie_v3.1.pdf</t>
         </is>
       </c>
-      <c r="W195" s="1" t="inlineStr">
+      <c r="W180" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/fonds-vert-ingenierie</t>
         </is>
       </c>
-      <c r="X195" s="1" t="inlineStr">
+      <c r="X180" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute demande de renseignement concernant les mesures du fonds vert, les porteurs de projet doivent consulter le site internet départemental de l&amp;#039;État de leur département, contacter leur sous-préfet d&amp;#039;arrondissement, la direction départementale des territoires (et de la mer), ou les directions et services de l&amp;#039;État outre-mer.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y195" s="1" t="inlineStr">
+      <c r="Y180" s="1" t="inlineStr">
         <is>
           <t>eliott.combe-mazeron@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z195" s="1" t="inlineStr">
+      <c r="Z180" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lingenierie-des-collectivites-pour-leurs-projets-de-transition-ecologique-3/</t>
         </is>
       </c>
-      <c r="AA195" s="1" t="inlineStr">
+      <c r="AA180" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="196" spans="1:27" customHeight="0">
-      <c r="A196" s="1">
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
         <v>164298</v>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Mener des études en matière de connaissance générale - études d'intérêt général</t>
         </is>
       </c>
-      <c r="D196" s="1" t="inlineStr">
+      <c r="D181" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de connaissance générale : études d'intérêt général et acquisition de données</t>
         </is>
       </c>
-      <c r="E196" s="1" t="inlineStr">
+      <c r="E181" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G196" s="1" t="inlineStr">
+      <c r="G181" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H196" s="1" t="inlineStr">
+      <c r="H181" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I196" s="1" t="inlineStr">
+      <c r="I181" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J196" s="1" t="inlineStr">
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K196" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L196" s="1" t="inlineStr">
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions consistent en la collecte de données (qualité du milieu, pressions, …) dès lors qu’elles répondent aux 
 priorités de l’Agence de l’eau et qu’elles sont recueillies selon un format défini par l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ainsi, peut être citée en exemple la mise en place d’une surveillance des ressources en eau ou des milieux 
 aquatiques permettant d’acquérir, par des organismes tiers, des données brutes tout en s’inscrivant dans une 
 logique de complémentarité avec les réseaux patrimoniaux qui répondent aux obligations nationales et 
 communautaires et qui sont portés par les pouvoirs publics.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N196" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides</t>
         </is>
       </c>
-      <c r="O196" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q196" s="1" t="inlineStr">
+      <c r="Q181" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R196" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le taux d’aide de référence sera de 50 % pour l’acquisition de données et pour le soutien aux études d’intérêt
 général réalisées par des tiers. &lt;/p&gt;&lt;p&gt;Au regard du degré de priorité que représente le projet pour l’Agence de l’eau, le taux d’aide pourra être modulé
 par rapport au taux d’aide de référence, sans toutefois dépasser 80 %. &lt;/p&gt;&lt;p&gt;Ce taux d’aide s’applique sur la base d’un montant retenu par l’Agence de l’eau incluant :
 &lt;br /&gt;• Les prestations intellectuelles en régie ; &lt;br /&gt;• Divers achats spécifiquement liés à la réalisation du projet. L’assiette des achats d’investissement sera
 adaptée en fonction de la durée d’amortissement du bien en regard de la durée du projet.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S196" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T196" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U196" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V196" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_etude_generale.pdf?Archive=263790208197&amp;File=fiche%5Fetude%5Fgenerale%5Fpdf</t>
         </is>
       </c>
-      <c r="X196" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y196" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z196" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mener-des-etudes-en-matiere-de-connaissance-generale-acquisition-de-donnees-1/</t>
         </is>
       </c>
-      <c r="AA196" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="197" spans="1:27" customHeight="0">
-      <c r="A197" s="1">
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
         <v>164300</v>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser, éduquer et informer du public - Équipement pédagogique et informatif de mise en valeur des milieux naturels</t>
         </is>
       </c>
-      <c r="D197" s="1" t="inlineStr">
+      <c r="D182" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de sensibilisation, d'éducation, de consultation et d'information du public</t>
         </is>
       </c>
-      <c r="E197" s="1" t="inlineStr">
+      <c r="E182" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G197" s="1" t="inlineStr">
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H197" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I197" s="1" t="inlineStr">
+      <c r="I182" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J197" s="1" t="inlineStr">
+      <c r="J182" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K197" s="1" t="inlineStr">
+      <c r="K182" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L197" s="1" t="inlineStr">
+      <c r="L182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contribuer à une prise en compte démultipliée 
 des ressources en eau et des milieux aquatiques 
 par les acteurs de terrain, les usagers, les jeunes, 
 à la fois dans une dimension globale et locale au 
 plus proche de leur territoire de vie ; &lt;/p&gt;&lt;p&gt;Sensibiliser, informer, accompagner au 
 changement de pratiques ; &lt;/p&gt;&lt;p&gt;Constituer un levier pour les politiques de 
 gestion de l’eau, de transition écologique, 
 d’atténuation et d’adaptation au changement 
 climatique et de préservation de la biodiversité, 
 de la santé, … ; &lt;/p&gt;&lt;p&gt;Faciliter la participation des publics comme 
 parties prenantes dans les projets et soutenir 
 les actions portées par les acteurs locaux dans 
 l’intérêt général ; &lt;/p&gt;&lt;p&gt;Contribuer à la valorisation des actions menées 
 en faveur des milieux naturels et de la ressource 
 en eau et participer ainsi à l’émergence de 
 projets exemplaires et reproductibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M197" s="1" t="inlineStr">
+      <c r="M182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ces aides sont accessibles à tout maître d’ouvrage public ou privé (dans le respect de la réglementation en 
 vigueur, notamment dans le cas des activités économiques).
 Pour être éligibles, les projets doivent :
 &lt;br /&gt;• concourir à un objectif de sensibilisation, d’information, de modifications de pratiques, de participation 
 citoyenne… dont les thématiques sont en étroite correspondance avec les priorités portées par le 
 programme d’interventions de l’Agence de l’eau,
 &lt;br /&gt;• contribuer à répondre à des problématiques locales et territoriales, au plus proche du territoire de vie 
 des publics,
 &lt;br /&gt;• faciliter la valorisation des actions menées en faveur des milieux naturels et de la ressource en eau et 
 participer ainsi à l’émergence de projets exemplaires et reproductibles. &lt;/p&gt;&lt;p&gt;Les projets d’envergure, notamment les aménagements ou la création de lieux d’information et d’éducation des 
 publics à l’environnement, à la ressource en eau et à la biodiversité associée doivent être intégrés dans une démarche globale de sensibilisation. L’assiette de l’aide sera étudiée au cas par cas sur la base d’une étude de 
 faisabilité et d’une réflexion pédagogique (approche, démarche, supports, moyens humains et matériels…).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N197" s="1" t="inlineStr">
+      <c r="N182" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O197" s="1" t="inlineStr">
+      <c r="O182" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q197" s="1" t="inlineStr">
+      <c r="Q182" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R197" s="1" t="inlineStr">
+      <c r="R182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Création d’équipements pédagogiques
 et informatifs pour la sensibilisation 
 des publics sur les milieux naturels qui 
 ont fait l’objet d’une opération de 
 préservation ou de restauration 
 accompagnée par l’Agence de l’eau &lt;/p&gt;&lt;p&gt;Fourniture d’un plan de valorisation&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S197" s="1" t="inlineStr">
+      <c r="S182" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T197" s="1" t="inlineStr">
+      <c r="T182" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U197" s="1" t="inlineStr">
+      <c r="U182" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V197" s="1" t="inlineStr">
+      <c r="V182" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_education_environnement.pdf?Archive=263791308197&amp;File=fiche%5Feducation%5Fenvironnement%5Fpdf</t>
         </is>
       </c>
-      <c r="X197" s="1" t="inlineStr">
+      <c r="X182" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y197" s="1" t="inlineStr">
+      <c r="Y182" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z197" s="1" t="inlineStr">
+      <c r="Z182" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-eduquer-et-informer-du-public-action-de-communication-co-organisee-avec-lagence-de-leau/</t>
         </is>
       </c>
-      <c r="AA197" s="1" t="inlineStr">
+      <c r="AA182" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="198" spans="1:27" customHeight="0">
-      <c r="A198" s="1">
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
         <v>164311</v>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les milieux naturels et la biodiversité - Programme d'actions trame verte et bleue</t>
         </is>
       </c>
-      <c r="D198" s="1" t="inlineStr">
+      <c r="D183" s="1" t="inlineStr">
         <is>
           <t>Interventions en faveur de la préservation et de la restauration des milieux naturels et de la biodiversité</t>
         </is>
       </c>
-      <c r="E198" s="1" t="inlineStr">
+      <c r="E183" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G198" s="1" t="inlineStr">
+      <c r="G183" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H198" s="1" t="inlineStr">
+      <c r="H183" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I198" s="1" t="inlineStr">
+      <c r="I183" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J198" s="1" t="inlineStr">
+      <c r="J183" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K198" s="1" t="inlineStr">
+      <c r="K183" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L198" s="1" t="inlineStr">
+      <c r="L183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Accorder une priorité à la restauration de la Trame Bleue et en particulier sur les masses d&amp;#039;eau dégradées&lt;/p&gt;&lt;p&gt;Elargir et intensifier les actions de préservation et de restauration de la Trame verte permettant de lutter contre l&amp;#039;érosion de la biodiversité et de favoriser la résilience des territoires face au changement climatique&lt;/p&gt;&lt;p&gt;Conduire des approches globales et intégrées au sein de véritables projets de territoire&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M198" s="1" t="inlineStr">
+      <c r="M183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;A l’instar des programmes de restauration de cours d’eau, l’Agence de l’eau est susceptible de prioriser son 
 action sur les programmes globaux de restauration de la Trame Verte et Bleue. Ces programmes peuvent être 
 constitués de l’ensemble des actions éligibles citées précédemment, en particulier :
 &lt;br /&gt;• Une étude diagnostic réalisée à une échelle territoriale pertinente ;
 &lt;br /&gt;• La préservation, au travers de gestion conservatoire, ou encore la protection au travers de la maîtrise 
 foncière ou d’usage de milieux humides et de leur aire d’influence, d’ensembles prairiaux ;
 &lt;br /&gt;• La restauration ou la reconstitution de l’ensemble des cours d’eau, milieux humides, des prairies et des 
 corridors écologiques (réseaux de mares, zones humides, infrastructures vertes) fonctionnels, en 
 particulier lorsque ces zones ont été dégradées ou détruites. &lt;/p&gt;&lt;p&gt;Des actions complémentaires de restauration de la Trame Verte dans les zones urbaines des villes et villages 
 peuvent être éligibles aux aides de l’Agence de l’eau (voir également la fiche « Eau et Nature en ville et village »).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
+      <c r="N183" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O198" s="1" t="inlineStr">
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q198" s="1" t="inlineStr">
+      <c r="Q183" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S198" s="1" t="inlineStr">
+      <c r="S183" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T198" s="1" t="inlineStr">
+      <c r="T183" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U198" s="1" t="inlineStr">
+      <c r="U183" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V198" s="1" t="inlineStr">
+      <c r="V183" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_restaura_milieu_naturel.pdf?Archive=263799108197&amp;File=fiche%5Frestaura%5Fmilieu%5Fnaturel%5Fpdf</t>
         </is>
       </c>
-      <c r="X198" s="1" t="inlineStr">
+      <c r="X183" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y198" s="1" t="inlineStr">
+      <c r="Y183" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z198" s="1" t="inlineStr">
+      <c r="Z183" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels-et-la-biodiversite-restauration-de-la-trame-bleue-reconquete-des-habitats-et-gestion-du-bassin-versant-1/</t>
         </is>
       </c>
-      <c r="AA198" s="1" t="inlineStr">
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="199" spans="1:27" customHeight="0">
-      <c r="A199" s="1">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
         <v>164339</v>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes, prestations intellectuelles ou d'intérêt général</t>
         </is>
       </c>
-      <c r="D199" s="1" t="inlineStr">
+      <c r="D184" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E199" s="1" t="inlineStr">
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G199" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H199" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J199" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier</t>
         </is>
       </c>
-      <c r="K199" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L199" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M199" s="1" t="inlineStr">
+      <c r="M184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des études de définition et de programmation réalisées par les moyens propres du bénéficiaire de 
 l’aide, comprises comme études préalables à la phase avant-projet relevant de la maîtrise d’œuvre et recouvrant 
 notamment les analyses de faisabilité ou de préparation des investissements ou actions éligibles ainsi que les 
 études diagnostiques ou de schémas directeurs, elles sont intégrées à l’assiette de dépenses par vérification d’un 
 montant plafond maximum de 370 € par jour de dépenses selon les modalités de la délibération relative aux 
 dispositions communes applicables aux aides du 12e Programme à laquelle s’applique le taux d’aide de référence 
 correspondant à l’étude concernée. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour 
 prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N199" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O199" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q199" s="1" t="inlineStr">
+      <c r="Q184" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R199" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant plafond de 370 € / j&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S199" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T199" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U199" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V199" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X199" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y199" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z199" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-deconomies-deau/</t>
         </is>
       </c>
-      <c r="AA199" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="200" spans="1:27" customHeight="0">
-      <c r="A200" s="1">
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
         <v>164340</v>
       </c>
-      <c r="B200" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Etudes de maitrise d'oeuvre</t>
         </is>
       </c>
-      <c r="D200" s="1" t="inlineStr">
+      <c r="D185" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E200" s="1" t="inlineStr">
+      <c r="E185" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G200" s="1" t="inlineStr">
+      <c r="G185" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H200" s="1" t="inlineStr">
+      <c r="H185" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K200" s="1" t="inlineStr">
+      <c r="K185" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L200" s="1" t="inlineStr">
+      <c r="L185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M200" s="1" t="inlineStr">
+      <c r="M185" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le montant d’assiette de dépenses retenu pour les études préalables à la phase 
 avant-projet, les études nécessaires ou annexes au suivi et à la réception des 
 ouvrages, est limité au maximum à 6 % du coût prévisionnel hors taxe des travaux 
 retenus estimé pour le projet. Le montant retenu au titre de ces prestations est 
 intégré au montant retenu de l’opération de travaux correspondante, dans la 
 limite du montant plafond éventuellement appliqué à cette opération. Ces 
 prestations sont aidées sous la forme d’une subvention, au même taux que celui 
 qui sera appliqué aux travaux concernés.
 Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses 
 sont repris dans les modalités techniques de déploiement des aides des politiques 
 d’intervention en vigueur du programme.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N200" s="1" t="inlineStr">
+      <c r="N185" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O200" s="1" t="inlineStr">
+      <c r="O185" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q200" s="1" t="inlineStr">
+      <c r="Q185" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S200" s="1" t="inlineStr">
+      <c r="S185" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T200" s="1" t="inlineStr">
+      <c r="T185" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U200" s="1" t="inlineStr">
+      <c r="U185" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V200" s="1" t="inlineStr">
+      <c r="V185" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X200" s="1" t="inlineStr">
+      <c r="X185" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail :&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y200" s="1" t="inlineStr">
+      <c r="Y185" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z200" s="1" t="inlineStr">
+      <c r="Z185" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-prestations-intellectuelles-ou-dinteret-general/</t>
         </is>
       </c>
-      <c r="AA200" s="1" t="inlineStr">
+      <c r="AA185" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="201" spans="1:27" customHeight="0">
-      <c r="A201" s="1">
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
         <v>164341</v>
       </c>
-      <c r="B201" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrage - Travaux</t>
         </is>
       </c>
-      <c r="D201" s="1" t="inlineStr">
+      <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E201" s="1" t="inlineStr">
+      <c r="E186" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G201" s="1" t="inlineStr">
+      <c r="G186" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H201" s="1" t="inlineStr">
+      <c r="H186" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J201" s="1" t="inlineStr">
+      <c r="J186" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K201" s="1" t="inlineStr">
+      <c r="K186" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L201" s="1" t="inlineStr">
+      <c r="L186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M201" s="1" t="inlineStr">
+      <c r="M186" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des dépenses de personnel, l’assiette de travaux réalisés par les moyens propres du bénéficiaire est 
 déterminée selon les modalités de la délibération relative aux dispositions communes applicables aux aides du 
 12e Programme. &lt;/p&gt;&lt;p&gt;Ces dépenses sont intégrées à l’assiette par vérification d’un montant plafond maximum de 315 € par jour de 
 dépenses justifiées selon les modalités de la délibération relative aux dispositions communes applicables aux 
 aides du 12e Programme à laquelle s’applique le taux d’aide de référence correspondant à l’étude concernée. À l ’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par jour pour prise en compte des dépenses 
 d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; S’agissant des dépenses relatives aux fournitures et autres amortissements de matériels nécessaires à la 
 réalisation des travaux, ils sont justifiés par la production de factures pour les achats externes dédiés au 
 projet dans les conditions prévues au sein des dispositions communes applicables aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides des politiques d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N201" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Economie d'énergie et rénovation énergétique
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O201" s="1" t="inlineStr">
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q201" s="1" t="inlineStr">
+      <c r="Q186" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S201" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T201" s="1" t="inlineStr">
+      <c r="T186" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U201" s="1" t="inlineStr">
+      <c r="U186" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V201" s="1" t="inlineStr">
+      <c r="V186" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X201" s="1" t="inlineStr">
+      <c r="X186" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y201" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z201" s="1" t="inlineStr">
+      <c r="Z186" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-etudes-de-maitrise-doeuvre/</t>
         </is>
       </c>
-      <c r="AA201" s="1" t="inlineStr">
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="202" spans="1:27" customHeight="0">
-      <c r="A202" s="1">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
         <v>164342</v>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions d'animation</t>
         </is>
       </c>
-      <c r="D202" s="1" t="inlineStr">
+      <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E202" s="1" t="inlineStr">
+      <c r="E187" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G202" s="1" t="inlineStr">
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H202" s="1" t="inlineStr">
+      <c r="H187" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J202" s="1" t="inlineStr">
+      <c r="J187" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K202" s="1" t="inlineStr">
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L202" s="1" t="inlineStr">
+      <c r="L187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M202" s="1" t="inlineStr">
+      <c r="M187" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des opérations d’animation réalisées par les moyens propres du bénéficiaire et eu égard à la nature 
 du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par 
 le nombre de tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les missions d’animation dont l’assiette est déterminée au temps passé, le montant plafond journalier 
 vérifié est par application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les 
 modalités de la délibération relative aux dispositions communes applicables aux aides du 12e Programme à 
 laquelle s’applique le taux d’aide de référence. À l’aide ainsi déterminée s’ajoute un forfait de 35 € d’aide par 
 jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;/p&gt;&lt;p&gt; Les taux d’aide de référence et autres plafonnements appliqués à ces dépenses sont repris dans les modalités 
 techniques de déploiement des aides de la politique d’intervention en vigueur du programme. &lt;/p&gt;&lt;p&gt;S’agissant de projets qualifiables d’activités économiques au sens communautaire et conformément aux 
 dispositions des règlements généraux d’exemption par catégories (articles 7 respectifs des R (UE) n°651/2014 
 modifié et R(UE) 2022/2472), le bénéfice du forfait de prise en compte des dépenses d’accompagnement ne 
 peut être accordé. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N202" s="1" t="inlineStr">
+      <c r="N187" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O202" s="1" t="inlineStr">
+      <c r="O187" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S202" s="1" t="inlineStr">
+      <c r="S187" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T202" s="1" t="inlineStr">
+      <c r="T187" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U202" s="1" t="inlineStr">
+      <c r="U187" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V202" s="1" t="inlineStr">
+      <c r="V187" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X202" s="1" t="inlineStr">
+      <c r="X187" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y202" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z202" s="1" t="inlineStr">
+      <c r="Z187" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-travaux/</t>
         </is>
       </c>
-      <c r="AA202" s="1" t="inlineStr">
+      <c r="AA187" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="203" spans="1:27" customHeight="0">
-      <c r="A203" s="1">
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
         <v>164343</v>
       </c>
-      <c r="B203" s="1" t="inlineStr">
+      <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Réaliser des actions, études et travaux par les moyens propres du maitre d'ouvrages - Actions de communication, sensibilisation, éducation</t>
         </is>
       </c>
-      <c r="D203" s="1" t="inlineStr">
+      <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Interventions relatives à la prise en charge et à la justification des actions, études et travaux réalisés par les moyens propres du bénéficiaire</t>
         </is>
       </c>
-      <c r="E203" s="1" t="inlineStr">
+      <c r="E188" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G203" s="1" t="inlineStr">
+      <c r="G188" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H203" s="1" t="inlineStr">
+      <c r="H188" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J203" s="1" t="inlineStr">
+      <c r="J188" s="1" t="inlineStr">
         <is>
           <t>Forfait journalier de 35€</t>
         </is>
       </c>
-      <c r="K203" s="1" t="inlineStr">
+      <c r="K188" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L203" s="1" t="inlineStr">
+      <c r="L188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La présente fiche arrête les dispositions relatives à 
 la prise en charge et à la justification des actions, 
 études et travaux réalisés par les moyens propres du 
 maître d’ouvrage. &lt;/p&gt;&lt;p&gt;Les dépenses ressortant de la maîtrise d’ouvrage ou 
 de l’assistance à maîtrise d’ouvrage assumées par les 
 moyens propres du bénéficiaire ne sont pas éligibles 
 aux aides de l’Agence de l’eau. &lt;/p&gt;&lt;p&gt;Ces dispositions sont d’application commune à 
 l’ensemble des politiques d’intervention du 12e
 Programme&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M203" s="1" t="inlineStr">
+      <c r="M188" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;S’agissant des actions de communication, de sensibilisation et d’éducation réalisées par les moyens propres du 
 bénéficiaire et eu égard à la nature du projet, l’Agence de l’eau arrête en opportunité la prise en charge de la 
 mission à l’objectif ou au temps passé. &lt;/p&gt;&lt;p&gt;Pour les actions prises en charge à l’objectif, le coût unitaire de la tâche à réaliser est multiplié par le nombre de 
 tâches prévisionnelles pour identifier l’assiette de dépenses. &lt;/p&gt;&lt;p&gt;Pour les actions dont l’assiette est déterminée au temps passé, le montant plafond journalier est vérifié par 
 application d’un montant plafond maximum de 315 € par jour de dépenses justifiées selon les modalités de la 
 délibération relative aux dispositions communes applicables aux aides du 12e Programme à laquelle s’applique 
 le taux d’aide de référence correspondant à l’action concernée. À l’aide ainsi déterminée s’ajoute un forfait de 
 35 € d’aide par jour pour prise en compte des dépenses d’accompagnement, correspondant aux frais courants. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N203" s="1" t="inlineStr">
+      <c r="N188" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Artisanat
 Industrie
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O203" s="1" t="inlineStr">
+      <c r="O188" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q203" s="1" t="inlineStr">
+      <c r="Q188" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S203" s="1" t="inlineStr">
+      <c r="S188" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T203" s="1" t="inlineStr">
+      <c r="T188" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U203" s="1" t="inlineStr">
+      <c r="U188" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V203" s="1" t="inlineStr">
+      <c r="V188" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_dispositions_communes.pdf?Archive=263794608197&amp;File=fiche%5Fdispositions%5Fcommunes%5Fpdf</t>
         </is>
       </c>
-      <c r="X203" s="1" t="inlineStr">
+      <c r="X188" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 03.87.34.47.00
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y203" s="1" t="inlineStr">
+      <c r="Y188" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z203" s="1" t="inlineStr">
+      <c r="Z188" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-actions-etudes-et-travaux-par-les-moyens-propres-du-maitre-douvrages-actions-danimation/</t>
         </is>
       </c>
-      <c r="AA203" s="1" t="inlineStr">
+      <c r="AA188" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="204" spans="1:27" customHeight="0">
-      <c r="A204" s="1">
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
         <v>164773</v>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Préserver et restaurer les fonctionnalités des écosystèmes aquatiques, humides et littoraux ainsi que leur biodiversité</t>
         </is>
       </c>
-      <c r="D204" s="1" t="inlineStr">
+      <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Restauration et gestion des milieux, habitats et écosystèmes</t>
         </is>
       </c>
-      <c r="E204" s="1" t="inlineStr">
+      <c r="E189" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
-      <c r="G204" s="1" t="inlineStr">
+      <c r="G189" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H204" s="1" t="inlineStr">
+      <c r="H189" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I204" s="1" t="inlineStr">
+      <c r="I189" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="K204" s="1" t="inlineStr">
+      <c r="K189" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L204" s="1" t="inlineStr">
+      <c r="L189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La préservation et la restauration des milieux aquatiques, des habitats et des écosystèmes est l’une des priorités de l’agence de l’eau Adour-Garonne. &lt;/p&gt;&lt;p&gt;Les aides financières et l’accompagnement de l’Agence visent à soutenir des projets permettant d’atténuer les effets du changement climatique et de renforcer la résilience des écosystèmes.&lt;/p&gt;&lt;p&gt;Les approches préventives sont à privilégier à travers la valorisation des services rendus par les SfN (Solutions fondées sur la Nature) et leurs co-bénéfices pour les territoires. &lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/restauration-gestion-milieux-aquatiques-habitats-ecosystemes"&gt;Restauration et gestion des milieux aquatiques, des habitats et des écosystèmes | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M204" s="1" t="inlineStr">
+      <c r="M189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Exemples d&amp;#039;opérations financées :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études, suivis &lt;/li&gt;&lt;li&gt;Animations territoriales ou thématiques &lt;/li&gt;&lt;li&gt;Opérations de communication ou de sensibilisation &lt;/li&gt;&lt;li&gt;Mise en œuvre d’une stratégie foncière &lt;/li&gt;&lt;li&gt;Actions contenues dans un programme pluriannuel 
 de gestion (PPG) des cours d’eau &lt;/li&gt;&lt;li&gt;Effacements et arasements d’ouvrages transversaux 
 dans le respect de la réglementation en vigueur &lt;/li&gt;&lt;li&gt;Actions de restauration et renaturation de cours d’eau en 
 milieu urbain combinées à des actions de gestion intégrée 
 des eaux pluviales &lt;/li&gt;&lt;li&gt;Inventaires de zones humides &lt;/li&gt;&lt;li&gt;Équipements d’ouvrages en vue de restaurer 
 la continuité écologique &lt;/li&gt;&lt;li&gt;Actions intégrées dans les plans de gestion des réserves 
 naturelles, les plans nationaux d’actions, les plans 
 de gestion des poissons migrateurs, et actions en faveur 
 de la biodiversité ordinaire, &lt;/li&gt;&lt;li&gt;etc&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N204" s="1" t="inlineStr">
+      <c r="N189" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O204" s="1" t="inlineStr">
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P204" s="1" t="inlineStr">
+      <c r="P189" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q204" s="1" t="inlineStr">
+      <c r="Q189" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R204" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;CONDITIONS D’ATTRIBUTION 
 PRINCIPALES :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Réponse aux objectifs de l’Agence 
  Maîtrise d’ouvrage à une échelle hydrographique adaptée 
 aux enjeux « eau, milieux aquatiques et biodiversité 
 aquatique »
  Diagnostic territorial intégrant les effets du changement 
 climatique
  Mobilisation des moyens techniques, financiers (notamment taxe GEMAPI) et des partenariats privés et publics 
 nécessaires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux%20aquatiques_0.pdf"&gt;eau-grandsudouest.fr/sites/default/files/2025-01/58-24-Milieux aquatiques_0.pdf&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S204" s="1" t="inlineStr">
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T204" s="1" t="inlineStr">
+      <c r="T189" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U204" s="1" t="inlineStr">
+      <c r="U189" s="1" t="inlineStr">
         <is>
           <t>Adour-Garonne</t>
         </is>
       </c>
-      <c r="V204" s="1" t="inlineStr">
+      <c r="V189" s="1" t="inlineStr">
         <is>
           <t>https://eau-grandsudouest.fr/sites/default/files/2025-02/FICHE-THEMATIQUE_Restauration%20et%20gestion%20des%20milieux%20aquatiques%20et%20%C3%A9cosyst%C3%A8mes.pdf</t>
         </is>
       </c>
-      <c r="W204" s="1" t="inlineStr">
+      <c r="W189" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
-      <c r="X204" s="1" t="inlineStr">
+      <c r="X189" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y204" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
-      <c r="Z204" s="1" t="inlineStr">
+      <c r="Z189" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-micropolluants/</t>
         </is>
       </c>
-      <c r="AA204" s="1" t="inlineStr">
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="205" spans="1:27" customHeight="0">
-      <c r="A205" s="1">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
         <v>164932</v>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser aux enjeux de l’eau</t>
         </is>
       </c>
-      <c r="E205" s="1" t="inlineStr">
+      <c r="E190" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G205" s="1" t="inlineStr">
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H205" s="1" t="inlineStr">
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I205" s="1" t="inlineStr">
+      <c r="I190" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K205" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L205" s="1" t="inlineStr">
+      <c r="L190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Evènementiel (festival, concours, hackathon…), support physique, numérique ou artistique visant à sensibiliser tout public aux enjeux de la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N205" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O205" s="1" t="inlineStr">
+      <c r="O190" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S205" s="1" t="inlineStr">
+      <c r="S190" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T205" s="1" t="inlineStr">
+      <c r="T190" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U205" s="1" t="inlineStr">
+      <c r="U190" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V205" s="1" t="inlineStr">
+      <c r="V190" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X205" s="1" t="inlineStr">
+      <c r="X190" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y205" s="1" t="inlineStr">
+      <c r="Y190" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z205" s="1" t="inlineStr">
+      <c r="Z190" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sensibiliser-aux-enjeux-de-leau/</t>
         </is>
       </c>
-      <c r="AA205" s="1" t="inlineStr">
+      <c r="AA190" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="206" spans="1:27" customHeight="0">
-      <c r="A206" s="1">
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
         <v>164934</v>
       </c>
-      <c r="B206" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Former les citoyens de demain à une gestion durable et concertée de l’eau</t>
         </is>
       </c>
-      <c r="E206" s="1" t="inlineStr">
+      <c r="E191" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G206" s="1" t="inlineStr">
+      <c r="G191" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H206" s="1" t="inlineStr">
+      <c r="H191" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I206" s="1" t="inlineStr">
+      <c r="I191" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K206" s="1" t="inlineStr">
+      <c r="K191" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L206" s="1" t="inlineStr">
+      <c r="L191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Interventions pédagogiques en milieu scolaire, périscolaire et extrascolaire visant la préservation des milieux aquatiques, de la biodiversité aquatique, de la gestion des ressources en eau.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N206" s="1" t="inlineStr">
+      <c r="N191" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O206" s="1" t="inlineStr">
+      <c r="O191" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S206" s="1" t="inlineStr">
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T206" s="1" t="inlineStr">
+      <c r="T191" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U206" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V206" s="1" t="inlineStr">
+      <c r="V191" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X206" s="1" t="inlineStr">
+      <c r="X191" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y206" s="1" t="inlineStr">
+      <c r="Y191" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z206" s="1" t="inlineStr">
+      <c r="Z191" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/former-les-citoyens-de-demain-a-une-gestion-durable-et-concertee-de-leau/</t>
         </is>
       </c>
-      <c r="AA206" s="1" t="inlineStr">
+      <c r="AA191" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="207" spans="1:27" customHeight="0">
-      <c r="A207" s="1">
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
         <v>164935</v>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Améliorer l'état des milieux aquatiques dans le cadre de projets citoyens</t>
         </is>
       </c>
-      <c r="E207" s="1" t="inlineStr">
+      <c r="E192" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G207" s="1" t="inlineStr">
+      <c r="G192" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H207" s="1" t="inlineStr">
+      <c r="H192" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I207" s="1" t="inlineStr">
+      <c r="I192" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K207" s="1" t="inlineStr">
+      <c r="K192" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L207" s="1" t="inlineStr">
+      <c r="L192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Opération d’observation, de nettoyage, de replantation contribuant à améliorer la fonctionnalité et l’état des milieux aquatiques et de leur biodiversité (cours d’eau, plans d’eau, berges, arrière-plage, canaux, …).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N207" s="1" t="inlineStr">
+      <c r="N192" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O207" s="1" t="inlineStr">
+      <c r="O192" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S207" s="1" t="inlineStr">
+      <c r="S192" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T207" s="1" t="inlineStr">
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U207" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V207" s="1" t="inlineStr">
+      <c r="V192" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X207" s="1" t="inlineStr">
+      <c r="X192" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y207" s="1" t="inlineStr">
+      <c r="Y192" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z207" s="1" t="inlineStr">
+      <c r="Z192" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-letat-des-milieux-aquatiques-dans-le-cadre-de-projets-citoyens/</t>
         </is>
       </c>
-      <c r="AA207" s="1" t="inlineStr">
+      <c r="AA192" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="208" spans="1:27" customHeight="0">
-      <c r="A208" s="1">
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
         <v>164936</v>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Accompagner les acteurs publics dans l’identification de projet sur l’eau émanant des citoyens</t>
         </is>
       </c>
-      <c r="E208" s="1" t="inlineStr">
+      <c r="E193" s="1" t="inlineStr">
         <is>
           <t>Office de l'eau Réunion</t>
         </is>
       </c>
-      <c r="G208" s="1" t="inlineStr">
+      <c r="G193" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H208" s="1" t="inlineStr">
+      <c r="H193" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I208" s="1" t="inlineStr">
+      <c r="I193" s="1" t="inlineStr">
         <is>
           <t> Min : 75 Max : 85</t>
         </is>
       </c>
-      <c r="K208" s="1" t="inlineStr">
+      <c r="K193" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L208" s="1" t="inlineStr">
+      <c r="L193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toute opération valorisant la contribution des citoyens, intégrant des phases d’analyse sociologique, de tables rondes, débats d’idées, de prototypage d’idées.&lt;br /&gt;L’instruction de la demande portera en particulier sur l’intégration de livrables de type : rapport d’étonnement et d’idées, scénario d’usage, feuille de route…&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N208" s="1" t="inlineStr">
+      <c r="N193" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O208" s="1" t="inlineStr">
+      <c r="O193" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S208" s="1" t="inlineStr">
+      <c r="S193" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T208" s="1" t="inlineStr">
+      <c r="T193" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U208" s="1" t="inlineStr">
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>La Réunion</t>
         </is>
       </c>
-      <c r="V208" s="1" t="inlineStr">
+      <c r="V193" s="1" t="inlineStr">
         <is>
           <t>https://eaureunion.fr/</t>
         </is>
       </c>
-      <c r="X208" s="1" t="inlineStr">
+      <c r="X193" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;aidesfinancieres&amp;#64;eaureunion.fr&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y208" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>aidesfinancieres@eaureunion.fr</t>
         </is>
       </c>
-      <c r="Z208" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-acteurs-publics-dans-lidentification-de-projet-sur-leau-emanant-des-citoyens/</t>
         </is>
       </c>
-      <c r="AA208" s="1" t="inlineStr">
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="209" spans="1:27" customHeight="0">
-      <c r="A209" s="1">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
         <v>165174</v>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Proposer des paiements pour services environnementaux (PSE)</t>
         </is>
       </c>
-      <c r="D209" s="1" t="inlineStr">
+      <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Paiements pour services environnementaux (PSE)</t>
         </is>
       </c>
-      <c r="E209" s="1" t="inlineStr">
+      <c r="E194" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G209" s="1" t="inlineStr">
+      <c r="G194" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Agriculteur</t>
         </is>
       </c>
-      <c r="H209" s="1" t="inlineStr">
+      <c r="H194" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I209" s="1" t="inlineStr">
+      <c r="I194" s="1" t="inlineStr">
         <is>
           <t> Min : 80 Max : 90</t>
         </is>
       </c>
-      <c r="J209" s="1" t="inlineStr">
+      <c r="J194" s="1" t="inlineStr">
         <is>
           <t>Une majoration portant le taux à 90 % peut être accordée dans le cadre de la solidarité urbain-rural.</t>
         </is>
       </c>
-      <c r="K209" s="1" t="inlineStr">
+      <c r="K194" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L209" s="1" t="inlineStr">
+      <c r="L194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objet
  de ce dispositif d’aide est de rémunérer les agriculteurs pour les 
 services environnementaux rendus, via la mise en place de pratiques 
 agricoles et d’aménagements paysagers favorables à la préservation de la
  qualité et/ou la disponibilité de l’eau et de la biodiversité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N209" s="1" t="inlineStr">
+      <c r="N194" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O209" s="1" t="inlineStr">
+      <c r="O194" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P209" s="1" t="inlineStr">
+      <c r="P194" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q209" s="1" t="inlineStr">
+      <c r="Q194" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R209" s="1" t="inlineStr">
+      <c r="R194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide est apportée uniquement dans le cadre d’un accord de territoire.&lt;/p&gt;
 &lt;p&gt;Un co-financement minimum par la collectivité porteuse de l’action et/ou une autre collectivité compétente est obligatoire.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S209" s="1" t="inlineStr">
+      <c r="S194" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T209" s="1" t="inlineStr">
+      <c r="T194" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U209" s="1" t="inlineStr">
+      <c r="U194" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V209" s="1" t="inlineStr">
+      <c r="V194" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr3-paiements-pour-services-environnementaux-pse.html</t>
         </is>
       </c>
-      <c r="W209" s="1" t="inlineStr">
+      <c r="W194" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X209" s="1" t="inlineStr">
+      <c r="X194" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html" rel="noopener" target="_blank"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y209" s="1" t="inlineStr">
+      <c r="Y194" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z209" s="1" t="inlineStr">
+      <c r="Z194" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/paiements-pour-services-environnementaux-pse/</t>
         </is>
       </c>
-      <c r="AA209" s="1" t="inlineStr">
+      <c r="AA194" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="210" spans="1:27" customHeight="0">
-      <c r="A210" s="1">
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
         <v>165175</v>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études de filières</t>
         </is>
       </c>
-      <c r="D210" s="1" t="inlineStr">
+      <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Études de filières</t>
         </is>
       </c>
-      <c r="E210" s="1" t="inlineStr">
+      <c r="E195" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G210" s="1" t="inlineStr">
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H210" s="1" t="inlineStr">
+      <c r="H195" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I210" s="1" t="inlineStr">
+      <c r="I195" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K210" s="1" t="inlineStr">
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L210" s="1" t="inlineStr">
+      <c r="L195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les études de filières (études 
 d’opportunité technique et environnementale, études de faisabilité 
 technico-économique, études de dimensionnement) permettant la 
 valorisation de productions, pour les filières et débouchés favorables à
  la ressource en eau (qualité de l’eau, et/ou sobriété de son usage).&lt;/p&gt;
 &lt;p&gt;L’objectif de ce dispositif est de renforcer l’engagement de tous les
  acteurs des filières (agricoles, agroalimentaires, cosmétique, 
 pharmaceutique, textile, de la construction…), intermédiaires et 
 transformateurs, pour que soient élaborées des solutions de changement 
 de système réalistes et viables.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N210" s="1" t="inlineStr">
+      <c r="N195" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité
 Artisanat
 Industrie
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O210" s="1" t="inlineStr">
+      <c r="O195" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P210" s="1" t="inlineStr">
+      <c r="P195" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q210" s="1" t="inlineStr">
+      <c r="Q195" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R210" s="1" t="inlineStr">
+      <c r="R195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Hors cadre du plan Ecophyto, la filière considérée porte sur une zone de
  production agricole couvrant un ou plusieurs territoire(s) 
 prioritaire(s) doté(s) d’accord(s) de territoire.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S210" s="1" t="inlineStr">
+      <c r="S195" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T210" s="1" t="inlineStr">
+      <c r="T195" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U210" s="1" t="inlineStr">
+      <c r="U195" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V210" s="1" t="inlineStr">
+      <c r="V195" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr4-etudes-de-filieres.html</t>
         </is>
       </c>
-      <c r="W210" s="1" t="inlineStr">
+      <c r="W195" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X210" s="1" t="inlineStr">
+      <c r="X195" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html" rel="noopener" target="_blank"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y210" s="1" t="inlineStr">
+      <c r="Y195" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z210" s="1" t="inlineStr">
+      <c r="Z195" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-filieres/</t>
         </is>
       </c>
-      <c r="AA210" s="1" t="inlineStr">
+      <c r="AA195" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="211" spans="1:27" customHeight="0">
-      <c r="A211" s="1">
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
         <v>165181</v>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Acquérir du matériel et équipement agricole : investissements agro-environnementaux productifs</t>
         </is>
       </c>
-      <c r="D211" s="1" t="inlineStr">
+      <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Acquisition de matériel et équipement agricole : investissements agro-environnementaux productifs</t>
         </is>
       </c>
-      <c r="E211" s="1" t="inlineStr">
+      <c r="E196" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G211" s="1" t="inlineStr">
+      <c r="G196" s="1" t="inlineStr">
         <is>
           <t>Agriculteur</t>
         </is>
       </c>
-      <c r="H211" s="1" t="inlineStr">
+      <c r="H196" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I211" s="1" t="inlineStr">
+      <c r="I196" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="K211" s="1" t="inlineStr">
+      <c r="K196" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L211" s="1" t="inlineStr">
+      <c r="L196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objet de ces dispositifs d’aide est d’accompagner les agriculteurs 
 dans des changements de pratiques et de systèmes efficaces et durables 
 en cofinançant l’acquisition de matériel et équipement agricole ayant 
 pour objectifs de réduire les usages (fertilisation, produits 
 phytosanitaires, …), les transferts vers le milieu ou les sources 
 ponctuelles de pollution.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N211" s="1" t="inlineStr">
+      <c r="N196" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Milieux humides</t>
         </is>
       </c>
-      <c r="O211" s="1" t="inlineStr">
+      <c r="O196" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P211" s="1" t="inlineStr">
+      <c r="P196" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q211" s="1" t="inlineStr">
+      <c r="Q196" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R211" s="1" t="inlineStr">
+      <c r="R196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S211" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T211" s="1" t="inlineStr">
+      <c r="T196" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U211" s="1" t="inlineStr">
+      <c r="U196" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V211" s="1" t="inlineStr">
+      <c r="V196" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-acquisition-de-materiel-et-equipement-agricole--investissem.html</t>
         </is>
       </c>
-      <c r="W211" s="1" t="inlineStr">
+      <c r="W196" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X211" s="1" t="inlineStr">
+      <c r="X196" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y211" s="1" t="inlineStr">
+      <c r="Y196" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z211" s="1" t="inlineStr">
+      <c r="Z196" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-du-materiel-et-equipement-agricole-investissements-agro-environnementaux-productifs/</t>
         </is>
       </c>
-      <c r="AA211" s="1" t="inlineStr">
+      <c r="AA196" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="212" spans="1:27" customHeight="0">
-      <c r="A212" s="1">
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
         <v>165197</v>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études pour la gestion et la restauration des champs d'expansion de crues</t>
         </is>
       </c>
-      <c r="D212" s="1" t="inlineStr">
+      <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Études pour la gestion et la restauration des champs d'expansion de crues</t>
         </is>
       </c>
-      <c r="E212" s="1" t="inlineStr">
+      <c r="E197" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G212" s="1" t="inlineStr">
+      <c r="G197" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H212" s="1" t="inlineStr">
+      <c r="H197" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I212" s="1" t="inlineStr">
+      <c r="I197" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K212" s="1" t="inlineStr">
+      <c r="K197" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L212" s="1" t="inlineStr">
+      <c r="L197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement du bassin versant passe également par la préservation 
 et la restauration des zones d’expansion de crues qui représentent une 
 solution naturelle et efficace pour diminuer et réguler l’impact des 
 inondations.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N212" s="1" t="inlineStr">
+      <c r="N197" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Risques naturels
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O212" s="1" t="inlineStr">
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P212" s="1" t="inlineStr">
+      <c r="P197" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q212" s="1" t="inlineStr">
+      <c r="Q197" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R212" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études pour la gestion et la restauration des champs d’expansion de 
 crues sont financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau, sur les masses d’eau en risque de non atteinte du bon
  état et/ou sur les têtes de bassins versants identifiés par les Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S212" s="1" t="inlineStr">
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T212" s="1" t="inlineStr">
+      <c r="T197" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U212" s="1" t="inlineStr">
+      <c r="U197" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V212" s="1" t="inlineStr">
+      <c r="V197" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-etudes-pour-la-gestion-et-la-restauration-des-champs-dexpans.html</t>
         </is>
       </c>
-      <c r="W212" s="1" t="inlineStr">
+      <c r="W197" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X212" s="1" t="inlineStr">
+      <c r="X197" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y212" s="1" t="inlineStr">
+      <c r="Y197" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z212" s="1" t="inlineStr">
+      <c r="Z197" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-pour-la-gestion-et-la-restauration-des-champs-dexpansion-de-crues/</t>
         </is>
       </c>
-      <c r="AA212" s="1" t="inlineStr">
+      <c r="AA197" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="213" spans="1:27" customHeight="0">
-      <c r="A213" s="1">
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
         <v>165198</v>
       </c>
-      <c r="B213" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Aménager des dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="D213" s="1" t="inlineStr">
+      <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Aménagement de dispositifs tampons dans le cadre du dispositif « Investissements agroenvironnementaux non productifs » du Plan stratégique national (PSN)</t>
         </is>
       </c>
-      <c r="E213" s="1" t="inlineStr">
+      <c r="E198" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G213" s="1" t="inlineStr">
+      <c r="G198" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H213" s="1" t="inlineStr">
+      <c r="H198" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I213" s="1" t="inlineStr">
+      <c r="I198" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K213" s="1" t="inlineStr">
+      <c r="K198" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L213" s="1" t="inlineStr">
+      <c r="L198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient le déploiement des solutions fondées sur 
 la nature visant à protéger, gérer de manière durable et restaurer des 
 écosystèmes. L’aménagement des bassins versants est à déployer en tant 
 qu’action aux bénéfices multiples et « sans regrets », c’est-à-dire 
 présentant des bénéfices pour le territoire quelle que soit la situation
  dans le futur.&lt;/p&gt;
 &lt;p&gt;L’aménagement des bassins répond à la fois aux enjeux de qualité 
 (épuration, limitation des transferts, …), hydrologie (effet tampon, 
 soutien d’étiage, …), atténuation des effets du dérèglement climatique 
 (ombrage, effet brise vent, ...), biodiversité (préservation d’habitat 
 pour la faune et la flore, …).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N213" s="1" t="inlineStr">
+      <c r="N198" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Prévention des risques
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O213" s="1" t="inlineStr">
+      <c r="O198" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P213" s="1" t="inlineStr">
+      <c r="P198" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q213" s="1" t="inlineStr">
+      <c r="Q198" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R213" s="1" t="inlineStr">
+      <c r="R198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aménagements de dispositifs tampons sont financés uniquement dans
  le cadre d’une démarche territoriale de l’agence de l’eau, sur les 
 masses d’eau en risque de non atteinte du bon état et/ou sur les têtes 
 de bassins versants identifiés par les Sage.&lt;/p&gt;&lt;p&gt;
 Pour les actions de lutte contre les pollutions diffuses, ces actions
  sont également financées dans le cadre d’une démarche territoriale de 
 l’agence de l’eau sur les territoires suivants, identifiés comme 
 prioritaires par le Sdage en vigueur.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S213" s="1" t="inlineStr">
+      <c r="S198" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T213" s="1" t="inlineStr">
+      <c r="T198" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U213" s="1" t="inlineStr">
+      <c r="U198" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V213" s="1" t="inlineStr">
+      <c r="V198" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/bv/bv1-amenagement-de-dispositifs-tampons-dans-le-cadre-du-disposit.html</t>
         </is>
       </c>
-      <c r="W213" s="1" t="inlineStr">
+      <c r="W198" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X213" s="1" t="inlineStr">
+      <c r="X198" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y213" s="1" t="inlineStr">
+      <c r="Y198" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z213" s="1" t="inlineStr">
+      <c r="Z198" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/amenager-des-dispositifs-tampons-dans-le-cadre-du-dispositif-investissements-agroenvironnementaux-non-productifs-du-plan-strategique-national-psn/</t>
         </is>
       </c>
-      <c r="AA213" s="1" t="inlineStr">
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="214" spans="1:27" customHeight="0">
-      <c r="A214" s="1">
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
         <v>165244</v>
       </c>
-      <c r="B214" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Mobiliser du public pendant les consultations réglementaire pour l’élaboration du Sdage</t>
         </is>
       </c>
-      <c r="D214" s="1" t="inlineStr">
+      <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Actions de mobilisation de l’avis du public pendant les consultations prévues réglementairement pour l’élaboration du Sdage</t>
         </is>
       </c>
-      <c r="E214" s="1" t="inlineStr">
+      <c r="E199" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G214" s="1" t="inlineStr">
+      <c r="G199" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H214" s="1" t="inlineStr">
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I214" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K214" s="1" t="inlineStr">
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L214" s="1" t="inlineStr">
+      <c r="L199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne encourage les initiatives de 
 mobilisation du public pendant les consultations menées par le comité de
  bassin Loire-Bretagne. Elle finance les actions qui favorisent 
 l&amp;#039;appropriation et la mise en œuvre du Sdage, le débat sur l&amp;#039;eau, les 
 concertations et les consultations.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N214" s="1" t="inlineStr">
+      <c r="N199" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Médias et communication
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O214" s="1" t="inlineStr">
+      <c r="O199" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P214" s="1" t="inlineStr">
+      <c r="P199" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q214" s="1" t="inlineStr">
+      <c r="Q199" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S214" s="1" t="inlineStr">
+      <c r="S199" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T214" s="1" t="inlineStr">
+      <c r="T199" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U214" s="1" t="inlineStr">
+      <c r="U199" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V214" s="1" t="inlineStr">
+      <c r="V199" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-actions-de-mobilisation-de-lavis-du-public-pendant-les-cons.html</t>
         </is>
       </c>
-      <c r="W214" s="1" t="inlineStr">
+      <c r="W199" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X214" s="1" t="inlineStr">
+      <c r="X199" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y214" s="1" t="inlineStr">
+      <c r="Y199" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z214" s="1" t="inlineStr">
+      <c r="Z199" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mobiliser-du-public-pendant-les-consultations-reglementaire-pour-lelaboration-du-sdage/</t>
         </is>
       </c>
-      <c r="AA214" s="1" t="inlineStr">
+      <c r="AA199" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="215" spans="1:27" customHeight="0">
-      <c r="A215" s="1">
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
         <v>165245</v>
       </c>
-      <c r="B215" s="1" t="inlineStr">
+      <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Accompagner les programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
         </is>
       </c>
-      <c r="D215" s="1" t="inlineStr">
+      <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Programmes d’actions de sensibilisation dans le cadre des démarches territoriales</t>
         </is>
       </c>
-      <c r="E215" s="1" t="inlineStr">
+      <c r="E200" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G215" s="1" t="inlineStr">
+      <c r="G200" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H215" s="1" t="inlineStr">
+      <c r="H200" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I215" s="1" t="inlineStr">
+      <c r="I200" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J215" s="1" t="inlineStr">
+      <c r="J200" s="1" t="inlineStr">
         <is>
           <t>Une majoration est possible lorsque la région est un partenaire engagé dans la démarche territoriale.</t>
         </is>
       </c>
-      <c r="K215" s="1" t="inlineStr">
+      <c r="K200" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L215" s="1" t="inlineStr">
+      <c r="L200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau accompagne les programmes de sensibilisation aux 
 enjeux de l&amp;#039;eau qui visent l&amp;#039;atteinte des objectifs prioritaires du 12&lt;sup&gt;e&lt;/sup&gt;
  programme en favorisant la mobilisation et l’action des acteurs locaux 
 dans leur diversité, au regard des enjeux prioritaires de leurs 
 territoires.&lt;/p&gt;&lt;p&gt;Nature et finalité :&lt;/p&gt;&lt;p&gt;L’objet de ces dispositifs d’aide est de favoriser :&lt;/p&gt;&lt;p&gt;• la compréhension,&lt;/p&gt;&lt;p&gt;• la prise de conscience,&lt;/p&gt;&lt;p&gt;• l’évolution des comportements,&lt;/p&gt;&lt;p&gt;• la mobilisation et l’action des acteurs locaux dans leur diversité, au regard des enjeux prioritaires de&lt;/p&gt;&lt;p&gt;leurs territoires.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N215" s="1" t="inlineStr">
+      <c r="N200" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O215" s="1" t="inlineStr">
+      <c r="O200" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P215" s="1" t="inlineStr">
+      <c r="P200" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q215" s="1" t="inlineStr">
+      <c r="Q200" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R215" s="1" t="inlineStr">
+      <c r="R200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaire&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Public ou privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Programmes d’actions de sensibilisation dans le cadre des démarches territoriales&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation est décliné en application de la stratégie de territoire des&lt;/p&gt;&lt;p&gt;démarches territoriales de l’agence de l’eau : la stratégie de territoire comporte des objectifs de&lt;/p&gt;&lt;p&gt;sensibilisation et définit les publics cibles et enjeux éducatifs. Le programme d’actions en découle et&lt;/p&gt;&lt;p&gt;est validé par le comité de pilotage.&lt;/p&gt;&lt;p&gt;• Le programme d’actions de sensibilisation inscrite dans un Sage : le programme d’actions validé par&lt;/p&gt;&lt;p&gt;la Commission locale de l’eau.&lt;/p&gt;&lt;p&gt;• Les actions du programme de sensibilisation mobilisées répondent aux enjeux locaux.&lt;/p&gt;&lt;p&gt;Elles visent trois cibles :&lt;/p&gt;&lt;p&gt;• Les élus et les décideurs locaux,&lt;/p&gt;&lt;p&gt;• les usagers et riverains directement concernés par les projets mis en œuvre,&lt;/p&gt;&lt;p&gt;• enfin le grand public et les scolaires.&lt;/p&gt;&lt;p&gt;Les élus et les décideurs locaux y sont obligatoirement ciblés.&lt;/p&gt;&lt;p&gt;Actions de mobilisation de l’avis du public pendant les consultations prévues&lt;/p&gt;&lt;p&gt;réglementairement pour l’élaboration du Sdage&lt;/p&gt;&lt;p&gt;Les actions de mobilisation sont cohérentes avec la stratégie et le dispositif de communication arrêtée par le&lt;/p&gt;&lt;p&gt;comité de bassin pour la consultation du public.&lt;/p&gt;&lt;p&gt;Programmes régionaux conventionnés d’actions au bénéfice du volet « eau » en&lt;/p&gt;&lt;p&gt;éducation à l’environnement&lt;/p&gt;&lt;p&gt;• Le programme d’actions associe d’autres financeurs publics de l’éducation à l’environnement et/ou&lt;/p&gt;&lt;p&gt;une structure animatrice/porteuse d’un réseau régional de l’éducation à l’environnement,&lt;/p&gt;&lt;p&gt;• Les actions du « volet eau » du programme sont négociées annuellement avec l’agence de l’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S215" s="1" t="inlineStr">
+      <c r="S200" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T215" s="1" t="inlineStr">
+      <c r="T200" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U215" s="1" t="inlineStr">
+      <c r="U200" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V215" s="1" t="inlineStr">
+      <c r="V200" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-programmes-dactions-de-sensibilisation-dans-le-cadre-des-de.html</t>
         </is>
       </c>
-      <c r="W215" s="1" t="inlineStr">
+      <c r="W200" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X215" s="1" t="inlineStr">
+      <c r="X200" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y215" s="1" t="inlineStr">
+      <c r="Y200" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z215" s="1" t="inlineStr">
+      <c r="Z200" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales/</t>
         </is>
       </c>
-      <c r="AA215" s="1" t="inlineStr">
+      <c r="AA200" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="216" spans="1:27" customHeight="0">
-      <c r="A216" s="1">
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
         <v>165246</v>
       </c>
-      <c r="B216" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Développer et structurer l'éducation à l'environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="D216" s="1" t="inlineStr">
+      <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Projets régionaux d’éducation à l’environnement sur le volet « eau »</t>
         </is>
       </c>
-      <c r="E216" s="1" t="inlineStr">
+      <c r="E201" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G216" s="1" t="inlineStr">
+      <c r="G201" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H216" s="1" t="inlineStr">
+      <c r="H201" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I216" s="1" t="inlineStr">
+      <c r="I201" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K216" s="1" t="inlineStr">
+      <c r="K201" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L216" s="1" t="inlineStr">
+      <c r="L201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence de l&amp;#039;eau soutient les actions visant à développer et à 
 structurer l&amp;#039;éducation à l&amp;#039;environnement à l&amp;#039;échelle régionale autour 
 des enjeux de l&amp;#039;eau. Elle finance des actions éducatives dans le cadre 
 de partenariats concertés avec les acteurs de l&amp;#039;éducation à 
 l&amp;#039;environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N216" s="1" t="inlineStr">
+      <c r="N201" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Education et renforcement des compétences
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O216" s="1" t="inlineStr">
+      <c r="O201" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P216" s="1" t="inlineStr">
+      <c r="P201" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q216" s="1" t="inlineStr">
+      <c r="Q201" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S216" s="1" t="inlineStr">
+      <c r="S201" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T216" s="1" t="inlineStr">
+      <c r="T201" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U216" s="1" t="inlineStr">
+      <c r="U201" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V216" s="1" t="inlineStr">
+      <c r="V201" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/inf/inf1-projets-regionaux-deducation-a-lenvironnement-sur-le-volet.html</t>
         </is>
       </c>
-      <c r="W216" s="1" t="inlineStr">
+      <c r="W201" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X216" s="1" t="inlineStr">
+      <c r="X201" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y216" s="1" t="inlineStr">
+      <c r="Y201" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z216" s="1" t="inlineStr">
+      <c r="Z201" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-leducation-a-lenvironnement-sur-le-volet-eau/</t>
         </is>
       </c>
-      <c r="AA216" s="1" t="inlineStr">
+      <c r="AA201" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="217" spans="1:27" customHeight="0">
-      <c r="A217" s="1">
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
         <v>165248</v>
       </c>
-      <c r="B217" s="1" t="inlineStr">
+      <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Restaurer des cours d'eau (études et travaux)</t>
         </is>
       </c>
-      <c r="D217" s="1" t="inlineStr">
+      <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Études et travaux de restauration des cours d'eau</t>
         </is>
       </c>
-      <c r="E217" s="1" t="inlineStr">
+      <c r="E202" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G217" s="1" t="inlineStr">
+      <c r="G202" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H217" s="1" t="inlineStr">
+      <c r="H202" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I217" s="1" t="inlineStr">
+      <c r="I202" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K217" s="1" t="inlineStr">
+      <c r="K202" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L217" s="1" t="inlineStr">
+      <c r="L202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
 d’ouvrage à réaliser des travaux pour restaurer et recréer les 
 fonctionnalités des milieux aquatiques.&lt;/p&gt;
 &lt;p&gt;Ces travaux doivent permettre de corriger les altérations 
 hydromorphologiques du cours d’eau et d&amp;#039;assurer ainsi le bon 
 fonctionnement de l’écosystème. Les actions à conduire doivent viser à 
 restaurer : un régime hydrologique favorable au développement des 
 espaces aquatiques, des habitats aquatiques et connexes fonctionnels.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N217" s="1" t="inlineStr">
+      <c r="N202" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Réhabilitation
 Industrie
 Milieux humides</t>
         </is>
       </c>
-      <c r="O217" s="1" t="inlineStr">
+      <c r="O202" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P217" s="1" t="inlineStr">
+      <c r="P202" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q217" s="1" t="inlineStr">
+      <c r="Q202" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R217" s="1" t="inlineStr">
+      <c r="R202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études et travaux de correction des altérations des cours d’eau sont
  financés, dans le cadre d’une démarche territoriale de l’agence de 
 l’eau, sur les masses d’eau dégradées et/ou en risque morphologique, 
 hydrologique ou continuité, de non atteinte des objectifs de bon état, 
 et en particulier celles proches du bon état.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S217" s="1" t="inlineStr">
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T217" s="1" t="inlineStr">
+      <c r="T202" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U217" s="1" t="inlineStr">
+      <c r="U202" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V217" s="1" t="inlineStr">
+      <c r="V202" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq1-etudes-et-travaux-de-restauration-des-cours-deau.html</t>
         </is>
       </c>
-      <c r="W217" s="1" t="inlineStr">
+      <c r="W202" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X217" s="1" t="inlineStr">
+      <c r="X202" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y217" s="1" t="inlineStr">
+      <c r="Y202" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z217" s="1" t="inlineStr">
+      <c r="Z202" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-cours-deau-etudes-et-travaux/</t>
         </is>
       </c>
-      <c r="AA217" s="1" t="inlineStr">
+      <c r="AA202" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="218" spans="1:27" customHeight="0">
-      <c r="A218" s="1">
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
         <v>165249</v>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Réaliser des travaux de contournement des plans d'eau</t>
         </is>
       </c>
-      <c r="D218" s="1" t="inlineStr">
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Travaux de contournement des plans d'eau</t>
         </is>
       </c>
-      <c r="E218" s="1" t="inlineStr">
+      <c r="E203" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G218" s="1" t="inlineStr">
+      <c r="G203" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H218" s="1" t="inlineStr">
+      <c r="H203" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I218" s="1" t="inlineStr">
+      <c r="I203" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K218" s="1" t="inlineStr">
+      <c r="K203" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L218" s="1" t="inlineStr">
+      <c r="L203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
 d’ouvrage à réaliser des travaux pour restaurer et de recréer les 
 fonctionnalités des milieux aquatiques.&lt;/p&gt;
 &lt;p&gt;Ces travaux doivent permettre de corriger les altérations 
 hydromorphologiques du cours d’eau et d&amp;#039;assurer ainsi le bon 
 fonctionnement de l’écosystème. Les actions à conduire doivent viser à 
 restaurer : un régime hydrologique favorable au développement des 
 espaces aquatiques, des habitats aquatiques et riverains fonctionnels 
 ainsi qu’une continuité écologique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N218" s="1" t="inlineStr">
+      <c r="N203" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O218" s="1" t="inlineStr">
+      <c r="O203" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P218" s="1" t="inlineStr">
+      <c r="P203" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q218" s="1" t="inlineStr">
+      <c r="Q203" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R218" s="1" t="inlineStr">
+      <c r="R203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux de contournement de plans d’eau, sont financés dans le 
 cadre d’une démarche territoriale de l’agence de l’eau, sur les masses 
 d’eau en risque hydrologie. Ils doivent être ciblés par une étude qui 
 définit la stratégie d’intervention à l’échelle de la masse d’eau et qui
  intègre une analyse coût/bénéfice. Les plans d’eau doivent être 
 autorisés au 1&lt;sup&gt;er &lt;/sup&gt;janvier 2025.&lt;/p&gt;
 &lt;p&gt;Dans le cas des plans d’eau à usage irrigation, s’ajoute une pression
  prélèvement devant être prise en compte pour réduire l’impact global 
 sur l’hydrologie.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S218" s="1" t="inlineStr">
+      <c r="S203" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T218" s="1" t="inlineStr">
+      <c r="T203" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U218" s="1" t="inlineStr">
+      <c r="U203" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V218" s="1" t="inlineStr">
+      <c r="V203" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq1-travaux-de-contournement-des-plans-deau.html</t>
         </is>
       </c>
-      <c r="W218" s="1" t="inlineStr">
+      <c r="W203" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X218" s="1" t="inlineStr">
+      <c r="X203" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y218" s="1" t="inlineStr">
+      <c r="Y203" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z218" s="1" t="inlineStr">
+      <c r="Z203" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-travaux-de-contournement-des-plans-deau/</t>
         </is>
       </c>
-      <c r="AA218" s="1" t="inlineStr">
+      <c r="AA203" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="219" spans="1:27" customHeight="0">
-      <c r="A219" s="1">
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
         <v>165250</v>
       </c>
-      <c r="B219" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Restaurer la continuité écologique (études)</t>
         </is>
       </c>
-      <c r="D219" s="1" t="inlineStr">
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Études de définition des scénarios et de programmation en matière de restauration de la continuité écologique</t>
         </is>
       </c>
-      <c r="E219" s="1" t="inlineStr">
+      <c r="E204" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G219" s="1" t="inlineStr">
+      <c r="G204" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H219" s="1" t="inlineStr">
+      <c r="H204" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I219" s="1" t="inlineStr">
+      <c r="I204" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K219" s="1" t="inlineStr">
+      <c r="K204" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L219" s="1" t="inlineStr">
+      <c r="L204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide financièrement les maîtres 
 d’ouvrage à réaliser des études pour restaurer la continuité écologique 
 qui vise à permettre la libre circulation des espèces, à assurer le 
 transport naturel des sédiments et le bon fonctionnement de 
 l’écosystème.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N219" s="1" t="inlineStr">
+      <c r="N204" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O219" s="1" t="inlineStr">
+      <c r="O204" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P219" s="1" t="inlineStr">
+      <c r="P204" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q219" s="1" t="inlineStr">
+      <c r="Q204" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R219" s="1" t="inlineStr">
+      <c r="R204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études doivent concerner les ouvrages dont la hauteur de chute est supérieure à 50 cm.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S219" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T219" s="1" t="inlineStr">
+      <c r="T204" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U219" s="1" t="inlineStr">
+      <c r="U204" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V219" s="1" t="inlineStr">
+      <c r="V204" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq2-etudes-de-definition-des-scenarios-et-de-programmation-en-m.html</t>
         </is>
       </c>
-      <c r="W219" s="1" t="inlineStr">
+      <c r="W204" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X219" s="1" t="inlineStr">
+      <c r="X204" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y219" s="1" t="inlineStr">
+      <c r="Y204" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z219" s="1" t="inlineStr">
+      <c r="Z204" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-la-continuite-ecologique-etudes/</t>
         </is>
       </c>
-      <c r="AA219" s="1" t="inlineStr">
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="220" spans="1:27" customHeight="0">
-      <c r="A220" s="1">
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
         <v>165253</v>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études et inventaires de milieux humides</t>
         </is>
       </c>
-      <c r="D220" s="1" t="inlineStr">
+      <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Études et inventaires de milieux humides</t>
         </is>
       </c>
-      <c r="E220" s="1" t="inlineStr">
+      <c r="E205" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G220" s="1" t="inlineStr">
+      <c r="G205" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H220" s="1" t="inlineStr">
+      <c r="H205" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I220" s="1" t="inlineStr">
+      <c r="I205" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K220" s="1" t="inlineStr">
+      <c r="K205" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L220" s="1" t="inlineStr">
+      <c r="L205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient financièrement la 
 réalisation d’études visant à identifier les enjeux et les risques 
 d’altérations fonctionnelles, des milieux humides.&lt;/p&gt;
 &lt;p&gt;Ces études constituent une étape essentielle pour comprendre le 
 fonctionnement de ces milieux, évaluer les pressions qu’ils subissent et
  définir des actions de gestion, de préservation ou de restauration 
 adaptées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N220" s="1" t="inlineStr">
+      <c r="N205" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O220" s="1" t="inlineStr">
+      <c r="O205" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P220" s="1" t="inlineStr">
+      <c r="P205" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q220" s="1" t="inlineStr">
+      <c r="Q205" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S220" s="1" t="inlineStr">
+      <c r="S205" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T220" s="1" t="inlineStr">
+      <c r="T205" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U220" s="1" t="inlineStr">
+      <c r="U205" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V220" s="1" t="inlineStr">
+      <c r="V205" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-etudes-et-inventaires-de-milieux-humides.html</t>
         </is>
       </c>
-      <c r="W220" s="1" t="inlineStr">
+      <c r="W205" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X220" s="1" t="inlineStr">
+      <c r="X205" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y220" s="1" t="inlineStr">
+      <c r="Y205" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z220" s="1" t="inlineStr">
+      <c r="Z205" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-inventaires-de-milieux-humides/</t>
         </is>
       </c>
-      <c r="AA220" s="1" t="inlineStr">
+      <c r="AA205" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="221" spans="1:27" customHeight="0">
-      <c r="A221" s="1">
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
         <v>165254</v>
       </c>
-      <c r="B221" s="1" t="inlineStr">
+      <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Financer l’acquisition foncière et les obligations réelles environnementales en faveur des milieux humides</t>
         </is>
       </c>
-      <c r="D221" s="1" t="inlineStr">
+      <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Outils fonciers en faveur des milieux humides : acquisition ou obligation réelle environnementale</t>
         </is>
       </c>
-      <c r="E221" s="1" t="inlineStr">
+      <c r="E206" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G221" s="1" t="inlineStr">
+      <c r="G206" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H221" s="1" t="inlineStr">
+      <c r="H206" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I221" s="1" t="inlineStr">
+      <c r="I206" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="K221" s="1" t="inlineStr">
+      <c r="K206" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L221" s="1" t="inlineStr">
+      <c r="L206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne apporte une aide financière pour 
 l’acquisition foncière et/ou la maitrise d’usage foncier, permettant de 
 garantir une protection durable des milieux humides.&lt;/p&gt;
 &lt;p&gt;Ces dispositifs visent à sécuriser leur gestion à long terme et à 
 favoriser des pratiques compatibles avec la préservation de leurs 
 fonctionnalités écologiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N221" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O221" s="1" t="inlineStr">
+      <c r="O206" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P221" s="1" t="inlineStr">
+      <c r="P206" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q221" s="1" t="inlineStr">
+      <c r="Q206" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R221" s="1" t="inlineStr">
+      <c r="R206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’acquisition foncière et les obligations réelles environnementales sont finançables sur l’ensemble du bassin.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Acquisition foncière :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Les modalités de gestion des surfaces à acquérir doivent être 
 préalablement établies dans un document prévisionnel de gestion. Elles 
 décrivent les modalités et délais de mise en place des usages associés 
 (plan de gestion, conventions, baux ruraux avec clauses 
 environnementales, obligations réelles environnementales, travaux ou 
 aménagements prévus).&lt;/li&gt;&lt;li&gt;L’acquisition foncière est soumise à l’existence ou à la préparation d’un plan de gestion associé.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Obligations Réelles Environnementales :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;La compétence principale du co-contractant est la protection de la ressource en eau ou du milieu naturel ou de la biodiversité.&lt;/li&gt;&lt;li&gt;Les engagements réciproques doivent présenter un niveau d’ambition suffisant pour répondre aux enjeux identifiés dans le 12&lt;sup&gt;e&lt;/sup&gt; programme.&lt;/li&gt;&lt;li&gt;Les signataires (propriétaire et co-contractant) s’engagent à contractualiser l’ORE sur une durée de 30 ans minimum.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S221" s="1" t="inlineStr">
+      <c r="S206" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T221" s="1" t="inlineStr">
+      <c r="T206" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U221" s="1" t="inlineStr">
+      <c r="U206" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V221" s="1" t="inlineStr">
+      <c r="V206" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-outils-fonciers-en-faveur-des-milieux-humides.html</t>
         </is>
       </c>
-      <c r="W221" s="1" t="inlineStr">
+      <c r="W206" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X221" s="1" t="inlineStr">
+      <c r="X206" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y221" s="1" t="inlineStr">
+      <c r="Y206" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z221" s="1" t="inlineStr">
+      <c r="Z206" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-lacquisition-fonciere-et-les-obligations-reelles-environnementales-en-faveur-des-milieux-humides/</t>
         </is>
       </c>
-      <c r="AA221" s="1" t="inlineStr">
+      <c r="AA206" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="222" spans="1:27" customHeight="0">
-      <c r="A222" s="1">
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
         <v>165255</v>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Restaurer des zones humides (travaux)</t>
         </is>
       </c>
-      <c r="D222" s="1" t="inlineStr">
+      <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Travaux de restauration des zones humides</t>
         </is>
       </c>
-      <c r="E222" s="1" t="inlineStr">
+      <c r="E207" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G222" s="1" t="inlineStr">
+      <c r="G207" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H222" s="1" t="inlineStr">
+      <c r="H207" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I222" s="1" t="inlineStr">
+      <c r="I207" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="K222" s="1" t="inlineStr">
+      <c r="K207" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L222" s="1" t="inlineStr">
+      <c r="L207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance des travaux de restauration 
 visant à réduire les pressions exercées sur les milieux humides.&lt;/p&gt;
 &lt;p&gt;Ces interventions ont pour objectif de rétablir leurs fonctionnalités
  écologiques, de renforcer leur résilience et de préserver les services 
 qu’ils rendent aux écosystèmes et aux territoires.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N222" s="1" t="inlineStr">
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O222" s="1" t="inlineStr">
+      <c r="O207" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P222" s="1" t="inlineStr">
+      <c r="P207" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q222" s="1" t="inlineStr">
+      <c r="Q207" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R222" s="1" t="inlineStr">
+      <c r="R207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions de restauration de milieux humides (y compris celles 
 engagées pour donner suite à une acquisition) sont finançables sur 
 l’ensemble du bassin si elles sont inscrites dans un document ou plan de
  gestion stratégique milieux humides.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S222" s="1" t="inlineStr">
+      <c r="S207" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T222" s="1" t="inlineStr">
+      <c r="T207" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U222" s="1" t="inlineStr">
+      <c r="U207" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V222" s="1" t="inlineStr">
+      <c r="V207" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-travaux-de-restauration-des-zones-humides.html</t>
         </is>
       </c>
-      <c r="W222" s="1" t="inlineStr">
+      <c r="W207" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X222" s="1" t="inlineStr">
+      <c r="X207" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y222" s="1" t="inlineStr">
+      <c r="Y207" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z222" s="1" t="inlineStr">
+      <c r="Z207" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-zones-humides-travaux/</t>
         </is>
       </c>
-      <c r="AA222" s="1" t="inlineStr">
+      <c r="AA207" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="223" spans="1:27" customHeight="0">
-      <c r="A223" s="1">
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
         <v>165256</v>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Restaurer les fonctions écologiques des marais rétro littoraux (travaux)</t>
         </is>
       </c>
-      <c r="D223" s="1" t="inlineStr">
+      <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Travaux de restauration par curage sur les marais rétro-littoraux</t>
         </is>
       </c>
-      <c r="E223" s="1" t="inlineStr">
+      <c r="E208" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G223" s="1" t="inlineStr">
+      <c r="G208" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H223" s="1" t="inlineStr">
+      <c r="H208" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I223" s="1" t="inlineStr">
+      <c r="I208" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K223" s="1" t="inlineStr">
+      <c r="K208" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L223" s="1" t="inlineStr">
+      <c r="L208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif vise à restaurer les fonctions écologiques des marais 
 rétro littoraux en éliminant les sédiments et en rétablissant leur rôle 
 de filtration de l&amp;#039;eau. L&amp;#039;agence de l&amp;#039;eau soutient financièrement et 
 techniquement ces travaux pour préserver la qualité de la ressource en 
 eau, soutenir la biodiversité et améliorer la résilience des écosystèmes
  aquatiques et littoraux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N223" s="1" t="inlineStr">
+      <c r="N208" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O223" s="1" t="inlineStr">
+      <c r="O208" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P223" s="1" t="inlineStr">
+      <c r="P208" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q223" s="1" t="inlineStr">
+      <c r="Q208" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R223" s="1" t="inlineStr">
+      <c r="R208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux de restauration par curage sur les marais rétro littoraux
  sont financés dans le cadre d’une démarche territoriale de l’agence de 
 l’eau.&lt;/p&gt;
 &lt;p&gt;Les travaux qui ont fait l’objet d’une aide de l’agence de l’eau au cours des 10 ans écoulés, ne sont pas éligibles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S223" s="1" t="inlineStr">
+      <c r="S208" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T223" s="1" t="inlineStr">
+      <c r="T208" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U223" s="1" t="inlineStr">
+      <c r="U208" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V223" s="1" t="inlineStr">
+      <c r="V208" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq3-travaux-de-restauration-par-curage-sur-les-marais-retro-lit.html</t>
         </is>
       </c>
-      <c r="W223" s="1" t="inlineStr">
+      <c r="W208" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X223" s="1" t="inlineStr">
+      <c r="X208" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y223" s="1" t="inlineStr">
+      <c r="Y208" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z223" s="1" t="inlineStr">
+      <c r="Z208" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-les-fonctions-ecologiques-des-marais-retro-littoraux-travaux/</t>
         </is>
       </c>
-      <c r="AA223" s="1" t="inlineStr">
+      <c r="AA208" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="224" spans="1:27" customHeight="0">
-      <c r="A224" s="1">
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
         <v>165257</v>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Réduire ou éviter les pressions sur les habitats littoraux et marins (études et travaux)</t>
         </is>
       </c>
-      <c r="D224" s="1" t="inlineStr">
+      <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Études et travaux contribuant à réduire ou éviter les pressions sur les habitats littoraux et marins</t>
         </is>
       </c>
-      <c r="E224" s="1" t="inlineStr">
+      <c r="E209" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G224" s="1" t="inlineStr">
+      <c r="G209" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H224" s="1" t="inlineStr">
+      <c r="H209" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I224" s="1" t="inlineStr">
+      <c r="I209" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K224" s="1" t="inlineStr">
+      <c r="K209" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L224" s="1" t="inlineStr">
+      <c r="L209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne la réalisation d’opérations ambitieuses 
 visant à préserver ou restaurer des habitats naturels marins 
 fonctionnels. Ces opérations doivent permettre la réduction ou la 
 suppression pérenne des pressions physiques responsables de la 
 dégradation des milieux littoraux et marins.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N224" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O224" s="1" t="inlineStr">
+      <c r="O209" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P224" s="1" t="inlineStr">
+      <c r="P209" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q224" s="1" t="inlineStr">
+      <c r="Q209" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R224" s="1" t="inlineStr">
+      <c r="R209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études préalables fournissent des préconisations pour la 
 définition et la mise en œuvre d’opérations de réduction des pressions 
 et de restauration des habitats.&lt;/p&gt;
 &lt;p&gt;Les opérations et travaux devront avoir obtenu les autorisations 
 nécessaires auprès des services de l’État et/ou des propriétaires 
 privés.&lt;/p&gt;
 &lt;p&gt;Les actions doivent être inscrites dans le cadre de la stratégie du 
 territoire ou de démarches structurées et reconnues pour la biodiversité
  telles qu’une stratégie ou un programme d’actions du territoire ou un 
 plan de gestion des aires protégées concernées.  &lt;/p&gt;
 &lt;p&gt;Le bénéficiaire prévoit de réunir un comité de pilotage une fois par 
 an pour présenter les avancées du projet à l’agence de l’eau, aux 
 partenaires et aux porteurs de la démarche territoriale locale (ex. 
 contrat, schéma d’aménagement et de gestion des eaux, aires marines 
 protégées, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S224" s="1" t="inlineStr">
+      <c r="S209" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T224" s="1" t="inlineStr">
+      <c r="T209" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U224" s="1" t="inlineStr">
+      <c r="U209" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V224" s="1" t="inlineStr">
+      <c r="V209" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq4-etudes-et-travaux-contribuant-a-reduire-ou-eviter-les-press.html</t>
         </is>
       </c>
-      <c r="W224" s="1" t="inlineStr">
+      <c r="W209" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X224" s="1" t="inlineStr">
+      <c r="X209" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/restaurer-des-cours-deau-etudes-et-travaux&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y224" s="1" t="inlineStr">
+      <c r="Y209" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z224" s="1" t="inlineStr">
+      <c r="Z209" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-ou-eviter-les-pressions-sur-les-habitats-littoraux-et-marins-etudes-et-travaux/</t>
         </is>
       </c>
-      <c r="AA224" s="1" t="inlineStr">
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="225" spans="1:27" customHeight="0">
-      <c r="A225" s="1">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
         <v>165258</v>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Restaurer de façon pérenne les fonctionnalités des habitats naturels marins et littoraux (études et travaux)</t>
         </is>
       </c>
-      <c r="D225" s="1" t="inlineStr">
+      <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Études et travaux de restauration active des fonctionnalités des habitats naturels littoraux et marins</t>
         </is>
       </c>
-      <c r="E225" s="1" t="inlineStr">
+      <c r="E210" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G225" s="1" t="inlineStr">
+      <c r="G210" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H225" s="1" t="inlineStr">
+      <c r="H210" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I225" s="1" t="inlineStr">
+      <c r="I210" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K225" s="1" t="inlineStr">
+      <c r="K210" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L225" s="1" t="inlineStr">
+      <c r="L210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient des travaux de restauration 
 pérenne des fonctionnalités des habitats naturels marins et littoraux 
 (réintroduction d’espèces ingénieurs ou pionnières), lorsque les 
 pressions responsables des dégradations sont maitrisées. Une forte 
 attention sera portée à la non-artificialisation des milieux naturels 
 par les travaux mis en œuvre.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N225" s="1" t="inlineStr">
+      <c r="N210" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O225" s="1" t="inlineStr">
+      <c r="O210" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P225" s="1" t="inlineStr">
+      <c r="P210" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q225" s="1" t="inlineStr">
+      <c r="Q210" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R225" s="1" t="inlineStr">
+      <c r="R210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études préalables fournissent des préconisations pour la 
 définition et la mise en œuvre d’opérations de réduction des pressions 
 et de restauration des habitats.&lt;/p&gt;
 &lt;p&gt;Les opérations et travaux devront avoir obtenu les autorisations 
 nécessaires auprès des services de l’État et/ou des propriétaires 
 privés.&lt;/p&gt;
 &lt;p&gt;Les actions doivent être inscrites dans le cadre de la stratégie du 
 territoire ou de démarches structurées et reconnues pour la biodiversité
  telles qu’une stratégie ou un programme d’actions du territoire ou un 
 plan de gestion des aires protégées concernées.  &lt;/p&gt;
 &lt;p&gt;Le bénéficiaire prévoit de réunir un comité de pilotage une fois par 
 an pour présenter les avancées du projet à l’agence de l’eau, aux 
 partenaires et aux porteurs de la démarche territoriale locale (ex. 
 contrat, schéma d’aménagement et de gestion des eaux, aires marines 
 protégées, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S225" s="1" t="inlineStr">
+      <c r="S210" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T225" s="1" t="inlineStr">
+      <c r="T210" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U225" s="1" t="inlineStr">
+      <c r="U210" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V225" s="1" t="inlineStr">
+      <c r="V210" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq4-etudes-et-travaux-de-restauration-active-des-fonctionnalite.html</t>
         </is>
       </c>
-      <c r="W225" s="1" t="inlineStr">
+      <c r="W210" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X225" s="1" t="inlineStr">
+      <c r="X210" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y225" s="1" t="inlineStr">
+      <c r="Y210" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z225" s="1" t="inlineStr">
+      <c r="Z210" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-de-facon-perenne-les-fonctionnalites-des-habitats-naturels-marins-et-littoraux-etudes-et-travaux/</t>
         </is>
       </c>
-      <c r="AA225" s="1" t="inlineStr">
+      <c r="AA210" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="226" spans="1:27" customHeight="0">
-      <c r="A226" s="1">
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>165259</v>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Restaurer des habitats pour favoriser le retour ou le maintien des espèces menacées inféodées aux milieux aquatiques, humides et marins (études)</t>
         </is>
       </c>
-      <c r="D226" s="1" t="inlineStr">
+      <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Études préalables aux travaux de restauration des habitats</t>
         </is>
       </c>
-      <c r="E226" s="1" t="inlineStr">
+      <c r="E211" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G226" s="1" t="inlineStr">
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H226" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I226" s="1" t="inlineStr">
+      <c r="I211" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K226" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L226" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient les études préalables à la 
 restauration des milieux dégradés, des aires protégées et des 
 continuités écologiques, telles que les trames verte et bleue, afin de 
 limiter les pressions exercées sur les écosystèmes et de lutter contre 
 l’érosion de la biodiversité. Ce soutien vise à favoriser le retour ou 
 le maintien des espèces menacées inféodées aux milieux aquatiques, 
 humides et marins.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N226" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O226" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P226" s="1" t="inlineStr">
+      <c r="P211" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q226" s="1" t="inlineStr">
+      <c r="Q211" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R226" s="1" t="inlineStr">
+      <c r="R211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions financées sont exclusivement en lien avec une espèce 
 inféodée aux milieux aquatiques ou humides ou marins et doivent être 
 décrites soit :&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;dans un plan national d’action (PNA) ou dans un plan régional d’action (PRA),&lt;/li&gt;&lt;li&gt;dans la liste rouge UICN (union internationale pour la conservation de la nature) nationale « menacée de disparition ».&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Les actions interviennent prioritairement :&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;dans le cadre d’une démarche territoriale de l’agence de l’eau,&lt;/li&gt;&lt;li&gt;ou d’une démarche structurée et reconnue sur la biodiversité.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Les actions doivent être conformes aux préconisations des différents documents en lien avec l’espèce cible.&lt;/p&gt;
 &lt;p&gt;Le cahier des charges de l’étude doit comporter une déclinaison 
 opérationnelle de celle-ci (plan de gestion, recommandation envers 
 l’espèce présente etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S226" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T226" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U226" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V226" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-etudes-prealables-aux-travaux-de-restauration-des-habitats.html</t>
         </is>
       </c>
-      <c r="W226" s="1" t="inlineStr">
+      <c r="W211" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X226" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y226" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z226" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-habitats-pour-favoriser-le-retour-ou-le-maintien-des-especes-menacees-infeodees-aux-milieux-aquatiques-humides-et-marins-etudes/</t>
         </is>
       </c>
-      <c r="AA226" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="227" spans="1:27" customHeight="0">
-      <c r="A227" s="1">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
         <v>165260</v>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Restaurer des habitats, frayères pour des espèces inféodées aux milieux aquatiques, humides ou marins (travaux)</t>
         </is>
       </c>
-      <c r="D227" s="1" t="inlineStr">
+      <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Travaux de restaurations des habitats, frayères pour des espèces inféodées aux milieux aquatiques, humides ou marins</t>
         </is>
       </c>
-      <c r="E227" s="1" t="inlineStr">
+      <c r="E212" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G227" s="1" t="inlineStr">
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H227" s="1" t="inlineStr">
+      <c r="H212" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I227" s="1" t="inlineStr">
+      <c r="I212" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K227" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L227" s="1" t="inlineStr">
+      <c r="L212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient les travaux de restauration 
 des milieux dégradés, des aires protégées et des continuités 
 écologiques, telles que les trames verte et bleue, afin de limiter les 
 pressions exercées sur les écosystèmes et de lutter contre l’érosion de 
 la biodiversité. Ce soutien vise à favoriser le retour ou le maintien 
 des espèces menacées inféodées aux milieux aquatiques, humides et 
 marins.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N227" s="1" t="inlineStr">
+      <c r="N212" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O227" s="1" t="inlineStr">
+      <c r="O212" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P227" s="1" t="inlineStr">
+      <c r="P212" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q227" s="1" t="inlineStr">
+      <c r="Q212" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R227" s="1" t="inlineStr">
+      <c r="R212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions financées sont exclusivement en lien avec une espèce 
 inféodée aux milieux aquatiques ou humides ou marins et doivent être 
 décrites soit :&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;dans un plan national d’action (PNA) ou dans un plan régional d’action (PRA),&lt;/li&gt;&lt;li&gt;dans la liste rouge UICN (union internationale pour la conservation de la nature) nationale « menacée de disparition ».&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Les actions interviennent prioritairement :&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;dans le cadre d’une démarche territoriale de l’agence de l’eau,&lt;/li&gt;&lt;li&gt;ou d’une démarche structurée et reconnue sur la biodiversité.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;Les actions doivent être conformes aux préconisations des différents documents en lien avec l’espèce cible.&lt;/p&gt;
 &lt;p&gt;L’acquisition foncière préalable aux travaux est soumise à l’existence ou à la préparation d’un plan de gestion associé.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S227" s="1" t="inlineStr">
+      <c r="S212" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T227" s="1" t="inlineStr">
+      <c r="T212" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U227" s="1" t="inlineStr">
+      <c r="U212" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V227" s="1" t="inlineStr">
+      <c r="V212" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-travaux-de-restaurations-des-habitats-frayeres-pour-des-esp.html</t>
         </is>
       </c>
-      <c r="W227" s="1" t="inlineStr">
+      <c r="W212" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X227" s="1" t="inlineStr">
+      <c r="X212" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y227" s="1" t="inlineStr">
+      <c r="Y212" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z227" s="1" t="inlineStr">
+      <c r="Z212" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-des-habitats-frayeres-pour-des-especes-infeodees-aux-milieux-aquatiques-humides-ou-marins-travaux/</t>
         </is>
       </c>
-      <c r="AA227" s="1" t="inlineStr">
+      <c r="AA212" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="228" spans="1:27" customHeight="0">
-      <c r="A228" s="1">
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
         <v>165261</v>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Acquérir des connaissance et mesures de sauvegarde prévues dans les PLAGEPOMI</t>
         </is>
       </c>
-      <c r="D228" s="1" t="inlineStr">
+      <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Acquisition de connaissance et mesures de sauvegarde prévues dans les PLAGEPOMI</t>
         </is>
       </c>
-      <c r="E228" s="1" t="inlineStr">
+      <c r="E213" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G228" s="1" t="inlineStr">
+      <c r="G213" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H228" s="1" t="inlineStr">
+      <c r="H213" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I228" s="1" t="inlineStr">
+      <c r="I213" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 50</t>
         </is>
       </c>
-      <c r="K228" s="1" t="inlineStr">
+      <c r="K213" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L228" s="1" t="inlineStr">
+      <c r="L213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne soutient activement la restauration 
 des milieux dégradés, des aires protégées et des continuités écologiques
  afin de lutter contre l’érosion de la biodiversité.&lt;/p&gt;
 &lt;p&gt;En parallèle, dans le cadre des actions identifiées dans les plans de
  gestion pour les poissons migrateurs (PLAGEPOMI), l’agence de l’eau 
 Loire-Bretagne peut accompagner l’acquisition de connaissance et 
 certaines mesures de sauvegarde rendues nécessaires par le risque de 
 disparition d’espèces.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N228" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O228" s="1" t="inlineStr">
+      <c r="O213" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P228" s="1" t="inlineStr">
+      <c r="P213" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q228" s="1" t="inlineStr">
+      <c r="Q213" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R228" s="1" t="inlineStr">
+      <c r="R213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les acquisitions de connaissance et les mesures de sauvegarde doivent être conformes aux objectifs des PLAGEPOMI.&lt;/p&gt;
 &lt;p&gt;Les mesures de sauvegarde prévues dans les PLAGEPOMI ou validées par 
 le COGEPOMI pour les espèces présentant un risque de disparition restent
  des mesures ponctuelles. Elles s’inscrivent dans une démarche 
 territoriale de l’agence de l’eau comme mesure complémentaire à un 
 programme d&amp;#039;actions de restauration des milieux issues d’une stratégie 
 globale à l’échelle d’axe ou d’un bassin versant.&lt;/p&gt;
 &lt;p&gt;Les mesures identifiées sont le soutien d’effectif en saumons et la 
 régulation de silures. Elles doivent s’appuyer sur une analyse 
 systémique et un protocole d’action validé par un conseil scientifique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S228" s="1" t="inlineStr">
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T228" s="1" t="inlineStr">
+      <c r="T213" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U228" s="1" t="inlineStr">
+      <c r="U213" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V228" s="1" t="inlineStr">
+      <c r="V213" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/maq/maq5-acquisition-de-connaissance-et-mesures-de-sauvegarde-prevue.html</t>
         </is>
       </c>
-      <c r="W228" s="1" t="inlineStr">
+      <c r="W213" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X228" s="1" t="inlineStr">
+      <c r="X213" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale.
  &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y228" s="1" t="inlineStr">
+      <c r="Y213" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z228" s="1" t="inlineStr">
+      <c r="Z213" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-des-connaissance-et-mesures-de-sauvegarde-prevues-dans-les-plagepomi/</t>
         </is>
       </c>
-      <c r="AA228" s="1" t="inlineStr">
+      <c r="AA213" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="229" spans="1:27" customHeight="0">
-      <c r="A229" s="1">
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
         <v>165262</v>
       </c>
-      <c r="B229" s="1" t="inlineStr">
+      <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Structurer la maitrise d'ouvrage et d'organiser les compétences (études)</t>
         </is>
       </c>
-      <c r="D229" s="1" t="inlineStr">
+      <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Études de structuration de la maitrise d'ouvrage et d'organisation des compétences</t>
         </is>
       </c>
-      <c r="E229" s="1" t="inlineStr">
+      <c r="E214" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G229" s="1" t="inlineStr">
+      <c r="G214" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H229" s="1" t="inlineStr">
+      <c r="H214" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I229" s="1" t="inlineStr">
+      <c r="I214" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K229" s="1" t="inlineStr">
+      <c r="K214" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L229" s="1" t="inlineStr">
+      <c r="L214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
 intercommunale à structurer leurs compétences au-delà des obligations 
 réglementaires. La structuration doit permettre aux collectivités d’être
  opérationnelles, de porter des programmes d’actions ambitieux sur le 
 petit et le grand cycles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N229" s="1" t="inlineStr">
+      <c r="N214" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O229" s="1" t="inlineStr">
+      <c r="O214" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P229" s="1" t="inlineStr">
+      <c r="P214" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q229" s="1" t="inlineStr">
+      <c r="Q214" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S229" s="1" t="inlineStr">
+      <c r="S214" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T229" s="1" t="inlineStr">
+      <c r="T214" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U229" s="1" t="inlineStr">
+      <c r="U214" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V229" s="1" t="inlineStr">
+      <c r="V214" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-etudes-de-structuration-de-la-maitrise-douvrage-et-dorganis.html</t>
         </is>
       </c>
-      <c r="W229" s="1" t="inlineStr">
+      <c r="W214" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X229" s="1" t="inlineStr">
+      <c r="X214" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y229" s="1" t="inlineStr">
+      <c r="Y214" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z229" s="1" t="inlineStr">
+      <c r="Z214" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/structurer-la-maitrise-douvrage-et-dorganiser-les-competences-etudes/</t>
         </is>
       </c>
-      <c r="AA229" s="1" t="inlineStr">
+      <c r="AA214" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="230" spans="1:27" customHeight="0">
-      <c r="A230" s="1">
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
         <v>165263</v>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Mettre en place une structuration de la gestion de l’eau (missions d’appui)</t>
         </is>
       </c>
-      <c r="D230" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Missions d’appui à la mise en place d’une structuration de la gestion de l’eau</t>
         </is>
       </c>
-      <c r="E230" s="1" t="inlineStr">
+      <c r="E215" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G230" s="1" t="inlineStr">
+      <c r="G215" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H230" s="1" t="inlineStr">
+      <c r="H215" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I230" s="1" t="inlineStr">
+      <c r="I215" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="J230" s="1" t="inlineStr">
+      <c r="J215" s="1" t="inlineStr">
         <is>
           <t>Une majoration est possible dans le cadre de la solidarité urbain rural et d’un programme d’actions conclu dans le cadre d’un accord de territoire.</t>
         </is>
       </c>
-      <c r="K230" s="1" t="inlineStr">
+      <c r="K215" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L230" s="1" t="inlineStr">
+      <c r="L215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les établissements publics de coopération 
 intercommunale à structurer leurs compétences au-delà des obligations 
 réglementaires. La structuration doit permettre aux collectivités d’être
  opérationnelles, de porter des programmes d’actions ambitieux sur le 
 petit et le grand cycles.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N230" s="1" t="inlineStr">
+      <c r="N215" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O230" s="1" t="inlineStr">
+      <c r="O215" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P230" s="1" t="inlineStr">
+      <c r="P215" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q230" s="1" t="inlineStr">
+      <c r="Q215" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S230" s="1" t="inlineStr">
+      <c r="S215" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T230" s="1" t="inlineStr">
+      <c r="T215" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U230" s="1" t="inlineStr">
+      <c r="U215" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V230" s="1" t="inlineStr">
+      <c r="V215" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par1-missions-dappui-a-la-mise-en-place-dune-structuration-de-la.html</t>
         </is>
       </c>
-      <c r="W230" s="1" t="inlineStr">
+      <c r="W215" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X230" s="1" t="inlineStr">
+      <c r="X215" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y230" s="1" t="inlineStr">
+      <c r="Y215" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z230" s="1" t="inlineStr">
+      <c r="Z215" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-une-structuration-de-la-gestion-de-leau-missions-dappui/</t>
         </is>
       </c>
-      <c r="AA230" s="1" t="inlineStr">
+      <c r="AA215" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="231" spans="1:27" customHeight="0">
-      <c r="A231" s="1">
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
         <v>165264</v>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Soutenir les études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
         </is>
       </c>
-      <c r="D231" s="1" t="inlineStr">
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Études à caractère exploratoire ou décisionnel à l’échelle départementale ou stratégique</t>
         </is>
       </c>
-      <c r="E231" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G231" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Département
 Région</t>
         </is>
       </c>
-      <c r="H231" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I231" s="1" t="inlineStr">
+      <c r="I216" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K231" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L231" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les études à caractère exploratoire ou 
 décisionnel à l’échelle départementale ou stratégique qui visent à 
 améliorer la connaissance, les documents de référence, les schémas 
 directeurs à l’échelon départemental ou interdépartemental.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N231" s="1" t="inlineStr">
+      <c r="N216" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O231" s="1" t="inlineStr">
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P231" s="1" t="inlineStr">
+      <c r="P216" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q231" s="1" t="inlineStr">
+      <c r="Q216" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S231" s="1" t="inlineStr">
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T231" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U231" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V231" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par2-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-d.html</t>
         </is>
       </c>
-      <c r="W231" s="1" t="inlineStr">
+      <c r="W216" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X231" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y231" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z231" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-etudes-a-caractere-exploratoire-ou-decisionnel-a-lechelle-departementale-ou-strategique/</t>
         </is>
       </c>
-      <c r="AA231" s="1" t="inlineStr">
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="232" spans="1:27" customHeight="0">
-      <c r="A232" s="1">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
         <v>165265</v>
       </c>
-      <c r="B232" s="1" t="inlineStr">
+      <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Accompagner les départements dans leurs missions d’assistance technique réglementaire</t>
         </is>
       </c>
-      <c r="D232" s="1" t="inlineStr">
+      <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Mission d'assistance technique départementale réglementaire</t>
         </is>
       </c>
-      <c r="E232" s="1" t="inlineStr">
+      <c r="E217" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G232" s="1" t="inlineStr">
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H232" s="1" t="inlineStr">
+      <c r="H217" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I232" s="1" t="inlineStr">
+      <c r="I217" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K232" s="1" t="inlineStr">
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L232" s="1" t="inlineStr">
+      <c r="L217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne accompagne les départements dans leurs missions d’assistance technique réglementaire.&lt;br /&gt;
 Ces missions concernent les domaines de l’assainissement collectif et 
 non collectif et de la protection des ressources en eau potable, ainsi 
 que l’expertise et le suivi des épandages (MESE).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N232" s="1" t="inlineStr">
+      <c r="N217" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O232" s="1" t="inlineStr">
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P232" s="1" t="inlineStr">
+      <c r="P217" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q232" s="1" t="inlineStr">
+      <c r="Q217" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S232" s="1" t="inlineStr">
+      <c r="S217" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T232" s="1" t="inlineStr">
+      <c r="T217" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U232" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V232" s="1" t="inlineStr">
+      <c r="V217" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par3-mission-dassistance-technique-departementale-reglementaire.html</t>
         </is>
       </c>
-      <c r="W232" s="1" t="inlineStr">
+      <c r="W217" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X232" s="1" t="inlineStr">
+      <c r="X217" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y232" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z232" s="1" t="inlineStr">
+      <c r="Z217" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-departements-dans-leurs-missions-dassistance-technique-reglementaire/</t>
         </is>
       </c>
-      <c r="AA232" s="1" t="inlineStr">
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="233" spans="1:27" customHeight="0">
-      <c r="A233" s="1">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
         <v>165266</v>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Accompagner techniquement la sensibilisation et l’animation de réseaux d’acteurs</t>
         </is>
       </c>
-      <c r="D233" s="1" t="inlineStr">
+      <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Missions d’appui technique, de sensibilisation et d’animation de réseaux d’acteurs</t>
         </is>
       </c>
-      <c r="E233" s="1" t="inlineStr">
+      <c r="E218" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G233" s="1" t="inlineStr">
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H233" s="1" t="inlineStr">
+      <c r="H218" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I233" s="1" t="inlineStr">
+      <c r="I218" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K233" s="1" t="inlineStr">
+      <c r="K218" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L233" s="1" t="inlineStr">
+      <c r="L218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le partenariat de l’agence de l’eau avec les structures, apportant un 
 accompagnement technique auprès des maîtres d’ouvrage et des acteurs 
 locaux, doit permettre de maintenir ou de créer une dynamique de bassin 
 sur des sujets à forts enjeux. La mise en réseau des maîtres d’ouvrages 
 territoriaux doit permettre d’assurer la cohérence technique des 
 projets, de faciliter les retours d’expériences et de diffuser les 
 connaissances afin d’atteindre les objectifs prioritaires du programme 
 d’intervention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N233" s="1" t="inlineStr">
+      <c r="N218" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O233" s="1" t="inlineStr">
+      <c r="O218" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P233" s="1" t="inlineStr">
+      <c r="P218" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q233" s="1" t="inlineStr">
+      <c r="Q218" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S233" s="1" t="inlineStr">
+      <c r="S218" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T233" s="1" t="inlineStr">
+      <c r="T218" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U233" s="1" t="inlineStr">
+      <c r="U218" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V233" s="1" t="inlineStr">
+      <c r="V218" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/par/par4-missions-dappui-technique-sensibilisation-animation-reseaux.html</t>
         </is>
       </c>
-      <c r="W233" s="1" t="inlineStr">
+      <c r="W218" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X233" s="1" t="inlineStr">
+      <c r="X218" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y233" s="1" t="inlineStr">
+      <c r="Y218" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z233" s="1" t="inlineStr">
+      <c r="Z218" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-techniquement-la-sensibilisation-et-lanimation-de-reseaux-dacteurs/</t>
         </is>
       </c>
-      <c r="AA233" s="1" t="inlineStr">
+      <c r="AA218" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="234" spans="1:27" customHeight="0">
-      <c r="A234" s="1">
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
         <v>165268</v>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Infiltrer des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
         </is>
       </c>
-      <c r="D234" s="1" t="inlineStr">
+      <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Travaux visant l’infiltration des eaux pluviales urbaines majoritairement dans des aménagements de pleine terre</t>
         </is>
       </c>
-      <c r="E234" s="1" t="inlineStr">
+      <c r="E219" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G234" s="1" t="inlineStr">
+      <c r="G219" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H234" s="1" t="inlineStr">
+      <c r="H219" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I234" s="1" t="inlineStr">
+      <c r="I219" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K234" s="1" t="inlineStr">
+      <c r="K219" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L234" s="1" t="inlineStr">
+      <c r="L219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne aide les travaux de déraccordement 
 des eaux pluviales des réseaux de collecte pour leur infiltration dans 
 les sols au plus près de leur point de chute, sur des aménagements non 
 dédiés uniquement à l’eau. Ce dispositif concerne les projets ou l’eau 
 pluviale est géré majoritairement sur des aménagements végétalisés. 
 Différents types d’aménagements peuvent être mis en œuvre dans ce cadre :
  espaces verts creux, toiture stockante végétalisée raccordée à un 
 dispositif infiltrant, trottoir ou chaussée perméables sur structure 
 stockante et infiltrante, tranchée d’infiltration...&lt;/p&gt;
 &lt;p&gt;Les solutions en pleine terre végétalisées, plus durables et sources 
 de co-bénéfices (reconquête de la biodiversité, lutte contre les îlots 
 de chaleur, qualité de vie…) seront privilégiées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N234" s="1" t="inlineStr">
+      <c r="N219" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Espaces verts
 Espace public
 Voirie et réseaux
 Equipement public
 Milieux humides</t>
         </is>
       </c>
-      <c r="O234" s="1" t="inlineStr">
+      <c r="O219" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P234" s="1" t="inlineStr">
+      <c r="P219" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q234" s="1" t="inlineStr">
+      <c r="Q219" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R234" s="1" t="inlineStr">
+      <c r="R219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le projet fait l’objet d’une étude hydraulique respectant les 
 recommandations techniques de l’agence de l’eau, avec plans de 
 nivellement montrant les réseaux et la circulation des eaux pluviales 
 avant et après travaux.&lt;/p&gt;&lt;p&gt;Le projet doit être dimensionné pour les pluies importantes. Il est 
 donc demandé que les aménagements d’infiltration permettant de stocker 
 temporairement, le temps de leur infiltration, au minimum 35 litres 
 d’eau par m&lt;sup&gt;2&lt;/sup&gt; déconnecté des réseaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S234" s="1" t="inlineStr">
+      <c r="S219" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T234" s="1" t="inlineStr">
+      <c r="T219" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U234" s="1" t="inlineStr">
+      <c r="U219" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V234" s="1" t="inlineStr">
+      <c r="V219" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/plu/plu1-travaux-visant-linfiltration-des-eaux-pluviales-urbaines-da.html</t>
         </is>
       </c>
-      <c r="W234" s="1" t="inlineStr">
+      <c r="W219" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X234" s="1" t="inlineStr">
+      <c r="X219" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://aides-territoires.beta.gouv.fr/comptes/aides/publications/accompagner-les-programmes-dactions-de-sensibilisation-dans-le-cadre-des-demarches-territoriales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y234" s="1" t="inlineStr">
+      <c r="Y219" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z234" s="1" t="inlineStr">
+      <c r="Z219" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/infiltrer-des-eaux-pluviales-urbaines-majoritairement-dans-des-amenagements-de-pleine-terre/</t>
         </is>
       </c>
-      <c r="AA234" s="1" t="inlineStr">
+      <c r="AA219" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="235" spans="1:27" customHeight="0">
-      <c r="A235" s="1">
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
         <v>165272</v>
       </c>
-      <c r="B235" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Réduire les prélèvements en eau existants (études et travaux)</t>
         </is>
       </c>
-      <c r="D235" s="1" t="inlineStr">
+      <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Études et travaux de réduction des prélèvements existants</t>
         </is>
       </c>
-      <c r="E235" s="1" t="inlineStr">
+      <c r="E220" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G235" s="1" t="inlineStr">
+      <c r="G220" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H235" s="1" t="inlineStr">
+      <c r="H220" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I235" s="1" t="inlineStr">
+      <c r="I220" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K235" s="1" t="inlineStr">
+      <c r="K220" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L235" s="1" t="inlineStr">
+      <c r="L220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;objectif de ce dispositif est de promouvoir une démarche globale de 
 sobriété hydrique, essentielle face à la diminution de la disponibilité 
 en eau, en incitant tous les usagers à adopter des solutions durables et
  collectives.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N235" s="1" t="inlineStr">
+      <c r="N220" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O235" s="1" t="inlineStr">
+      <c r="O220" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P235" s="1" t="inlineStr">
+      <c r="P220" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q235" s="1" t="inlineStr">
+      <c r="Q220" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R235" s="1" t="inlineStr">
+      <c r="R220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux doivent avoir fait l’objet d’une étude préalable ou d’un 
 diagnostic faisant état d’une réflexion globale sur la réduction 
 potentielle des besoins et des prélèvements en eau détaillant l’objectif
  de réduction en eau visé.&lt;/p&gt;
 &lt;p&gt;Sont exclus les projets dans le cadre de la création ou d’un transfert d’établissement et dans les bâtiments neufs.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S235" s="1" t="inlineStr">
+      <c r="S220" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T235" s="1" t="inlineStr">
+      <c r="T220" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U235" s="1" t="inlineStr">
+      <c r="U220" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V235" s="1" t="inlineStr">
+      <c r="V220" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua1-etudes-et-travaux-de-reduction-des-prelevements-existants.html</t>
         </is>
       </c>
-      <c r="W235" s="1" t="inlineStr">
+      <c r="W220" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X235" s="1" t="inlineStr">
+      <c r="X220" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y235" s="1" t="inlineStr">
+      <c r="Y220" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z235" s="1" t="inlineStr">
+      <c r="Z220" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/reduire-des-prelevements-en-eau-existants-etudes-et-travaux/</t>
         </is>
       </c>
-      <c r="AA235" s="1" t="inlineStr">
+      <c r="AA220" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="236" spans="1:27" customHeight="0">
-      <c r="A236" s="1">
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
         <v>165274</v>
       </c>
-      <c r="B236" s="1" t="inlineStr">
+      <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Aider la décision, pour une gestion résiliente, sobre et concertée de la ressource en eau (études)</t>
         </is>
       </c>
-      <c r="D236" s="1" t="inlineStr">
+      <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Études d’aide à la décision pour une gestion résiliente, sobre et concertée de la ressource en eau</t>
         </is>
       </c>
-      <c r="E236" s="1" t="inlineStr">
+      <c r="E221" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G236" s="1" t="inlineStr">
+      <c r="G221" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H236" s="1" t="inlineStr">
+      <c r="H221" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I236" s="1" t="inlineStr">
+      <c r="I221" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K236" s="1" t="inlineStr">
+      <c r="K221" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L236" s="1" t="inlineStr">
+      <c r="L221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau finance les études et équipements nécessaires à 
 l’amélioration de la connaissance pour une gestion résiliente, sobre et 
 concertée de la ressource en eau. Ces études sont indispensables pour 
 mesurer les effets du dérèglement climatique et suivre les évolutions 
 prévisibles sur les milieux aquatiques en vue d’établir un état des 
 lieux partagé à partir de données locales.&lt;/p&gt;
 &lt;p&gt;L’agence accompagne les études d’aide à la décision notamment celles 
 abordant les volets sociologique, économique et financier de la gestion 
 de la ressource en eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N236" s="1" t="inlineStr">
+      <c r="N221" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O236" s="1" t="inlineStr">
+      <c r="O221" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P236" s="1" t="inlineStr">
+      <c r="P221" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q236" s="1" t="inlineStr">
+      <c r="Q221" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S236" s="1" t="inlineStr">
+      <c r="S221" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T236" s="1" t="inlineStr">
+      <c r="T221" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U236" s="1" t="inlineStr">
+      <c r="U221" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V236" s="1" t="inlineStr">
+      <c r="V221" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-etudes-daide-a-la-decision-pour-une-gestion-resiliente-sobr.html</t>
         </is>
       </c>
-      <c r="W236" s="1" t="inlineStr">
+      <c r="W221" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X236" s="1" t="inlineStr">
+      <c r="X221" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y236" s="1" t="inlineStr">
+      <c r="Y221" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z236" s="1" t="inlineStr">
+      <c r="Z221" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aider-la-decision-pour-une-gestion-resiliente-sobre-et-concertee-de-la-ressource-en-eau-etudes/</t>
         </is>
       </c>
-      <c r="AA236" s="1" t="inlineStr">
+      <c r="AA221" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="237" spans="1:27" customHeight="0">
-      <c r="A237" s="1">
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
         <v>165275</v>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Accompagner les missions d’ingénierie de la participation et de la concertation (Sage et PTGE)</t>
         </is>
       </c>
-      <c r="D237" s="1" t="inlineStr">
+      <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Mission d’ingénierie de la participation et de la concertation</t>
         </is>
       </c>
-      <c r="E237" s="1" t="inlineStr">
+      <c r="E222" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G237" s="1" t="inlineStr">
+      <c r="G222" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H237" s="1" t="inlineStr">
+      <c r="H222" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I237" s="1" t="inlineStr">
+      <c r="I222" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K237" s="1" t="inlineStr">
+      <c r="K222" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L237" s="1" t="inlineStr">
+      <c r="L222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne la structuration et l’animation des 
 démarches de Sage (schéma d’aménagement et de gestion des eaux) et des 
 projets de territoire pour la gestion de l’eau (PTGE).&lt;/p&gt;
 &lt;p&gt;Elle soutient les missions d’ingénierie de la participation et de la 
 concertation dès l’émergence de la démarche, pour faciliter le dialogue.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N237" s="1" t="inlineStr">
+      <c r="N222" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O237" s="1" t="inlineStr">
+      <c r="O222" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P237" s="1" t="inlineStr">
+      <c r="P222" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q237" s="1" t="inlineStr">
+      <c r="Q222" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S237" s="1" t="inlineStr">
+      <c r="S222" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T237" s="1" t="inlineStr">
+      <c r="T222" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U237" s="1" t="inlineStr">
+      <c r="U222" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V237" s="1" t="inlineStr">
+      <c r="V222" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua2-mission-dingenierie-de-la-participation-et-de-la-concertati.html</t>
         </is>
       </c>
-      <c r="W237" s="1" t="inlineStr">
+      <c r="W222" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X237" s="1" t="inlineStr">
+      <c r="X222" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y237" s="1" t="inlineStr">
+      <c r="Y222" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z237" s="1" t="inlineStr">
+      <c r="Z222" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-missions-dingenierie-de-la-participation-et-de-la-concertation-sage-et-ptge/</t>
         </is>
       </c>
-      <c r="AA237" s="1" t="inlineStr">
+      <c r="AA222" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="238" spans="1:27" customHeight="0">
-      <c r="A238" s="1">
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
         <v>165276</v>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Mettre en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
         </is>
       </c>
-      <c r="D238" s="1" t="inlineStr">
+      <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Mise en place de nouvel organisme unique de gestion collective des prélèvements en eau pour l’irrigation (OUGC)</t>
         </is>
       </c>
-      <c r="E238" s="1" t="inlineStr">
+      <c r="E223" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G238" s="1" t="inlineStr">
+      <c r="G223" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H238" s="1" t="inlineStr">
+      <c r="H223" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I238" s="1" t="inlineStr">
+      <c r="I223" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K238" s="1" t="inlineStr">
+      <c r="K223" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L238" s="1" t="inlineStr">
+      <c r="L223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau encourage et accompagne la structuration des 
 organismes uniques de gestion collective des prélèvements en eau pour 
 l’irrigation (OUGC) sur tout le bassin Loire-Bretagne. Cette gestion 
 collective est essentielle pour gérer l’ensemble des prélèvements pour 
 l’irrigation à l’échelle d’unités de gestion cohérentes avec une 
 autorisation unique de prélèvement pour l’irrigation (AUP).&lt;/p&gt;
 &lt;p&gt;Elle devient indispensable dans les Projets de territoires pour la 
 gestion de l’eau (PTGE), en vue d’une gestion durable du volume 
 prélevable alloué à l’agriculture pour un territoire.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N238" s="1" t="inlineStr">
+      <c r="N223" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O238" s="1" t="inlineStr">
+      <c r="O223" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P238" s="1" t="inlineStr">
+      <c r="P223" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q238" s="1" t="inlineStr">
+      <c r="Q223" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S238" s="1" t="inlineStr">
+      <c r="S223" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T238" s="1" t="inlineStr">
+      <c r="T223" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U238" s="1" t="inlineStr">
+      <c r="U223" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V238" s="1" t="inlineStr">
+      <c r="V223" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-mise-en-place-de-nouvel-organisme-unique-de-gestion-collect.html</t>
         </is>
       </c>
-      <c r="W238" s="1" t="inlineStr">
+      <c r="W223" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X238" s="1" t="inlineStr">
+      <c r="X223" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y238" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z238" s="1" t="inlineStr">
+      <c r="Z223" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-de-nouvel-organisme-unique-de-gestion-collective-des-prelevements-en-eau-pour-lirrigation-ougc/</t>
         </is>
       </c>
-      <c r="AA238" s="1" t="inlineStr">
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="239" spans="1:27" customHeight="0">
-      <c r="A239" s="1">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
         <v>165277</v>
       </c>
-      <c r="B239" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des opérations collectives de télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
         </is>
       </c>
-      <c r="D239" s="1" t="inlineStr">
+      <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Opérations collectives de mise en place de la télérelève des compteurs d’irrigation à l’échelle d’un OUGC</t>
         </is>
       </c>
-      <c r="E239" s="1" t="inlineStr">
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G239" s="1" t="inlineStr">
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H239" s="1" t="inlineStr">
+      <c r="H224" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I239" s="1" t="inlineStr">
+      <c r="I224" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K239" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L239" s="1" t="inlineStr">
+      <c r="L224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence incite et finance les opérations collectives de mise en place 
 de la télérelève des compteurs d’irrigation à l’échelle d’un organisme 
 unique de gestion collective des prélèvements en eau pour l’irrigation 
 (OUGC). Cette télérelève permet d&amp;#039;améliorer la connaissance des usages, 
 de mettre en place une gestion adaptée au contexte climatique et de 
 mieux partager la ressource.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N239" s="1" t="inlineStr">
+      <c r="N224" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O239" s="1" t="inlineStr">
+      <c r="O224" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P239" s="1" t="inlineStr">
+      <c r="P224" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q239" s="1" t="inlineStr">
+      <c r="Q224" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S239" s="1" t="inlineStr">
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T239" s="1" t="inlineStr">
+      <c r="T224" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U239" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V239" s="1" t="inlineStr">
+      <c r="V224" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua3-operations-collectives-de-mise-en-place-de-la-telereleve-de.html</t>
         </is>
       </c>
-      <c r="W239" s="1" t="inlineStr">
+      <c r="W224" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X239" s="1" t="inlineStr">
+      <c r="X224" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y239" s="1" t="inlineStr">
+      <c r="Y224" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z239" s="1" t="inlineStr">
+      <c r="Z224" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-place-des-operations-collectives-de-telereleve-des-compteurs-dirrigation-a-lechelle-dun-ougc/</t>
         </is>
       </c>
-      <c r="AA239" s="1" t="inlineStr">
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="240" spans="1:27" customHeight="0">
-      <c r="A240" s="1">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
         <v>165279</v>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Déconnecter des plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
         </is>
       </c>
-      <c r="D240" s="1" t="inlineStr">
+      <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Déconnexion de plans d’eau à usage agricole intégrée dans un PTGE approuvé ou en ZRE</t>
         </is>
       </c>
-      <c r="E240" s="1" t="inlineStr">
+      <c r="E225" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G240" s="1" t="inlineStr">
+      <c r="G225" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Agriculteur</t>
         </is>
       </c>
-      <c r="H240" s="1" t="inlineStr">
+      <c r="H225" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I240" s="1" t="inlineStr">
+      <c r="I225" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K240" s="1" t="inlineStr">
+      <c r="K225" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L240" s="1" t="inlineStr">
+      <c r="L225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau accompagne les programmes d’actions des démarches 
 territoriales visant le retour à l’équilibre des prélèvements, intégrées
  dans un Projet de Territoire de Gestion de l’Eau (PTGE). Ces programmes
  d’action mobilisent un panel de solutions diversifié alliant le 
 développement des solutions fondées sur la nature, l’accélération des 
 économies d’eau, la transition écologique de l’agriculture, les retenues
  de substitution etc. selon les caractéristiques de chaque territoire.&lt;/p&gt;
 &lt;p&gt;Parmi le panel de solutions, dans un objectif de substitution dans le
  cadre d’un PTGE approuvé, l’agence peut accompagner la déconnexion des 
 plans d’eau à usage d’irrigation pour isolement du réseau hydrographique
  par un bras de contournement, ou leur effacement associé à un stockage 
 hivernal. Cette déconnexion peut également être financée dans les 
 territoires en zone de répartition des eaux (ZRE) au titre de travaux de
  substitution de prélèvements impactants des retenues d’eau potable afin
  de préserver l’approvisionnement en eau potable.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N240" s="1" t="inlineStr">
+      <c r="N225" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O240" s="1" t="inlineStr">
+      <c r="O225" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P240" s="1" t="inlineStr">
+      <c r="P225" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q240" s="1" t="inlineStr">
+      <c r="Q225" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R240" s="1" t="inlineStr">
+      <c r="R225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau peut octroyer ses aides dans le cadre du régime 
 d’aides notifié n°SA.109250 (2023/N) - « Aides aux investissements 
 portant sur des infrastructures hydrauliques » en vigueur du 18 décembre
  2023 jusqu&amp;#039;au 31 décembre 2029 » qui impose des contraintes 
 complémentaires en fonction du type de projet et de l’état de la masse 
 d’eau.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S240" s="1" t="inlineStr">
+      <c r="S225" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T240" s="1" t="inlineStr">
+      <c r="T225" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U240" s="1" t="inlineStr">
+      <c r="U225" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V240" s="1" t="inlineStr">
+      <c r="V225" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/qua/qua4-deconnexion-de-plans-deau-a-usage-agricole-integree-dans-un.html</t>
         </is>
       </c>
-      <c r="W240" s="1" t="inlineStr">
+      <c r="W225" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X240" s="1" t="inlineStr">
+      <c r="X225" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y240" s="1" t="inlineStr">
+      <c r="Y225" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z240" s="1" t="inlineStr">
+      <c r="Z225" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/deconnecter-des-plans-deau-a-usage-agricole-integree-dans-un-ptge-approuve-ou-en-zre/</t>
         </is>
       </c>
-      <c r="AA240" s="1" t="inlineStr">
+      <c r="AA225" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="241" spans="1:27" customHeight="0">
-      <c r="A241" s="1">
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
         <v>165281</v>
       </c>
-      <c r="B241" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Organiser des colloques scientifiques et techniques d'échanges d'expérience et d'information pour l'atteinte du bon état des eaux</t>
         </is>
       </c>
-      <c r="D241" s="1" t="inlineStr">
+      <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Colloques scientifiques et techniques</t>
         </is>
       </c>
-      <c r="E241" s="1" t="inlineStr">
+      <c r="E226" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G241" s="1" t="inlineStr">
+      <c r="G226" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H241" s="1" t="inlineStr">
+      <c r="H226" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I241" s="1" t="inlineStr">
+      <c r="I226" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K241" s="1" t="inlineStr">
+      <c r="K226" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L241" s="1" t="inlineStr">
+      <c r="L226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
 des connaissances dans le cadre de l’organisation de colloques 
 scientifiques et techniques d&amp;#039;échanges d&amp;#039;expérience et d&amp;#039;information. 
 Leur objet doit concerner un ou plusieurs enjeux prioritaires pour 
 l&amp;#039;atteinte du bon état des eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N241" s="1" t="inlineStr">
+      <c r="N226" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O241" s="1" t="inlineStr">
+      <c r="O226" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P241" s="1" t="inlineStr">
+      <c r="P226" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q241" s="1" t="inlineStr">
+      <c r="Q226" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S241" s="1" t="inlineStr">
+      <c r="S226" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T241" s="1" t="inlineStr">
+      <c r="T226" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U241" s="1" t="inlineStr">
+      <c r="U226" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V241" s="1" t="inlineStr">
+      <c r="V226" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-colloques-scientifiques-et-techniques.html</t>
         </is>
       </c>
-      <c r="W241" s="1" t="inlineStr">
+      <c r="W226" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X241" s="1" t="inlineStr">
+      <c r="X226" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y241" s="1" t="inlineStr">
+      <c r="Y226" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z241" s="1" t="inlineStr">
+      <c r="Z226" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/organiser-des-colloques-scientifiques-et-techniques-dechanges-dexperience-et-dinformation-pour-latteinte-du-bon-etat-des-eaux/</t>
         </is>
       </c>
-      <c r="AA241" s="1" t="inlineStr">
+      <c r="AA226" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="242" spans="1:27" customHeight="0">
-      <c r="A242" s="1">
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
         <v>165282</v>
       </c>
-      <c r="B242" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études de connaissance générale et prospective</t>
         </is>
       </c>
-      <c r="D242" s="1" t="inlineStr">
+      <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Études de connaissance générale et prospective</t>
         </is>
       </c>
-      <c r="E242" s="1" t="inlineStr">
+      <c r="E227" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G242" s="1" t="inlineStr">
+      <c r="G227" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H242" s="1" t="inlineStr">
+      <c r="H227" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I242" s="1" t="inlineStr">
+      <c r="I227" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K242" s="1" t="inlineStr">
+      <c r="K227" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L242" s="1" t="inlineStr">
+      <c r="L227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance l’amélioration et le partage 
 des connaissances ayant pour finalité de permettre des actions 
 efficientes pour atteindre les objectifs environnementaux du Sdage. Les 
 approches transversales et multithématiques sont encouragées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N242" s="1" t="inlineStr">
+      <c r="N227" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O242" s="1" t="inlineStr">
+      <c r="O227" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P242" s="1" t="inlineStr">
+      <c r="P227" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q242" s="1" t="inlineStr">
+      <c r="Q227" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S242" s="1" t="inlineStr">
+      <c r="S227" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T242" s="1" t="inlineStr">
+      <c r="T227" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U242" s="1" t="inlineStr">
+      <c r="U227" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V242" s="1" t="inlineStr">
+      <c r="V227" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-etudes-de-connaissance-generale-et-prospective.html</t>
         </is>
       </c>
-      <c r="W242" s="1" t="inlineStr">
+      <c r="W227" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X242" s="1" t="inlineStr">
+      <c r="X227" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y242" s="1" t="inlineStr">
+      <c r="Y227" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z242" s="1" t="inlineStr">
+      <c r="Z227" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-de-connaissance-generale-et-prospective/</t>
         </is>
       </c>
-      <c r="AA242" s="1" t="inlineStr">
+      <c r="AA227" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="243" spans="1:27" customHeight="0">
-      <c r="A243" s="1">
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
         <v>165283</v>
       </c>
-      <c r="B243" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Améliorer et partager les connaissances en recherche et développement, innovation, expérimentation</t>
         </is>
       </c>
-      <c r="D243" s="1" t="inlineStr">
+      <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Recherche et développement, innovation, expérimentation</t>
         </is>
       </c>
-      <c r="E243" s="1" t="inlineStr">
+      <c r="E228" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G243" s="1" t="inlineStr">
+      <c r="G228" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H243" s="1" t="inlineStr">
+      <c r="H228" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I243" s="1" t="inlineStr">
+      <c r="I228" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K243" s="1" t="inlineStr">
+      <c r="K228" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L243" s="1" t="inlineStr">
+      <c r="L228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau Loire-Bretagne finance la recherche et développement 
 (R&amp;amp;D) orientée vers l’atteinte des objectifs du Sdage. L’innovation 
 et la R&amp;amp;D sont soutenues lorsque leur finalité est opérationnelle, 
 et liée à des spécificités thématiques ou géographiques propres à un ou 
 plusieurs bassins-versants du bassin Loire-Bretagne.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N243" s="1" t="inlineStr">
+      <c r="N228" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O243" s="1" t="inlineStr">
+      <c r="O228" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P243" s="1" t="inlineStr">
+      <c r="P228" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q243" s="1" t="inlineStr">
+      <c r="Q228" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S243" s="1" t="inlineStr">
+      <c r="S228" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T243" s="1" t="inlineStr">
+      <c r="T228" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U243" s="1" t="inlineStr">
+      <c r="U228" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V243" s="1" t="inlineStr">
+      <c r="V228" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/rdi/rdi1-recherche-et-developpement-innovation-experimentation.html</t>
         </is>
       </c>
-      <c r="W243" s="1" t="inlineStr">
+      <c r="W228" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X243" s="1" t="inlineStr">
+      <c r="X228" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y243" s="1" t="inlineStr">
+      <c r="Y228" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z243" s="1" t="inlineStr">
+      <c r="Z228" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ameliorer-et-partager-les-connaissances-en-recherche-et-developpement-innovation-experimentation/</t>
         </is>
       </c>
-      <c r="AA243" s="1" t="inlineStr">
+      <c r="AA228" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="244" spans="1:27" customHeight="0">
-      <c r="A244" s="1">
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
         <v>165284</v>
       </c>
-      <c r="B244" s="1" t="inlineStr">
+      <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Suivre les produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
         </is>
       </c>
-      <c r="D244" s="1" t="inlineStr">
+      <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Mesures de suivi des produits phytosanitaires dans les eaux dans le cadre d’Écophyto</t>
         </is>
       </c>
-      <c r="E244" s="1" t="inlineStr">
+      <c r="E229" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G244" s="1" t="inlineStr">
+      <c r="G229" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H244" s="1" t="inlineStr">
+      <c r="H229" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I244" s="1" t="inlineStr">
+      <c r="I229" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K244" s="1" t="inlineStr">
+      <c r="K229" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L244" s="1" t="inlineStr">
+      <c r="L229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de la mise en œuvre du plan Écophyto, l’agence de l’eau 
 Loire-Bretagne finance la mise en place et la réalisation de suivis des 
 produits phytosanitaires dans les eaux.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N244" s="1" t="inlineStr">
+      <c r="N229" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O244" s="1" t="inlineStr">
+      <c r="O229" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P244" s="1" t="inlineStr">
+      <c r="P229" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q244" s="1" t="inlineStr">
+      <c r="Q229" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S244" s="1" t="inlineStr">
+      <c r="S229" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T244" s="1" t="inlineStr">
+      <c r="T229" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U244" s="1" t="inlineStr">
+      <c r="U229" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V244" s="1" t="inlineStr">
+      <c r="V229" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-de-suivi-des-produits-phytosanitaires-dans-les-eaux.html</t>
         </is>
       </c>
-      <c r="W244" s="1" t="inlineStr">
+      <c r="W229" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X244" s="1" t="inlineStr">
+      <c r="X229" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y244" s="1" t="inlineStr">
+      <c r="Y229" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z244" s="1" t="inlineStr">
+      <c r="Z229" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/suivre-les-produits-phytosanitaires-dans-les-eaux-dans-le-cadre-decophyto/</t>
         </is>
       </c>
-      <c r="AA244" s="1" t="inlineStr">
+      <c r="AA229" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="245" spans="1:27" customHeight="0">
-      <c r="A245" s="1">
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
         <v>165286</v>
       </c>
-      <c r="B245" s="1" t="inlineStr">
+      <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Surveiller la qualité et la quantité de l’eau et des milieux</t>
         </is>
       </c>
-      <c r="D245" s="1" t="inlineStr">
+      <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Mesures ponctuelles de la qualité ou des débits sur les milieux et mesures piézométriques sur les nappes prioritairement pour définir et évaluer les actions conduites sur le périmètre hydrographique des accords de territoires</t>
         </is>
       </c>
-      <c r="E245" s="1" t="inlineStr">
+      <c r="E230" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G245" s="1" t="inlineStr">
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H245" s="1" t="inlineStr">
+      <c r="H230" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I245" s="1" t="inlineStr">
+      <c r="I230" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K245" s="1" t="inlineStr">
+      <c r="K230" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L245" s="1" t="inlineStr">
+      <c r="L230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau 
 Loire-Bretagne finance les suivis ponctuels dans les milieux dans le but
  de proposer des actions grâce à ce diagnostic local ou d’évaluer 
 l’efficacité des actions mises en œuvre sur le territoire. Ces suivis 
 doivent permettre de s’assurer de la reconquête de la qualité des eaux 
 dans le cadre des actions engagées.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N245" s="1" t="inlineStr">
+      <c r="N230" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O245" s="1" t="inlineStr">
+      <c r="O230" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P245" s="1" t="inlineStr">
+      <c r="P230" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q245" s="1" t="inlineStr">
+      <c r="Q230" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S245" s="1" t="inlineStr">
+      <c r="S230" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T245" s="1" t="inlineStr">
+      <c r="T230" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U245" s="1" t="inlineStr">
+      <c r="U230" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V245" s="1" t="inlineStr">
+      <c r="V230" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-ponctuelles-de-la-qualite-ou-des-debits-sur-les-mil.html</t>
         </is>
       </c>
-      <c r="W245" s="1" t="inlineStr">
+      <c r="W230" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X245" s="1" t="inlineStr">
+      <c r="X230" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y245" s="1" t="inlineStr">
+      <c r="Y230" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z245" s="1" t="inlineStr">
+      <c r="Z230" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/surveiller-la-qualite-et-la-quantite-de-leau-et-des-milieux/</t>
         </is>
       </c>
-      <c r="AA245" s="1" t="inlineStr">
+      <c r="AA230" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="246" spans="1:27" customHeight="0">
-      <c r="A246" s="1">
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
         <v>165287</v>
       </c>
-      <c r="B246" s="1" t="inlineStr">
+      <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Surveiller les eaux littorales dans le cadre des réseaux de suivi DCE et Mesures sur le milieu marin dans le cadre des réseaux de suivi DCSMM</t>
         </is>
       </c>
-      <c r="D246" s="1" t="inlineStr">
+      <c r="D231" s="1" t="inlineStr">
         <is>
           <t>Mesures sur les eaux littorales dans le cadre des réseaux de suivi DCE et Mesures sur le milieu marin dans le cadre des réseaux de suivi DCSMM</t>
         </is>
       </c>
-      <c r="E246" s="1" t="inlineStr">
+      <c r="E231" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G246" s="1" t="inlineStr">
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H246" s="1" t="inlineStr">
+      <c r="H231" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I246" s="1" t="inlineStr">
+      <c r="I231" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K246" s="1" t="inlineStr">
+      <c r="K231" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L246" s="1" t="inlineStr">
+      <c r="L231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les réseaux de mesures contribuant aux 
 programmes de surveillance de la directive cadre sur l’eau (DCE) et de 
 la directive cadre stratégie pour le milieu marin (DCSMM).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N246" s="1" t="inlineStr">
+      <c r="N231" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O246" s="1" t="inlineStr">
+      <c r="O231" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P246" s="1" t="inlineStr">
+      <c r="P231" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q246" s="1" t="inlineStr">
+      <c r="Q231" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S246" s="1" t="inlineStr">
+      <c r="S231" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T246" s="1" t="inlineStr">
+      <c r="T231" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U246" s="1" t="inlineStr">
+      <c r="U231" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V246" s="1" t="inlineStr">
+      <c r="V231" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-mesures-sur-les-eaux-littorales-dans-le-cadre-des-reseaux-d.html</t>
         </is>
       </c>
-      <c r="W246" s="1" t="inlineStr">
+      <c r="W231" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X246" s="1" t="inlineStr">
+      <c r="X231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y246" s="1" t="inlineStr">
+      <c r="Y231" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z246" s="1" t="inlineStr">
+      <c r="Z231" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/surveiller-les-eaux-littorales-dans-le-cadre-des-reseaux-de-suivi-dce-et-mesures-sur-le-milieu-marin-dans-le-cadre-des-reseaux-de-suivi-dcsmm/</t>
         </is>
       </c>
-      <c r="AA246" s="1" t="inlineStr">
+      <c r="AA231" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="247" spans="1:27" customHeight="0">
-      <c r="A247" s="1">
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
         <v>165304</v>
       </c>
-      <c r="B247" s="1" t="inlineStr">
+      <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Réaliser des suivis milieux spécifiques dans le cadre d'un Sage</t>
         </is>
       </c>
-      <c r="D247" s="1" t="inlineStr">
+      <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Suivi des milieux spécifiques dans le cadre d'un Sage</t>
         </is>
       </c>
-      <c r="E247" s="1" t="inlineStr">
+      <c r="E232" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G247" s="1" t="inlineStr">
+      <c r="G232" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H247" s="1" t="inlineStr">
+      <c r="H232" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I247" s="1" t="inlineStr">
+      <c r="I232" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K247" s="1" t="inlineStr">
+      <c r="K232" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L247" s="1" t="inlineStr">
+      <c r="L232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des Sage, l’agence de l’eau Loire-Bretagne finance les 
 suivis milieux dans le but d’évaluer l’efficacité des actions mises en 
 œuvre sur le territoire. Ces suivis doivent permettre de s’assurer de la
  reconquête de la qualité des eaux dans le cadre des actions engagées. 
 Ils peuvent être ponctuels ou en continu (température, niveau des nappes
  et débits).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N247" s="1" t="inlineStr">
+      <c r="N232" s="1" t="inlineStr">
         <is>
           <t>Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O247" s="1" t="inlineStr">
+      <c r="O232" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P247" s="1" t="inlineStr">
+      <c r="P232" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q247" s="1" t="inlineStr">
+      <c r="Q232" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S247" s="1" t="inlineStr">
+      <c r="S232" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T247" s="1" t="inlineStr">
+      <c r="T232" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U247" s="1" t="inlineStr">
+      <c r="U232" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V247" s="1" t="inlineStr">
+      <c r="V232" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/sui/sui1-suivi-des-milieux-specifiques-dans-le-cadre-dun-sage.html</t>
         </is>
       </c>
-      <c r="W247" s="1" t="inlineStr">
+      <c r="W232" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X247" s="1" t="inlineStr">
+      <c r="X232" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y247" s="1" t="inlineStr">
+      <c r="Y232" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z247" s="1" t="inlineStr">
+      <c r="Z232" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-suivis-milieux-specifiques-dans-le-cadre-dun-sage/</t>
         </is>
       </c>
-      <c r="AA247" s="1" t="inlineStr">
+      <c r="AA232" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="248" spans="1:27" customHeight="0">
-      <c r="A248" s="1">
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
         <v>165305</v>
       </c>
-      <c r="B248" s="1" t="inlineStr">
+      <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Accompagner les CLE du Sage pour l'animation et la communication</t>
         </is>
       </c>
-      <c r="D248" s="1" t="inlineStr">
+      <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Animation et communication de la CLE du Sage</t>
         </is>
       </c>
-      <c r="E248" s="1" t="inlineStr">
+      <c r="E233" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G248" s="1" t="inlineStr">
+      <c r="G233" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H248" s="1" t="inlineStr">
+      <c r="H233" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I248" s="1" t="inlineStr">
+      <c r="I233" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K248" s="1" t="inlineStr">
+      <c r="K233" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L248" s="1" t="inlineStr">
+      <c r="L233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
 l’agence de l’eau finance la cellule d’animation de la commission locale
  de l’eau (CLE). Son objectif est de soutenir l’élaboration, la mise en 
 œuvre ou la mise à jour (révision/modification) du Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N248" s="1" t="inlineStr">
+      <c r="N233" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O248" s="1" t="inlineStr">
+      <c r="O233" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P248" s="1" t="inlineStr">
+      <c r="P233" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q248" s="1" t="inlineStr">
+      <c r="Q233" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S248" s="1" t="inlineStr">
+      <c r="S233" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T248" s="1" t="inlineStr">
+      <c r="T233" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U248" s="1" t="inlineStr">
+      <c r="U233" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V248" s="1" t="inlineStr">
+      <c r="V233" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-animation-et-communication-de-la-cle-du-sage.html</t>
         </is>
       </c>
-      <c r="W248" s="1" t="inlineStr">
+      <c r="W233" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X248" s="1" t="inlineStr">
+      <c r="X233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y248" s="1" t="inlineStr">
+      <c r="Y233" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z248" s="1" t="inlineStr">
+      <c r="Z233" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-cle-du-sage-pour-lanimation-et-la-communication/</t>
         </is>
       </c>
-      <c r="AA248" s="1" t="inlineStr">
+      <c r="AA233" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="249" spans="1:27" customHeight="0">
-      <c r="A249" s="1">
+    <row r="234" spans="1:27" customHeight="0">
+      <c r="A234" s="1">
         <v>165306</v>
       </c>
-      <c r="B249" s="1" t="inlineStr">
+      <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études d’émergence de la gouvernance sur les territoires dépourvus de Sage</t>
         </is>
       </c>
-      <c r="D249" s="1" t="inlineStr">
+      <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Études d’émergence de la gouvernance sur les territoires orphelins</t>
         </is>
       </c>
-      <c r="E249" s="1" t="inlineStr">
+      <c r="E234" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G249" s="1" t="inlineStr">
+      <c r="G234" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association</t>
         </is>
       </c>
-      <c r="H249" s="1" t="inlineStr">
+      <c r="H234" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I249" s="1" t="inlineStr">
+      <c r="I234" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K249" s="1" t="inlineStr">
+      <c r="K234" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L249" s="1" t="inlineStr">
+      <c r="L234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau soutient les études d’émergence de la gouvernance sur 
 les territoires dépourvus de schémas d’aménagement et de gestion des 
 eaux (Sage).&lt;/p&gt;&lt;p&gt;Ces études proposées par un collectif d’acteurs locaux, sont portées par un acteur légitime et reconnu &lt;br /&gt;localement. Les objectifs et le contenu de l’étude sont précisés dans un cahier des charges validé par un &lt;br /&gt;comité de pilotage.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N249" s="1" t="inlineStr">
+      <c r="N234" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Animation et mise en réseau
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O249" s="1" t="inlineStr">
+      <c r="O234" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P249" s="1" t="inlineStr">
+      <c r="P234" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q249" s="1" t="inlineStr">
+      <c r="Q234" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S249" s="1" t="inlineStr">
+      <c r="S234" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T249" s="1" t="inlineStr">
+      <c r="T234" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U249" s="1" t="inlineStr">
+      <c r="U234" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V249" s="1" t="inlineStr">
+      <c r="V234" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-demergence-de-la-gouvernance-sur-les-territoires-orp.html</t>
         </is>
       </c>
-      <c r="W249" s="1" t="inlineStr">
+      <c r="W234" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X249" s="1" t="inlineStr">
+      <c r="X234" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y249" s="1" t="inlineStr">
+      <c r="Y234" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z249" s="1" t="inlineStr">
+      <c r="Z234" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-etudes-demergence-de-la-gouvernance-sur-les-territoires-depourvus-de-sage/</t>
         </is>
       </c>
-      <c r="AA249" s="1" t="inlineStr">
+      <c r="AA234" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="250" spans="1:27" customHeight="0">
-      <c r="A250" s="1">
+    <row r="235" spans="1:27" customHeight="0">
+      <c r="A235" s="1">
         <v>165307</v>
       </c>
-      <c r="B250" s="1" t="inlineStr">
+      <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études liées au Sage</t>
         </is>
       </c>
-      <c r="D250" s="1" t="inlineStr">
+      <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Études liées au Sage</t>
         </is>
       </c>
-      <c r="E250" s="1" t="inlineStr">
+      <c r="E235" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G250" s="1" t="inlineStr">
+      <c r="G235" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H250" s="1" t="inlineStr">
+      <c r="H235" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I250" s="1" t="inlineStr">
+      <c r="I235" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K250" s="1" t="inlineStr">
+      <c r="K235" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L250" s="1" t="inlineStr">
+      <c r="L235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des schémas d’aménagement et de gestion des eaux (Sage), 
 l’agence de l’eau Loire-Bretagne finance les études liées aux 
 différentes étapes (élaboration, modification/révision, mise en œuvre) 
 du Sage.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N250" s="1" t="inlineStr">
+      <c r="N235" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O250" s="1" t="inlineStr">
+      <c r="O235" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P250" s="1" t="inlineStr">
+      <c r="P235" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q250" s="1" t="inlineStr">
+      <c r="Q235" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S250" s="1" t="inlineStr">
+      <c r="S235" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T250" s="1" t="inlineStr">
+      <c r="T235" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U250" s="1" t="inlineStr">
+      <c r="U235" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V250" s="1" t="inlineStr">
+      <c r="V235" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter1-etudes-liees-au-sage.html</t>
         </is>
       </c>
-      <c r="W250" s="1" t="inlineStr">
+      <c r="W235" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X250" s="1" t="inlineStr">
+      <c r="X235" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y250" s="1" t="inlineStr">
+      <c r="Y235" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z250" s="1" t="inlineStr">
+      <c r="Z235" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-liees-au-sage/</t>
         </is>
       </c>
-      <c r="AA250" s="1" t="inlineStr">
+      <c r="AA235" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="251" spans="1:27" customHeight="0">
-      <c r="A251" s="1">
+    <row r="236" spans="1:27" customHeight="0">
+      <c r="A236" s="1">
         <v>165308</v>
       </c>
-      <c r="B251" s="1" t="inlineStr">
+      <c r="B236" s="1" t="inlineStr">
         <is>
           <t>Réaliser des études et bilan de la démarche territoriale</t>
         </is>
       </c>
-      <c r="D251" s="1" t="inlineStr">
+      <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Études et bilan de la démarche territoriale</t>
         </is>
       </c>
-      <c r="E251" s="1" t="inlineStr">
+      <c r="E236" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G251" s="1" t="inlineStr">
+      <c r="G236" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H251" s="1" t="inlineStr">
+      <c r="H236" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I251" s="1" t="inlineStr">
+      <c r="I236" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K251" s="1" t="inlineStr">
+      <c r="K236" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L251" s="1" t="inlineStr">
+      <c r="L236" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’agence de l’eau finance les études de territoire identifiant les 
 enjeux locaux permettant l&amp;#039;élaboration d&amp;#039;une stratégie concertée et un 
 programme d’actions ainsi que le bilan de la démarche engagée.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N251" s="1" t="inlineStr">
+      <c r="N236" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O251" s="1" t="inlineStr">
+      <c r="O236" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P251" s="1" t="inlineStr">
+      <c r="P236" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q251" s="1" t="inlineStr">
+      <c r="Q236" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S251" s="1" t="inlineStr">
+      <c r="S236" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T251" s="1" t="inlineStr">
+      <c r="T236" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U251" s="1" t="inlineStr">
+      <c r="U236" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V251" s="1" t="inlineStr">
+      <c r="V236" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-etudes-et-bilan-de-la-demarche-territoriale.html</t>
         </is>
       </c>
-      <c r="W251" s="1" t="inlineStr">
+      <c r="W236" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X251" s="1" t="inlineStr">
+      <c r="X236" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y251" s="1" t="inlineStr">
+      <c r="Y236" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z251" s="1" t="inlineStr">
+      <c r="Z236" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/realiser-des-etudes-et-bilan-de-la-demarche-territoriale/</t>
         </is>
       </c>
-      <c r="AA251" s="1" t="inlineStr">
+      <c r="AA236" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="252" spans="1:27" customHeight="0">
-      <c r="A252" s="1">
+    <row r="237" spans="1:27" customHeight="0">
+      <c r="A237" s="1">
         <v>165309</v>
       </c>
-      <c r="B252" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des missions d’ingénierie de la participation et de la concertation</t>
         </is>
       </c>
-      <c r="D252" s="1" t="inlineStr">
+      <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Missions d’ingénierie de la participation et de la concertation</t>
         </is>
       </c>
-      <c r="E252" s="1" t="inlineStr">
+      <c r="E237" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G252" s="1" t="inlineStr">
+      <c r="G237" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H252" s="1" t="inlineStr">
+      <c r="H237" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I252" s="1" t="inlineStr">
+      <c r="I237" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K252" s="1" t="inlineStr">
+      <c r="K237" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L252" s="1" t="inlineStr">
+      <c r="L237" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Afin d’assurer un dialogue et une concertation apaisée sur les 
 territoires, l’agence de l’eau accompagne les porteurs de projets pour 
 des prestations ponctuelles d’appui et conseil en sciences sociales sur 
 les usages, les représentations et les concertations liés à 
 l’environnement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N252" s="1" t="inlineStr">
+      <c r="N237" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Appui méthodologique
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O252" s="1" t="inlineStr">
+      <c r="O237" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P252" s="1" t="inlineStr">
+      <c r="P237" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q252" s="1" t="inlineStr">
+      <c r="Q237" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S252" s="1" t="inlineStr">
+      <c r="S237" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T252" s="1" t="inlineStr">
+      <c r="T237" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U252" s="1" t="inlineStr">
+      <c r="U237" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V252" s="1" t="inlineStr">
+      <c r="V237" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-dingenierie-de-la-participation-et-de-la-concertat.html</t>
         </is>
       </c>
-      <c r="W252" s="1" t="inlineStr">
+      <c r="W237" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X252" s="1" t="inlineStr">
+      <c r="X237" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y252" s="1" t="inlineStr">
+      <c r="Y237" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z252" s="1" t="inlineStr">
+      <c r="Z237" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-dingenierie-de-la-participation-et-de-la-concertation/</t>
         </is>
       </c>
-      <c r="AA252" s="1" t="inlineStr">
+      <c r="AA237" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="253" spans="1:27" customHeight="0">
-      <c r="A253" s="1">
+    <row r="238" spans="1:27" customHeight="0">
+      <c r="A238" s="1">
         <v>165310</v>
       </c>
-      <c r="B253" s="1" t="inlineStr">
+      <c r="B238" s="1" t="inlineStr">
         <is>
           <t>Mettre en oeuvre des missions de coordination et d’appui thématique - communication</t>
         </is>
       </c>
-      <c r="D253" s="1" t="inlineStr">
+      <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Missions de coordination et d’appui thématique - communication</t>
         </is>
       </c>
-      <c r="E253" s="1" t="inlineStr">
+      <c r="E238" s="1" t="inlineStr">
         <is>
           <t>Agence de l'Eau Loire-Bretagne</t>
         </is>
       </c>
-      <c r="G253" s="1" t="inlineStr">
+      <c r="G238" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Association
 Agriculteur</t>
         </is>
       </c>
-      <c r="H253" s="1" t="inlineStr">
+      <c r="H238" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I253" s="1" t="inlineStr">
+      <c r="I238" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K253" s="1" t="inlineStr">
+      <c r="K238" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L253" s="1" t="inlineStr">
+      <c r="L238" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre des accords de territoire, l’agence de l’eau finance les 
 missions de coordination et d’animation thématiques nécessaires pour 
 mettre en œuvre le programme d’actions issus d’une stratégie concertée. 
 La communication permettant la promotion de la démarche territoriale est
  également soutenue.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N253" s="1" t="inlineStr">
+      <c r="N238" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Biodiversité
 Mers et océans
 Milieux humides</t>
         </is>
       </c>
-      <c r="O253" s="1" t="inlineStr">
+      <c r="O238" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P253" s="1" t="inlineStr">
+      <c r="P238" s="1" t="inlineStr">
         <is>
           <t>01/01/2025</t>
         </is>
       </c>
-      <c r="Q253" s="1" t="inlineStr">
+      <c r="Q238" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="S253" s="1" t="inlineStr">
+      <c r="S238" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T253" s="1" t="inlineStr">
+      <c r="T238" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U253" s="1" t="inlineStr">
+      <c r="U238" s="1" t="inlineStr">
         <is>
           <t>Loire-Bretagne</t>
         </is>
       </c>
-      <c r="V253" s="1" t="inlineStr">
+      <c r="V238" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/ter/ter2-missions-de-coordination-et-dappui-thematique-communication.html</t>
         </is>
       </c>
-      <c r="W253" s="1" t="inlineStr">
+      <c r="W238" s="1" t="inlineStr">
         <is>
           <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
         </is>
       </c>
-      <c r="X253" s="1" t="inlineStr">
+      <c r="X238" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire,
  &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
   vous pouvez contacter votre direction régionale&lt;/a&gt;.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y253" s="1" t="inlineStr">
+      <c r="Y238" s="1" t="inlineStr">
         <is>
           <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
         </is>
       </c>
-      <c r="Z253" s="1" t="inlineStr">
+      <c r="Z238" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-oeuvre-des-missions-de-coordination-et-dappui-thematique-communication/</t>
         </is>
       </c>
-      <c r="AA253" s="1" t="inlineStr">
+      <c r="AA238" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="254" spans="1:27" customHeight="0">
-      <c r="A254" s="1">
+    <row r="239" spans="1:27" customHeight="0">
+      <c r="A239" s="1">
         <v>165327</v>
       </c>
-      <c r="B254" s="1" t="inlineStr">
+      <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Obtenir un paiement pour service environnementaux</t>
         </is>
       </c>
-      <c r="D254" s="1" t="inlineStr">
+      <c r="D239" s="1" t="inlineStr">
         <is>
           <t>AMI Paiement pour service environnementaux</t>
         </is>
       </c>
-      <c r="E254" s="1" t="inlineStr">
+      <c r="E239" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Rhône-Méditerranée-Corse</t>
         </is>
       </c>
-      <c r="G254" s="1" t="inlineStr">
+      <c r="G239" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H254" s="1" t="inlineStr">
+      <c r="H239" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I254" s="1" t="inlineStr">
+      <c r="I239" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J254" s="1" t="inlineStr">
+      <c r="J239" s="1" t="inlineStr">
         <is>
           <t>70 % pour la phase d’émergence et pour la phase de déploiement du projet PSE, 80% pour la rémunération des services environnementaux rendus par les exploitations agricoles.</t>
         </is>
       </c>
-      <c r="K254" s="1" t="inlineStr">
+      <c r="K239" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L254" s="1" t="inlineStr">
+      <c r="L239" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de son 12e programme
 Sauvons l’eau 2025-2030, l’agence de l’eau a lancé le 1er juillet 2025 un appel
 à manifestation d’intérêt doté d’une enveloppe de 50 M€. Ce dispositif vise à
 déployer, sur des territoires volontaires, des paiements pour services
 environnementaux à destination des exploitations agricoles, de manière à
 initier, à l’échelle de leur système, la transition agroécologique et la mise
 en œuvre de changement de pratiques agricoles favorables à la gestion de la
 ressource en eau (qualité et sobriété), des milieux humides et de la
 biodiversité.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M254" s="1" t="inlineStr">
+      <c r="M239" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets PSE attendus devront concourir à 1 voire 2 des objectifs suivants :&lt;br /&gt;o    sobriété en eau,&lt;br /&gt;o    reconquête de la biodiversité,&lt;br /&gt;o    restauration de la qualité de l’eau,&lt;br /&gt;o    amélioration du fonctionnement des zones humides,&lt;br /&gt;o    amélioration de l’infiltration de l’eau dans les sols.&lt;br /&gt;Ces projets doivent être ambitieux pour la transition agroécologique et présenter à ce titre un certain nombre d’éléments qui seront traduits en critères d’éligibilité et de priorisation lors de la sélection des dossiers. Il est également attendu des territoires ayant déjà bénéficié d’une première expérimentation PSE un niveau d’ambition plus élevé.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N254" s="1" t="inlineStr">
+      <c r="N239" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Sols
 Agriculture et agroalimentaire
 Biodiversité
 Milieux humides</t>
         </is>
       </c>
-      <c r="O254" s="1" t="inlineStr">
+      <c r="O239" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P254" s="1" t="inlineStr">
+      <c r="P239" s="1" t="inlineStr">
         <is>
           <t>01/07/2025</t>
         </is>
       </c>
-      <c r="Q254" s="1" t="inlineStr">
+      <c r="Q239" s="1" t="inlineStr">
         <is>
           <t>30/04/2027</t>
         </is>
       </c>
-      <c r="R254" s="1" t="inlineStr">
+      <c r="R239" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;voir conditions dans les fiches aides et dans les conditions générales&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S254" s="1" t="inlineStr">
+      <c r="S239" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T254" s="1" t="inlineStr">
+      <c r="T239" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U254" s="1" t="inlineStr">
+      <c r="U239" s="1" t="inlineStr">
         <is>
           <t>Rhône-Méditerranée</t>
         </is>
       </c>
-      <c r="V254" s="1" t="inlineStr">
+      <c r="V239" s="1" t="inlineStr">
         <is>
           <t>https://www.eaurmc.fr/jcms/pro_131791/fr/appel-a-manifestation-d-interet-experimentation-de-paiements-pour-services-environnementaux-pse</t>
         </is>
       </c>
-      <c r="W254" s="1" t="inlineStr">
+      <c r="W239" s="1" t="inlineStr">
         <is>
           <t>https://aides.eaurmc.fr/Tsa/#/login</t>
         </is>
       </c>
-      <c r="X254" s="1" t="inlineStr">
+      <c r="X239" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;pse&amp;#64;eaurmc.fr &lt;br /&gt;ou &lt;br /&gt;- Délégation de Lyon (départements 01, 07, 26, 38, 42, 69, 73, 74) : 04 72 76 19 00&lt;br /&gt;- Délégation de Besançon (départements 21, 25, 39, 52, 70, 71, 88, 90) : 04 26 22 31 00&lt;br /&gt;- Délégation de Marseille (départements 04, 05, 06, 13, 83, 84, 2A, 2B) : 04 26 22 30 00&lt;br /&gt;- Délégation de Montpellier (départements 09, 11, 30, 34, 48, 66) : 04 26 22 32 00&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y254" s="1" t="inlineStr">
+      <c r="Y239" s="1" t="inlineStr">
         <is>
           <t>nicolas.champseix@eaurmc.fr</t>
         </is>
       </c>
-      <c r="Z254" s="1" t="inlineStr">
+      <c r="Z239" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-paiement-pour-service-environnementaux/</t>
         </is>
       </c>
-      <c r="AA254" s="1" t="inlineStr">
+      <c r="AA239" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="255" spans="1:27" customHeight="0">
-      <c r="A255" s="1">
+    <row r="240" spans="1:27" customHeight="0">
+      <c r="A240" s="1">
         <v>165343</v>
       </c>
-      <c r="B255" s="1" t="inlineStr">
+      <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Accompagner à l'entretien des cours d'eau</t>
         </is>
       </c>
-      <c r="D255" s="1" t="inlineStr">
+      <c r="D240" s="1" t="inlineStr">
         <is>
           <t>Accompagnement à l'entretien des cours d'eau</t>
         </is>
       </c>
-      <c r="E255" s="1" t="inlineStr">
+      <c r="E240" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G255" s="1" t="inlineStr">
+      <c r="G240" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H255" s="1" t="inlineStr">
+      <c r="H240" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K255" s="1" t="inlineStr">
+      <c r="K240" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L255" s="1" t="inlineStr">
+      <c r="L240" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour les collectivités éligibles à l&amp;#039;Assistance Technique Départementale (ATD), entretenir les cours d’eau et leurs milieux naturels associés :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Établissement du programme pluriannuel d’entretien&lt;/li&gt;&lt;li&gt;Élaboration des dossiers de Déclaration d’Intérêt Général (DIG)&lt;/li&gt;&lt;li&gt;Élaboration du programme annuel de travaux&lt;/li&gt;&lt;li&gt;accompagnement de la réalisation des travaux d’entretien (dossier de consultation des entreprises, suivis et réception des travaux, information des riverains, des Communes).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N255" s="1" t="inlineStr">
+      <c r="N240" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Paysage
 Prévention des risques
 Milieux humides</t>
         </is>
       </c>
-      <c r="O255" s="1" t="inlineStr">
+      <c r="O240" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R255" s="1" t="inlineStr">
+      <c r="R240" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S255" s="1" t="inlineStr">
+      <c r="S240" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U255" s="1" t="inlineStr">
+      <c r="U240" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V255" s="1" t="inlineStr">
+      <c r="V240" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr</t>
         </is>
       </c>
-      <c r="W255" s="1" t="inlineStr">
+      <c r="W240" s="1" t="inlineStr">
         <is>
           <t>https://id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X255" s="1" t="inlineStr">
+      <c r="X240" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie Directrice&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y255" s="1" t="inlineStr">
+      <c r="Y240" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z255" s="1" t="inlineStr">
+      <c r="Z240" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-a-lentretien-des-cours-deau/</t>
         </is>
       </c>
-      <c r="AA255" s="1" t="inlineStr">
+      <c r="AA240" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="256" spans="1:27" customHeight="0">
-      <c r="A256" s="1">
+    <row r="241" spans="1:27" customHeight="0">
+      <c r="A241" s="1">
         <v>165344</v>
       </c>
-      <c r="B256" s="1" t="inlineStr">
+      <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Prévenir des risques d'inondation et gérer les milieux aquatiques</t>
         </is>
       </c>
-      <c r="D256" s="1" t="inlineStr">
+      <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Prévention des risques d'inondation et gestion des milieux aquatiques</t>
         </is>
       </c>
-      <c r="E256" s="1" t="inlineStr">
+      <c r="E241" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G256" s="1" t="inlineStr">
+      <c r="G241" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H256" s="1" t="inlineStr">
+      <c r="H241" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K256" s="1" t="inlineStr">
+      <c r="K241" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L256" s="1" t="inlineStr">
+      <c r="L241" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif est d&amp;#039;apporter une animation technique aux collectivités maîtres d&amp;#039;ouvrage sur la prise en compte et la gestion des risques d&amp;#039;inondation par débordement et ruissellement, la restauration des milieux aquatiques et de la continuité écologique et l&amp;#039;accompagnement à l&amp;#039;élaboration des PICS.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation de prédiagnostic du risque d&amp;#039;inondation par ruissellement ou débordement sur les territoires communaux&lt;/li&gt;&lt;li&gt;Facilitation de l&amp;#039;émergence des études de bassin versant et accompagnement technique des maîtres d&amp;#039;ouvrage pour la réalisation de ces études (établissement du cahier des charges, aides aux démarches administratives, juridiques, financières, suivi des études et participation aux choix des travaux à entreprendre)&lt;/li&gt;&lt;li&gt;Accompagnement administratif des Communes dans les actions d’identification et de préservation des milieux humides afin de préserver les zones naturelles d’expansion des crues&lt;/li&gt;&lt;li&gt;Assistance aux collectivités pour la réalisation d&amp;#039;opération d&amp;#039;investissement de rétablissement de la continuité écologique et de renaturation des cours d&amp;#039;eau : aide au maître d&amp;#039;ouvrage pour le choix d&amp;#039;un assistant à maîtrise d&amp;#039;ouvrage (établissement du programme de la mission, aide à la rédaction de marché, aide au choix du prestataire)&lt;/li&gt;&lt;li&gt;Accompagnement à l&amp;#039;élaboration de PICS : mise en relation avec les acteurs compétents, accompagnement au lancement de la démarche, proposition d&amp;#039;une méthodologie, suivi du projet et relecture des documents.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N256" s="1" t="inlineStr">
+      <c r="N241" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Sols
 Risques naturels
 Appui méthodologique
 Animation et mise en réseau
 Milieux humides</t>
         </is>
       </c>
-      <c r="O256" s="1" t="inlineStr">
+      <c r="O241" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R256" s="1" t="inlineStr">
+      <c r="R241" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Communes de Seine-et-Marne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S256" s="1" t="inlineStr">
+      <c r="S241" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U256" s="1" t="inlineStr">
+      <c r="U241" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V256" s="1" t="inlineStr">
+      <c r="V241" s="1" t="inlineStr">
         <is>
           <t>https://eau.seine-et-marne.fr</t>
         </is>
       </c>
-      <c r="W256" s="1" t="inlineStr">
+      <c r="W241" s="1" t="inlineStr">
         <is>
           <t>https://id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X256" s="1" t="inlineStr">
+      <c r="X241" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;ROGNON Sylvie, Directrice ID77&lt;/p&gt;&lt;p&gt;id77&amp;#64;departement77.fr&lt;/p&gt;&lt;p&gt;01 64 14 73 56&lt;/p&gt;&lt;p&gt;Prévention des risques d&amp;#039;inondation et gestion des milieux aquatiques [ N° C22 ]&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y256" s="1" t="inlineStr">
+      <c r="Y241" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z256" s="1" t="inlineStr">
+      <c r="Z241" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/prevenir-des-risques-dinondation-et-gerer-les-milieux-aquatiques/</t>
         </is>
       </c>
-      <c r="AA256" s="1" t="inlineStr">
+      <c r="AA241" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="257" spans="1:27" customHeight="0">
-      <c r="A257" s="1">
+    <row r="242" spans="1:27" customHeight="0">
+      <c r="A242" s="1">
         <v>165398</v>
       </c>
-      <c r="B257" s="1" t="inlineStr">
+      <c r="B242" s="1" t="inlineStr">
         <is>
           <t>Soutenir le territoire pour la transition écologique et énergétique</t>
         </is>
       </c>
-      <c r="C257" s="1" t="inlineStr">
+      <c r="C242" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D257" s="1" t="inlineStr">
+      <c r="D242" s="1" t="inlineStr">
         <is>
           <t>GALVD-2327_FA1</t>
         </is>
       </c>
-      <c r="E257" s="1" t="inlineStr">
+      <c r="E242" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="G257" s="1" t="inlineStr">
+      <c r="G242" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H257" s="1" t="inlineStr">
+      <c r="H242" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I257" s="1" t="inlineStr">
+      <c r="I242" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J257" s="1" t="inlineStr">
+      <c r="J242" s="1" t="inlineStr">
         <is>
           <t>Pour un porteur de projet public, le taux maximum est de 80%</t>
         </is>
       </c>
-      <c r="K257" s="1" t="inlineStr">
+      <c r="K242" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L257" s="1" t="inlineStr">
+      <c r="L242" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le territoire est marqué par la présence de nombreuses entreprises et d&amp;#039;une dynamique d&amp;#039;installation d&amp;#039;activités économiques élevée. Le profil de ces entreprises est principalement composé de petites entreprises locale, TPE et PME, dans des secteurs variés. Le principal secteur d&amp;#039;emploi sur le territoire est celui du commerce, transports et services divers. Des structures d&amp;#039;accompagnement et d&amp;#039;hébergement de ces entreprises sont présentes au sein du Grand Narbonne et de La Domitienne, pour accompagner les porteurs de projets dans la création d&amp;#039;activités pérennes, viables économiquement.&lt;/p&gt;&lt;p&gt;Dans le contexte d&amp;#039;accélération du dérèglement climatique où la nécessité d&amp;#039;action se fait toujours plus pressante, l&amp;#039;enjeu est de pouvoir accompagner des structures diverses dans des démarches de transition écologique, d&amp;#039;économie d&amp;#039;énergie et d&amp;#039;efficacité énergétique.&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif de cette action est de promouvoir des actions de transition écologique d&amp;#039;entreprises et d&amp;#039;associations, avec une réflexion autour de leur impact sur notre environnement et des leviers d&amp;#039;amélioration sur lesquels il est possible d&amp;#039;agir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions :&lt;/strong&gt;&lt;em&gt;&lt;br /&gt;2 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectif opérationnel 1.1 : Soutenir les aménagements et investissements durables&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectif opérationnel 1.2 : Inciter les acteurs du territoire à un changement de pratiques&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1.2.1 : &lt;/strong&gt;&lt;span&gt;Soutien aux études et diagnostics d&amp;#039;impacts&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;1.2.2 : &lt;/strong&gt;&lt;span&gt;Soutien aux initiatives de formation, éducation, sensibilisation&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M257" s="1" t="inlineStr">
+      <c r="M242" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Achat de nouveaux matériels économes, gestion de l&amp;#039;énergie d&amp;#039;un bâtiment, etc.;&lt;/li&gt;&lt;li&gt;Etude d&amp;#039;impact, actions de formation / sensibilisation aux changements climatiques, à la transition écologique, études et diagnostics énergétiques, sourçage d&amp;#039;approvisionnements locaux, etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N257" s="1" t="inlineStr">
+      <c r="N242" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Montagne
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Risques naturels
 Qualité de l'air
 Biodiversité
 Bâtiments et construction
 Milieux humides
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O257" s="1" t="inlineStr">
+      <c r="O242" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P257" s="1" t="inlineStr">
+      <c r="P242" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q257" s="1" t="inlineStr">
+      <c r="Q242" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R257" s="1" t="inlineStr">
+      <c r="R242" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;&lt;u&gt;Les types d&amp;#039;opérations retenues&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Objectif opérationnel 1.1 :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Objectif opérationnel 1.2 :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;li&gt;Actions et outils de promotion et communication ;&lt;/li&gt;&lt;li&gt;Création, développement, maintien et mutualisation de services, d&amp;#039;activité, d&amp;#039;outils et de produits ;&lt;/li&gt;&lt;li&gt;Formation, animation, accompagnement, expertise et assistance ;&lt;/li&gt;&lt;li&gt;Organisation et animation liées à l&amp;#039;évènementiel ;&lt;/li&gt;&lt;li&gt;Réalisation d&amp;#039;étude ;&lt;/li&gt;&lt;li&gt;Réalisation, développement, modernisation ou mise en place d&amp;#039;aménagements, de travaux, de constructions et d&amp;#039;équipements (dont achat)&lt;/li&gt;&lt;li&gt;Voyages d&amp;#039;étude.&lt;/li&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Les bénéficiaires&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Acteurs locaux porteurs d&amp;#039;un projet s&amp;#039;inscrivant dans la stratégie LEADER/DLAL quelle que soit leur forme juridique à l&amp;#039;exception des bénéficiaires exclus dans la liste ci-dessous:&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Particuliers;&lt;/li&gt;&lt;li&gt;Entreprises autres que leurs collectivités et leurs groupements dont le chiffre d&amp;#039;affaires est de plus de 1 million d&amp;#039;euros et de plus de 10 employés, sur la base du bilan N-1 au moment du dépôt de la demande d&amp;#039;aide;&lt;/li&gt;&lt;li&gt;Conseils départementaux, conseil régional et leurs établissements (ADT, CRT, Ad&amp;#039;Occ ...)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les dépenses éligibles&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Outre les dépenses prévues dans le décret 2023-5 fixant les règles relatives aux conditions d&amp;#039;éligibilité temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du FEADER, toute dépense matérielle ou immatérielle s&amp;#039;inscrivant dans la stratégie LEADER/DLAL est éligible à l&amp;#039;&lt;u&gt;exception des dépenses exclues indiquées dans la liste ci-dessous:&lt;/u&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Contributions en nature dont bénévolat ;&lt;/li&gt;&lt;li&gt;Auto-construction ;&lt;/li&gt;&lt;li&gt;Dépenses de fonctionnement de la structure sur la base de frais réel ;&lt;/li&gt;&lt;li&gt;Amortissement des biens neuf ;&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi et présentées séparément de l&amp;#039;opération d&amp;#039;investissement ; &lt;/li&gt;&lt;li&gt;Réseaux secs et humides ;&lt;/li&gt;&lt;li&gt;Travaux de voirie et d&amp;#039;espaces imperméabilisants des sols sauf si l&amp;#039;impossibilité technique est démontrée par une attestation d&amp;#039;un organisme qualifié;&lt;/li&gt;&lt;li&gt;Achats et productions destinés à la revente.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Les montants et taux d&amp;#039;aide applicables&lt;/u&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Taux maximal d&amp;#039;aides publiques : 80% sous réserve du régime d&amp;#039;aide d&amp;#039;Etat applicable et sous réserve du respect de la législation nationale et européenne&lt;/p&gt;&lt;p&gt;Taux de cofinancement du FEADER : 80% de la dépense publique cofinancée.&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention FEADER minimum : Le FEADER doit représenter à minima 15% de l&amp;#039;assiette éligible retenue&lt;/p&gt;&lt;p&gt;Plancher de l&amp;#039;aide FEADER (applicable à l&amp;#039;instruction de la demande d&amp;#039;aide) :&lt;br /&gt;- Collectivités et leurs groupements, autres établissements publics, OQDP : 10 000€&lt;br /&gt;- Personnes physiques, entreprises, associations, fondations : 4 000€&lt;/p&gt;&lt;p&gt;&lt;span&gt;Plafond de l&amp;#039;aide FEADER : &lt;/span&gt;50 000€&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Co-financements mobilisables&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;Etat, Région, Départements, EPCI, Syndicats intercommunaux, Communautés de communes, Communes, Organisme public.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;u&gt;Eléments concernant la sélection des opérations&lt;br /&gt;&lt;/u&gt;&lt;/em&gt;L&amp;#039;examen et la sélection des projets relevant de cette fiche-action feront l&amp;#039;objet de critères définis par le comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.&lt;/p&gt;&lt;p&gt;&lt;u&gt;&lt;em&gt;Pérennité de l&amp;#039;opération&lt;/em&gt;&lt;/u&gt;&lt;br /&gt;Les investissements aidés doivent être maintenus pour une durée de 3 ans à compter de la date de dépôt de la dernière demande de paiement.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S257" s="1" t="inlineStr">
+      <c r="S242" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T257" s="1" t="inlineStr">
+      <c r="T242" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U257" s="1" t="inlineStr">
+      <c r="U242" s="1" t="inlineStr">
         <is>
           <t>GAL Via Domitia</t>
         </is>
       </c>
-      <c r="V257" s="1" t="inlineStr">
+      <c r="V242" s="1" t="inlineStr">
         <is>
           <t>https://www.parc-naturel-narbonnaise.fr/en-action/economie/gal-via-domitia/</t>
         </is>
       </c>
-      <c r="W257" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X257" s="1" t="inlineStr">
+      <c r="X242" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;galviadomitia&amp;#64;pnrnm.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y257" s="1" t="inlineStr">
+      <c r="Y242" s="1" t="inlineStr">
         <is>
           <t>j.cotxet@pnrnm.fr</t>
         </is>
       </c>
-      <c r="Z257" s="1" t="inlineStr">
+      <c r="Z242" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-territoire-pour-la-transition-ecologique-et-energetique/</t>
         </is>
       </c>
-      <c r="AA257" s="1" t="inlineStr">
+      <c r="AA242" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" spans="1:27" customHeight="0">
+      <c r="A243" s="1">
+        <v>165460</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les territoires à construire des dynamiques collectives en faveur de la biodiversité et de leur résilience</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>AMI Biodiversité en commun</t>
+        </is>
+      </c>
+      <c r="E243" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)</t>
+        </is>
+      </c>
+      <c r="G243" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H243" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K243" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En Hauts-de-France, les milieux naturels subissent de fortes pressions : artificialisation des sols, fragmentation des habitats… De ce fait, les écosystèmes s’affaiblissent et, avec eux, la qualité de vie des habitants.&lt;/p&gt;&lt;p&gt;Pourtant, la biodiversité reste notre meilleur allié : elle régule les inondations, favorise la pollinisation, améliore la qualité de l’air et de l’eau, et contribue au bien-être quotidien. Autant de services indispensables qui font d’elle un levier majeur de résilience et d’attractivité pour nos territoires.&lt;/p&gt;&lt;p&gt;C’est pourquoi, dans le cadre du projet &lt;a href="https://www.ofb.gouv.fr/le-projet-life-biodivfrance"&gt;LIFE Biodiv’France&lt;/a&gt; et avec l’appui opérationnel d’&lt;a href="http://www.enrx.fr/"&gt;Espaces naturels régionaux (ENRx)&lt;/a&gt;, &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/agence-regionale-biodiversite-hauts-de-france" target="_self"&gt;l’Agence régionale de la biodiversité Hauts-de-France (ARB HdF)&lt;/a&gt; lance &lt;a href="https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun" target="_self"&gt;l’Appel à Manifestation d’Intérêt (AMI) « Biodiversité en commun »&lt;/a&gt;.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Quatre collectivités pilotes recherchées&lt;/h4&gt;&lt;p&gt;L’AMI permettra de sélectionner quatre collectivités de la région, qui seront accompagnées par Espaces naturels régionaux (ENRx) pour le compte de l’ARB HdF dans la conception et la mise en dynamique collective de projets en faveur de la biodiversité.&lt;/p&gt;&lt;p&gt;Pendant 2 à 3 ans, elles bénéficieront d’un accompagnement sur mesure pour :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobiliser des élus et services de la collectivité&lt;/li&gt;&lt;li&gt;Animer et impliquer des acteurs locaux (habitants, associations, entreprises…)&lt;/li&gt;&lt;li&gt;Co-construire un projet ou programme d’actions adapté aux enjeux de leur territoire&lt;/li&gt;&lt;li&gt;Appuyer le montage technique et financier de leurs projets&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;Un accompagnement collectif&lt;/h4&gt;&lt;p&gt;Au-delà du soutien individualisé, les lauréats pourront intégrer un réseau d’échanges en fonction des territoires et des projets retenus, afin de partager expériences et pratiques, et d’ancrer durablement la biodiversité comme bien commun.&lt;/p&gt;&lt;h4&gt;Dossier de candidature&lt;/h4&gt;&lt;p&gt;Pour en savoir plus et télécharger les documents de candidature,&lt;strong&gt; &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_blank"&gt;cliquez ici&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuités écologiques (trame verte et bleue, trame noire, etc.) ;&lt;/li&gt;&lt;li&gt;Agriculture (pollinisateurs, sols, bocage, etc.) ;&lt;/li&gt;&lt;li&gt;Eau, milieux aquatiques et zones humides ;&lt;/li&gt;&lt;li&gt;Nature en ville (îlots de fraîcheur, renaturation, désimperméabilisation) ;&lt;/li&gt;&lt;li&gt;Gestion des risques et adaptation (inondations, sécheresses, érosion, etc.) ;&lt;/li&gt;&lt;li&gt;Protection et gestion des espaces de nature ;&lt;/li&gt;&lt;li&gt;Mobilisation citoyenne, participation, éducation à l’environnement ;&lt;/li&gt;&lt;li&gt;Acculturation des élus et des services, gouvernance et transversalité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N243" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O243" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P243" s="1" t="inlineStr">
+        <is>
+          <t>03/11/2025</t>
+        </is>
+      </c>
+      <c r="Q243" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="R243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Sont éligibles :&lt;/strong&gt;&lt;/h4&gt;&lt;ul&gt;&lt;li&gt;Les &lt;strong&gt;communes des Hauts-de-France de moins de 40 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Les &lt;strong&gt;EPCI des Hauts-de-France de moins de 100 000 habitants&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Situées &lt;strong&gt;hors périmètre de Parc naturel régional&lt;/strong&gt; (PNR) ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Candidatures conjointes (commune &amp;#43; EPCI) possibles si un porteur unique est identifié et si la gouvernance est clarifiée.&lt;/p&gt;&lt;p&gt;Les collectivités déjà lauréates d’un dispositif analogue (ex : AMI Solutions fondées sur la Nature de l’Agence de l’Eau Artois-Picardie, AMI ESTHER de la Région Hauts-de-France) peuvent candidater sous réserve de complémentarité et non redondance de l’accompagnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S243" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U243" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V243" s="1" t="inlineStr">
+        <is>
+          <t>https://www.patrimoine-naturel-hauts-de-france.fr/actus/ouverture-appel-a-manifestation-interet-ami-biodiversite-en-commun</t>
+        </is>
+      </c>
+      <c r="W243" s="1" t="inlineStr">
+        <is>
+          <t>https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp=sharing</t>
+        </is>
+      </c>
+      <c r="X243" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le &lt;a href="https://drive.google.com/drive/folders/1BMJguRJRL24B7co_1D4YQ6DxGjtSw4EF?usp&amp;#61;sharing" target="_self"&gt;dossier de réponse&lt;/a&gt; doit être envoyé &lt;strong&gt;par voie électronique aux deux adresses mails suivantes&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Jules MAYRAND, ARB Hauts-de-France, &lt;a href="mailto:j.mayrand&amp;#64;enrx.fr"&gt;j.mayrand&amp;#64;enrx.fr&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Agence régionale de la biodiversité Hauts-de-France, &lt;a href="mailto:arb.hdf&amp;#64;enrx.fr"&gt;arb.hdf&amp;#64;enrx.fr&lt;/a&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Objet du mail :&lt;/strong&gt;&lt;span&gt; « Candidature AMI Biodiversité en commun – [Nom de la c&lt;/span&gt;&lt;span&gt;ollectivité] ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;En cas de volumétrie importante, privilégier un &lt;strong&gt;lien de téléchargement &lt;/strong&gt;(plateforme de transfert) plutôt qu’une pièce jointe lourde.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Période de dépôt : &lt;/strong&gt;du 03/11/2025 au 30/01/2026.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y243" s="1" t="inlineStr">
+        <is>
+          <t>arb.hdf@enrx.fr</t>
+        </is>
+      </c>
+      <c r="Z243" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-territoires-a-construire-des-dynamiques-collectives-en-faveur-de-la-biodiversite-et-de-leur-resilience/</t>
+        </is>
+      </c>
+      <c r="AA243" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" spans="1:27" customHeight="0">
+      <c r="A244" s="1">
+        <v>165515</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : sensibiliser le jeune public</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux lieux, nouveaux liens
+Cités éducatives
+Renaturation des villes
+QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E244" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G244" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H244" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K244" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sensibilisation et l’information aux enjeux de la
+biodiversité sont indispensables. Comprendre et transmettre l’importance de la
+biodiversité pour notre santé et nos activités, les pressions qu’elles
+rencontrent, et les outils pour mieux la préserver, sont nécessaires au
+changement de comportements et d’usages, tant individuels que collectifs.
+Rendre cet apprentissage ludique, tout en récréant du lien entre les
+habitant(e)s assure une appropriation encore meilleure. Ainsi les collectivités
+peuvent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Organiser des événements accessibles à toutes et
+tous pour sensibiliser, échanger et de mobiliser autour de la nature de manière
+divertissante et conviviale ; aussi ces évènements sont l’occasion de
+mettre en lumière le patrimoine naturel local, aux côtés de partenaires du
+territoire. Cette programmation permet de travailler de façon transversale avec
+les services dédiés au social, la jeunesse et même la culture.&lt;/li&gt;&lt;li&gt;Proposer aux enseignant(e)s d&amp;#039;être porteurs de
+projet &amp;#34;&lt;a href="https://www.ofb.gouv.fr/aires-educatives" target="_self"&gt;Aires éducatives&lt;/a&gt;&amp;#34; pour réaliser avec le public scolaire
+des inventaires naturalistes et établir des actions en faveur de la
+biodiversité.&lt;/li&gt;&lt;li&gt;Mettre en place des ateliers de sciences
+participatives (par exemple dans le cadre d’un Atlas de la biodiversité
+communale), qui permettent de sensibiliser et d’éduquer le jeune public à la
+biodiversité présente sur son territoire.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités près de
+chez vous ! Le programme pourra en effet vous aider dans la recherche
+de financement en ce sens (comme les régions, les DREAL, les PNR), et vous
+orienter vers les partenaires potentiels. Concernant la sensibilisation, notamment
+par le biais d’évènements, l’association la Fête de la Nature propose un
+kit de communication, ainsi que nombreuses ressources sur les activités et les
+acteurs du territoire. Il est en effet vivement recommandé de mobiliser les
+partenaires locaux (LPO, CEN, CPIE…), notamment dans l’organisation
+d’évènements, qui pourront transmettre leurs connaissances et compétences à ce
+titre. Le programme fournit également des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;YWZ_vL1QWGo"&gt;Sensibiliser les habitants,
+un levier pour les collectivités – Colombes&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N244" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Forêts
+Montagne
+Sols
+Espaces verts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Innovation, créativité et recherche
+Risques naturels
+Biodiversité
+Paysage
+Accessibilité
+Animation et mise en réseau
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Milieux humides
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O244" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S244" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U244" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V244" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/les-aires-educatives</t>
+        </is>
+      </c>
+      <c r="W244" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X244" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y244" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z244" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-sensibiliser-le-jeune-public/</t>
+        </is>
+      </c>
+      <c r="AA244" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" spans="1:27" customHeight="0">
+      <c r="A245" s="1">
+        <v>165516</v>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : diagnostiquer le territoire</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E245" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G245" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H245" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K245" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de
+pouvoir établir une stratégie de préservation de la biodiversité de son
+territoire et de prioriser les actions, il est indispensable de connaître ledit
+territoire. Aussi, établir un diagnostic permet d’améliorer la connaissance des
+enjeux auxquels la biodiversité est confrontée localement afin d’identifier les
+leviers pour mieux la protéger. Partir d’un diagnostic de la biodiversité du
+territoire permet d’en faire un enjeu partagé par tous les acteurs locaux, et
+de légitimer l’action publique.&lt;/p&gt;&lt;p&gt;Le diagnostic
+d’un territoire peut prendre plusieurs formes et mettre en avant divers
+paramètres :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’&lt;a href="https://www.ofb.gouv.fr/abc"&gt;Atlas de
+la biodiversité communale (ABC)&lt;/a&gt; s’appuie sur la réalisation d’états des lieux de la faune, de la flore et de la fonge sur
+le territoire, ainsi que des milieux et des continuités écologiques,
+d’identifier et hiérarchiser les actions de préservation de cette biodiversité
+locale ; il est essentiel que ces
+inventaires s’appuient sur les partenaires locaux pour créer une synergie et
+une cohérence territoriale, &lt;/li&gt;&lt;li&gt;Le diagnostic
+de vulnérabilité reprend les spécificités du territoire, en termes notamment de
+risques face aux effets du changement climatique, afin d’établir une stratégie
+d’adaptation cohérente et concertée,&lt;/li&gt;&lt;li&gt;D’autres
+types de diagnostics peuvent être réalisés : ceux comprenant les facteurs
+sociaux, économiques, culturels, politiques et territoriaux, permettant de
+croiser de multiples enjeux et d’orienter les politiques publiques locales de
+manière plus efficace et juste.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Enfin, il donne également accès à des ressources et
+des retours d’expériences riches d’inspiration et de partage de bonnes
+pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Un exemple
+inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;GIztvlUzXOw"&gt;Mieux connaître pour mieux protéger : l&amp;#039;exemple de Marseille
+(Bouches-du-Rhône)&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N245" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O245" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S245" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U245" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V245" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/mettre-en-place-un-atlas-de-la-biodiversite-communale-abc</t>
+        </is>
+      </c>
+      <c r="W245" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X245" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y245" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z245" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-diagnostiquer-le-territoire/</t>
+        </is>
+      </c>
+      <c r="AA245" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" spans="1:27" customHeight="0">
+      <c r="A246" s="1">
+        <v>165518</v>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : préserver le paysage et le patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes
+Fonds vert - Édition 2025
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E246" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)</t>
+        </is>
+      </c>
+      <c r="G246" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H246" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K246" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le paysage et la biodiversité, comme systèmes dynamiques et
+vivants, sont intrinsèquement liés. Parfois réduit à une image de carte postale
+ou à un décor, le paysage est pourtant bien plus que cela : c’est une approche
+fédératrice qui permet de mobiliser les acteurs territoriaux autour de grands
+défis comme celui de la préservation et de la restauration de la biodiversité.
+La manière dont le paysage est perçu va en effet grandement impacter la manière
+dont il est géré, et avec lui la biodiversité qui l’habite. &lt;/p&gt;&lt;p&gt;Pour mieux intégrer le patrimoine
+paysager aux politiques municipales, il est possible de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;mettre en place une approche paysagère, qui
+adopte une vision systémique du paysage, intégrant à la fois des objectifs
+sociaux, économiques et environnementaux, afin de rassembler les acteurs du
+territoire autour d’une vision partagée du paysage, pour finalement mettre en
+place des mesures de gestion écologique adaptées et acceptées,&lt;/li&gt;&lt;li&gt;établir une gestion différenciée, qui consiste à
+entretenir les espaces verts de manière respectueuse du vivant, c’est-à-dire
+adapter les pratiques aux caractéristiques propres de chaque site (sols, faune,
+flore, fonge et usages), en tendant vers une intervention moindre et la libre
+évolution de la végétation, favorisant l’apparition d’habitats et de ressources
+alimentaires pour la faune.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces deux méthodes permettent de favoriser une
+perception du paysage en tant qu’entité vivante, et non plus un élément
+adaptable aux besoins humains, et s’habituer à un patrimoine naturel pouvant
+pleinement s’exprimer.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires
+et les professionnel(le)s à solliciter pour ce genre d’initiatives, et
+d’accompagner les collectivités dans l’élaboration et la réalisation d’un plan
+d’action à ce titre. Il facilite également l’identification et l’obtention de
+financements en ce sens. Par exemple, en fonction du milieu visé, l’ONF,
+l’INRAE, le CIRAD, Plante &amp;amp; Cité ou des labels comme Haies ou Ecojardin,
+peuvent constituer des soutiens solides dans cette démarche. Enfin, TEN donne
+également accès à des ressources et des retours d’expériences riches
+d’inspiration et de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des
+animateur(ice)s TEN en région et à prendre connaissance des initiatives
+déployées par des collectivités voisines ! &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N246" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Espaces verts
+Friche
+Accès aux services
+Santé
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O246" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S246" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U246" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V246" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ofb.gouv.fr/territoires-engages-pour-la-nature</t>
+        </is>
+      </c>
+      <c r="X246" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y246" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z246" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-preserver-le-paysage-et-le-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="AA246" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" spans="1:27" customHeight="0">
+      <c r="A247" s="1">
+        <v>165520</v>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : des pratiques agricoles respectueuses de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G247" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H247" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K247" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La biodiversité et l’agriculture sont intrinsèquement
+liées : l’agriculture repose sur de nombreux services écosystémiques dispensés par la biodiversité, mais des
+pratiques trop intensives et l’usage de certains produits peuvent l’impacter
+durablement. Au contraire, certaines pratiques agricoles favorisent la
+biodiversité et l’utilisent comme une alliée, que les collectivités peuvent
+favoriser de diverses manières :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;en interne : intégrer l’approvisionnement
+en produits issus de l’agriculture biologique dans les cahiers des charges de
+restauration collective, mettre en place de circuits courts (AMP, ville
+nourricière pour le glanage avec arbres fruitiers, plantes comestibles,
+maraichage communal,…), voire l’interdiction d’usage de produits
+phytosanitaires et engrais, &lt;/li&gt;&lt;li&gt;vers les habitants et habitantes : encourager les bonnes
+pratiques, acheter des semences paysannes...&lt;/li&gt;&lt;li&gt;vers les agriculteurs et agricultrices :
+les accompagner vers des pratiques vertueuses grâce aux paiements pour service
+environnementaux, appui au circuit courts…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le programme TEN permet d’identifier les partenaires et les
+professionnel(le)s à solliciter pour ce genre d’initiatives, et d’accompagner
+les collectivités dans l’élaboration et la réalisation d’un plan d’action à ce
+titre. En effet, la reconnaissance TEN peut faciliter des partenariats avec diverses
+structures en ce sens comme les chambres d’agriculture, les SAFER ou
+encore la région et le département, ainsi que l’accès à des financements. L’OFB
+copilote le programme agrifaune qui vise à diffuser les solutions combinant
+agriculture et préservation de la biodiversité, et propose des formations à ce
+sujet. Enfin, TEN fourni
+également des ressources et des retours d’expériences riches d’inspiration et
+de partage de bonnes pratiques. N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s
+TEN en région et à prendre connaissance des initiatives déployées par des
+collectivités voisines ! &lt;/p&gt;&lt;p&gt;
+Un
+exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;ibjZvnKPK0A"&gt;Des communes engagées pour leur
+agriculture – Briec de l’Odet&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N247" s="1" t="inlineStr">
+        <is>
+          <t>Eau souterraine
+Sols
+Foncier
+Santé
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Prévention des risques
+Réduction de l'empreinte carbone
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O247" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q247" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2026</t>
+        </is>
+      </c>
+      <c r="R247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S247" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U247" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V247" s="1" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/showcase/centre-de-ressources-agroecologie/</t>
+        </is>
+      </c>
+      <c r="W247" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X247" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un animateur TEN dans chaque région:&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;NAVE Alice&lt;/p&gt;&lt;p dir="ltr"&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p dir="ltr"&gt;07 49 82 39 13&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22 58&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LE DU Anne-Hélène&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p dir="ltr"&gt;06 02 19 65 28&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;VIRELY Benjamin&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;09 70 72 40 12&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;LAPILUS Elodie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&amp;#43;590 0690 05 78 04&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;DEROUECHE Nassera&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;03 87 61 66 91&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;BEAUCHAMP Mélanie&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;07 68 64 29 68&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 54&lt;/p&gt;&lt;p&gt;FOUREST Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90 66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y247" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z247" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-des-pratiques-agricoles-respectueuses-de-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA247" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" spans="1:27" customHeight="0">
+      <c r="A248" s="1">
+        <v>165522</v>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
+        </is>
+      </c>
+      <c r="E248" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Ministère de la Santé et de la Prévention
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G248" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H248" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I248" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J248" s="1" t="inlineStr">
+        <is>
+          <t>du coût total</t>
+        </is>
+      </c>
+      <c r="K248" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la stratégie
+Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
+nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
+l’utilisation des produits phytopharmaceutiques, et de la limitation des
+risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
+premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
+par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
+territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
+Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
+dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
+contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
+partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
+jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
+financement maximum de 300 000 € par projet et pour une durée maximale de 36
+mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
+et du règlement sera organisé à l’intention des porteurs de projets.
+Le support de présentation et le replay seront disponibles sur le site de
+l’OFB.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
+suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
+éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N248" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Alimentation
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O248" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P248" s="1" t="inlineStr">
+        <is>
+          <t>12/11/2025</t>
+        </is>
+      </c>
+      <c r="Q248" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+      <c r="R248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
+dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
+précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
+prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
+suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S248" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T248" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U248" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V248" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/financements/territoires-de-convergence-eau-potable-et-natura-2000-initiatives-pour-reduire-impact</t>
+        </is>
+      </c>
+      <c r="W248" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
+        </is>
+      </c>
+      <c r="X248" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
+l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y248" s="1" t="inlineStr">
+        <is>
+          <t>emma.schwartz@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z248" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA248" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>