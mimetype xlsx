--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA36"/>
+  <dimension ref="A1:AA38"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,223 +228,891 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>121006</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>120440</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets ;investissement (partie DSIL)</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets commun pour la dotation d’équipement des territoires ruraux (DETR) et la dotation de soutien à l’investissement local (DSIL)</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Aube</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La loi fixe six familles d&amp;#039;opérations éligibles :&lt;br /&gt;- rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;br /&gt;- mise aux normes et de sécurisation des équipements publics ;&lt;br /&gt;- développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;br /&gt;- développement du numérique et de la téléphonie mobile ;&lt;br /&gt;- création, transformation et rénovation des bâtiments scolaires ;&lt;br /&gt;- réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Santé
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Accessibilité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2025</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et tous les EPCI à fiscalité propre, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) sont éligibles à la DSIL.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.gouv.fr/Actions-de-l-Etat/Collectivites-locales-et-intercommunalite/Subventions-d-investissement-de-l-Etat/Les-subventions-d-investissement-de-l-Etat-aux-collectivites-locales2/Appel-a-projets/Appel-a-projets-2026-Commun-DETR-DSIL</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Préfecture de l&amp;#039;Aube
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 rue Pierre Labonde
+ &lt;br /&gt;
+ CS 20372
+ &lt;br /&gt;
+ 10025 Troyes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nadia RAHERISOA (chargée de la DSIL) : nadia.raherisoa&amp;#64;aube.gouv.fr 
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 42 35 63
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sous-préfecture de Bar-sur-Aube
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 18 rue Armand
+ &lt;br /&gt;
+ CS 20052
+ &lt;br /&gt;
+ 10201 Bar sur Aube cedex
+ &lt;br /&gt;
+ Karène CLEMENT :
+ &lt;a href="mailto:karene.clement&amp;#64;aube.gouv.fr" target="_self"&gt;
+  karene.clement&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 27 50 89
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sous-préfecture de Nogent-sur-Seine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 5 avenue Casimir Périer
+ &lt;br /&gt;
+ 10401 Nogent-sur-Seine Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Céline JALTIER :
+ &lt;a href="mailto:celine.jaltier&amp;#64;aube.gouv.fr" target="_self"&gt;
+  celine.jaltier&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 39 47 75
+&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>jean-michel.barrois@aube.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7172-appel-a-projet-commun/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>41744</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d’infrastructure de transport durable</t>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Financement d’infrastructures de transport durable</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
 entreprise publique locale, ou une société ou un acteur financier privé, et
 vous souhaitez trouver des financements pour un projet d’infrastructure de
 transport durable ? La Banque des Territoires peut vous accompagner dans votre
 projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Cette offre de financements vous permet de
 construire, régénérer, moderniser ou réaliser la maintenance d’infrastructures
 de transport durable, autour de trois grands types de projet : les marchés de
 partenariat pour les voiries, les routes et les ponts, les ports de commerce
 maritimes et fluviaux, et le stationnement en gestion déléguée. En fonction de
 critères identifiés, la Banque des Territoires peut proposer plusieurs modes de
 financement à même de vous aider à développer une mobilité durable, via des
 prises de participation, co-investissements, etc. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transport_durable_psat</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;infra_transport_durable_psat"&gt;
    Rendez-vous sur le site de la Banque des Territoires
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructure-transport-durable/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>52290</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissement</t>
         </is>
       </c>
-      <c r="C3" s="1" t="inlineStr">
+      <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;
   &lt;em&gt;
    Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
@@ -520,96 +1188,96 @@
   Plus petit crédit : 11 000€
  &lt;/li&gt;
  &lt;li&gt;
   Plus gros crédit : 50 millions €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
  &lt;/li&gt;
  &lt;li&gt;
   Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Social et Petite enfance
   &lt;/strong&gt;
   (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Revitalisation des centres villes
   &lt;/strong&gt;
   (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Rayonnement culturel
   &lt;/strong&gt;
   (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transition énergétique
   &lt;/strong&gt;
   (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement des mobilités douces
   &lt;/strong&gt;
   (Bordeaux Métropole, 33)
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Développement sportif
   &lt;/strong&gt;
   (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -652,267 +1320,267 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Etude de l&amp;#039;adhésion
   &lt;/strong&gt;
   : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Éligibilité à l&amp;#039;adhésion
   &lt;/strong&gt;
   : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Vote de la délibération de la collectivité
   &lt;/strong&gt;
   : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Versement de l&amp;#039;Apport en capital initial
   &lt;/strong&gt;
   : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
   &lt;/strong&gt;
   : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://portail.agence-france-locale.fr/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
         <v>62848</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Crédit moyen long terme</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -958,168 +1626,168 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>72810</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d'investissements dans les Petites Villes</t>
         </is>
       </c>
-      <c r="C5" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
 &lt;/p&gt;
@@ -1156,79 +1824,79 @@
 &lt;p&gt;
  •	Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  •	Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
 &lt;/p&gt;
 &lt;p&gt;
  •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M5" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  •
  &lt;strong&gt;
   Entretien du patrimoine
  &lt;/strong&gt;
  (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Développement sportif
  &lt;/strong&gt;
  (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
 &lt;/p&gt;
 &lt;p&gt;
  •
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1271,259 +1939,259 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Etude de l&amp;#039;adhésion
  &lt;/strong&gt;
  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Éligibilité à l&amp;#039;adhésion
  &lt;/strong&gt;
  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Vote de la délibération de la collectivité
  &lt;/strong&gt;
  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Versement de l&amp;#039;Apport en capital initial :
  &lt;/strong&gt;
  La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
  &lt;/strong&gt;
  La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W8" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Contact :
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>92586</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes dans la réalisation de leurs projets d’investissement au travers d'un CONTRAT VAUCLUSE AMBITION 2023-2025</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Accompagner les communes dans la réalisation de leurs projets d&amp;#039;investissement, visant ainsi à relever de nombreux enjeux : confortement des centres-bourgs, accessibilité aux services, attractivité, transition écologique, énergétique et numérique, valorisation du patrimoine, mobilité douce, cohésion sociale et citoyenneté, etc...
  &lt;/span&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Contrat Vaucluse Ambition s&amp;#039;adresse à l&amp;#039;ensemble des communes vauclusiennes.
 &lt;/p&gt;
 &lt;p&gt;
  La ou les opération(s) subventionnée(s) dans ce cadre doit(doivent) être réalisée(s) sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée et appartenir au patrimoine de la commune.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations pouvant prétendre à subventions contractuelles concernent :
 &lt;/p&gt;
 &lt;p&gt;
  - les opérations d&amp;#039;investissement, sous maîtrise d&amp;#039;ouvrage communale directe ou déléguée ;
 &lt;/p&gt;
 &lt;p&gt;
  - les acquisitions, imputées en investissement, destinées à être affectées de manière durable dans le patrimoine communal :
 &lt;/p&gt;
 &lt;p&gt;
  •	 matériel et mobilier d&amp;#039;un montant unitaire supérieur à 700 € HT,
 &lt;/p&gt;
 &lt;p&gt;
  •	 immobilières et foncières.
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations prévues par les communes dans leur contractualisation devront s&amp;#039;attacher à :
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter le nombre maximal d&amp;#039;opérations, fixé à :
 &lt;/p&gt;
 &lt;p&gt;
  •	 5 pour les communes de plus de 5 000 habitants,
 &lt;/p&gt;
 &lt;p&gt;
  •	 8 pour les communes de moins de 5 000 habitants ;
 &lt;/p&gt;
 &lt;p&gt;
  -	respecter les thématiques éligibles ;
 &lt;/p&gt;
 &lt;p&gt;
  -	prendre en compte les politiques publiques et les orientations stratégiques départementales définies, notamment, dans la stratégie départementale Vaucluse 2025 2040 et les schémas départementaux sectoriels, ainsi que les objectifs de développement durable inscrits dans l&amp;#039;Agenda 21.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -1562,237 +2230,237 @@
 International
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La part d&amp;#039;autofinancement (hors T.V.A.) de la commune devra être au moins égale à 20 % des financements publics apportés au(x) projet(s) par application des règles en vigueur concernant le co financement précisées dans le Code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.vaucluse.fr/nos-territoires/les-aides-aux-projets-des-territoires-2687.html</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/276c-accompagner-les-communes-dans-la-realisation-/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>101592</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Avenir Montagnes
 France Mobilités</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Cerema
 ADEME
 Banque des Territoires
 Agence nationale de la cohésion des territoires (ANCT)
 Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="F7" s="1" t="inlineStr">
+      <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Cellules France Mobilités</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="J7" s="1" t="inlineStr">
+      <c r="J10" s="1" t="inlineStr">
         <is>
           <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
 &lt;/p&gt;
 &lt;p&gt;
  Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://www.francemobilites.fr/projets
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr/ingenierie</t>
         </is>
       </c>
-      <c r="W7" s="1" t="inlineStr">
+      <c r="W10" s="1" t="inlineStr">
         <is>
           <t>https://www.francemobilites.fr/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre cellule régionale : https://www.francemobilites.fr/regions
 &lt;/p&gt;
 &lt;p&gt;
  Une boite fonctionnelle partagée unique pour chaque cellule régionale :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   auvergnerhonealpes&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   bourgognefranchecomte&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   bretagne&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   centrevaldeloire&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   corse&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   grandest&amp;#64;francemobilites.fr
@@ -1805,105 +2473,105 @@
  &lt;/li&gt;
  &lt;li&gt;
   normandie&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   nouvelleaquitaine&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   occitanie&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   paysdelaloire&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   provencealpescotedazur&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   antillesguyane&amp;#64;francemobilites.fr
  &lt;/li&gt;
  &lt;li&gt;
   oceanindien&amp;#64;francemobilites.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>102937</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Aider à la recherche de financements européens</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le service Développement et Coopération Européenne de la Région Île-de-France propose de vous aider dans votre recherche de financements européens.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre d&amp;#039;accompagnement des porteurs de projets s&amp;#039;articule autour de 3 phases :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Informer
  &lt;/li&gt;
  &lt;li&gt;
   Conseiller
  &lt;/li&gt;
  &lt;li&gt;
   Appuyer au montage d&amp;#039;un projet européen innovant
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La Région propose de vous informer  par l&amp;#039;intermédiaire :
  &lt;br /&gt;
  - du site internet dédié : www.europeid.fr,
  &lt;br /&gt;
@@ -1911,51 +2579,51 @@
  &lt;br /&gt;
  - de rendez-vous individuels.
 &lt;/p&gt;
 &lt;p&gt;
  Elle propose également de vous accompagner tout au long de votre  candidature.
 &lt;/p&gt;
 &lt;p&gt;
  Après la phase de ciblage de vos besoins et d&amp;#039;identification des opportunités, elle peut assurer une veille individuelle sur les appels à projets européens susceptibles de vous intéresser, vous conseiller la réalisation des études de faisabilité, en décryptant les appels à projets . Elle peut également vous mettre en relation avec l&amp;#039;écosystème d&amp;#039;accompagnement  et des partenaires de projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces deux premières phases visent à aboutir à la construction de votre candidature. Le service développement et coopération européenne peut alors vous accompagner dans - le montage de votre projet
  &lt;br /&gt;
  - l&amp;#039;orientation vers les cellules ressources
  &lt;br /&gt;
  - la recherche de partenaires
  &lt;br /&gt;
  - la rédaction de votre candidature
  &lt;br /&gt;
  - sa relecture critique avant soumission
 &lt;/p&gt;
 &lt;p&gt;
  Dans certains cas, la Région peut apporter son soutien au projet par l&amp;#039;intermédiaire d&amp;#039;une lettre.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Education et renforcement des compétences
@@ -1972,176 +2640,176 @@
 Qualité de l'air
 Biodiversité
 Paysage
 International
 Appui méthodologique
 Animation et mise en réseau
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une structure francilienne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.europeidf.fr/les-financements-europeens/programmes-europeens-thematiques</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact au Conseil régional :
 &lt;/p&gt;
 &lt;p&gt;
  europe&amp;#64;iledefrance.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>veronique.hostein@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/38e4-aider-a-la-recherche-de-financements-europeen/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>104710</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Contribuer à la mise en œuvre de la stratégie locale de développement</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Mise en oeuvre d'opérations dans le cadre de la stratégie locale de développement</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H9" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif : Contribuer à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Mesure permettant l&amp;#039;assistance aux opérations contribuant à la mise en œuvre de la stratégie locale de développement du GAL sélectionné au titre de l&amp;#039;appel à candidatures LEADER.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;aide publique est fixé par la GAL.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, se référer au Programme de Développement Rural Régional.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
@@ -2173,152 +2841,152 @@
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les bénéficiaires éligibles sont définis par les groupes d&amp;#039;action locale, en fonction de leur stratégie.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent au coût des actions définies dans la stratégie locale de développement et le plan d&amp;#039;actions LEADER (frais de personnel : salaires chargés, déplacements, hébergement/restauration ; frais d&amp;#039;études et de communication ; investissements).
 &lt;/p&gt;
 &lt;p&gt;
  Coûts indirects liés à l&amp;#039;opération (taux forfaitaire de 15% sur les frais de personnel directs éligibles conformément à l&amp;#039;article 68 du règlement (UE) n°1303/2013).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;aide publique est fixé par la GAL.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/leader-mise-en-oeuvre-doperations-dans-le-cadre-de-la-strategie-locale-de-developpement</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des politiques européennes
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre GAL référent.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3751-leader-mise-en-oeuvre-doperations-dans-le-cad/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>111757</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -2355,82 +3023,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M10" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -2476,184 +3144,184 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W13" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>111758</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Accompagner à l'intégration des enjeux climatiques aux documents d’urbanisme (ScoT, PLUi, PLU)</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intégrer les enjeux énergie climat aux documents d&amp;#039;Urbanisme réglementaires ScoT, PLU, PLUi. Promouvoir un Urbanisme respectueux de l&amp;#039;environnement et adapter aux évolutions Climatiques.
 &lt;/p&gt;
 &lt;p&gt;
  Accompagnement à la carte intégrant :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   formation et sensibilisation « Urbanisme et Climat »
  &lt;/li&gt;
  &lt;li&gt;
   état des lieux de l&amp;#039;intégration des enjeux climatiques au document d&amp;#039;urbanisme existant (outil Clim&amp;#039;URBA Cerema).
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la définition des enjeux Energie Climat prioritaires à la formulation d&amp;#039;une Stratégie et d&amp;#039;orientation partagée en lien avec le PCAET (EPCI) et le SRADDET (Région).
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la rédaction du PADD en collaboration avec le bureau d&amp;#039;études mandaté par la collectivité pour la rédaction du document.
  &lt;/li&gt;
  &lt;li&gt;
   participation aux comités de pilotage
  &lt;/li&gt;
  &lt;li&gt;
   assistance à la rédaction du document d&amp;#039;urbanisme pour l&amp;#039;intégration des enjeux (végétalisation, perméabilité des sols, mobilités, énergie renouvelables, connaissance des réseaux d&amp;#039;énergie, choix constructif des bâtiments neufs, usages des surfaces, économie circulaire et circuits courts....
@@ -2662,224 +3330,224 @@
   formation des élus et des services instructeurs à la compréhension et l&amp;#039;instruction du nouveau document.
  &lt;/li&gt;
  &lt;li&gt;
   mise en œuvre du document d&amp;#039;urbanisme Energie Climat
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  LIVRABLES
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   stratégie énergie climat du document
  &lt;/li&gt;
  &lt;li&gt;
   propositions d&amp;#039;évolution du PADD aux regards de la stratégie énergie climat
  &lt;/li&gt;
  &lt;li&gt;
   propositions d&amp;#039;évolution des OAP aux regards de la stratégie énergie climat
  &lt;/li&gt;
  &lt;li&gt;
   co-rédaction de zonages du Règlement
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Lors de la révision des documents d&amp;#039;urbanisme PLU, PLUi, ScoT ...
  &lt;/li&gt;
  &lt;li&gt;
   Le SDEEG accompagne la Collectivités en partenariat avec le bureau d&amp;#039;études en charge de la rédaction du document .
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;objectif étant d&amp;#039;intégrer les enjeux climats en fonction des souhaits des élus et des documents cadre de planification existants : PCAET, PPA, SRADDET...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Forêts
 Sols
 Espaces verts
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Prévention des risques
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/323-urbanisme-efficacite-energetique-planification-audits.html</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
  &lt;/li&gt;
  &lt;li&gt;
   Cécile PERDRIX&lt;/li&gt;
  &lt;li&gt;
   Ingénieure Planification Territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Service Transition Énergétique
  &lt;/li&gt;
  &lt;li&gt;
   service.energies&amp;#64;sdeeg33.fr
  &lt;/li&gt;
  &lt;li&gt;
   05 56 16 13 21
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/758d-accompagner-a-lintegration-des-enjeux-climati/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>111759</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l’élaboration de son PCAET (Plan Climat Air Energie Territorial)</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I12" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagnement global de la démarche PCAET, document stratégique Air Energie Climat réglementaire pour les EPCI de plus de 20 000 habitants. Le PCAET traite des réductions des émissions de gaz à effet de serre, de l&amp;#039;adaptation aux changements climatique, de la sobriété énergétique, de la qualité de l&amp;#039;air, des énergies renouvelables, de la séquestration carbone, des vulnérabilités aux changements climatiques ....
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accompagnement à la carte intégrant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le diagnostic Climat Air Energie, le diagnostic de qualité de l&amp;#039;Air
  &lt;/li&gt;
  &lt;li&gt;
   Le lancement de la démarche (sensibilisation, communication, définition des partenaires et des modalités de concertation ...)
  &lt;/li&gt;
  &lt;li&gt;
   Définition de la Stratégie territoriale Air Energie Climat
  &lt;/li&gt;
  &lt;li&gt;
@@ -2914,72 +3582,72 @@
 &lt;ul&gt;
  &lt;li&gt;
   Diagnostics PCAET, Profil Climat
  &lt;/li&gt;
  &lt;li&gt;
   Etat initial de l&amp;#039;environnement
  &lt;/li&gt;
  &lt;li&gt;
   Rapport Stratégique, Rapport PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Plan d&amp;#039;actions PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Tableur de suivi des actions (logiciel PROSPER actions)
  &lt;/li&gt;
  &lt;li&gt;
   Support de communication et de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Evaluation environnemental Stratégique, Saisine de l&amp;#039;autorité environnementale
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Accompagnement et Finalisation de PCAET
  &lt;/li&gt;
  &lt;li&gt;
   Dépôt du PCAET sur la plateforme ADEME
  &lt;/li&gt;
  &lt;li&gt;
   Aide à l&amp;#039;actualistaion en fonction des avis ( MRAe, Préfecture, Région ... )
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la mise en place des actions
  &lt;/li&gt;
  &lt;li&gt;
   Aide à la recherche de subventions ....
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Tourisme
 Forêts
 Sols
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Jeunesse
 Famille et enfance
 Santé
 Alimentation
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
@@ -3003,399 +3671,399 @@
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Sécurité
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Adhésion au SDEEG33
  &lt;/li&gt;
  &lt;li&gt;
   Signature de la convention de prestation de service pour la Transition Energétique
  &lt;/li&gt;
  &lt;li&gt;
   Signature du devis de prestation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/transition-energetique/planification-territoriale/214-plan-climat-air-energie-territorial-pcaet.html</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Energie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1390-etre-accompagne-dans-lelaboration-de-son-pcae/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>111763</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Former et sensibiliser aux Enjeux Energie Climat</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Proposer aux élus, aux techniciens des Collectivités  des temps de formation et de sensibilisation aux Enjeux Energie Climat.
 &lt;/p&gt;
 &lt;p&gt;
  Informer sur les actualités réglementaires et les innovations techniques d&amp;#039;actualité (petits déjeuner techniques)
 &lt;/p&gt;
 &lt;p&gt;
  Capitaliser les connaissances et les compétences en généralisant les retours d&amp;#039;expériences,
 &lt;/p&gt;
 &lt;p&gt;
  Créer des synergies
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de Commissions techniques, réglementaires et de retours d&amp;#039;expérience avec l&amp;#039;ensemble des EPCI de Gironde (Commission Consultative Paritaire). Temps d&amp;#039;échanges et de coordination de l&amp;#039;action Départementale dans le cadre des PCAET.
 &lt;/p&gt;
 &lt;p&gt;
  Organisation de groupes d&amp;#039;information technique à destination des élus et des techniciens des Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  Identification de sujets d&amp;#039;actualité en lien avec les problématiques des collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Groupes d&amp;#039;échanges régulier « Conversations Carbone », identification des problématiques des chargés de missions pour la mise en place d&amp;#039;actions de Transition Energétique et Environnementale au sein de leur Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Sols
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Risques naturels
 Qualité de l'air
 Biodiversité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  -	Pour participer aux Commissions Consultatives Paritaire de l&amp;#039;Energie à destination des EPCI de Gironde, désignation par délibération d&amp;#039;un délégué pour chacune des EPCI
 &lt;/p&gt;
 &lt;p&gt;
  -	Aucunes conditions particulières pour participer aux autres accompagnements
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.sdeeg33.fr/mediatheque-numerique/les-manifestations-forum-salons-journees-a-theme/377-petits-dejeuners-energetiques.html</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Syndicat Départemental d&amp;#039;Énergie et d&amp;#039;environnement de Gironde (SDEEG33)
 &lt;/p&gt;
 &lt;p&gt;
  Cécile PERDRIX&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingénieure Planification Territoriale
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Service Transition Énergétique
 &lt;/p&gt;
 &lt;p&gt;
  service.energies&amp;#64;sdeeg33.fr
 &lt;/p&gt;
 &lt;p&gt;
  05 56 16 13 21
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>lea.pambrun@sdeeg33.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/fb5e-former-et-sensibiliser-aux-enjeux-energie-cli/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>111995</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Bénéficier de l'expérience de vos homologues européens pour répondre à une problématique territoriale</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Plateforme d'apprentissage Interreg Europe PLP</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F14" s="1" t="inlineStr">
+      <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous faites face à une problématique territoriale ou souhaitez améliorer une politique publique. La plateforme d&amp;#039;apprentissage Interreg Europe met à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une base de données européennes thématiques de bonnes pratiques sur des politiques publiques
  &lt;/li&gt;
  &lt;li&gt;
   des ateliers et publications pour s&amp;#039;inspirer d&amp;#039;exemples européens
  &lt;/li&gt;
  &lt;li&gt;
   des experts à votre disposition pour répondre à vos questions et vous mettre en relation avec vos homologues européens pour des réunions de 2h à 2 jours (&amp;#34;Peer review).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif &amp;#34;Peer Review&amp;#34;, examen par les pairs, du programme Interreg Europe, vous propose de bénéficier des conseils et recommandations de vos homologues européens qui ont expérimenté une situation similaire à la vôtre.
 &lt;/p&gt;
 &lt;p&gt;
  A tout moment, vous pouvez solliciter le programme Interreg Europe pour une Peer Review. Si votre demande est validée, le programme organisera deux jours de réunions avec des homologues européens sélectionnés qui seront invités à examiner votre contexte territorial et thématique spécifique et à formuler des recommandations sur la base de leur expérience et de leur expertise.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M14" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Quelques exemples de Peer Reviews menées par des collectivités territoriales européennes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   améliorer la mobilité urbaine, en mettant l&amp;#039;accent sur la réaffectation de l&amp;#039;espace urbain, les politiques restrictives en matière de voitures et l&amp;#039;implication des citoyens
  &lt;/li&gt;
  &lt;li&gt;
   améliorer les dispositifs d&amp;#039;accompagnement des start-ups et notamment en matière d&amp;#039;attraction et de rétention des talents et de financement
  &lt;/li&gt;
  &lt;li&gt;
   impliquer les établissements scolaires dans une démarche de réduction/réemploi des déchets en mettant en place des  actions pilotes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3440,261 +4108,261 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute structure publique ou parapublique responsable de l&amp;#039;écriture et de la mise en œuvre de politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Pour accéder au dispositif, il est indispensable de s&amp;#039;inscrire sur le site
  &lt;a rel="noopener" target="_blank"&gt;
   interregeurope.eu
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/what-is-policy-learning-platform/</t>
         </is>
       </c>
-      <c r="W14" s="1" t="inlineStr">
+      <c r="W17" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/policylearning/expert-support/peer-review/</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier  &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase    &amp;#43;33 (0) 491 575 606
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0391-beneficier-de-lexperience-de-vos-homologues-e/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>112001</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F15" s="1" t="inlineStr">
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J15" s="1" t="inlineStr">
+      <c r="J18" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M15" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3739,685 +4407,213 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...472 lines deleted...]
-      <c r="A18" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>132278</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Financer les investissements des collectivités</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Emprunt institutionnel</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Collecticity</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
 secteur mutualiste, qui
   souhaitent prêter aux collectivités à des conditions financières compétitives.
 &lt;/p&gt;
 &lt;p&gt;
  Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions financières :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Durée :
   3 à 50 ans
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Taux :
    Fixe ou variable
  &lt;/li&gt;
  &lt;li&gt;
   Remboursement :
    Amortissable ou In Fine
  &lt;/li&gt;
  &lt;li&gt;
   Clauses spécifiques :
    Remboursement anticipé et différé de remboursement possible
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -4446,187 +4642,187 @@
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/se-financer</t>
         </is>
       </c>
-      <c r="W18" s="1" t="inlineStr">
+      <c r="W19" s="1" t="inlineStr">
         <is>
           <t>https://collecticity.fr/contact</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email :
  &lt;/strong&gt;
  info&amp;#64;collecticity.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone :
  &lt;/strong&gt;
  01.87.15.83.02
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>info@collecticity.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
         <v>139927</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Financer des projets structurants majeurs pour le territoire</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Dotations Avenir Sancy - Développement territorial</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Communauté de communes du massif du Sancy</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Autre aide financière</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4672,183 +4868,183 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P20" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q19" s="1" t="inlineStr">
+      <c r="Q20" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>142229</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un quartier ou d'une commune (Atelier Flash)</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Atelier des territoires Flash</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier des territoires Flash vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Flash est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial porté par la DGALN et piloté par les DDT(M) ou les DREAL.
 &lt;/p&gt;
 &lt;p&gt;
  A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;une esquisse de plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Flash porte sur une échelle de réflexion territoriale communale, laquelle peut-être toutefois plus vaste (échelle intercommunale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -5008,51 +5204,51 @@
  &lt;strong&gt;
   Durée de l&amp;#039;atelier : 2 à 3 jours
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les porteurs de l&amp;#039;Atelier conviennent avec l&amp;#039;équipe pluridisciplinaire des supports à livrer à l&amp;#039;issue de l&amp;#039;Atelier. Ceux-ci peuvent être de plusieurs natures.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Documents stratégiques  : feuille de route, esquisse de plan-guide
  &lt;/li&gt;
  &lt;li&gt;
   Documents opérationnels  : cahier des charges, charte, éléments de communication
  &lt;/li&gt;
  &lt;li&gt;
   Documents de capitalisation  : fiche synthétique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Réseaux de chaleur
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
@@ -5062,56 +5258,56 @@
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  CANDIDATURE
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   EN SYNTHESE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Une problématique ou un projet à l&amp;#039;échelle d&amp;#039;un quartier ou d&amp;#039;une commune relative à une question d&amp;#039;aménagement
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier de candidature complet (fiche de candidature, courriers) coconstruit avec la commune (et l&amp;#039;EPCI le cas échéant) et porté et déposé par la DDT(M) ou la DREAL à la DGALN
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LES PORTEURS
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -5140,154 +5336,154 @@
  &lt;/li&gt;
  &lt;li&gt;
   Section 2 - la localisation de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 4 - les objectifs de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Section 5 - les ressources de l&amp;#039;Atelier
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 1 - les dynamiques du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Annexe 2 - les dynamiques d&amp;#039;aménagement.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier Flash : https://www.atelier-territoires.logement.gouv.fr/ateliers-flash-presentation-a199.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3813-construire-collectivement-une-strategie-damen/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>142680</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Tourisme Ingénierie Développement
 ÉcoQuartier
 Renaturation des villes</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  PRÉSENTATION
  &lt;br /&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   OBJECTIFS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉCHELLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   THÉMATIQUES
@@ -5400,51 +5596,51 @@
 &lt;p&gt;
  &lt;strong&gt;
   LIVRABLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   note de cadrage : méthodologie, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   carnet de suivi : déroulé, compte-rendu, propositions
  &lt;/li&gt;
  &lt;li&gt;
   rapport final : synthèse et préconisations
  &lt;/li&gt;
  &lt;li&gt;
   feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
  &lt;/li&gt;
  &lt;li&gt;
   livret de capitalisation
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Alimentation
 Commerces et services
@@ -5462,56 +5658,56 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Industrie
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CANDIDATURE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les porteurs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les pièces
  &lt;/strong&gt;
  &lt;br /&gt;
  Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   LA FICHE DE CANDIDATURE
  &lt;/strong&gt;
@@ -5554,139 +5750,139 @@
  &lt;li&gt;
   Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
  &lt;/li&gt;
  &lt;li&gt;
   Signature des courriers de soutien
  &lt;/li&gt;
  &lt;li&gt;
   Envoi des documents à la DGALN
  &lt;/li&gt;
  &lt;li&gt;
   Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
  &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
   atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>ad1.dgaln@developpement-durable.gouv.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>142696</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Optimiser la gestion patrimoniale de vos ouvrages portuaires et fluviaux</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;histoire et la complexité de votre patrimoine d&amp;#039;ouvrages ne vous permet pas d&amp;#039;en connaître précisément l&amp;#039;étendue et l&amp;#039;état ?
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour garantir la sécurité, la pérennité, les possibilités d&amp;#039;évolution de vos ouvrages et la disponibilité de vos installations stratégiques.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez élaborer une stratégie de gestion de votre patrimoine centrée sur vos enjeux ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous voulez recenser et évaluer l&amp;#039;état et la fonctionnalité de vos ouvrages ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez disposer d&amp;#039;un programme de surveillance et de maintenance de vos ouvrages ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous avez besoin d&amp;#039;outils et de méthodes pour mener à bien un projet de maintenance ou de réparation ?
@@ -5730,175 +5926,175 @@
   Vous accompagner
  &lt;/li&gt;
  &lt;li&gt;
   Définition d&amp;#039;une stratégie de maintenance et de réparation, garante de la sécurité des usagers et ouvrages , ainsi que de l&amp;#039;exploitation actuelle et future des ouvrages.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Vous assister dans votre rôle de Maître d&amp;#039;Ouvrage :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rédaction du cahier des charges, des diagnostics et investigations à mener ;
  &lt;/li&gt;
  &lt;li&gt;
   Contrôle du dossier de diagnostic ;
  &lt;/li&gt;
  &lt;li&gt;
   Élaboration de préconisations de réparations et spécifications techniques associées ;
  &lt;/li&gt;
  &lt;li&gt;
   Analyse des offres techniques.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Région Bretagne
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Audit de déploiement de la méthode VSC sur les ports de Brest, Saint-Malo et Lorient à chaque étape de la démarche, déploiement effectué par un tiers.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Port de Dunkerque
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Assistance à la maîtrise d&amp;#039;ouvrage pour le déploiement méthodologique de la démarche VSC dédiée à la maintenance des infrastructures portuaires.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Côtes d&amp;#039;Armor, le Département
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Faisabilité d&amp;#039;une méthode de gestion pour les ports du département des Côtes d&amp;#039;Armor (évaluation stratégique et technique, surveillance, maintenance).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Connaissance de la mobilité
 Mers et océans
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/optimiser-gestion-patrimoniale-vos-ouvrages-portuaires</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2e27-optimiser-la-gestion-patrimoniale-de-vos-ouvr/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-      <c r="A23" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>143292</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux (via Modélisation numérique)</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez mieux appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour représenter schématiquement un site ou un phénomène dans le but de comprendre et d&amp;#039;expliquer son fonctionnement mais également de prévoir son comportement comme par exemple :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Connaître les courants (champs de vitesse) des voies navigables à différents niveaux de débits (étiage, moyen, crue) ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître les courants en amont immédiat d&amp;#039;ouvrages hydrauliques transversaux des voies navigables (barrages, seuils...) à différents niveaux de débits (étiage, moyen, crue) ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître les conditions de navigation sur une voie navigable (simulateur trajectographie) ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître l&amp;#039;agitation (états de mer), les vitesses de courants et le niveau marin ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître la dynamique de la propagation d&amp;#039;une crue ou d&amp;#039;une submersion marine ;
@@ -5919,139 +6115,139 @@
 &lt;p&gt;
  Le Cerema vous accompagne dans la modélisation numérique des phénomènes hydrauliques en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous mettons en œuvre des approches complémentaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La récupération des différentes données de terrains et hydrauliques existantes
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;analyse et la construction du modèle numérique spécifique à la demande
  &lt;/li&gt;
  &lt;li&gt;
   Le calage du modèle en fonction d&amp;#039;éléments ou d&amp;#039;événements connus
  &lt;/li&gt;
  &lt;li&gt;
   Les sorties graphiques d&amp;#039;études et rapports d&amp;#039;études
  &lt;/li&gt;
  &lt;li&gt;
   La formation potentielle des futurs utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Étude qualitative et quantitative de l&amp;#039;aléa inondation.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Risques naturels
 Appui méthodologique
 Valorisation d'actions
 Mers et océans
 Mobilité fluviale
 Sécurité</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/modelisation-numerique-hydraulique-maritime-fluviale</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c2a-apprehender-les-phenomenes-hydrauliques-dans-/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>143321</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Apprécier et maîtriser l’impact de vos projets sur la sécurité de la navigation et sur les voies d’eau</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vos projets d&amp;#039;aménagements, de travaux, d&amp;#039;installations en bord à voie d&amp;#039;eau et en cours d&amp;#039;eau, peuvent impacter la navigation.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le Cerema vous assiste pour dimensionner les voies navigables et/ ou effectuer des simulations de trajectoire des bateaux.
  &lt;/li&gt;
  &lt;li&gt;
   Cours d&amp;#039;eau ou bord à voie d&amp;#039;eau et vous souhaitez en connaître les impacts sur la navigation ?
  &lt;/li&gt;
  &lt;li&gt;
   Les usages de la voie d&amp;#039;eau évoluent sur votre territoire (travaux provisoires, création de pontons, évolution de la flotte) ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez connaître la qualité et la sécurité de la navigation sur une voie afin de l&amp;#039;améliorer ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -6109,169 +6305,169 @@
  &lt;li&gt;
   Méthodologies d&amp;#039;analyse de la sécurité et de référentiels de conception ;
  &lt;/li&gt;
  &lt;li&gt;
   Utilisation d&amp;#039;outils et logiciels développés en interne pour les études de trajectographie ;
  &lt;/li&gt;
  &lt;li&gt;
   Application aux bateaux de fret ou de passagers.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Eclairer vos choix stratégiques, techniques sur la base de recommandations concrètes
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Présentation et aide au choix d&amp;#039;un scénario d&amp;#039;aménagement ;
  &lt;/li&gt;
  &lt;li&gt;
   Définition des conditions d&amp;#039;exploitation envisagées et de la signalisation adaptée.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M25" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    VNF - Voies navigables de France
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;étude a analysé le report du trafic fluvial sur le bras secondaire de la Seine (Ile Saint-Denis) pendant la période des JO de 2024.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Logiciel NAVMER
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NAVMER, un logiciel créé par le Cerema pour simuler les trajectoires de bateaux.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Ingérop
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Étude de manœuvrabilité de bateaux en phase travaux sur l&amp;#039;île de Seguin (Hauts-de-Seine).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Voirie et réseaux
 Bâtiments et construction
 Appui méthodologique
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/apprecier-maitriser-impact-vos-projets-securite-navigation</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f331-apprecier-et-maitriser-limpact-de-vos-projets/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>143336</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Opter pour une gestion intégrée du littoral</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aménager les espaces littoraux et fluviaux relève du défi ; les multiples pressions qui s&amp;#039;y exercent (élévation du niveau de la mer notamment) étant appelées à s&amp;#039;amplifier avec le changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema accompagne vos projets d&amp;#039;aménagement et met à votre disposition son expertise en géo-information, planification, observation du trait de côte ou réduction des impacts des activités sur le milieu marin.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le domaine de la sécurité maritime, le Cerema contribue à moderniser les systèmes de signalisation maritime internationaux et développer les systèmes de supervision des trafics.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous souhaitez :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Élaborer une stratégie de gestion du littoral pour un aménagement durable ?
  &lt;/li&gt;
  &lt;li&gt;
@@ -6307,333 +6503,333 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nos grands projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Programme « Trait de Côte »
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;article 239 de la loi « Climat et résilience » introduit l&amp;#039;obligation pour une liste de 126 communes visées par décret, l&amp;#039;obligation, de cartographier les zones menacées par l&amp;#039;érosion du trait de côte. Le Cerema pilote le programme national d&amp;#039;accompagnement des communes pour la réalisation de leur outil cartographique sur la période 2022-2026.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Programme « résorption des décharges littorales »
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lors du Sommet international One Ocean Summit qui s&amp;#039;est tenu à Brest, en février 2022, la France a annoncé la résorption en 10 ans des décharges littorales présentant un risque de rejet de déchets en mer, en métropole comme en outre-mer. 67 décharges prioritaires déjà identifiées. L&amp;#039;État a confié au Cerema le pilotage du programme d&amp;#039;accompagnement des collectivités pour le traitement des décharges et de renaturation des sites (2022-2026).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ils nous font confiance :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Agglomération Royan Atlantique (Charente Maritime) : Développement d&amp;#039;un système de surveillance océanométéo pour l&amp;#039;accueil des paquebots de croisière au port de Royan
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communauté d&amp;#039;agglomération de l&amp;#039;Espace Sud Martinique : Impulser un programme d&amp;#039;actions de prévention des inondations — 2022
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Métropole Toulon Provence Méditerranée : Développement d&amp;#039;outils d&amp;#039;aide à la décision pour une stratégie de gestion intégrée du littoral — 2021 - 2022
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Voirie et réseaux
 Mers et océans
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Communes littorales</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/opter-gestion-integree-du-littoral</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/68d1-opter-pour-une-gestion-integree-du-littoral/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>143408</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Accompagner les professionnels en compte propre (artisans, commerçants, collectivités) à migrer vers des pratiques logistiques mutualisées et durables</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Programme Marguerite</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>La Fabrique de la Logistique</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Certificat d'économie d'énergie (CEE)</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Programme Marguerite prévoit d&amp;#039;accompagner les acteurs en compte propre (artisans, commerçants, collectivités) pour faire évoluer leurs pratiques logistiques vers des solutions mutualisées, innovantes, en termes de stockage, d&amp;#039;approvisionnement, de livraison ou de collecte. A cet effet, un diagnostic des pratiques est réalisé auprès des professionnels volontaires, puis un suivi individuel est mis en place pour présenter les solutions logistiques disponibles, adaptées et référencées par territoire. L&amp;#039;aide financière (dont le montant reste à confirmer) vient valoriser l&amp;#039;effort consenti; elle est versée une fois les nouvelles pratiques logistiques établies et mises en œuvre selon des critères d&amp;#039;éligibilité qui restent à construire.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Stockage en ELU - stockage chez un grossiste - tournées de livraison externalisées chez un transporteur spécialisé - approvisionnement de pièces ou matériels par vélo-cargo - tournées d&amp;#039;approvisionnement mutualisées par quartier - réception de pièces en consignes etc.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Attractivité économique
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P26" s="1" t="inlineStr">
+      <c r="P27" s="1" t="inlineStr">
         <is>
           <t>01/09/2024</t>
         </is>
       </c>
-      <c r="Q26" s="1" t="inlineStr">
+      <c r="Q27" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En cours de construction
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.programme-marguerite.io/</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;programme-marguerite.io
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>delphine.blanc@fablog.io</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3dd6-accompagner-les-professionnels-en-compte-prop/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>144547</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -6676,158 +6872,446 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>145887</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement (partie DETR)</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets commun pour la dotation d’équipement des territoires ruraux (DETR) et la dotation de soutien à l’investissement local (DSIL)</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Aube</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 40</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DETR a pour objectif de financer la réalisation d&amp;#039;investissements dans le domaine économique, social, environnemental et touristique ou favorisant le développement ou le maintien des services publics en milieu rural.
+ &lt;br /&gt;
+ En outre, la DETR peut également permettre de subventionner les études de faisabilité (hors dépenses en régie), que le projet soit, au final, réalisé ou non. Ce soutien vaudra seulement pour une année.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations éligibles à la DETR sont déclinées en 11 catégories développées en annexe 2 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt; &lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+les espaces scolaires, péri et extra-scolaires et petite enfance ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;favoriser
+la rénovation thermique et la transition écologique ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;accompagner les mobilités ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;accompagner
+les opérations de requalification ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;développer
+l’’offre et l’accessibilité des services au public ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;accompagner
+les politiques de sécurité publique et civile ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+le cadre de vie et l’accueil dans les services municipaux et
+intercommunaux ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;soutenir
+le développement économique, touristique, sportif et culturel ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;rénover le patrimoine ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+la gestion des eaux usées et pluviales ;&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+&lt;font&gt;&lt;font face="Marianne, monospace"&gt;&lt;font size="2"&gt;améliorer
+la voirie.&lt;/font&gt;&lt;/font&gt;&lt;/font&gt;&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Technologies numériques et numérisation
+Equipement public
+Bâtiments et construction
+Accessibilité
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Mobilité fluviale
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>15/12/2025</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1) Les communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dont la population n&amp;#039;excède pas 2.000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dont la population est supérieure à 2.000 habitants, sans excéder 20.000 habitants, et dont le potentiel financier moyen est inférieur à 1,3 fois le potentiel financier moyen de l&amp;#039;ensemble des communes de même strate démographique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2) Les établissements publics de coopération intercommunale à fiscalité propre (EPCI)
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des EPCI à fiscalité propre sont éligibles à la DETR à l&amp;#039;exception des ECPI qui, de manière cumulative :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  disposent d&amp;#039;un territoire d&amp;#039;un seul tenant et dont la population est supérieure à 75.000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  comprennent au moins une commune dont la population est supérieure à 20.000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ont une densité de population supérieure ou égale à 150 habitants / km2.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3) Sont également éligibles à la DETR :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les EPCI éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes (DGE) ou à la dotation de développement rural (DDR) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les syndicats mixtes et PETR dont la population n&amp;#039;excède pas 60.000 habitants, dès lors qu&amp;#039;ils sont composés exclusivement de communes et d&amp;#039;EPCI ou uniquement d&amp;#039;EPCI ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les syndicats de communes dont la population n&amp;#039;excède pas 60.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.gouv.fr/Actions-de-l-Etat/Collectivites-locales-et-intercommunalite/Subventions-d-investissement-de-l-Etat/Les-subventions-d-investissement-de-l-Etat-aux-collectivites-locales2/Appel-a-projets/Appel-a-projets-2026-Commun-DETR-DSIL</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Préfecture de l&amp;#039;Aube
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 rue Pierre Labonde
+ &lt;br /&gt;
+ CS 20372
+ &lt;br /&gt;
+ 10025 Troyes cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Véronique WAGNER (chargée de la DETR) :
+ &lt;a href="mailto:veronique.wagner&amp;#64;aube.gouv.fr" target="_self"&gt;
+  veronique.wagner&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 03 25 42 37 53
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sous-préfecture de Bar-sur-Aube
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 18 rue Armand
+ &lt;br /&gt;
+ CS 20052
+ &lt;br /&gt;
+ 10201 Bar sur Aube cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Karène CLEMENT :
+ &lt;a href="mailto:karene.clement&amp;#64;aube.gouv.fr" target="_self"&gt;
+  karene.clement&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 27 50 89
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sous-préfecture de Nogent-sur-Seine
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 5 avenue Casimir Périer
+ &lt;br /&gt;
+ 10401 Nogent-sur-Seine Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ Céline JALTIER :
+ &lt;a href="mailto:celine.jaltier&amp;#64;aube.gouv.fr" target="_self"&gt;
+  celine.jaltier&amp;#64;aube.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 25 39 47 75
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>jean-michel.barrois@aube.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b39-financer-des-projets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>150687</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes dans la recherche de financements pour la réalisation de leurs projets d’investissement</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>PETR Garrigues et Costières de Nîmes</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le PETR accompagne les communes de son territoire dans la recherche de financements. Il effectue une veille sur les appels à projets et les appels à manifestation d&amp;#039;intérêt, ainsi que sur les dispositifs du Département, de la Région, de l&amp;#039;État et de l&amp;#039;Europe. Il apporte également son appui à la rédaction des différents contrats à l&amp;#039;échelle des communes et du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
@@ -6868,379 +7352,379 @@
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les communes du PETR Garrigues et Costières de Nîmes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  financements&amp;#64;petr-garriguescostieres.org
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e841-accompagner-les-communes-dans-la-recherche-de/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>151703</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Être accompagné par la DDT de la Mayenne au service de l'aménagement durable de votre territoire</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Accompagnements de la DDT 53</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>DDT de Mayenne</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service déconcentré de l&amp;#039;État au niveau départemental, la Direction Départementale de la Mayenne (DDT) constitue un service technique de référence auprès du préfet, dont l&amp;#039;objet est d&amp;#039;assurer un service de proximité auprès des acteurs territoriaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La finalité de l&amp;#039;action de la DDT est de contribuer à l&amp;#039;aménagement et au développement durables des territoires tant urbains que ruraux de la Mayenne. La DDT est porteuse des enjeux transversaux de transition écologique. La DDT situe son action dans un cadre interministériel et contribue sur les sujets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;urbanisme, l&amp;#039;aménagement des territoires, la gestion économe de l&amp;#039;espace et le cadre de vie,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;économie agricole, les circuits courts, les projets alimentaires territoriaux, la cohésion,
  &lt;/li&gt;
  &lt;li&gt;
   le bâtiment, l&amp;#039;accessibilité,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;environnement, la préservation de l&amp;#039;eau et des milieux, la biodiversité, les espèces protégées,
  &lt;/li&gt;
  &lt;li&gt;
   la prévention des risques,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;habitat, le logement social et la rénovation urbaine,
  &lt;/li&gt;
  &lt;li&gt;
   la sécurité et l&amp;#039;éducation routières, les déplacements et la gestion de crise.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  A ce titre, la DDT propose son accompagnement et ses conseils à l&amp;#039;ensemble des acteurs locaux, aussi bien sur le volet réglementaire que sur le partage des politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Contacts et plus d&amp;#039;informations:
  &lt;strong&gt;
   vous trouverez ci-dessous le lien permettant d&amp;#039;avoir accès à l&amp;#039;organigramme de la DDT  et aux coordonnées des référents territoriaux par EPCI :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/ST-aides-territoires-6706a94207f79.png" alt /&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Alimentation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités et autres acteurs situés en Mayenne.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Mayenne</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adresse du service territorial (Référents territoriaux)
  :
  &lt;strong&gt;
   &lt;a href="mailto:ddt-st&amp;#64;mayenne.gouv.fr" target="_self"&gt;
    ddt-st&amp;#64;mayenne.gouv.fr
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>aides-territoires.st.ddt-53@equipement-agriculture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3623-accompagner-les-projets-des-territoires-mayen/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
         <v>158480</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -7272,152 +7756,152 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P30" s="1" t="inlineStr">
+      <c r="P32" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W30" s="1" t="inlineStr">
+      <c r="W32" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>159908</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Sauvegarder le patrimoine maritime et les bateaux traditionnels</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Aide départementale pour la sauvegarde du patrimoine maritime : Bateaux traditionnels &amp;#8211; Monuments historiques et label bateaux d’intérêt patrimonial</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Particulier</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I33" s="1" t="inlineStr">
         <is>
           <t> Max : 10</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DE L&amp;#039;AIDE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Bateaux protégés au titre des Monuments historiques : communes, associations, établissements publics
 &lt;/p&gt;
 &lt;p&gt;
  Bateaux labellisés « Bateau d&amp;#039;intérêt patrimonial » (BIP) : communes, association, Groupements d&amp;#039;Intérêt Public (GIP), propriétaire privé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ouverture d&amp;#039;un dossier :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -7495,62 +7979,62 @@
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   VERSEMENT DE LA SUBVENTION :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les justificatifs des travaux réalisés
   &lt;/li&gt;
   &lt;li&gt;
    Plan de financement définitif,
   &lt;/li&gt;
   &lt;li&gt;
    DOE (dossier d&amp;#039;ouvrage exécuté)
   &lt;/li&gt;
   &lt;li&gt;
    Factures certifiées payées (par le trésorier public pour les communes) plus le certificat de conformité de la DRAC pour les MH
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Bateaux inscrits ou classés au titre des Monuments historiques
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Taux de subvention du Département:
 &lt;/p&gt;
 &lt;p&gt;
  10 % du coût HT ou TTC
 &lt;/p&gt;
 &lt;p&gt;
  Diagnostic et travaux
 &lt;/p&gt;
 &lt;p&gt;
  Seuil de travaux de 5 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Aide plafonnée à 400 000 € de travaux par tranche et sous conditions d&amp;#039;éligibilité
@@ -7644,213 +8128,213 @@
   &lt;/li&gt;
   &lt;li&gt;
    La vente du bateau à l&amp;#039;extérieur du Département de la Manche n&amp;#039;est pas autorisée pendant cinq ans, à partir de la date de remise en service. Dans le cas contraire, le propriétaire devra rembourser l&amp;#039;aide financière versée par le Département.
   &lt;/li&gt;
   &lt;li&gt;
    S&amp;#039;engager à participer avec le bateau, au moins deux fois par an, à des fêtes maritimes tenues dans le département, sans coût d&amp;#039;affrètement pour les organisateurs des manifestations.
   &lt;/li&gt;
   &lt;li&gt;
    Quel que soit le bateau, le propriétaire s&amp;#039;engage à identifier un emplacement dans un port de la Manche, tant dans les bassins que pour les interventions à terre, délivré par les autorités portuaires afin d&amp;#039;éviter des conflits d&amp;#039;usage.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les subventions n&amp;#039;ont pas un caractère automatique ; elles relèvent d&amp;#039;une programmation et dépendent des crédits disponibles ainsi que des urgences sanitaires.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement du projet par le Département implique le respect de sa charte de visibilité pour tout ce qui relève de la communication, notamment les temps protocolaires et les supports de communications.
 &lt;/p&gt;
 &lt;p&gt;
  Le logotype du Département de la Manche doit figurer sur tous les supports de communication ainsi que sur le bateau (sous forme du pavillon « Département de la Manche »). Le soutien du Département de la Manche sera rappelé à l&amp;#039;occasion de tous les contacts avec les médias et lors de toute opération de relation publique.
 &lt;/p&gt;
 &lt;p&gt;
  Selon l&amp;#039;importance et la durée des travaux, et afin de mobiliser la population autour du projet (appropriation, information, connaissance des dépenses publiques), le Département préconise une communication adaptée et pédagogique auprès des habitants du territoire concerné : nature des travaux, parties prenantes, intérêt patrimonial du bâteau. Des opérations ponctuelles d&amp;#039;ouverture du chantier au public (scolaires, habitants, mécènes), peuvent aussi être envisagées, dans le respect des règles de sécurité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T33" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/aide-departementale-pour-la-sauvegarde-du-patrimoine-maritime-bateaux-traditionnels-monuments-historiques-et-label-bateaux-dinteret-patrimonial/</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  DGA « Appui aux territoires et attractivité » Conseil départemental de la Manche - Direction du patrimoine et des musées  Pôle administratif
 &lt;/p&gt;
 &lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.55.50
 &lt;/p&gt;
 &lt;p&gt;
  Email
  &lt;a href="mailto:patrimoine&amp;#64;manche.fr" target="_self"&gt;
   patrimoine&amp;#64;manche.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dc3f-aide-departementale-pour-la-sauvegarde-du-pat/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>162563</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I34" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J32" s="1" t="inlineStr">
+      <c r="J34" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -7889,305 +8373,305 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>163043</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Faciliter la mobilité du quotidien pour tous en Pays d'Auge au bénéfice des transports partagés et des modes de déplacement actifs</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Calvados</t>
         </is>
       </c>
-      <c r="F33" s="1" t="inlineStr">
+      <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Région académique — Normandie</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I33" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 80</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La ruralité et la multipolarité du territoire du Pays d’Auge entrainent une forte dépendance des habitants à l’automobile. Alors que la crise écologique nécessite de réduire la dépendance aux énergies carbonées, la crise énergétique exacerbe quant à elle les situations de précarité énergétique, d’exclusion, et d’isolement contraint des ménages. Afin de répondre aux enjeux d’atténuation du changement climatique en améliorant l’offre de mobilité et renforcer les fonctions de centralité des villes moyennes et des bourgs structurant le territoire au sens du SRADDET et des préconisations du GIEC Normand, il convient d’inscrire le Pays d’Auge dans une démarche de mobilité durable et inclusive en donnant des alternatives à la mobilité et en développant de nouveaux moyens de transports adaptés et accessibles à tous les publics. Il s’agit ainsi de donner aux acteurs publics et privés tous les outils nécessaires pour construire une politique de mobilité efficace et cohérente sur tout le territoire Pays d’Auge en ciblant tous les échelons de la mobilité (communes, EPCI…) et tous les modes de mobilités partagés et durables. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Appui à la création et au développement de services associés aux modes de déplacements actifs &lt;/li&gt;&lt;li&gt;Projets en faveur de la mobilité solidaire et de la participation citoyenne&lt;/li&gt;&lt;li&gt;Initiatives visant à limiter les mobilités tout en répondant aux besoins des habitants dont le développement de services numériques de mise en relation pour favoriser le covoiturage et les autres modes de déplacement et l’animation de ces services auprès de la population&lt;/li&gt;&lt;li&gt;Élaboration de diagnostics permettant d’établir un état des lieux de la mobilité sur le territoire, réalisation d’études de besoins autour de la mobilité et soutien à la réalisation de plans d’action locaux (Plans de Déplacements Entreprises (PDE), Plans de Déplacements Inter-Entreprises (PDIE), Plans de Déplacements d’Administration (PDA), plans territoriaux de mobilité)&lt;/li&gt;&lt;li&gt;Création, expérimentation et développement de solutions de mobilité nouvelles s’appuyant sur la coopération territoriale &lt;/li&gt;&lt;li&gt;Opérations visant à renforcer la coordination et la coopération entre les acteurs locaux de la mobilité &lt;/li&gt;&lt;li&gt;Actions de valorisation et de promotion de l’offre de mobilité douce et collective déjà existante sur le territoire&lt;/li&gt;&lt;li&gt;Opérations de sensibilisation auprès des usagers et des professionnels sur la thématique de la mobilité afin d’inciter aux nouveaux usages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie sociale et solidaire
 Accessibilité
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de faciliter la mobilité du quotidien, en réduisant l’utilisation individuelle de la voiture et en encourageant l’utilisation des transports partagés et des modes de déplacements actifs&lt;/li&gt;&lt;li&gt;Le projet permet de proposer une offre de mobilité inclusive sur tout le territoire du Pays d’Auge afin de lutter contre les fractures territoriales et l’exclusion sociale&lt;/li&gt;&lt;li&gt;Le projet permet de diminuer l’impact carbone et la dépendance aux énergies carbonées en limitant les déplacements, mutualisant les services et en favorisant l’émergence de mobilités plus durables&lt;/li&gt;&lt;li&gt;Le projet permet de favoriser la coopération entre acteurs locaux&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Travaux de construction/extension de bâtiment ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Retenues de garanties et des aléas (marchés publics)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>GAL Pays d'Auge</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/programme-europeen-LEADER</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>emmanuelle.pruneaud@calvados.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/faciliter-la-mobilite-du-quotidien-pour-tous-au-benefice-des-transports-partages-et-des-modes-de-deplacement-actifs/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>163199</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Financer des projets liés au développement rural</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Dinan Agglomération</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;PRINCIPES GENERAUX DU PROGRAMME EUROPEEN LEADER&lt;br /&gt;&lt;/h3&gt;&lt;p&gt;LEADER est un programme de développement rural qui soutient des initiatives locales répondant aux besoins et enjeux du territoire. Il incite les acteurs locaux – issus du domaine public et privé - à 
 réfléchir collectivement pour agir en faveur de la dynamisation et le développement de leur territoire.  Ce programme européen :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Finance des actions de développement rural en lien avec l&amp;#039;accélération des transitions écologiques 
 (alimentation durable; énergies renouvelables ; préservation de la ressource en eau; économie circulaire ; respect de l&amp;#039;environnement ; mobilités douces etc.) &lt;/li&gt;&lt;li&gt;Soutient des actions de coopération entre territoires français, européens et/ou internationaux&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Propose un accompagnement individuel pour aider au montage du dossier de demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;TERRITOIRE ELIGIBLE&lt;/h3&gt;&lt;p&gt;Les projets devront se déployer sur le périmètre de Dinan Agglomération entre le 01/01/2023 et le 31/12/2027. Pour cette période,  4 villes sont inéligibles car jugées trop « urbanisées » par l’Europe : il s&amp;#039;agit de Beaussais-sur-Mer, Dinan, Lanvallay et Quévert.&lt;br /&gt;
 Toutefois, un projet dans une commune inéligible le devient si au moins 50% des dépenses sont réalisées dans une commune éligible (mutualisation ; actions majoritairement déployées sur un périmètre éligible...).&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;THEMATIQUES SOUTENUES&lt;/h3&gt;&lt;p&gt;Dans le langage des subventions, les axes opérationnels permettant d&amp;#039;attribuer une aide financière sont appelés des &amp;#34;fiches actions&amp;#34;. En ce qui concerne le programme LEADER, chaque territoire qui dispose d&amp;#039;une enveloppe financière européenne propose ses propres thématiques : c&amp;#039;est sa stratégie locale de développement. Sur Dinan Agglomération, une opération pourra être étudiée par l&amp;#039;équipe LEADER si elle correspond à au moins 1 des fiches actions suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 1: Stimuler une plus grande sobriété pour réussir la transition&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcement de la compréhension des enjeux climatiques et l’acceptabilité des voies de transformation du territoire (ex : Sensibilisation; Actions d&amp;#039;expérimentation et de valorisation)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la décarbonation de la mobilité par le développement de nouvelles pratiques (ex : Renforcement de l‘utilisation des modes de mobilités actives et durables; Développement de nouvelles mobilités durables)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 2 : Produire et consommer local pour réduire la dépendance du territoire&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déploiement de nouveaux leviers pour accroitre la production d‘EnR et améliorer l‘efficacité énergétique (ex : Sensibilisation, Structuration de filières; Opérations démonstratrices)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Adéquation entre la production et la distribution des produits alimentaires locaux (ex : Développement de circuits courts; Contribution au développement de la production locale)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Accroitre la réutilisation des déchets (ex : Sensibilisation; Solutions de collecte)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 3: Préserver et profiter grâce à une gestion plus raisonnée de l’espace et des ressources&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Émergence de nouvelles solutions pour réduire les effets de la pression foncière et permettre les parcours résidentiels (ex: Développement de solutions pour réduire la pression foncière; Amélioration du parcours résidentiel)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Préservation de la population des effets du dérèglement climatique (ex : Désimperméabilisation des sols; Redonner place à la nature)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Rééquilibrage et régulation des flux touristiques (Régulation des flux touristiques; Rééquilibrage territorial des flux touristiques)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;Fiche action 4: Coopérer à l’échelle inter-territoriale et transnationale&lt;/em&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Déployer des solutions en matière de transition énergétique et écologique  (ex : Actions communes de coopération pour répondre à un problème 
 commun - comme la réutilisation des eaux usées;  expérimentation d&amp;#039;un nouveau moyen de transport durable...) &lt;/li&gt;&lt;li&gt;Investiguer des nouvelles solutions de résilience expérimentées sur d‘autres territoires (ex : Visite d&amp;#039;actions d&amp;#039;énergies citoyennes d&amp;#039;un pays européen avant de l&amp;#039;expérimenter sur Dinan Agglomération)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Arts plastiques et photographie
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
@@ -8224,404 +8708,404 @@
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Mobilité et véhicules autonomes
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q34" s="1" t="inlineStr">
+      <c r="Q36" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet privés : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Obtenir un cofinancement public (État, Région, Département, Collectivité...) : 1€ d&amp;#039;aide publique mobilisée permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de &lt;span&gt;LEADER&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour les porteurs de projet publics : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avoir 20% d&amp;#039;autofinancement&lt;/li&gt;&lt;li&gt;Correspondre à 1 des 4 fiches actions&lt;/li&gt;&lt;li&gt;Être sur le territoire de Dinan Agglomération&lt;/li&gt;&lt;li&gt;Proposer une opération innovante&lt;/li&gt;&lt;li&gt;Témoigner d&amp;#039;un ancrage local et écologique&lt;/li&gt;&lt;li&gt;Le projet ne doit pas être terminé au moment du dépôt de la demande d&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>CA Dinan Agglomération</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.dinan-agglomeration.fr/Dinan-Agglomeration/Financer-vos-projets/Programme-europeen-LEADER-2023-2027</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Myriam LEGENDRE, chargée du programme européen LEADER&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;m.legendre&amp;#64;dinan-agglomeration.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;02 96 87 77 65 / 06 61 13 42 85&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>m.legendre@dinan-agglomeration.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/programme-europeen-leader-de-dinan-agglomeration/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
         <v>163236</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Oeuvrer pour un territoire de proximité, solidaire et inclusif</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Fiche-action 2</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Ploërmel - Cœur de Bretagne (PETR)</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I35" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
         <is>
           <t> Min : 1 Max : 80</t>
         </is>
       </c>
-      <c r="J35" s="1" t="inlineStr">
+      <c r="J37" s="1" t="inlineStr">
         <is>
           <t>Plancher de subvention à 8000€ et plafond à 75 000€</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les modes de vie, les aspirations, les besoins de mobilité et d’habitat des habitants du territoire ont évolué ces dernières années sans qu’il n’y ait de changements dans la manière d’aménager les espaces urbains et ruraux. Les différentes crises et mutations sociétales invitent à repenser les espaces afin de prendre en compte les préoccupations et les besoins des citoyens du territoire.&lt;/p&gt;&lt;p&gt;L’offre de services et d’infrastructures doit répondre à la diversité des besoins de ses habitants.&lt;/p&gt;&lt;p&gt;A travers sa candidature, le GAL du PETR Pays de Ploërmel – Coeur de Bretagne souhaite développer des environnements physiques, numériques et sociaux réfléchis et accessibles pour toutes et tous.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La programmation viendra apporter son soutien aux projets favorisant une société solidaire et inclusive à travers divers enjeux :&lt;/li&gt;&lt;li&gt;La mobilité&lt;/li&gt;&lt;li&gt;L’accès au numérique, la création d’espace de coopération&lt;/li&gt;&lt;li&gt;L’habitat&lt;/li&gt;&lt;li&gt; L’aménagement du territoire et inclusion&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;De façon transversale, le PETR viendra soutenir l’expérimentation et l’innovation des projet. Il s’agira de travailler sur les questions d’accessibilité (physique, numérique, …), de lien (social, intergénérationnel), d’égalité (femme/homme) et de participation (démocratie participative) répondant à un objectif de développement durable et de cohésion sociale.&lt;/p&gt;&lt;p&gt;Les types d&amp;#039;opérations éligibles sont les suivants :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets de mobilité multimodale ;&lt;/li&gt;&lt;li&gt;Actions de sensibilisation et d’incitation des entreprises sur les alternatives au transport individuel ;&lt;/li&gt;&lt;li&gt;Aménagements en faveur des mobilités douces ;&lt;/li&gt;&lt;li&gt;Dispositifs de mobilités physiques alternatives ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions de moblités ;&lt;/li&gt;&lt;li&gt;Installation d’équipements permettant d’encourager la continuité des mobilités douces entre les arrêts de transports en commun et le domicile ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accessibilité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions permettant l’accessibilité numérique à tous les publics ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité des personnes porteuses de handicap aux services ;&lt;/li&gt;&lt;li&gt;Actions favorisant l’accessibilité physique des services ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions d’accessibilité ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Cohésion sociale :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Création, aménagement et équipement de locaux mutualisés ;&lt;/li&gt;&lt;li&gt;Rénovation ou création, aménagement et équipement de lieux favorisant le lien social ou intergénérationnel ;&lt;/li&gt;&lt;li&gt;Actions de démocratie participative ;&lt;/li&gt;&lt;li&gt;Dispositif visant à réduire les inégalités homme-femme ;&lt;/li&gt;&lt;li&gt;Action de sensibilisation et d’information sur l’égalité homme-femme ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux besoins de la population ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Habitat :&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions favorisant l’émergence de nouveaux modes d’habitat ;&lt;/li&gt;&lt;li&gt;Actions en faveur des habitats inclusifs et habitats partagés ;&lt;/li&gt;&lt;li&gt;Etudes relatives aux solutions pour l’habitat.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositif d’auto-partage ;&lt;/li&gt;&lt;li&gt;Plan piéton ;&lt;/li&gt;&lt;li&gt;Carte des aménagements cyclables ;&lt;/li&gt;&lt;li&gt;Guide des mobilités douces ;&lt;/li&gt;&lt;li&gt;Formation à la pratique du vélo ;&lt;/li&gt;&lt;li&gt;Parking à vélo ;&lt;/li&gt;&lt;li&gt;Totem de réparation de vélo ;&lt;/li&gt;&lt;li&gt;Sites internet accessibles à tous ;&lt;/li&gt;&lt;li&gt;Transcription en braille d’une exposition pour le public malvoyant ;&lt;/li&gt;&lt;li&gt;Dispositif de transcription de la parole en direct pour le public sourd et malentendant ;&lt;/li&gt;&lt;li&gt;Guide sur l’égalité professionnelle homme-femme ;&lt;/li&gt;&lt;li&gt;Animation d’une concertation citoyenne pour l’élaboration d’une polique publique ;&lt;/li&gt;&lt;li&gt;Mise en place d’une convention citoyenne sur l’avenir du territoire ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Consommation et production
 Economie sociale et solidaire
 Attractivité économique
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mobilité fluviale
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P35" s="1" t="inlineStr">
+      <c r="P37" s="1" t="inlineStr">
         <is>
           <t>27/02/2023</t>
         </is>
       </c>
-      <c r="Q35" s="1" t="inlineStr">
+      <c r="Q37" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chaque projet devra faire l&amp;#039;objet d&amp;#039;une évaluation à l&amp;#039;aune d&amp;#039;une grille de sélection, disponible sur le site internet du Pays de Ploërmel-Coeur de Bretagne. &lt;/p&gt;&lt;p&gt;Cette grille se compose de quatre critères qui donnent une note globale, laquelle définit si le projet est sélectionné ou non.&lt;/p&gt;&lt;p&gt;De plus des critères complémentaires sont à prendre en compte pour les projets de&lt;span&gt; création ou réhabilitation de bâtiment.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Pour les projets de construction neuve :&lt;/p&gt;&lt;p&gt;Seuls pourront être soutenus les projets qui intègrent la consommation de chaleur d’origine renouvelable et/ou la production d’énergie renouvelable et/ou l’utilisation de matériaux biosourcés.&lt;/p&gt;&lt;p&gt;Pour les projets de réhabilitation :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Seuls pourront être soutenus les projets qui respectent les conditions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;un programme de travaux qui s’appuie obligatoirement a minima sur une étude thermique et/ou sur un audit énergétique réalisé par un bureau d’études agréé ;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>GAL Pays De Ploërmel Cœur De Bretagne</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.pays-ploermel.fr/</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pauline Gall (Guilloux)&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ploermel.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;06.69.71.55.38.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>leader@pays-ploermel.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/oeuvrer-pour-un-territoire-de-proximite-solidaire-et-inclusif/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>164110</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Financer des projets de développement et d'attractivité économique locale</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>LEADER, Liaisons Entre Actions de Développement de l’Economie Rurale</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>PETR Garrigues et Costières de Nîmes</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I36" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
+      <c r="J38" s="1" t="inlineStr">
         <is>
           <t>Le programme LEADER permet d’apporter une aide européenne FEADER en contrepartie d'un autofinancement et d’autres financements publics nationaux</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’objectif du programme LEADER sur le territoire Garrigues et Costières de Nîmes est de soutenir l&amp;#039;adaptation de l’offre commerciale aux nouveaux modes de consommation, la coexistence d’un potentiel de développement agricole et de besoins locaux importants en matière de consommation, et de répondre au besoin de valoriser l’offre touristique auprès des professionnels et des habitants, et de mettre en réseau l’offre.&lt;/p&gt;&lt;p&gt;En résumé, il vise à soutenir des projets qui permettent de :&lt;/p&gt;&lt;p&gt;- Soutenir l’artisanat et les savoir-faire locaux&lt;/p&gt;&lt;p&gt;- Privilégier la consommation alimentaire locale et solidaire&lt;/p&gt;&lt;p&gt;- Valoriser le tourisme durable et local&lt;/p&gt;&lt;p&gt;Le programme LEADER permet aux porteurs de projets, dont le projet correspond aux critères de la stratégie du territoire, d&lt;strong&gt;’être accompagné par l’équipe technique sur le montage de leur projet &lt;/strong&gt;(plan de financement, recherche de partenariats, etc.), et de &lt;strong&gt;déposer une demande d’aide financière&lt;/strong&gt; auprès de l’Union Européenne.&lt;/p&gt;&lt;p&gt;Le taux maximum d’aide publique (LEADER &amp;#43; autre cofinancement public) est de&lt;strong&gt; 80%,&lt;/strong&gt; et le minimum d’autofinancement (fonds propres ou financements privés) est de &lt;strong&gt;20%&lt;/strong&gt;, dans la limite de &lt;strong&gt;90 000 €.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- Atelier de transformation mutualisé, café transmission, animation de marché de producteurs et artisans, etc.&lt;/p&gt;&lt;p&gt;‐ Boutique de producteurs, épicerie solidaire itinérante, la structuration d’un réseau d’approvisionnement pour la restauration scolaire, etc.&lt;/p&gt;&lt;p&gt;‐ Tiny house écoresponsable, découverte du patrimoine local à vélo, activité touristique fluviale écoresponsable, etc.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat
 Information voyageur, billettique multimodale
 Modes actifs : vélo, marche et aménagements associés
 Industrie
 Mobilité fluviale</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité géographique :&lt;/strong&gt; démontrer que l’impact du projet se situe sur le territoire du GAL Garrigues et Costières de Nîmes et répond à sa stratégie locale.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle :&lt;/strong&gt; aucune dépense ne doit être engagée avant le dépôt officiel de la demande de financement sur la plateforme numérique (signature de devis, versement d’un acompte, notification de marché, etc.).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Eligibilité des dépenses : &lt;/strong&gt;actions et outils de promotion et communication, formation, animation, prestation de service, équipement et aménagement, frais de personnel, frais de déplacement, etc.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis obligatoires : &lt;/strong&gt;le projet est &lt;strong&gt;nouveau et/ou exemplaire &lt;/strong&gt;pour le territoire ET le projet crée de l’emploi ou engendre des retombées économiques locales&lt;strong&gt;.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Co-financement public :&lt;/strong&gt; tout projet sollicitant du LEADER doit obligatoirement appeler en contrepartie un cofinancement auprès d’une structure publique (Etat, Région, Département, intercommunalité, commune, etc.).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>PETR DE GARRIGUES ET COSTIÈRES DE NIMES</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.petr-garriguescostieres.org/leader/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;PETR Garrigues et Costières de Nîmes&lt;/p&gt;&lt;p&gt;Equipe technique du GAL &amp;#34; Garrigues et Costières de Nîmes &amp;#34;&lt;br /&gt;1 rue du Colisée - 30900 NÎMES&lt;br /&gt;06 30 07 33 52  | 04 66 02 54 12&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;petr-garriguescostieres.org" title="leader&amp;#64;petr-garriguescostieres.org"&gt;leader&amp;#64;petr-garriguescostieres.org&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>a.marin@petr-garriguescostieres.org</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-projets-de-developpement-et-dattractivite-economique-locale/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>